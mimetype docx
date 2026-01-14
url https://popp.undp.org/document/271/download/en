--- v0 (2025-10-03)
+++ v1 (2026-01-14)
@@ -1,91 +1,181 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="327CE771" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>GUIDE ON USING CONTRACTUAL MODALITIES</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="43C721B4" w14:textId="77777777" w:rsidR="00411AD7" w:rsidRDefault="00411AD7" w:rsidP="00974F17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42539742" w14:textId="71B18EFB" w:rsidR="00974F17" w:rsidRDefault="00974F17" w:rsidP="00974F17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Version 2.0 effective </w:t>
+      </w:r>
+      <w:r w:rsidR="002A7463">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>01</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="002A7463">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>01</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>/2</w:t>
+      </w:r>
+      <w:r w:rsidR="002A7463">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="7CC7B563" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="148680EB" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
@@ -105,66 +195,87 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>PURPOSE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0185E2DB" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="085C8F01" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+    <w:p w14:paraId="085C8F01" w14:textId="7AAB9BE8" w:rsidR="00107E22" w:rsidRDefault="00285942">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The purpose of this guide is to provide information on using the contractual modalities available at UNDP and to help managers decide which contractual modality to choose when creating new or modified positions or hiring personnel or consultants. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC790E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>This version incorporates the revision in the IPSA/NPSA policies</w:t>
+      </w:r>
+      <w:r w:rsidR="002A7463">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> effective 1 January 2026</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC790E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61E6C99E" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6DD196D6" w14:textId="3BF9A022" w:rsidR="00107E22" w:rsidRDefault="00507C3C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -250,1389 +361,1133 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Overview of Contractual Modality Types</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="585C301E" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="8550" w:type="dxa"/>
+        <w:tblW w:w="8688" w:type="dxa"/>
         <w:tblInd w:w="-8" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2602"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1778"/>
+        <w:gridCol w:w="2644"/>
+        <w:gridCol w:w="612"/>
+        <w:gridCol w:w="701"/>
+        <w:gridCol w:w="479"/>
+        <w:gridCol w:w="695"/>
+        <w:gridCol w:w="1159"/>
+        <w:gridCol w:w="1533"/>
+        <w:gridCol w:w="865"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00107E22" w14:paraId="5CA26EA1" w14:textId="77777777">
-[...2 lines deleted...]
-            <w:tcW w:w="2602" w:type="dxa"/>
+      <w:tr w:rsidR="00411AD7" w14:paraId="5CA26EA1" w14:textId="77777777" w:rsidTr="00284CE0">
+        <w:trPr>
+          <w:trHeight w:val="307"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2644" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:tcBorders>
-[...22 lines deleted...]
-          <w:p w14:paraId="47B31A27" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+          </w:tcPr>
+          <w:p w14:paraId="63AEE5CF" w14:textId="77777777" w:rsidR="00411AD7" w:rsidRDefault="00411AD7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47B31A27" w14:textId="77777777" w:rsidR="00411AD7" w:rsidRDefault="00411AD7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3CFF2FD9" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
-[...40 lines deleted...]
-            <w:tcW w:w="4119" w:type="dxa"/>
+          <w:p w14:paraId="3CFF2FD9" w14:textId="77777777" w:rsidR="00411AD7" w:rsidRDefault="00411AD7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5179" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w14:paraId="0EB0A72C" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+          </w:tcPr>
+          <w:p w14:paraId="0EB0A72C" w14:textId="77777777" w:rsidR="00411AD7" w:rsidRDefault="00411AD7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Human Resources</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t> Modality</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1778" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="2A09FFAE" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:tcW w:w="865" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A09FFAE" w14:textId="77777777" w:rsidR="00411AD7" w:rsidRDefault="00411AD7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Procurement</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="5CE9EDBD" w14:textId="77777777">
-[...2 lines deleted...]
-            <w:tcW w:w="2602" w:type="dxa"/>
+      <w:tr w:rsidR="00107E22" w14:paraId="5CE9EDBD" w14:textId="77777777" w:rsidTr="00CF529F">
+        <w:trPr>
+          <w:trHeight w:val="342"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2644" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5E7B0E13" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1764" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="31D7C4D9" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Staff </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4184" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="3DA7796C" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Non-Staff</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="2CC063AF" w14:textId="77777777">
-[...2 lines deleted...]
-            <w:tcW w:w="2602" w:type="dxa"/>
+      <w:tr w:rsidR="00107E22" w14:paraId="2CC063AF" w14:textId="77777777" w:rsidTr="00CF529F">
+        <w:trPr>
+          <w:trHeight w:val="981"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2644" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="15524CC5" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="603" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="1157E4A1" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Fixed-Term</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="690" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="73EABDC4" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>TA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="471" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="479" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="0F7EFAC6" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>JPO</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="684" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="695" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="15672711" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>UNV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1141" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1159" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="3152864D" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>PSA Regular</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="581" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1533" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="45F70A9E" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>PSA Short-term</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1778" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="865" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="315F36A7" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>IC </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="6C04181C" w14:textId="77777777">
-[...9 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:tr w:rsidR="00107E22" w14:paraId="6C04181C" w14:textId="77777777" w:rsidTr="00CF529F">
+        <w:trPr>
+          <w:trHeight w:val="319"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2644" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6BBD0132" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>International</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t> Professionals</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="603" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="612" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4CE3C616" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="690" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59331B9F" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="471" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="479" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="18B7969B" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="684" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="695" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="561964BD" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1141" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1159" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="273A9BDA" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="581" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1533" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0E79B0F9" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1778" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="865" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D86EB77" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="22483E0C" w14:textId="77777777">
-[...9 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:tr w:rsidR="00107E22" w14:paraId="22483E0C" w14:textId="77777777" w:rsidTr="00CF529F">
+        <w:trPr>
+          <w:trHeight w:val="307"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2644" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="741DC8F4" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>National</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t> Professionals</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="603" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="612" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="35B3304D" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="690" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3650D6F6" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="471" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="479" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56535ECD" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="684" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="695" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5768CA98" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1141" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1159" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6A31072D" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="581" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1533" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="75ED4101" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1778" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="865" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="29E3C6A4" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="4A026590" w14:textId="77777777">
-[...9 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:tr w:rsidR="00107E22" w14:paraId="4A026590" w14:textId="77777777" w:rsidTr="00CF529F">
+        <w:trPr>
+          <w:trHeight w:val="307"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2644" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="48811C3D" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Local Support</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="603" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="612" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C252DC0" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="690" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5958CD34" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="471" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="479" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3EC53568" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="684" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="695" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2E9EB7BD" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1141" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1159" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="19FBA926" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="581" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1533" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6694E853" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1778" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="865" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="79A1A9F7" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="58FF1077" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1662,423 +1517,541 @@
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Staff contracts (appointed under the UN Staff Regulations and Rules (SR&amp;R)):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E36E79E" w14:textId="2D092E9C" w:rsidR="00107E22" w:rsidRDefault="00285942">
+    <w:p w14:paraId="5E36E79E" w14:textId="2D092E9C" w:rsidR="00107E22" w:rsidRDefault="00217481">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00285942">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Fixed-Term Appointment (FTA) (UN Staff Rule 4.13)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7B608A36" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+    <w:p w14:paraId="7B608A36" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00217481">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId14" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="00285942">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Temporary Appointment (TA)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="41A33673" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+    <w:p w14:paraId="41A33673" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00217481">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId15" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="00285942">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Junior Professional Officer (JPO)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00285942">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>: JPOs are UN staff members on fixed-term appointments. It is a donor-funded modality which is time-limited for the specific incumbent of the JPO assignment and includes a learning element as a key component, and is subject to the donors’ interest in funding a specific role.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00285942">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D6CA4EF" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3C001F6B" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Personnel contracts (not appointed under the UN SRR):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BC2275B" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+    <w:p w14:paraId="6BC2275B" w14:textId="59AC44EC" w:rsidR="00107E22" w:rsidRDefault="00285942">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Personnel Services Agreement (PSA): For functions that are generally project-based. The PSA can be national or international, office, retainer or home based, full-time or part-time, and comes in the form of regular (six months or more) and short-term (less than six months).</w:t>
+        <w:t xml:space="preserve">Personnel Services Agreement (PSA): For </w:t>
+      </w:r>
+      <w:r w:rsidR="00974F17">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Yu Mincho" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:lang w:val="en-GB" w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">various </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>functions</w:t>
+      </w:r>
+      <w:r w:rsidR="0061084A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> including those</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3AC7" w:rsidRPr="00EE3AC7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">undertaking the performance of specific task(s) </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3AC7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or those </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3AC7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Yu Mincho" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:lang w:val="en-GB" w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>which may be otherwise outsourced</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3AC7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Yu Mincho" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB" w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>, and</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3AC7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are </w:t>
+      </w:r>
+      <w:r w:rsidR="00974F17">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>not inherent in nature</w:t>
+      </w:r>
+      <w:r w:rsidR="0061084A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (see the criteria below for the types of functions which PSAs may undertake)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The PSA can be national or international, </w:t>
+      </w:r>
+      <w:r w:rsidR="00974F17">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>office-based or home-based</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>, full-time or part-time, and comes in the form of regular (six months or more) and short-term (less than six months</w:t>
+      </w:r>
+      <w:r w:rsidR="00974F17">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or retainer contracts up to 1</w:t>
+      </w:r>
+      <w:r w:rsidR="003F55EF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Yu Mincho" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:lang w:val="en-GB" w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">30 </w:t>
+      </w:r>
+      <w:r w:rsidR="00974F17">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>working days within a year</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>  (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>IPSA</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>NPSA</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="126CC5F2" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+    <w:p w14:paraId="126CC5F2" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00217481">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId18" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidR="00285942">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>United Nations Volunteer (UNV)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00285942">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:  Compensated volunteer work for functions that are extra-budgetary and project based, for work within four national and international categories: Expert, Specialist, Youth, and Community UN Volunteer.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71F2A05D" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03FF0C9F" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Procurement contract:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A93D48D" w14:textId="287CFB3A" w:rsidR="00107E22" w:rsidRDefault="00285942">
+    <w:p w14:paraId="6A93D48D" w14:textId="51923EE0" w:rsidR="00107E22" w:rsidRDefault="00217481">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId19" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidR="00285942">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Individual Contractors (IC)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00285942">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">: These services can be procured where the contractual arrangement is based on a payment of a lump sum against a specific deliverable. </w:t>
       </w:r>
       <w:r w:rsidR="00073640">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">The IC can be national or international, or engaged based on a </w:t>
       </w:r>
       <w:r w:rsidR="007A2899">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Long-Term</w:t>
       </w:r>
       <w:r w:rsidR="00073640">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> Agreement or Reimbursable Loan Agreement.</w:t>
       </w:r>
+      <w:r w:rsidR="00F411A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> This guidance does not cover the IC modality in detail, as it is a procurement contract outside the HR purview.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="444E062E" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
+    <w:p w14:paraId="004FEE34" w14:textId="59E35211" w:rsidR="00107E22" w:rsidRDefault="00107E22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-          <w:i/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...15 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="00FE7996" w14:textId="77777777" w:rsidR="007A2899" w:rsidRDefault="00285942">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E797A2D" w14:textId="3D8B19AD" w:rsidR="00107E22" w:rsidRDefault="00285942">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">CRITERIA FOR DETERMINING WHICH CONTRACTUAL MODALITY TO USE </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2550F52F" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2DDADA27" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
@@ -2224,488 +2197,932 @@
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Staff versus non-staff personnel contracts - Does the function require the incumbent to be a UNDP staff member or not?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FAB6433" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
+    <w:p w14:paraId="5D71BBDA" w14:textId="77777777" w:rsidR="00A27154" w:rsidRDefault="00A27154">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D2FE001" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+    <w:p w14:paraId="6672E54E" w14:textId="6353A899" w:rsidR="00A27154" w:rsidRPr="005A2B46" w:rsidRDefault="00A27154" w:rsidP="00A27154">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:u w:val="single"/>
-[...4 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2B46">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:u w:val="single"/>
-[...1 lines deleted...]
-        <w:t>Factors related to nature of functions</w:t>
+        </w:rPr>
+        <w:t>When should we consider use of non-staff personnel?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20B15A49" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
-[...61 lines deleted...]
-    <w:p w14:paraId="23B64F01" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+    <w:p w14:paraId="1BAF696A" w14:textId="0DDA60F7" w:rsidR="00D40637" w:rsidRDefault="007C7EF3" w:rsidP="009E3132">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...82 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00784609">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he nature of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC790E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...26 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">required </w:t>
+      </w:r>
+      <w:r w:rsidR="00784609">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">function should be considered when selecting between staff contracts and Personnel Service Agreements (PSA). </w:t>
+      </w:r>
+      <w:r w:rsidR="00263A99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PS</w:t>
+      </w:r>
+      <w:r w:rsidR="001C07EC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A modality </w:t>
+      </w:r>
+      <w:r w:rsidR="00263A99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>may be positively considered when the function relate</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC790E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00263A99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidR="00263A99" w:rsidRPr="005A2B46">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>performance of specific task(s) or delivery of work for the implementation of project(s) or other activities of a business unit</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC790E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00263A99" w:rsidRPr="005A2B46">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> specific task(s) that is/are needed because of the variable business volume</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC790E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00263A99" w:rsidRPr="005A2B46">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>professional and supporting roles in functions, within an office/bureau/project or as a shared service, which may otherwise be outsourced to a company</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC790E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00263A99" w:rsidRPr="005A2B46">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or services which may not be needed long-term by UNDP. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4452CF01" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+    <w:p w14:paraId="2A477D03" w14:textId="7B7331C4" w:rsidR="00346032" w:rsidRDefault="00263A99" w:rsidP="005A2B46">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2B46">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>However, PSAs may not be used when the functions are inherent in nature (explained below)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D40637">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>; t</w:t>
+      </w:r>
+      <w:r w:rsidR="00D40637" w:rsidRPr="00D40637">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>o re-instate a staff member whose previous post/function of identical nature has been abolished</w:t>
+      </w:r>
+      <w:r w:rsidR="00D40637">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="004940CF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00D40637" w:rsidRPr="00D40637">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>s a means of applying a probationary period to candidates prior to offering them a staff appointment</w:t>
+      </w:r>
+      <w:r w:rsidR="004940CF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="007E6717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="00B0692A" w:rsidRPr="00B0692A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>hen the functions involve supervising responsibilities over staff members (not including PSAs and other personnel on non-staff modalities, such as UNVs or interns), or providing oversight of an office or its development projects</w:t>
+      </w:r>
+      <w:r w:rsidR="003D757B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>; and w</w:t>
+      </w:r>
+      <w:r w:rsidR="00B0692A" w:rsidRPr="00B0692A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>here the services required based on specific deliverables and payments are lump-sum based.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3172BEC2" w14:textId="77777777" w:rsidR="006C3033" w:rsidRPr="00DC5D15" w:rsidRDefault="00346032" w:rsidP="00346032">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC5D15">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Examples of </w:t>
+      </w:r>
+      <w:r w:rsidR="006C3033" w:rsidRPr="00DC5D15">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">project-related </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC5D15">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>non-staff functions include Project Manager</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC790E" w:rsidRPr="00DC5D15">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC5D15">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Project Associate</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC790E" w:rsidRPr="00DC5D15">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC5D15">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Project Evaluation Specialist</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC790E" w:rsidRPr="00DC5D15">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC5D15">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Technical Adviser</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC790E" w:rsidRPr="00DC5D15">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC5D15">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> etc.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC790E" w:rsidRPr="00DC5D15">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07E7EF06" w14:textId="64A945A5" w:rsidR="00346032" w:rsidRPr="005A2B46" w:rsidRDefault="006C3033" w:rsidP="00346032">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC5D15">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Examples of otherwise-outsourced non-staff functions include </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk201584291"/>
+      <w:r w:rsidRPr="00DC5D15">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Operations/HR/Finance Associate (excluding functions to be performed by staff under the ICF); Building Manager; Staff Counsellor; Travel Manager, </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00DC5D15">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>etc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1058C7D8" w14:textId="4CE1ABD3" w:rsidR="00263A99" w:rsidRPr="00DC5D15" w:rsidRDefault="00263A99">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2B46">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...1 lines deleted...]
-        <w:t>Staff or non-staff position</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37DC3CA5" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
-[...12 lines deleted...]
-    <w:p w14:paraId="170F5345" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+    <w:p w14:paraId="4AAAAE97" w14:textId="4B23D2E4" w:rsidR="007C7EF3" w:rsidRPr="005A2B46" w:rsidRDefault="007C7EF3" w:rsidP="005A2B46">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">If the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A27154">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">service </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">required is for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A27154">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>an individual to perform time-bound and non-staff tasks aimed at delivering clear and quantifiable outputs</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and the purpose and use of the IC meet other conditions of the policy, an Individual Contractor (IC) may be contracted for these specific deliverable-based tasks. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A27154">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CDD35D7" w14:textId="77777777" w:rsidR="007C7EF3" w:rsidRDefault="007C7EF3" w:rsidP="00263A99">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="128C06AD" w14:textId="77777777" w:rsidR="002416FC" w:rsidRDefault="002416FC" w:rsidP="009E3132">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D2C243E" w14:textId="77777777" w:rsidR="002416FC" w:rsidRDefault="002416FC" w:rsidP="009E3132">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F6E67AB" w14:textId="20E8C722" w:rsidR="00263A99" w:rsidRPr="005A2B46" w:rsidRDefault="00263A99" w:rsidP="009E3132">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2B46">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>When are the functions of an inherent nature?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03C339B2" w14:textId="28E9A1EE" w:rsidR="00263A99" w:rsidRPr="0041321C" w:rsidRDefault="00285942" w:rsidP="00263A99">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Activities of an inherent nature to UNDP are those which require the exercise of substantial discretion in applying UNDP authority or in making decisions for UNDP. The activities normally fall into two categories: a) the exercise of high-level authority or b) the establishment of procedures and processes related to the oversight of monetary transactions or entitlements consistent with UNDP’s </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>Internal Control Framewor</w:t>
+        </w:r>
+        <w:r w:rsidR="001302EB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>k (ICF)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00263A99">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Certain functions are restricted to staff under the ICF, and PSAs may not be employed </w:t>
+      </w:r>
+      <w:r w:rsidR="006C3033">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>to perform</w:t>
+      </w:r>
+      <w:r w:rsidR="00263A99">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> these functions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24018F8A" w14:textId="2B17C5C9" w:rsidR="00107E22" w:rsidRDefault="00285942">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Examples of functions of an inherent nature</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5D15">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>, which cannot be undertaken by PSAs,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> include UNDP Representative or Deputy, Operations Manager, Policy Owner, Bank Signatory, and other committing functions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AEC611F" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="170F5345" w14:textId="1EF19071" w:rsidR="00107E22" w:rsidRPr="005A2B46" w:rsidRDefault="00285942">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>When should this be a staff position?</w:t>
-[...28 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2B46">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:color w:val="000000"/>
-[...11 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:t xml:space="preserve">When </w:t>
+      </w:r>
+      <w:r w:rsidR="006C3033" w:rsidRPr="005A2B46">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">else </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2B46">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">should </w:t>
+      </w:r>
+      <w:r w:rsidR="006C3033" w:rsidRPr="005A2B46">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>we need a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2B46">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> staff position?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41FA42ED" w14:textId="6E46F293" w:rsidR="00107E22" w:rsidRDefault="00346032">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>When should this be a non-staff position?</w:t>
+        <w:t>In addition to functions which may not be performed by non-staff as described above, s</w:t>
+      </w:r>
+      <w:r w:rsidR="00285942">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>taff modalities should be used as temporary replacements for UNDP staff positions when the incumbent is on extended leave (such as parental leave or long-term sick leave) or for seasonal or peak workloads.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D7E7A5B" w14:textId="6BF9CACC" w:rsidR="00107E22" w:rsidRDefault="00285942">
+    <w:p w14:paraId="38E6552A" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...50 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="718AD286" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Long-term versus short-term - What is the projected duration of the function?</w:t>
@@ -2776,727 +3193,742 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Overview of Duration of Contractual Modality Types</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6151C94B" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="9923" w:type="dxa"/>
+        <w:tblW w:w="9150" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
+        <w:gridCol w:w="1150"/>
+        <w:gridCol w:w="1253"/>
         <w:gridCol w:w="1216"/>
-        <w:gridCol w:w="1676"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="827"/>
+        <w:gridCol w:w="782"/>
+        <w:gridCol w:w="1444"/>
+        <w:gridCol w:w="1414"/>
+        <w:gridCol w:w="899"/>
+        <w:gridCol w:w="992"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F21A07" w14:paraId="77011DB3" w14:textId="33AFFF2B" w:rsidTr="00763051">
-[...2 lines deleted...]
-            <w:tcW w:w="1223" w:type="dxa"/>
+      <w:tr w:rsidR="00346032" w14:paraId="77011DB3" w14:textId="33AFFF2B" w:rsidTr="00CF529F">
+        <w:trPr>
+          <w:trHeight w:val="262"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1117" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="19A42CDF" w14:textId="77777777" w:rsidR="00F21A07" w:rsidRDefault="00F21A07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Type</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1747" w:type="dxa"/>
+            <w:tcW w:w="1281" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A5A2CB2" w14:textId="77777777" w:rsidR="00F21A07" w:rsidRDefault="00F21A07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>FTA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcW w:w="1121" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="00717FA9" w14:textId="77777777" w:rsidR="00F21A07" w:rsidRDefault="00F21A07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>TA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcW w:w="796" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D3B2574" w14:textId="77777777" w:rsidR="00F21A07" w:rsidRDefault="00F21A07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>JPO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1494" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="01188952" w14:textId="77777777" w:rsidR="00F21A07" w:rsidRDefault="00F21A07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Regular PSA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcW w:w="1494" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2558B3EB" w14:textId="77777777" w:rsidR="00F21A07" w:rsidRDefault="00F21A07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Short-term PSA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcW w:w="830" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56FB0524" w14:textId="77777777" w:rsidR="00F21A07" w:rsidRDefault="00F21A07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>UNV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="563" w:type="dxa"/>
+            <w:tcW w:w="1017" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="01DCD1B1" w14:textId="1CD824B6" w:rsidR="00F21A07" w:rsidRDefault="00F21A07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>IC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F21A07" w14:paraId="1E7F1231" w14:textId="0F652834" w:rsidTr="00763051">
-[...2 lines deleted...]
-            <w:tcW w:w="1223" w:type="dxa"/>
+      <w:tr w:rsidR="00346032" w14:paraId="1E7F1231" w14:textId="0F652834" w:rsidTr="00CF529F">
+        <w:trPr>
+          <w:trHeight w:val="778"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1117" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="00DD6440" w14:textId="77777777" w:rsidR="00F21A07" w:rsidRDefault="00F21A07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Initial Minimum Duration</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1747" w:type="dxa"/>
+            <w:tcW w:w="1281" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="485BA76B" w14:textId="77777777" w:rsidR="00F21A07" w:rsidRDefault="00F21A07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1-2 years, normally 2 years</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcW w:w="1121" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F32883D" w14:textId="77777777" w:rsidR="00F21A07" w:rsidRDefault="00F21A07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1 Month</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcW w:w="796" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50A185B1" w14:textId="77777777" w:rsidR="00F21A07" w:rsidRDefault="00F21A07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1 year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1494" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F92C91E" w14:textId="77777777" w:rsidR="00F21A07" w:rsidRDefault="00F21A07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>6 months</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcW w:w="1494" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D3A5A5E" w14:textId="77777777" w:rsidR="00F21A07" w:rsidRDefault="00F21A07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1 day</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcW w:w="830" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62A99326" w14:textId="77777777" w:rsidR="00F21A07" w:rsidRDefault="00F21A07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>3 months</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="563" w:type="dxa"/>
+            <w:tcW w:w="1017" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36C40F83" w14:textId="346792E8" w:rsidR="00F21A07" w:rsidRDefault="00507C3C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>n/a output based</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F21A07" w14:paraId="11C5CEC5" w14:textId="1A93DD0C" w:rsidTr="00763051">
-[...2 lines deleted...]
-            <w:tcW w:w="1223" w:type="dxa"/>
+      <w:tr w:rsidR="00346032" w14:paraId="11C5CEC5" w14:textId="1A93DD0C" w:rsidTr="00CF529F">
+        <w:trPr>
+          <w:trHeight w:val="1829"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1117" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0BE99F2C" w14:textId="77777777" w:rsidR="00F21A07" w:rsidRDefault="00F21A07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Maximum Duration</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1747" w:type="dxa"/>
+            <w:tcW w:w="1281" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C8C0565" w14:textId="77777777" w:rsidR="00F21A07" w:rsidRDefault="00F21A07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="42B7C630" w14:textId="77777777" w:rsidR="00F21A07" w:rsidRDefault="00F21A07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>(normally issued and renewed for durations of 2 years)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1350" w:type="dxa"/>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>normally</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> issued and renewed for durations of 2 years)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1121" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F3AF8C1" w14:textId="77777777" w:rsidR="00F21A07" w:rsidRDefault="00F21A07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>364 days (plus another 365 days under certain conditions)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcW w:w="796" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3465CB5F" w14:textId="77777777" w:rsidR="00F21A07" w:rsidRDefault="00F21A07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>3 years</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4037CB63" w14:textId="77777777" w:rsidR="00F21A07" w:rsidRDefault="00F21A07">
+            <w:tcW w:w="1494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37826091" w14:textId="101DBEB5" w:rsidR="00F21A07" w:rsidRDefault="00346032">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(issued and renewed for a duration not exceeding 1 year per contract)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FBF7F15" w14:textId="10C3B44F" w:rsidR="00F21A07" w:rsidRDefault="00F21A07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>6 months</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="107B0B65" w14:textId="77777777" w:rsidR="00F21A07" w:rsidRDefault="00F21A07">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="830" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B70CF19" w14:textId="77777777" w:rsidR="00F21A07" w:rsidRDefault="00F21A07">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>4 years</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37826091" w14:textId="77777777" w:rsidR="00F21A07" w:rsidRDefault="00F21A07">
-[...76 lines deleted...]
-            <w:tcW w:w="563" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1017" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3593E1A3" w14:textId="2B422950" w:rsidR="00F21A07" w:rsidRDefault="00507C3C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>n/a output based</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6C9A297D" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -3549,51 +3981,58 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="471A46B2" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">TAs can be issued for a period of up to 364 days initially and may exceptionally be extended for a further 365 days only. The total duration cannot exceed 729 days. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> A break-in-service of three months is required before a person can be rehired on a TA, in the same duty station, and one month if in a difference duty station. Therefore, TAs should only be used for staff-related time limited requirements such as additional support for peaks in workload or coverage for staff positions while the incumbents are on extended leave or coverage while recruitment is underway for an FTA. Given the time limitations on a TA, they should not be used in circumstances in which the services are anticipated to be required for longer than two years.</w:t>
+        <w:t xml:space="preserve"> A break-in-service of three months is required before a person can be rehired on a TA, in the same duty station, and one month if in a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>difference duty station. Therefore, TAs should only be used for staff-related time limited requirements such as additional support for peaks in workload or coverage for staff positions while the incumbents are on extended leave or coverage while recruitment is underway for an FTA. Given the time limitations on a TA, they should not be used in circumstances in which the services are anticipated to be required for longer than two years.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5616F241" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="49588E6A" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
@@ -3639,166 +4078,280 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60DD353C" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21503436" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+    <w:p w14:paraId="21503436" w14:textId="08329339" w:rsidR="00107E22" w:rsidRDefault="00285942">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Non-Staff contracts:</w:t>
+        <w:t>Non-Staff contracts</w:t>
+      </w:r>
+      <w:r w:rsidR="00F411A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (PSAs)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CEFC74C" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="35BD739F" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>There are two types of PSAs – Regular and Short-Term:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40095967" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41B79890" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+    <w:p w14:paraId="41B79890" w14:textId="3F406C76" w:rsidR="00107E22" w:rsidRDefault="00285942">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>The total use of a Short-Term PSA is up to six months (130 working days) during any 12-month period</w:t>
+        <w:t xml:space="preserve">The total use of a Short-Term PSA is up to six months (130 working days) </w:t>
+      </w:r>
+      <w:r w:rsidR="00A070C0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> and can be on a retainer basis (use only as needed).</w:t>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00E14585">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>a calendar year</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and can be on a retainer basis (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0061084A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>i.e.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0061084A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>use only as needed).</w:t>
+      </w:r>
+      <w:r w:rsidR="00F411A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F411A4" w:rsidRPr="00F411A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Short-term agreements should be avoided when it is likely that the services required by the hiring office will exceed 130 days</w:t>
+      </w:r>
+      <w:r w:rsidR="00F411A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B64A57A" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+    <w:p w14:paraId="3B64A57A" w14:textId="4A3ECB3F" w:rsidR="00107E22" w:rsidRDefault="00285942">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">A Regular PSA is issued for a minimum of six months, up to one year at a time, and may continue to be renewed </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t>for up to one year at a time for a period that does not exceed the maximum duration of the project. Renewal is subject to a review every four years and confirmation of similar terms of reference within the same project.</w:t>
+        <w:t>for up to one year at a time</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC3762">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC3762">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>not exceeding</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the maximum duration of the project</w:t>
+      </w:r>
+      <w:r w:rsidR="002B305E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>, if applicable</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F2D1902" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2025137B" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
@@ -3899,132 +4452,177 @@
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The two categories of professional and general services are applicable to both staff and non-staff contract modalities, including UNVs, and are defined by the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55D316C5" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E1D6D98" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+    <w:p w14:paraId="1E1D6D98" w14:textId="6EEF9ECC" w:rsidR="00107E22" w:rsidRDefault="00285942">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Professional level</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A021484" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+    <w:p w14:paraId="79ABDF49" w14:textId="77777777" w:rsidR="00217481" w:rsidRDefault="00217481">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A021484" w14:textId="7985C8CD" w:rsidR="00107E22" w:rsidRDefault="00285942">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Includes roles involving managerial, conceptual, analytic, evaluative, scientific and technical or work at a level that requires academic and, for some roles in addition, professional qualifications at university level. </w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="1C756AF1" w14:textId="77777777" w:rsidR="00217481" w:rsidRDefault="00217481">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="6CDA03E9" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Examples of professional level functions include Finance Specialist, Project Manager, Procurement Specialist, Economist, Operations Manager, Programme Advisor, etc. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02D4FA6F" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F98204F" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+    <w:p w14:paraId="02681B65" w14:textId="77777777" w:rsidR="00217481" w:rsidRDefault="00217481">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="3F98204F" w14:textId="51A1E8EE" w:rsidR="00107E22" w:rsidRDefault="00285942">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t>General Service level</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="4B71E494" w14:textId="77777777" w:rsidR="00217481" w:rsidRDefault="00217481">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="4A1C4214" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Support work which is administrative, clerical, procedural, or operational in nature and ranges from transactional or standardized functions, to those directly supporting professional staff or tasks which may be complex and para-professional. The performance of general service work often requires post-secondary education and technical or administrative training.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="391FDFC5" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
@@ -4134,146 +4732,140 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07FBF810" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>General Service level functions, whether staff or non-staff, are considered local and filled on the basis of candidates within commuting distance of the duty station who are legally allowed to reside and work in the country of the duty station. Functions at professional level can also be designated as local if they either do not require specialized international expertise and experience, or for which local knowledge and expertise is necessary to successfully perform in the position. In the case of National Officers, only nationals of the country of the duty station may be hired. National Officers are principally used in programme countries.  As these personnel are sourced locally their compensation and benefits packages are based on the local job market. Local functions are the default for most regular functions of UNDP in regular working contexts in field locations, as they contribute to the building of national capacities.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6868327C" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
+    <w:p w14:paraId="377BCA20" w14:textId="1210DDDE" w:rsidR="00C904B6" w:rsidRDefault="00C904B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0065B37D" w14:textId="0D8B63AE" w:rsidR="00107E22" w:rsidRDefault="00285942">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:br w:type="page"/>
+        <w:t>International functions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0065B37D" w14:textId="0D8B63AE" w:rsidR="00107E22" w:rsidRDefault="00285942">
+    <w:p w14:paraId="58A3803A" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-          <w:i/>
-[...13 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="58A3803A" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
+    <w:p w14:paraId="7186D666" w14:textId="3079021A" w:rsidR="00107E22" w:rsidRDefault="00285942">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...8 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Apart from the Resident Representative and Deputy Resident Representative, there may be other functions that require an independent stance from the national context, political or local neutrality, international expertise across different contexts, or technical expertise which is unlikely to be found within the national capacity.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> In this case, a candidate would be hired with international status to perform these functions. Such candidates are sourced </w:t>
       </w:r>
       <w:r w:rsidR="009D752A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>globally,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and their compensation and benefits packages are benchmarked against a global expatriate labour force. </w:t>
+        <w:t xml:space="preserve"> and their compensation and benefits packages are benchmarked against a global expatriate </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>labour</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> force. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CDC042F" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7F996619" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
@@ -4288,3154 +4880,2590 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Overview of levels (professional and support) and international and local status for staff and PSAs:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AEEC3EB" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="dxa"/>
+        <w:tblW w:w="8833" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1575"/>
         <w:gridCol w:w="1590"/>
         <w:gridCol w:w="1095"/>
         <w:gridCol w:w="1590"/>
         <w:gridCol w:w="1620"/>
-        <w:gridCol w:w="1383"/>
+        <w:gridCol w:w="1363"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00107E22" w14:paraId="6BAF74F3" w14:textId="77777777">
+      <w:tr w:rsidR="002416FC" w14:paraId="6BAF74F3" w14:textId="77777777" w:rsidTr="002416FC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3165" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w14:paraId="74DEEB81" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+          </w:tcPr>
+          <w:p w14:paraId="74DEEB81" w14:textId="77777777" w:rsidR="002416FC" w:rsidRDefault="002416FC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>International Category</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1095" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="26FDAB9A" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+          <w:p w14:paraId="26FDAB9A" w14:textId="77777777" w:rsidR="002416FC" w:rsidRDefault="002416FC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3210" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w14:paraId="6CACF09C" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+          </w:tcPr>
+          <w:p w14:paraId="6CACF09C" w14:textId="77777777" w:rsidR="002416FC" w:rsidRDefault="002416FC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Local Category</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="495" w:type="dxa"/>
+            <w:tcW w:w="1363" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="41977D51" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+          </w:tcPr>
+          <w:p w14:paraId="712811C4" w14:textId="77777777" w:rsidR="002416FC" w:rsidRDefault="002416FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41977D51" w14:textId="293E719E" w:rsidR="002416FC" w:rsidRDefault="002416FC" w:rsidP="00301423">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="538E8205" w14:textId="77777777">
+      <w:tr w:rsidR="002416FC" w14:paraId="538E8205" w14:textId="77777777" w:rsidTr="002416FC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w14:paraId="45267707" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+          </w:tcPr>
+          <w:p w14:paraId="45267707" w14:textId="77777777" w:rsidR="002416FC" w:rsidRDefault="002416FC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>FTA/TA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1590" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w14:paraId="6FB11EFB" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+          </w:tcPr>
+          <w:p w14:paraId="6FB11EFB" w14:textId="77777777" w:rsidR="002416FC" w:rsidRDefault="002416FC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>IPSA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1095" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="78FE8269" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+          <w:p w14:paraId="78FE8269" w14:textId="77777777" w:rsidR="002416FC" w:rsidRDefault="002416FC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ICS</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> Levels</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1590" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w14:paraId="56DDE077" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+          </w:tcPr>
+          <w:p w14:paraId="56DDE077" w14:textId="77777777" w:rsidR="002416FC" w:rsidRDefault="002416FC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>FTA/TA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w14:paraId="18F92BD8" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+          </w:tcPr>
+          <w:p w14:paraId="18F92BD8" w14:textId="77777777" w:rsidR="002416FC" w:rsidRDefault="002416FC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>NPSA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="495" w:type="dxa"/>
+            <w:tcW w:w="1363" w:type="dxa"/>
+            <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...15 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="2A13C58D" w14:textId="184DEEC8" w:rsidR="002416FC" w:rsidRDefault="002416FC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="7FA61705" w14:textId="77777777">
+      <w:tr w:rsidR="00107E22" w14:paraId="7FA61705" w14:textId="77777777" w:rsidTr="00CF529F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="1D1EE4D1" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1590" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="453CE816" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1095" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="4CA07CBE" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ICS-1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1590" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="43DE5C51" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>GS-1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="44885A5B" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>NPSA-1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="495" w:type="dxa"/>
+            <w:tcW w:w="1363" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3DFF211C" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="105" w:right="105"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Support</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="28B06B2E" w14:textId="77777777">
+      <w:tr w:rsidR="00107E22" w14:paraId="28B06B2E" w14:textId="77777777" w:rsidTr="00CF529F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="21CE1194" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1590" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="798530DB" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1095" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="05B03673" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ICS-2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1590" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="54259B0A" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>GS-2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="41B9B07D" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>NPSA-2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BB48DCB" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="079EE6A1" w14:textId="77777777">
+      <w:tr w:rsidR="00107E22" w14:paraId="079EE6A1" w14:textId="77777777" w:rsidTr="00CF529F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="130C93AA" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1590" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="64898CF7" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1095" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="0BF1C004" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ICS-3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1590" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="54601C97" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>GS-3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="06359D1C" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>NPSA-3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51D8DCE4" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="7B2B041A" w14:textId="77777777">
+      <w:tr w:rsidR="00107E22" w14:paraId="7B2B041A" w14:textId="77777777" w:rsidTr="00CF529F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="7602731F" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1590" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="570754C9" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1095" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="4F4C8BD8" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ICS-4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1590" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="469DBBBA" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>GS-4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="2C37BBBE" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>NPSA-4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="712A3473" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="248BFDAA" w14:textId="77777777">
+      <w:tr w:rsidR="00107E22" w14:paraId="248BFDAA" w14:textId="77777777" w:rsidTr="00CF529F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="3C49620A" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1590" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="6642F891" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1095" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="3246B1D6" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ICS-5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1590" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="5D212C71" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>GS-5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="5CB2D2C0" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>NPSA-5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="534BF893" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="6A66D353" w14:textId="77777777">
+      <w:tr w:rsidR="00107E22" w14:paraId="6A66D353" w14:textId="77777777" w:rsidTr="00CF529F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="298F2991" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1590" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="743A6C1A" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1095" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="005205C7" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ICS-6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1590" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="65B45F29" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>GS-6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="53B386C1" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>NPSA-6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="294580B1" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="0985A2CF" w14:textId="77777777">
+      <w:tr w:rsidR="00107E22" w14:paraId="0985A2CF" w14:textId="77777777" w:rsidTr="00CF529F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="05C60CDE" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1590" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="19E861D7" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1095" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="02FE29A2" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ICS-7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1590" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="6B8FEBFD" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>GS-7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="0B5D3556" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>NPSA-7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11D3E85B" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="4D1C468A" w14:textId="77777777">
+      <w:tr w:rsidR="00107E22" w14:paraId="4D1C468A" w14:textId="77777777" w:rsidTr="00CF529F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="66C39811" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>P1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1590" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="78ADBF34" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>IPSA-8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1095" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="3C8D37D6" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ICS-8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1590" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="10A3CFA8" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>NO-A</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="77621B5F" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>NPSA-8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="495" w:type="dxa"/>
+            <w:tcW w:w="1363" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="09C10653" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="105" w:right="105"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Professional</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="1EE395FF" w14:textId="77777777">
+      <w:tr w:rsidR="00107E22" w14:paraId="1EE395FF" w14:textId="77777777" w:rsidTr="00CF529F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="50CAF24D" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>P2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1590" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="14BE4978" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>IPSA-9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1095" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="63153DBC" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ICS-9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1590" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="40EE3787" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>NO-B</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="0DD514E8" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>NPSA-9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="428FBA1C" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="409E1A15" w14:textId="77777777">
+      <w:tr w:rsidR="00107E22" w14:paraId="409E1A15" w14:textId="77777777" w:rsidTr="00CF529F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="1BFE189A" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>P3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1590" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="7E0291ED" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>IPSA-10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1095" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="43A523F6" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ICS-10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1590" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="31617FBE" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>NO-C</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="046E5AAB" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>NPSA-10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1898FFE8" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="409D2903" w14:textId="77777777">
+      <w:tr w:rsidR="00107E22" w14:paraId="409D2903" w14:textId="77777777" w:rsidTr="00CF529F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="0C5B7751" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>P4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1590" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="2BFD102E" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>IPSA-11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1095" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="26627F91" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ICS-11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1590" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="2BC4A2C3" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>NO-D</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="31A4D873" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>NPSA-11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C1083CE" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="72558D46" w14:textId="77777777">
+      <w:tr w:rsidR="00107E22" w14:paraId="72558D46" w14:textId="77777777" w:rsidTr="00CF529F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="683B3440" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>P5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1590" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="42506520" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>IPSA-12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1095" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="2144495B" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ICS-12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1590" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="53BEDB89" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>NO-E</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="5BF8E871" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>NPSA-12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76FA1070" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="710CA3EF" w14:textId="77777777">
+      <w:tr w:rsidR="00107E22" w14:paraId="710CA3EF" w14:textId="77777777" w:rsidTr="00CF529F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="5719A88B" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>D1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1590" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="0E63CEEA" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>IPSA-13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1095" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="2605A87F" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ICS-13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1590" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="421DE089" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="0F3BBDCA" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01ECB5F2" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="09CCFDE2" w14:textId="77777777">
+      <w:tr w:rsidR="00107E22" w14:paraId="09CCFDE2" w14:textId="77777777" w:rsidTr="00CF529F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="0CF9E950" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>D2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1590" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="6A78523D" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>IPSA-14</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1095" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="24F7E67F" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ICS-14</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1590" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="55526509" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="54FAEE5F" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3997A620" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="18347BEE" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
+    <w:p w14:paraId="1593D2E9" w14:textId="77777777" w:rsidR="00217481" w:rsidRDefault="00217481">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30830F1C" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
@@ -7525,220 +7553,200 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="50A16854" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>The link below will take you to a set of calculators that will allow you to run cost estimates of the different contractual modalities based on the related proforma costs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B2C4A56" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D2CADB1" w14:textId="317E4618" w:rsidR="00107E22" w:rsidRDefault="006D408B">
+    <w:p w14:paraId="4D2CADB1" w14:textId="317E4618" w:rsidR="00107E22" w:rsidRPr="00974F17" w:rsidRDefault="00217481">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidR="006D408B" w:rsidRPr="00974F17">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:lang w:val="es-US"/>
           </w:rPr>
-          <w:t>IPSA Remuneration Calculator</w:t>
+          <w:t xml:space="preserve">IPSA </w:t>
         </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="006D408B" w:rsidRPr="00974F17">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:lang w:val="es-US"/>
+          </w:rPr>
+          <w:t>Remuneration</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="006D408B" w:rsidRPr="00974F17">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:lang w:val="es-US"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="006D408B" w:rsidRPr="00974F17">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:lang w:val="es-US"/>
+          </w:rPr>
+          <w:t>Calculator</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2E709B6D" w14:textId="77777777" w:rsidR="006D408B" w:rsidRDefault="006D408B">
+    <w:p w14:paraId="2E709B6D" w14:textId="77777777" w:rsidR="006D408B" w:rsidRPr="00974F17" w:rsidRDefault="006D408B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
+          <w:lang w:val="es-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0805FACD" w14:textId="55291086" w:rsidR="006D408B" w:rsidRDefault="009B0706">
+    <w:p w14:paraId="0805FACD" w14:textId="55291086" w:rsidR="006D408B" w:rsidRPr="00974F17" w:rsidRDefault="00217481">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidR="009B0706" w:rsidRPr="00974F17">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:lang w:val="es-US"/>
           </w:rPr>
-          <w:t>NPSA Remuneration Calculator</w:t>
+          <w:t xml:space="preserve">NPSA </w:t>
         </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="009B0706" w:rsidRPr="00974F17">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:lang w:val="es-US"/>
+          </w:rPr>
+          <w:t>Remuneration</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="009B0706" w:rsidRPr="00974F17">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:lang w:val="es-US"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="009B0706" w:rsidRPr="00974F17">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:lang w:val="es-US"/>
+          </w:rPr>
+          <w:t>Calculator</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="35C1FE35" w14:textId="77777777" w:rsidR="004607E0" w:rsidRDefault="004607E0">
+    <w:p w14:paraId="35C1FE35" w14:textId="77777777" w:rsidR="004607E0" w:rsidRPr="00974F17" w:rsidRDefault="004607E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="55C56AAE" w14:textId="77777777" w:rsidR="00883EE8" w:rsidRDefault="00883EE8">
+    <w:p w14:paraId="55C56AAE" w14:textId="77777777" w:rsidR="00883EE8" w:rsidRPr="00974F17" w:rsidRDefault="00883EE8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DF64822" w14:textId="77777777" w:rsidR="00883EE8" w:rsidRDefault="00883EE8">
+    <w:p w14:paraId="24BFEC16" w14:textId="14F9D33E" w:rsidR="00107E22" w:rsidRDefault="00285942" w:rsidP="00CF529F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...80 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>COMPARISON BETWEEN MODALITIES</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71D0BF5D" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="704A358A" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -7783,126 +7791,114 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Operational comparison</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="127A44AF" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9787" w:type="dxa"/>
         <w:tblInd w:w="-165" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1357"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1697"/>
+        <w:gridCol w:w="1356"/>
+        <w:gridCol w:w="1409"/>
+        <w:gridCol w:w="1649"/>
+        <w:gridCol w:w="1802"/>
+        <w:gridCol w:w="2049"/>
+        <w:gridCol w:w="1522"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00107E22" w14:paraId="020EEB16" w14:textId="77777777">
-[...9 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:tr w:rsidR="00107E22" w14:paraId="020EEB16" w14:textId="77777777" w:rsidTr="00CF529F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1356" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="77A99DAD" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1642" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1409" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4112E737" w14:textId="4598D62B" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Fixed-term, Permanent </w:t>
             </w:r>
             <w:r w:rsidR="001B7349">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
@@ -7922,58 +7918,51 @@
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(FTA)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1649" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="779F4F99" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Temporary Appointment</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -7984,280 +7973,294 @@
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(TA)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1802" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="44D42787" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>Individual Contract</w:t>
-[...18 lines deleted...]
-            </w:pPr>
+              <w:t>Individual</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>(IC)</w:t>
-[...18 lines deleted...]
-            </w:pPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t>(Procurement, non-personnel)</w:t>
-            </w:r>
+              <w:t>Contract</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="fr-CA"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...17 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="19FD42CF" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...16 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>(IC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-CA"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23F8ADBB" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-CA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...30 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...18 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Procurement</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>, non-personnel)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="fr-CA"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2049" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="162DB10F" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Personnel Services Agreement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71EE42EB" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>(PSA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C8A3398" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>UN Volunteer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CEA42BC" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(UNV)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="52C45E6B" w14:textId="77777777">
+      <w:tr w:rsidR="00107E22" w14:paraId="52C45E6B" w14:textId="77777777" w:rsidTr="00CF529F">
         <w:trPr>
           <w:trHeight w:val="2535"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1357" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1356" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="115D54BB" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Purpose</w:t>
             </w:r>
             <w:r>
@@ -8295,524 +8298,676 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="3AA8A24F" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="726791E1" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+          <w:p w14:paraId="2BE07366" w14:textId="77777777" w:rsidR="00072698" w:rsidRDefault="00072698">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4A9A1147" w14:textId="77777777" w:rsidR="00072698" w:rsidRDefault="00072698">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Typically used for</w:t>
-[...1 lines deleted...]
-            <w:r>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5217EAEC" w14:textId="77777777" w:rsidR="000C0CA8" w:rsidRDefault="000C0CA8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="0A545522" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="726791E1" w14:textId="4B9FF21C" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:textAlignment w:val="baseline"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Typically used for</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A545522" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t> </w:t>
-[...5 lines deleted...]
-              <w:textAlignment w:val="baseline"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6052BE82" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t> </w:t>
-[...5 lines deleted...]
-              <w:textAlignment w:val="baseline"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="3BE62B98" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6163742A" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F6C6186" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="08233EDD" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="52D9CE45" w14:textId="77777777" w:rsidR="00072698" w:rsidRDefault="00072698">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="08790765" w14:textId="77777777" w:rsidR="00072698" w:rsidRDefault="00072698">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="4B2F5331" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3BE62B98" w14:textId="601E60EB" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:textAlignment w:val="baseline"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Cost</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08233EDD" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t> </w:t>
-[...5 lines deleted...]
-              <w:textAlignment w:val="baseline"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B2F5331" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t> </w:t>
-[...5 lines deleted...]
-              <w:textAlignment w:val="baseline"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71974D66" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t> </w:t>
-            </w:r>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="548130A6" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t> </w:t>
-[...5 lines deleted...]
-              <w:textAlignment w:val="baseline"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D47EA55" w14:textId="77777777" w:rsidR="00F411A4" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t> </w:t>
-[...5 lines deleted...]
-              <w:textAlignment w:val="baseline"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="043FF152" w14:textId="77777777" w:rsidR="00F411A4" w:rsidRDefault="00F411A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t> </w:t>
-[...1 lines deleted...]
-            <w:r>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7B342E09" w14:textId="7AD6246A" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:lang w:val="en-GB"/>
-[...2 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:textAlignment w:val="baseline"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Classification</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BD71864" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t> </w:t>
-[...5 lines deleted...]
-              <w:textAlignment w:val="baseline"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25CF7764" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:lang w:val="en-GB"/>
-[...2 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-              <w:textAlignment w:val="baseline"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-              </w:rPr>
-            </w:pPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Selection authority</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...9 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:p w14:paraId="2324009C" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="722EF437" w14:textId="77777777" w:rsidR="00F411A4" w:rsidRDefault="00F411A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="37D331C1" w14:textId="77777777" w:rsidR="00F411A4" w:rsidRDefault="00F411A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="37382CE0" w14:textId="47A59F0B" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Speed in hiring</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="011E5CCE" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1409" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="04DAECA2" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Long-term continuous</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5DB4B341" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="784DB6FC" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+          <w:p w14:paraId="2E29B07F" w14:textId="77777777" w:rsidR="00072698" w:rsidRDefault="00072698">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="729B99C7" w14:textId="77777777" w:rsidR="00072698" w:rsidRDefault="00072698">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4FAA3394" w14:textId="77777777" w:rsidR="000C0CA8" w:rsidRDefault="000C0CA8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="784DB6FC" w14:textId="3278643D" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Inherent functions</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5871D17D" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
@@ -8827,51 +8982,73 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0F7F8A18" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2AE17C22" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2763EDC8" w14:textId="6D91F2BD" w:rsidR="00107E22" w:rsidRDefault="00112B51">
+          <w:p w14:paraId="0A019884" w14:textId="77777777" w:rsidR="00072698" w:rsidRDefault="00072698">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2508EEA5" w14:textId="77777777" w:rsidR="00072698" w:rsidRDefault="00072698">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2763EDC8" w14:textId="2070DE32" w:rsidR="00107E22" w:rsidRDefault="00112B51">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">High </w:t>
             </w:r>
             <w:r w:rsidR="00285942">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(direct and administration)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3FA5EBCC" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
@@ -8882,64 +9059,76 @@
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5B53B84A" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="35D1DE27" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4F444DE4" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
-[...12 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="5E5CB648" w14:textId="77777777" w:rsidR="00F411A4" w:rsidRDefault="00F411A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4F444DE4" w14:textId="07B8FA08" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Central</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A6D07DC" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13D34935" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
@@ -8948,129 +9137,178 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Corporate review board</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2BAC3844" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="08F76385" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+          <w:p w14:paraId="348D51A1" w14:textId="77777777" w:rsidR="00F411A4" w:rsidRDefault="00F411A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0FB4A328" w14:textId="77777777" w:rsidR="00F411A4" w:rsidRDefault="00F411A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="08F76385" w14:textId="6EF031D5" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Longest duration</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15B19E7D" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1668" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1649" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A19EB97" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Temporary peaks/ FTA replacement</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2F6FD2F4" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6FFC9EF9" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+          <w:p w14:paraId="01EC63D8" w14:textId="77777777" w:rsidR="00072698" w:rsidRDefault="00072698">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4B9DC665" w14:textId="77777777" w:rsidR="00072698" w:rsidRDefault="00072698">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="203EE37D" w14:textId="77777777" w:rsidR="000C0CA8" w:rsidRDefault="000C0CA8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6FFC9EF9" w14:textId="15C42151" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Peak seasons, temporary gap filling</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="496BA979" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -9092,199 +9330,307 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="45F2CFAE" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0F161B1C" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+          <w:p w14:paraId="5F987C6F" w14:textId="77777777" w:rsidR="00072698" w:rsidRDefault="00072698">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7646FDAC" w14:textId="77777777" w:rsidR="00072698" w:rsidRDefault="00072698">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0F161B1C" w14:textId="07E4F992" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Relatively high (lighter on administration)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5E1AACEE" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4069034C" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="17B05679" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
-[...12 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="11E1D0A6" w14:textId="77777777" w:rsidR="00F411A4" w:rsidRDefault="00F411A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="08D60A7D" w14:textId="77777777" w:rsidR="00F411A4" w:rsidRDefault="00F411A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="17B05679" w14:textId="532D384F" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Central</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="62F22DF5" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7FD9ED36" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Hiring unit no Corporate review board review</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="666E2F52" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+              <w:t xml:space="preserve">Hiring </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>unit</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> no Corporate review board review</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C70DB10" w14:textId="77777777" w:rsidR="00F411A4" w:rsidRDefault="00F411A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3F850AF0" w14:textId="77777777" w:rsidR="00F411A4" w:rsidRDefault="00F411A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="666E2F52" w14:textId="30441922" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Relatively Fast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1816" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1802" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C1A3CA0" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Lump-sum based deliverables only</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="059485D1" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2DDE658A" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+          <w:p w14:paraId="5FF82B8A" w14:textId="77777777" w:rsidR="00072698" w:rsidRDefault="00072698">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53E57287" w14:textId="77777777" w:rsidR="00072698" w:rsidRDefault="00072698">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="141DFE51" w14:textId="77777777" w:rsidR="000C0CA8" w:rsidRDefault="000C0CA8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2DDE658A" w14:textId="716D95F0" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Specific deliverables</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="47EA24F7" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -9322,105 +9668,137 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6AE63A79" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1D5E2134" w14:textId="25B765C3" w:rsidR="00107E22" w:rsidRDefault="00507C3C">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">All inclusive fee, </w:t>
+          <w:p w14:paraId="65F33308" w14:textId="77777777" w:rsidR="00072698" w:rsidRDefault="00072698">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3E316364" w14:textId="77777777" w:rsidR="00072698" w:rsidRDefault="00072698">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1D5E2134" w14:textId="2DE17AD1" w:rsidR="00107E22" w:rsidRDefault="00507C3C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>All inclusive</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> fee, </w:t>
             </w:r>
             <w:r w:rsidR="00285942">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Medium to High due to short-term nature and DSA, light on administration</w:t>
             </w:r>
             <w:r w:rsidR="00285942">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6C876B1B" w14:textId="77777777" w:rsidR="00112B51" w:rsidRDefault="00112B51">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3F2C9B70" w14:textId="131A2197" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2D53DF78" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="05B0D8E3" w14:textId="76814C72" w:rsidR="00107E22" w:rsidRDefault="00507C3C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
@@ -9444,198 +9822,194 @@
             </w:r>
             <w:r w:rsidR="00285942">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00285942">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>(Procurement)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6C7D2B38" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="18EFEA5F" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
-[...8 lines deleted...]
-          </w:p>
           <w:p w14:paraId="46FF0F0F" w14:textId="353DBDC6" w:rsidR="00107E22" w:rsidRDefault="00507C3C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Dependent</w:t>
             </w:r>
             <w:r w:rsidR="00285942">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> on </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">selection procedure used and monetary threshold of contract. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1607" w:type="dxa"/>
-[...22 lines deleted...]
-              <w:t>Project</w:t>
+            <w:tcW w:w="2049" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41F19667" w14:textId="3FE8EC7C" w:rsidR="00107E22" w:rsidRDefault="00072698">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E63D7D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>ervices</w:t>
+            </w:r>
+            <w:r w:rsidR="000C0CA8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for functions permitted under the policy,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> excluding certain staff-restricted functions</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6C23D318" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="35662C37" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
-[...10 lines deleted...]
-          <w:p w14:paraId="2BBB146C" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+          <w:p w14:paraId="2BBB146C" w14:textId="68839703" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Project-funded functions (operational and programme)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
+            <w:r w:rsidR="00072698">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>and other professional or support functions which may otherwise be outsourced</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="430B2FED" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1F3A75E2" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
-[...10 lines deleted...]
-          <w:p w14:paraId="20C93053" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+          <w:p w14:paraId="20C93053" w14:textId="238A2177" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Medium (light administration)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="614FB618" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -9651,64 +10025,87 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A099DAC" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6DF298FD" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0EE40305" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
-[...12 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="03EE5458" w14:textId="77777777" w:rsidR="00F411A4" w:rsidRDefault="00F411A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="09EF1F47" w14:textId="77777777" w:rsidR="00F411A4" w:rsidRDefault="00F411A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0EE40305" w14:textId="1F5E910B" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Central</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5C5499E0" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="34A01605" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
@@ -9716,180 +10113,251 @@
               </w:rPr>
               <w:t>Hiring Unit</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7C798A04" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5DB0B13D" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5E8C5FAE" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+          <w:p w14:paraId="66FA9C36" w14:textId="77777777" w:rsidR="00F411A4" w:rsidRDefault="00F411A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="05EE22F3" w14:textId="77777777" w:rsidR="00F411A4" w:rsidRDefault="00F411A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E8C5FAE" w14:textId="5AE1079E" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Very Fast for short-term; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A3F6CFA" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Relatively fast for Regular</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E4499B2" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1697" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1522" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="28C92A91" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Volunteer personnel</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4872BB8A" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7491862E" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+          <w:p w14:paraId="45348B16" w14:textId="77777777" w:rsidR="00072698" w:rsidRDefault="00072698">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D4F1062" w14:textId="77777777" w:rsidR="00072698" w:rsidRDefault="00072698">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="73A3F6E7" w14:textId="77777777" w:rsidR="000C0CA8" w:rsidRDefault="000C0CA8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7491862E" w14:textId="5C6040D4" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Project/extra budget-funded functions (operational &amp; programme)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0DD585E1" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="537DC342" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+          <w:p w14:paraId="431B2802" w14:textId="77777777" w:rsidR="00072698" w:rsidRDefault="00072698">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53205B5D" w14:textId="77777777" w:rsidR="00072698" w:rsidRDefault="00072698">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="537DC342" w14:textId="024CB09E" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Low-medium </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1AB88F80" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
@@ -9916,64 +10384,87 @@
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1E0753BD" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1A242D4A" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="78EA2920" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
-[...12 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="6A18CB34" w14:textId="77777777" w:rsidR="00F411A4" w:rsidRDefault="00F411A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="51FA3375" w14:textId="77777777" w:rsidR="00F411A4" w:rsidRDefault="00F411A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="78EA2920" w14:textId="1C5708D2" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A38A823" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7A9715C3" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
@@ -9995,317 +10486,210 @@
               <w:t>Hiring Unit</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="112ACBE2" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="31DC6243" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6EB270EA" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+          <w:p w14:paraId="74341673" w14:textId="77777777" w:rsidR="00F411A4" w:rsidRDefault="00F411A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7073FE91" w14:textId="77777777" w:rsidR="00F411A4" w:rsidRDefault="00F411A4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6EB270EA" w14:textId="344C5C0C" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Very Fast for nationals and relatively fast for internationals</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4EA2B346" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="52670E7B" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+    <w:p w14:paraId="5C1ED8BA" w14:textId="77777777" w:rsidR="00217481" w:rsidRDefault="00217481">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...114 lines deleted...]
-          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53209B5A" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Entitlement comparison</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24F4B6C5" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9772" w:type="dxa"/>
         <w:tblInd w:w="-165" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1312"/>
-        <w:gridCol w:w="1382"/>
+        <w:gridCol w:w="1420"/>
+        <w:gridCol w:w="1274"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1686"/>
         <w:gridCol w:w="1845"/>
         <w:gridCol w:w="1846"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00107E22" w14:paraId="4096A70A" w14:textId="77777777" w:rsidTr="00883EE8">
-[...9 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:tr w:rsidR="00107E22" w14:paraId="4096A70A" w14:textId="77777777" w:rsidTr="00CF529F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B146CB2" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1382" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1274" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="399ACD4B" w14:textId="685903CA" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Fixed-term, Permanent </w:t>
             </w:r>
             <w:r w:rsidR="001B7349">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
@@ -10326,57 +10710,50 @@
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(FTA/PA)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7CCB1169" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Temporary Appointment</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -10388,57 +10765,50 @@
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(TA)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4F083D3A" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Individual Contract</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -10475,57 +10845,50 @@
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(Procurement)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6FC9B45D" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Personnel Services Agreement</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -10537,57 +10900,50 @@
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(PSA)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1846" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E226961" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>UN Volunteer</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -10597,229 +10953,194 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(UNV)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="736AFD85" w14:textId="77777777" w:rsidTr="00883EE8">
-[...9 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:tr w:rsidR="00107E22" w14:paraId="736AFD85" w14:textId="77777777" w:rsidTr="00CF529F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E92FC01" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Legal basis</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1382" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1274" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17DA963F" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Career staff member appointed under the UN Staff Regulations and Rules.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="37C2A74F" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="419952EC" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Staff members appointed under the UN Staff Regulations and Rules</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="320EFDAE" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Governed by IC procurement Policy and explicit terms of IC</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0426BCCE" w14:textId="7AAC8B17" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Personnel contracted and governed by explicit terms </w:t>
             </w:r>
             <w:r w:rsidR="009B0706">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">of </w:t>
             </w:r>
             <w:r w:rsidR="007A2899">
@@ -10841,644 +11162,556 @@
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5D25CDFA" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1846" w:type="dxa"/>
-            <w:tcBorders>
-[...16 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+          </w:tcPr>
+          <w:p w14:paraId="0E5BD0EE" w14:textId="4502412D" w:rsidR="00107E22" w:rsidRDefault="00270BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r w:rsidR="006228A6">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 </w:rPr>
                 <w:t>UNV Conditions of Service</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="46ABC7E9" w14:textId="77777777" w:rsidTr="00883EE8">
+      <w:tr w:rsidR="00107E22" w14:paraId="46ABC7E9" w14:textId="77777777" w:rsidTr="00CF529F">
         <w:trPr>
           <w:trHeight w:val="1215"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1312" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6A8CC6F5" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>UNLP</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1382" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1274" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="35B997B8" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2BFE4B35" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5597F02B" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40E57923" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1846" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E65138C" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="5F0CDF49" w14:textId="77777777" w:rsidTr="00883EE8">
+      <w:tr w:rsidR="00107E22" w14:paraId="5F0CDF49" w14:textId="77777777" w:rsidTr="00CF529F">
         <w:trPr>
           <w:trHeight w:val="1215"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1312" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="47211E9E" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Duration</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1382" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1274" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5CA07F98" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>A fixed-term appointment may be granted for a period of one year or more;</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> extensions are granted for 2 years.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="144BCF26" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3B56B1FB" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Up to 364 calendar days maximum. Duration can be exceptionally extended beyond the first 364 calendar days for additional 365 days</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="07F6C779" w14:textId="546C2F8D" w:rsidR="00107E22" w:rsidRDefault="00112B51">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Duration based on required outputs</w:t>
             </w:r>
             <w:r w:rsidR="00285942">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>, with special approval beyond 24 months</w:t>
             </w:r>
             <w:r w:rsidR="00285942">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
-            <w:tcBorders>
-[...29 lines deleted...]
-          </w:p>
+          </w:tcPr>
           <w:p w14:paraId="746DEA8D" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Regular PSA:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37CC290C" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+          <w:p w14:paraId="37CC290C" w14:textId="53B426B8" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Min. 6 months</w:t>
             </w:r>
-            <w:r>
-[...15 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00DC790E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> up to 1 year at a time</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="677D3FED" w14:textId="77777777" w:rsidR="00DC790E" w:rsidRDefault="00DC790E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2E4F74B9" w14:textId="339EA06D" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
               <w:t>Short-term PSA:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="393D9BFF" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
-[...15 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="393D9BFF" w14:textId="61508123" w:rsidR="00107E22" w:rsidRDefault="00DC790E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Min. 1 day to m</w:t>
+            </w:r>
+            <w:r w:rsidR="00285942">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>ax. 6 months in any calendar year</w:t>
+            </w:r>
+            <w:r w:rsidR="00285942">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B9667B9" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1846" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2415CEC5" w14:textId="6739515A" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">The minimum initial contract duration </w:t>
             </w:r>
             <w:r w:rsidR="00883EE8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>is three</w:t>
             </w:r>
             <w:r>
@@ -11491,216 +11724,206 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73AA15A2" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="59E7B301" w14:textId="77777777" w:rsidTr="00883EE8">
-[...9 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:tr w:rsidR="00107E22" w14:paraId="59E7B301" w14:textId="77777777" w:rsidTr="00CF529F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0BDEE20B" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Remuneration basis</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1382" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1274" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="00927067" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Local remuneration scales based on best prevailing local conditions; International remuneration scale based on best comparator civil service</w:t>
+              <w:t xml:space="preserve">Local remuneration scales based on best prevailing local </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>conditions; International remuneration scale based on best comparator civil service</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0CEEDFEF" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4311965D" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Local remuneration scales based on best prevailing local conditions; International remuneration scale based on best comparator civil service</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Local remuneration scales based on best prevailing local conditions; International </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>remuneration scale based on best comparator civil service</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="14C23828" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="79F10189" w14:textId="5EBAD961" w:rsidR="00107E22" w:rsidRDefault="00112B51">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Lump-sum based d</w:t>
             </w:r>
             <w:r w:rsidR="00285942">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">epending on </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00285942">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> complexity</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -11713,90 +11936,92 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">or </w:t>
             </w:r>
             <w:r w:rsidR="00285942">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>daily fees</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> based on a BU developed table or fee range provided in IC Policy</w:t>
+              <w:t xml:space="preserve"> based on a BU developed </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>table or fee range provided in IC Policy</w:t>
             </w:r>
             <w:r w:rsidR="00285942">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00285942">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2DD4EF03" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>*IPSA: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5CE224DF" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Reference to best comparator civil service</w:t>
@@ -11838,50 +12063,51 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Living cost</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="226078A2" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Hardship </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A00A85B" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="36478C2B" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
@@ -11921,1629 +12147,1420 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>NPSA CO scale</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1846" w:type="dxa"/>
-            <w:tcBorders>
-[...20 lines deleted...]
-              <w:t>Volunteer Living Allowance (VLA), a support mechanism to sustain them during their volunteer service; plus other monetary entitlements (entry/end of assignment lumpsum, dependents)</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="56E2E7E9" w14:textId="798A41E6" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Volunteer Living Allowance (VLA), a support mechanism to sustain them during their volunteer service; </w:t>
+            </w:r>
+            <w:r w:rsidR="00270BBB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>plus,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> other monetary entitlements (entry/end of assignment lumpsum, dependents)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="1AF995F7" w14:textId="77777777" w:rsidTr="00883EE8">
+      <w:tr w:rsidR="00107E22" w14:paraId="1AF995F7" w14:textId="77777777" w:rsidTr="00CF529F">
         <w:trPr>
           <w:trHeight w:val="6645"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1312" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="28CB13A4" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Hardship Allowance</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1382" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1274" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11BD5219" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2703428E" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="431D0146" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4AC6C367" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Only for IPSAs (for duty stations D &amp; E) Lump sum fixed at $1,000 per month</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1846" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4643329D" w14:textId="3B5A7C30" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Well-being differentials provided per month for IUNVs - $500/$1000 and NUNVs 15%/30% additional VLA as per duty stations classifications</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="35711B68" w14:textId="77777777" w:rsidTr="00883EE8">
-[...14 lines deleted...]
-              <w:jc w:val="both"/>
+      <w:tr w:rsidR="00107E22" w14:paraId="35711B68" w14:textId="77777777" w:rsidTr="00CF529F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1420" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73FAF1E7" w14:textId="480F1668" w:rsidR="00107E22" w:rsidRDefault="00285942" w:rsidP="00CF529F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Danger Pay/ Allowance</w:t>
-[...262 lines deleted...]
-            <w:r>
+              <w:t>Danger</w:t>
+            </w:r>
+            <w:r w:rsidR="002416FC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Taxability of salaries</w:t>
-[...216 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
+              <w:t>Pay/ Allowance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D1F2E90" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yes </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="304A5010" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>$1,645 f</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>or IPs and a lump sum based on the local GS salary scale for NOs and GS staff</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DEE3222" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2605FE4C" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yes </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EF96913" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>$1,645</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for IPs and a lump sum based on the local GS salary scale for NOs and GS staff</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5140D1F9" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EC40FA7" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02995D7A" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Yes (where applicable) and in form of a lumpsum fixed at $1,000 per month for IPSAs, and the CO lump sum rate for NPSAs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50A3C2B3" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Well-being differentials provided per month for IUNVs - $500/$1000 and NUNVs 15%/30% additional VLA as per duty stations classifications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00107E22" w14:paraId="5FC0DE91" w14:textId="77777777" w:rsidTr="00CF529F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1420" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F352F1C" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942" w:rsidP="00CF529F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Taxability of salaries</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="465D2634" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Tax-exempt (or subject to reimbursement)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E8F7B58" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Tax-exempt (or subject to reimbursement).</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="617BD2BB" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Not exempt; no tax reimbursement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66504232" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Not exempt; no tax reimbursement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30087871" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50015FB1" w14:textId="195B236B" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Not formally exempt; but taxes may not apply to UNVs given that living allowances are paid instead of salaries</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00107E22" w14:paraId="0C56E442" w14:textId="77777777" w:rsidTr="00CF529F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1420" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="052755A5" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
               <w:t>Recruitment procedures</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1382" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1274" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="510D3CCF" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Competitive process</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="03E2AEF0" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Reviewed by CR Panel/Board</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A5DE995" w14:textId="59CF1A73" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Competitive process required </w:t>
             </w:r>
             <w:r w:rsidR="00883EE8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>but no</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> CRB/CRP review.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6FD6BC0A" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1BF8AD58" w14:textId="3FFFB908" w:rsidR="00107E22" w:rsidRDefault="00FD75C9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">see </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Selection Authority above</w:t>
             </w:r>
             <w:r w:rsidR="00285942">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E1EB70D" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Competitive selection </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1846" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B613C65" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Competitive process facilitated by UNV with a Hiring Manager input (selection) with a direct recruitment option</w:t>
+              <w:t xml:space="preserve">Competitive process facilitated </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>by UNV with a Hiring Manager input (selection) with a direct recruitment option</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="1A6D7014" w14:textId="77777777" w:rsidTr="00883EE8">
-[...9 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:tr w:rsidR="00107E22" w14:paraId="1A6D7014" w14:textId="77777777" w:rsidTr="00CF529F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C7F6B4D" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Medical clearance</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1382" w:type="dxa"/>
-[...22 lines deleted...]
-              <w:t>UN Medical Service</w:t>
+            <w:tcW w:w="1274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F445312" w14:textId="687708A9" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">UN </w:t>
+            </w:r>
+            <w:r w:rsidR="00EB35DC" w:rsidRPr="00EB35DC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Division of Healthcare Management and Occupational Safety and Health</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB35DC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF69FB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>DHMOSH</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB35DC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcBorders>
-[...21 lines deleted...]
-              <w:t>UN Medical service</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="3B33BB2C" w14:textId="39941948" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">UN </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF69FB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>DHMOSH</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4AA05476" w14:textId="2AAB9D6A" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">For &gt;65 years of age by a UN medical physician </w:t>
-[...7 lines deleted...]
-              <w:t>if available</w:t>
+              <w:t>For &gt;65 years of age by a UN medical physician if available</w:t>
             </w:r>
             <w:r w:rsidR="00D548B5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>, if not available by a medical practitioner selected by the IC.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
-            <w:tcBorders>
-[...17 lines deleted...]
-              <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="03D505AB" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00270BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidR="00285942">
                 <w:rPr>
                   <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0563C1"/>
                   <w:u w:val="single"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:t>Medical certification</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...14 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00285942">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> issued by a certified physician.</w:t>
+            </w:r>
+            <w:r w:rsidR="00285942">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1E471996" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1846" w:type="dxa"/>
-            <w:tcBorders>
-[...22 lines deleted...]
-              <w:t>UN Medical Service</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="28AD4644" w14:textId="019AA97D" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">UN </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF69FB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>DHMOSH</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="33B2A180" w14:textId="77777777" w:rsidTr="00883EE8">
-[...11 lines deleted...]
-          <w:p w14:paraId="73716CC7" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+      <w:tr w:rsidR="00107E22" w14:paraId="33B2A180" w14:textId="77777777" w:rsidTr="00CF529F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1420" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73716CC7" w14:textId="05DB6562" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Perform-</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> review</w:t>
+              <w:t>Performance review</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1382" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1274" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6167135D" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>PMD</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A5EC767" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>PMD</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3114947C" w14:textId="00893CF7" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Upon extension</w:t>
             </w:r>
             <w:r w:rsidR="00792853">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> or final payment</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>, IC evaluation form</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D911942" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>PMD</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1846" w:type="dxa"/>
-            <w:tcBorders>
-[...21 lines deleted...]
-              <w:t>Performance Appraisal required  before completion of service</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="4282EC5E" w14:textId="4CCD0CA9" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Performance Appraisal </w:t>
+            </w:r>
+            <w:r w:rsidR="00270BBB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>required before</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> completion of service</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="7EFA692D" w14:textId="77777777" w:rsidTr="00883EE8">
-[...9 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:tr w:rsidR="00107E22" w14:paraId="7EFA692D" w14:textId="77777777" w:rsidTr="00CF529F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66EA6CB0" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Annual leave</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1382" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1274" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A5876D3" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>2.5 days/month</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3ED36328" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
@@ -13572,57 +13589,50 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>May carry forward up to </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>60 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">days </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7B1C6353" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1.5days/month</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B1B4E55" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
@@ -13651,469 +13661,450 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>May carry forward up to </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>18 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4DB09AB6" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>None</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
-            <w:tcBorders>
-[...16 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="0B2C1E8C" w14:textId="2564DB15" w:rsidR="00107E22" w:rsidRDefault="00DC790E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Regular PSA</w:t>
+            </w:r>
+            <w:r w:rsidR="0061084A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00285942">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>2.5 days/month for regular PSAs</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00285942">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="369C9FF3" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="31B104DF" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">May carry forward up to 24 working days </w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="6F914AE8" w14:textId="77777777" w:rsidR="00DC790E" w:rsidRDefault="00DC790E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="27F672D1" w14:textId="41123FE6" w:rsidR="00DC790E" w:rsidRDefault="00DC790E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Short-term PSAs:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>None</w:t>
+            </w:r>
+          </w:p>
           <w:p w14:paraId="6F149F73" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1846" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0535E0B6" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>2.5 days/month</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="6D939D4D" w14:textId="77777777" w:rsidTr="00883EE8">
-[...9 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:tr w:rsidR="00107E22" w14:paraId="6D939D4D" w14:textId="77777777" w:rsidTr="00CF529F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67A1D2FD" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> Pension</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1382" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1274" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="462826A0" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>UN Pension Fund</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0D5EA57D" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">UN Pension Fund for staff members on TAs of six months or longer </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="02FF6C54" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>(conditions apply)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>conditions</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> apply)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1BEB83AC" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="352716F5" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>None</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
-            <w:tcBorders>
-[...44 lines deleted...]
-              <w:t xml:space="preserve">NPSA: 8.33% lump sum payment for pension purposes. </w:t>
+          </w:tcPr>
+          <w:p w14:paraId="58040B92" w14:textId="0F341745" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8.33% lump sum payment for pension purposes. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1846" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E3CCD10" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>None</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="41E95A03" w14:textId="77777777" w:rsidTr="00883EE8">
-[...9 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:tr w:rsidR="00107E22" w14:paraId="41E95A03" w14:textId="77777777" w:rsidTr="00CF529F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53067F8B" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Sickness</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
@@ -14145,58 +14136,51 @@
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Sick leave</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1382" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1274" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="342BD4B9" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Depending on duration of service: min. three months on full remuneration and three months on half remuneration in any period of twelve consecutive months</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="108C9840" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
@@ -14207,127 +14191,106 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7CB976F5" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="72159F8B" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>24 days per year</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="42969227" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>None</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2571C959" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Regular PSAs: 2 days per month or 24 days per year</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="19461362" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
@@ -14351,426 +14314,355 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Short-term PSAs: None</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1846" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="44FD3BBB" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>7 days uncertified/ calendar year. Certified Sick Leave established at 30 days per annual period.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="61E4746D" w14:textId="77777777" w:rsidTr="00883EE8">
-[...14 lines deleted...]
-              <w:jc w:val="both"/>
+      <w:tr w:rsidR="00107E22" w14:paraId="61E4746D" w14:textId="77777777" w:rsidTr="00CF529F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1420" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="302F0034" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942" w:rsidP="00CF529F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Parental leave for birth parent</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1382" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="16279FF0" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:tcW w:w="1274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16279FF0" w14:textId="716B81BD" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>16 weeks</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>  and an additional 8 weeks if serving in a D or E classified duty station</w:t>
+              <w:t xml:space="preserve"> and an additional 8 weeks if serving in a D or E classified duty station</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w14:paraId="092F73E3" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+          </w:tcPr>
+          <w:p w14:paraId="092F73E3" w14:textId="445D2167" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>16 weeks</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>  and an additional 8 weeks if serving in a D or E classified duty station</w:t>
+              <w:t> and an additional 8 weeks if serving in a D or E classified duty station</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C7D79B1" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>None</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="74B27E46" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Regular PSAs only:16 weeks </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7EA330BF" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1846" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="55921030" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>16 weeks</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5F83E491" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="2A76994C" w14:textId="77777777" w:rsidTr="00883EE8">
-[...14 lines deleted...]
-              <w:jc w:val="both"/>
+      <w:tr w:rsidR="00107E22" w14:paraId="2A76994C" w14:textId="77777777" w:rsidTr="00CF529F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1420" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14536D11" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942" w:rsidP="00CF529F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Parental leave for non-birth parent</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1382" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1274" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F8BD521" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>4 weeks, or up to 8 weeks if in a non-family duty station. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Add’l</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> eligibility conditions apply</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="127C366C" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">4 weeks, or up to 8 weeks if in a non-family duty station. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Add’l</w:t>
             </w:r>
@@ -14787,177 +14679,148 @@
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="42408222" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3FCD3555" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>None</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E83D5B2" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Regular PSAs only: 4 weeks </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1846" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="62A9E301" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>10 days</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="1DB8E510" w14:textId="77777777" w:rsidTr="00883EE8">
-[...9 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:tr w:rsidR="00107E22" w14:paraId="1DB8E510" w14:textId="77777777" w:rsidTr="00CF529F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="22E3BCB9" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Medical</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15CBBCF5" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
@@ -14988,58 +14851,51 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1382" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1274" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D60550C" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Local office staff – UNDP scheme (MIP);</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13AB6A94" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
@@ -15086,57 +14942,50 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>International staff and GS in New York:  AETNA, Empire Blue cross, medical plans made available</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="21500A24" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Local office staff – UNDP scheme (MIP);</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="16A1D562" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
@@ -15215,108 +15064,110 @@
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5A19ECBA" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F9B82F9" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>None</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7BFC5768" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Regular IPSA: Medical Coverage is mandatory. UNDP provides subsidy in form of lump sum in the amount of USD 250 per month. Enrolment and administration is between IPSA holder and service provider directly.</w:t>
+              <w:t>Regular IPSA: Medical Coverage is mandatory. UNDP provides subsidy in form of lump sum in the amount of USD 250 per month. Enrolment and administration </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> between IPSA holder and service provider directly.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1AB21F87" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E704380" w14:textId="491D14A6" w:rsidR="00107E22" w:rsidRDefault="00285942">
@@ -15338,94 +15189,80 @@
             <w:r w:rsidR="000C5369">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>UNDP or</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> via local coverage in CO</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1846" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="73DA6DF2" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Medical, life, disability/ dismemberment and malicious acts insurance (CIGNA) plans provided in the contract</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> (100% coverage and/or within established ceiling)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="6AD5AC83" w14:textId="77777777" w:rsidTr="00883EE8">
-[...9 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:tr w:rsidR="00107E22" w14:paraId="6AD5AC83" w14:textId="77777777" w:rsidTr="00CF529F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59384BEF" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Eligibility </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -15434,58 +15271,51 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(Medical Benefits) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1382" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1274" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4B229C92" w14:textId="1480F807" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Staff </w:t>
             </w:r>
             <w:r w:rsidR="00883EE8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>member and</w:t>
             </w:r>
             <w:r>
@@ -15500,266 +15330,217 @@
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="09DD6383" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0D3F3D3C" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Staff member only</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4E1CD374" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="42E8ECDF" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Open for dependants at own cost</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1846" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7CD3F7C8" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>UNV provides for UN Volunteer and up to 3 dependents at the Duty Station, open to more dependants at own cost</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="66AEEA9C" w14:textId="77777777" w:rsidTr="00883EE8">
-[...9 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:tr w:rsidR="00107E22" w14:paraId="66AEEA9C" w14:textId="77777777" w:rsidTr="00CF529F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="22481D58" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Medical evacuation</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1382" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1274" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="439A8745" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>S/M and recognized dependants</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1A4434CA" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Staff member only</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="45A9F13D" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
@@ -15783,92 +15564,78 @@
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2398926B" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F35E3DF" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>IC fully responsible for costs.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4173A30D" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>IPSA Holder fully responsible for costs. UNDP may facilitate and assist with arrangements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C42F6AD" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
@@ -15885,1130 +15652,904 @@
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>NPSA Holder fully responsible for costs.  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7FFE133A" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1846" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="513483BE" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Per applicable UNDP POPP Medical Evacuation Travel</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="3A36BA58" w14:textId="77777777" w:rsidTr="00883EE8">
-[...9 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:tr w:rsidR="00107E22" w14:paraId="3A36BA58" w14:textId="77777777" w:rsidTr="00CF529F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F6B53AA" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Death and</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>disability</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1382" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1274" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3375774D" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Coverage for service-incurred injury, illness or death in accordance with App. “D” of Staff Rules.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3C6E96F2" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="79A190CF" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Coverage for service-incurred injury, illness or death in accordance with App. “D” of Staff Rules.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="463D5FAB" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Service-incurred only</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
-            <w:tcBorders>
-[...27 lines deleted...]
-              <w:t> </w:t>
+          </w:tcPr>
+          <w:p w14:paraId="3B8BF05F" w14:textId="794DD131" w:rsidR="00107E22" w:rsidRDefault="00DC790E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Coverage </w:t>
+            </w:r>
+            <w:r w:rsidR="00285942">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>for service incurred death and disability</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1846" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="029150C5" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Provided</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">, including </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1BD44A65" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>coverage for service-incurred injury, illness or death</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="3B90BF4B" w14:textId="77777777" w:rsidTr="00883EE8">
-[...9 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:tr w:rsidR="00107E22" w14:paraId="3B90BF4B" w14:textId="77777777" w:rsidTr="00CF529F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="60978E8B" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Malicious Acts Insurance (MAIP)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1382" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1274" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="31445CC3" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Coverage for S/M located at, or travelling to, a designated hazardous duty station </w:t>
-[...7 lines deleted...]
-              <w:t>subject to compliance with MAIP.</w:t>
+              <w:t>Coverage for S/M located at, or travelling to, a designated hazardous duty station subject to compliance with MAIP.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="26A77EC1" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="02B68AC2" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...8 lines deleted...]
-              <w:t>compliance with MAIP.</w:t>
+              <w:t>Coverage for S/M located at, or travelling to, a designated hazardous duty station subject to compliance with MAIP.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2FF5E362" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...8 lines deleted...]
-              <w:t>compliance with MAIP</w:t>
+              <w:t>Coverage for ICs located at, or traveling to, a designated hazardous duty station subject to compliance with MAIP</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0720F535" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...8 lines deleted...]
-              <w:t>to compliance with MAIP.</w:t>
+              <w:t>Coverage for PSA Holder located at, or traveling to, a designated hazardous duty station subject to compliance with MAIP.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1846" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="166BAB21" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Provided</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="0961BC5A" w14:textId="77777777" w:rsidTr="00883EE8">
-[...9 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:tr w:rsidR="00107E22" w14:paraId="0961BC5A" w14:textId="77777777" w:rsidTr="00CF529F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3B0783D4" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2A591EDA" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Annual Increment</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1382" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1274" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="38016BEF" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="29968864" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Step increase</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0EFB32A2" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="55D21D35" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>None</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F2FCB37" w14:textId="00E50898" w:rsidR="00107E22" w:rsidRDefault="0068278F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Possible if market rate increases subject to a competitive process</w:t>
             </w:r>
             <w:r w:rsidR="00285942">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5793CE20" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C5796F6" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
-[...42 lines deleted...]
-              <w:t> </w:t>
+          <w:p w14:paraId="27474671" w14:textId="4F0A348A" w:rsidR="00107E22" w:rsidRDefault="00285942">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>3% annual</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DC790E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>up to a maximum within a remuneration band</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7466262E" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1846" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0DD39758" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>None</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="0E0310EA" w14:textId="77777777" w:rsidTr="00883EE8">
-[...9 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:tr w:rsidR="00107E22" w14:paraId="0E0310EA" w14:textId="77777777" w:rsidTr="00CF529F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="058370B6" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Overtime</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1382" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1274" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E87A972" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>For GS category only</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="557C3E26" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>For GS category only</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1A691970" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>None</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D01AB2A" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Only for NPSA1-7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1846" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="54103D0D" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Compensatory leave subject to Host Entity policy</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -17059,1094 +16600,477 @@
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Transitions between contractual modalities</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EDECAF2" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1870"/>
-        <w:gridCol w:w="3370"/>
         <w:gridCol w:w="1276"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00107E22" w14:paraId="489C5832" w14:textId="77777777">
+      <w:tr w:rsidR="008A7F55" w14:paraId="489C5832" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1870" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="341C702B" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+          <w:p w14:paraId="341C702B" w14:textId="77777777" w:rsidR="008A7F55" w:rsidRDefault="008A7F55">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Contract Type</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3370" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4207FBAF" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="474F4F27" w14:textId="77777777" w:rsidR="008A7F55" w:rsidRDefault="008A7F55">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Break In Service?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A7F55" w14:paraId="3D603EDB" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1870" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30F04584" w14:textId="77777777" w:rsidR="008A7F55" w:rsidRDefault="008A7F55">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>FTA to PSA</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="474F4F27" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+          <w:p w14:paraId="3876B73C" w14:textId="77777777" w:rsidR="008A7F55" w:rsidRDefault="008A7F55">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>Break In Service?</w:t>
+              <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="3D603EDB" w14:textId="77777777">
+      <w:tr w:rsidR="008A7F55" w14:paraId="2ECD98C2" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1870" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30F04584" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+          <w:p w14:paraId="508D2A9B" w14:textId="77777777" w:rsidR="008A7F55" w:rsidRDefault="008A7F55">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>FTA to PSA</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="0CA79A25" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+              <w:t>FTA to TA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25364A50" w14:textId="77777777" w:rsidR="008A7F55" w:rsidRDefault="008A7F55">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>Same level and similar function</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="14D131F8" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A7F55" w14:paraId="25321D85" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1870" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="463DA7FF" w14:textId="77777777" w:rsidR="008A7F55" w:rsidRDefault="008A7F55">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>TA to FTA</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3876B73C" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+          <w:p w14:paraId="5F10DE6E" w14:textId="77777777" w:rsidR="008A7F55" w:rsidRDefault="008A7F55">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>Yes</w:t>
+              <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="1539415C" w14:textId="77777777">
+      <w:tr w:rsidR="008A7F55" w14:paraId="4C3DB778" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1870" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30582B08" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
+          <w:p w14:paraId="77A439AF" w14:textId="77777777" w:rsidR="008A7F55" w:rsidRDefault="008A7F55">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...7 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>TA to PSA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F82E952" w14:textId="77777777" w:rsidR="008A7F55" w:rsidRDefault="008A7F55">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>Different Level</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A7F55" w14:paraId="66E315D1" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1870" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07F06B3A" w14:textId="77777777" w:rsidR="008A7F55" w:rsidRDefault="008A7F55">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PSA to FTA </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23447B41" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+          <w:p w14:paraId="30C3E98A" w14:textId="77777777" w:rsidR="008A7F55" w:rsidRDefault="008A7F55">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>Yes</w:t>
+              <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="2ECD98C2" w14:textId="77777777">
+      <w:tr w:rsidR="008A7F55" w14:paraId="5982B16F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1870" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="508D2A9B" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+          <w:p w14:paraId="30C8E618" w14:textId="77777777" w:rsidR="008A7F55" w:rsidRDefault="008A7F55">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>FTA to TA</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="52A86163" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+              <w:t>NPSA to IPSA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A603FF6" w14:textId="77777777" w:rsidR="008A7F55" w:rsidRDefault="008A7F55">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>Same level and similar function</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="20ACEE14" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A7F55" w14:paraId="080099E2" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1870" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BFF8070" w14:textId="77777777" w:rsidR="008A7F55" w:rsidRDefault="008A7F55">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>IPSA to NPSA</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25364A50" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+          <w:p w14:paraId="3E456A02" w14:textId="77777777" w:rsidR="008A7F55" w:rsidRDefault="008A7F55">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>Yes</w:t>
+              <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="38844AFD" w14:textId="77777777">
+      <w:tr w:rsidR="008A7F55" w14:paraId="06F82F3F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1870" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="206A1F13" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
+          <w:p w14:paraId="37054595" w14:textId="77777777" w:rsidR="008A7F55" w:rsidRDefault="008A7F55">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...7 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>IC to PSA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F825B5F" w14:textId="77777777" w:rsidR="008A7F55" w:rsidRDefault="008A7F55">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>Different Level</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A7F55" w14:paraId="5B23EFD3" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1870" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A392E4B" w14:textId="77777777" w:rsidR="008A7F55" w:rsidRDefault="008A7F55">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>UNV to FTA or TA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C28E920" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+          <w:p w14:paraId="0ABBA134" w14:textId="77777777" w:rsidR="008A7F55" w:rsidRDefault="008A7F55">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>Yes</w:t>
+              <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00107E22" w14:paraId="25321D85" w14:textId="77777777">
+      <w:tr w:rsidR="008A7F55" w14:paraId="70D5C99D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1870" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="463DA7FF" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+          <w:p w14:paraId="0CB46ABD" w14:textId="77777777" w:rsidR="008A7F55" w:rsidRDefault="008A7F55">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>TA to FTA</w:t>
-[...27 lines deleted...]
-            </w:pPr>
+              <w:t>UNV to PSA</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F10DE6E" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
-[...695 lines deleted...]
-          <w:p w14:paraId="6C1FF119" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+          <w:p w14:paraId="54D45536" w14:textId="77777777" w:rsidR="008A7F55" w:rsidRDefault="008A7F55">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="34ADE819" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3BC65B82" w14:textId="221E8D35" w:rsidR="00107E22" w:rsidRDefault="00285942" w:rsidP="00883EE8">
       <w:pPr>
@@ -18213,131 +17137,131 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7109028A" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Below are links to more information on:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01B36066" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5985CAB2" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+    <w:p w14:paraId="5985CAB2" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00217481">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId25" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidR="00285942">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>IPSAs</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00285942">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CBDFDDB" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+    <w:p w14:paraId="7CBDFDDB" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00217481">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId26" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidR="00285942">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>NPSAs</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1FC0C0AF" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+    <w:p w14:paraId="1FC0C0AF" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00217481">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId27" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidR="00285942">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>JPOs</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00285942">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40ACB272" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
+    <w:p w14:paraId="40ACB272" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00217481">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId28" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidR="00285942">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>UNVs</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00285942">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C469415" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00107E22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7AABCD35" w14:textId="28086F16" w:rsidR="00107E22" w:rsidRDefault="00285942">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -18373,234 +17297,241 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Volunteers</w:t>
       </w:r>
       <w:r w:rsidR="000C5369">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (UNV</w:t>
       </w:r>
       <w:r w:rsidR="007A2899">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId27" w:tgtFrame="_blank" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
             <w:color w:val="0563C1"/>
             <w:u w:val="single"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>https://toolkit.unv.org/home</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BEC5374" w14:textId="2712B237" w:rsidR="00107E22" w:rsidRDefault="00107E22"/>
     <w:p w14:paraId="244A63E1" w14:textId="77777777" w:rsidR="00107E22" w:rsidRDefault="00285942">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3816E16E" wp14:editId="15C19B47">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="8890" b="0"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3816E16E" wp14:editId="55C5951E">
+            <wp:extent cx="5175250" cy="6387516"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="0"/>
             <wp:docPr id="1" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
-                  <pic:blipFill>
-[...3 lines deleted...]
-                    </a:stretch>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId28"/>
+                    <a:srcRect l="2685" r="2160" b="1363"/>
+                    <a:stretch/>
                   </pic:blipFill>
-                  <pic:spPr>
+                  <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5443366" cy="6481261"/>
+                      <a:ext cx="5179635" cy="6392929"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00107E22" w:rsidSect="00883EE8">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId36"/>
+    <w:sectPr w:rsidR="00107E22" w:rsidSect="00CF529F">
+      <w:headerReference w:type="default" r:id="rId29"/>
+      <w:footerReference w:type="default" r:id="rId30"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1440" w:right="1376" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1710" w:right="1376" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="353994A3" w14:textId="77777777" w:rsidR="003631CD" w:rsidRDefault="003631CD">
+    <w:p w14:paraId="4B6E03C1" w14:textId="77777777" w:rsidR="002170B0" w:rsidRDefault="002170B0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3580AD95" w14:textId="77777777" w:rsidR="003631CD" w:rsidRDefault="003631CD">
+    <w:p w14:paraId="5D5B357B" w14:textId="77777777" w:rsidR="002170B0" w:rsidRDefault="002170B0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Mincho">
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian Light">
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...9 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2083100838"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="6CEBE50E" w14:textId="48674D81" w:rsidR="001A3374" w:rsidRDefault="001A3374">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
@@ -18608,118 +17539,235 @@
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="1C4DDBB8" w14:textId="77777777" w:rsidR="001A3374" w:rsidRDefault="001A3374">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4EA4BA59" w14:textId="77777777" w:rsidR="003631CD" w:rsidRDefault="003631CD">
+    <w:p w14:paraId="4ED5E8B9" w14:textId="77777777" w:rsidR="002170B0" w:rsidRDefault="002170B0">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="794504D1" w14:textId="77777777" w:rsidR="003631CD" w:rsidRDefault="003631CD">
+    <w:p w14:paraId="672440B0" w14:textId="77777777" w:rsidR="002170B0" w:rsidRDefault="002170B0">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="038D8F8D" w14:textId="77777777" w:rsidR="001A3374" w:rsidRDefault="001A3374">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="7C42916F" w14:textId="428DE4D4" w:rsidR="001A3374" w:rsidRDefault="00217481">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
-  </w:p>
-[...18 lines deleted...]
-    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="58907207" wp14:editId="2F1CDC64">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:align>right</wp:align>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-82550</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="304800" cy="594360"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="9" name="Picture 9"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1" name="Picture 2"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect b="15446"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="304800" cy="594360"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="DBE7F6E3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DBE7F6E3"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="207018CB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="207018CB"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -18789,51 +17837,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="20B73884"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="20B73884"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -18902,51 +17950,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="306010C3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="306010C3"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -19015,51 +18063,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="375A3CD7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="375A3CD7"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -19128,51 +18176,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40720B0F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="40720B0F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -19241,51 +18289,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45731E14"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="45731E14"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -19351,51 +18399,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="515A2EEF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="515A2EEF"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -19463,51 +18511,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5E41201F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5E41201F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -19576,51 +18624,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="681B1C8C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="681B1C8C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -19662,262 +18710,350 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1309018422">
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="933511447">
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1310790311">
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="8">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1185091702">
-[...8 lines deleted...]
-  <w:num w:numId="7" w16cid:durableId="2061320038">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="295180680">
-[...3 lines deleted...]
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="commondata" w:val="eyJoZGlkIjoiZmIzMjg5M2QyYjk1NDlhYmEyMTUwODA0ZTg4MmEzOWEifQ=="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00C45E2F"/>
     <w:rsid w:val="00007295"/>
     <w:rsid w:val="00007EDA"/>
     <w:rsid w:val="0004699B"/>
     <w:rsid w:val="00054472"/>
+    <w:rsid w:val="00072698"/>
     <w:rsid w:val="00072AA8"/>
     <w:rsid w:val="00073640"/>
+    <w:rsid w:val="000A09A7"/>
+    <w:rsid w:val="000B0083"/>
+    <w:rsid w:val="000C0CA8"/>
     <w:rsid w:val="000C5369"/>
     <w:rsid w:val="000C5A9F"/>
+    <w:rsid w:val="001027C0"/>
     <w:rsid w:val="00107E22"/>
     <w:rsid w:val="00112B51"/>
+    <w:rsid w:val="001302EB"/>
+    <w:rsid w:val="00165EBD"/>
     <w:rsid w:val="00190954"/>
     <w:rsid w:val="001A3374"/>
     <w:rsid w:val="001B7349"/>
+    <w:rsid w:val="001C07EC"/>
+    <w:rsid w:val="002170B0"/>
+    <w:rsid w:val="00217481"/>
+    <w:rsid w:val="002416FC"/>
+    <w:rsid w:val="00263A99"/>
+    <w:rsid w:val="00270BBB"/>
     <w:rsid w:val="00285942"/>
     <w:rsid w:val="002914E2"/>
+    <w:rsid w:val="002A7463"/>
+    <w:rsid w:val="002B305E"/>
     <w:rsid w:val="002D3F4B"/>
+    <w:rsid w:val="002E349C"/>
+    <w:rsid w:val="00300684"/>
+    <w:rsid w:val="00306C1F"/>
+    <w:rsid w:val="00320D34"/>
+    <w:rsid w:val="00346032"/>
     <w:rsid w:val="003631CD"/>
     <w:rsid w:val="003A4D14"/>
     <w:rsid w:val="003C3892"/>
+    <w:rsid w:val="003D757B"/>
+    <w:rsid w:val="003E53EE"/>
+    <w:rsid w:val="003F55EF"/>
+    <w:rsid w:val="00411AD7"/>
     <w:rsid w:val="00417139"/>
     <w:rsid w:val="004235B4"/>
     <w:rsid w:val="004607E0"/>
+    <w:rsid w:val="00487D47"/>
+    <w:rsid w:val="004940CF"/>
     <w:rsid w:val="004B6C50"/>
+    <w:rsid w:val="004D59C1"/>
     <w:rsid w:val="004E1BCF"/>
     <w:rsid w:val="005064CE"/>
+    <w:rsid w:val="005071C0"/>
     <w:rsid w:val="00507C3C"/>
+    <w:rsid w:val="00516A3C"/>
+    <w:rsid w:val="00521447"/>
+    <w:rsid w:val="00534A1D"/>
     <w:rsid w:val="0056759C"/>
     <w:rsid w:val="00567E98"/>
     <w:rsid w:val="0059479D"/>
+    <w:rsid w:val="005A2B46"/>
+    <w:rsid w:val="005C65A0"/>
     <w:rsid w:val="0060798E"/>
+    <w:rsid w:val="0061084A"/>
     <w:rsid w:val="00617A8F"/>
     <w:rsid w:val="006228A6"/>
     <w:rsid w:val="006723D8"/>
     <w:rsid w:val="0068278F"/>
+    <w:rsid w:val="006C3033"/>
+    <w:rsid w:val="006D0874"/>
+    <w:rsid w:val="006D3427"/>
     <w:rsid w:val="006D408B"/>
     <w:rsid w:val="006E24E0"/>
     <w:rsid w:val="00763051"/>
+    <w:rsid w:val="00784609"/>
     <w:rsid w:val="00792853"/>
+    <w:rsid w:val="00795AC6"/>
     <w:rsid w:val="007A2899"/>
     <w:rsid w:val="007B693A"/>
+    <w:rsid w:val="007C7EF3"/>
+    <w:rsid w:val="007E6717"/>
+    <w:rsid w:val="007F7A09"/>
+    <w:rsid w:val="00827663"/>
     <w:rsid w:val="00832472"/>
+    <w:rsid w:val="0083451C"/>
+    <w:rsid w:val="0087102E"/>
+    <w:rsid w:val="00875838"/>
     <w:rsid w:val="00883EE8"/>
+    <w:rsid w:val="008A7F55"/>
     <w:rsid w:val="008B5BB0"/>
+    <w:rsid w:val="009333B8"/>
     <w:rsid w:val="00950B12"/>
+    <w:rsid w:val="00951734"/>
+    <w:rsid w:val="00974F17"/>
+    <w:rsid w:val="009A052A"/>
     <w:rsid w:val="009B0706"/>
     <w:rsid w:val="009D752A"/>
+    <w:rsid w:val="009E0C35"/>
+    <w:rsid w:val="009E3132"/>
     <w:rsid w:val="009F6336"/>
+    <w:rsid w:val="009F7250"/>
+    <w:rsid w:val="00A070BA"/>
+    <w:rsid w:val="00A070C0"/>
+    <w:rsid w:val="00A27154"/>
+    <w:rsid w:val="00AC3762"/>
+    <w:rsid w:val="00AE3B9B"/>
     <w:rsid w:val="00B02882"/>
     <w:rsid w:val="00B029ED"/>
+    <w:rsid w:val="00B0692A"/>
     <w:rsid w:val="00B07041"/>
     <w:rsid w:val="00B15E28"/>
+    <w:rsid w:val="00B36A34"/>
     <w:rsid w:val="00B54584"/>
     <w:rsid w:val="00B6071D"/>
+    <w:rsid w:val="00B65E89"/>
+    <w:rsid w:val="00B80DD5"/>
     <w:rsid w:val="00B817B7"/>
     <w:rsid w:val="00BD31A3"/>
+    <w:rsid w:val="00BE33A9"/>
+    <w:rsid w:val="00C370D3"/>
     <w:rsid w:val="00C45E2F"/>
+    <w:rsid w:val="00C53B3D"/>
     <w:rsid w:val="00C904B6"/>
+    <w:rsid w:val="00CA065B"/>
+    <w:rsid w:val="00CF529F"/>
+    <w:rsid w:val="00CF69FB"/>
     <w:rsid w:val="00D16D8E"/>
+    <w:rsid w:val="00D36803"/>
+    <w:rsid w:val="00D40637"/>
     <w:rsid w:val="00D548B5"/>
     <w:rsid w:val="00D72C85"/>
     <w:rsid w:val="00D774DA"/>
+    <w:rsid w:val="00D9309B"/>
     <w:rsid w:val="00DC3CA4"/>
+    <w:rsid w:val="00DC5D15"/>
+    <w:rsid w:val="00DC790E"/>
+    <w:rsid w:val="00DD2DE9"/>
     <w:rsid w:val="00E00DDB"/>
+    <w:rsid w:val="00E14585"/>
     <w:rsid w:val="00E37C6E"/>
+    <w:rsid w:val="00E63D7D"/>
+    <w:rsid w:val="00EB35DC"/>
+    <w:rsid w:val="00EE3AC7"/>
+    <w:rsid w:val="00EE7B8C"/>
     <w:rsid w:val="00F21A07"/>
     <w:rsid w:val="00F40457"/>
+    <w:rsid w:val="00F411A4"/>
     <w:rsid w:val="00F4448F"/>
+    <w:rsid w:val="00F658BD"/>
+    <w:rsid w:val="00F8340A"/>
     <w:rsid w:val="00FC7E78"/>
+    <w:rsid w:val="00FD112B"/>
     <w:rsid w:val="00FD75C9"/>
     <w:rsid w:val="00FF2A8A"/>
     <w:rsid w:val="29030E63"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0DAC6967"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="annotation text" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -20212,50 +19348,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00263A99"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
@@ -20538,103 +19675,143 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00567E98"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006723D8"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00263A99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00263A99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FootnoteReference">
+    <w:name w:val="footnote reference"/>
+    <w:qFormat/>
+    <w:rsid w:val="00263A99"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="315493123">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="387269811">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="908266172">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/4002120?ln=en?web=1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unv.org/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11146" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:x:/r/teams/OHR-Portal/_layouts/15/Doc.aspx?sourcedoc=%7B2524519F-19B2-477E-827D-D17BB45C0E50%7D&amp;file=PSA_Remuneration_setting_Tool.xlsx&amp;action=default&amp;mobileredirect=true&amp;web=1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/191" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/186" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/186" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/10966" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://toolkit.unv.org/home" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://info.undp.org/gssu/SiteAssets/PSA/IPSA/Human%20Resources%20Practitioners/3-Forms%20and%20Templates/Certificate_of_Good_Health.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jposc.undp.org/content/jposc/en/home/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unv.org/become-volunteer/conditions-of-service" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.unv.org" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2136" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/4121" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:x:/r/teams/OHR-Portal/_layouts/15/Doc.aspx?sourcedoc=%7B7BCBE06F-8387-4179-BC99-D974E7A1C8B5%7D&amp;file=NPSA_Remuneration_setting_Tool.xlsx&amp;action=default&amp;mobileredirect=true&amp;web=1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jposc.undp.org/content/jposc/en/home/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jposc.undp.org/content/jposc/en/home/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/10966" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.unv.org" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unv.org/become-volunteer/conditions-of-service" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/4121" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2136" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jposc.undp.org/content/jposc/en/home/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unv.org/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:x:/r/teams/OHR-Portal/_layouts/15/Doc.aspx?sourcedoc=%7B7BCBE06F-8387-4179-BC99-D974E7A1C8B5%7D&amp;file=NPSA_Remuneration_setting_Tool.xlsx&amp;action=default&amp;mobileredirect=true&amp;web=1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/4002120?ln=en?web=1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11146" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/191" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/186" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:x:/r/teams/OHR-Portal/_layouts/15/Doc.aspx?sourcedoc=%7B2524519F-19B2-477E-827D-D17BB45C0E50%7D&amp;file=PSA_Remuneration_setting_Tool.xlsx&amp;action=default&amp;mobileredirect=true&amp;web=1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/186" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://info.undp.org/gssu/SiteAssets/PSA/IPSA/Human%20Resources%20Practitioners/3-Forms%20and%20Templates/Certificate_of_Good_Health.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://toolkit.unv.org/home" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -20865,469 +20042,211 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...145 lines deleted...]
-    <xsd:import namespace="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DF4E5EB98AFACA49B955F57620F5DD44" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="54d56521cb8b950110d779ecec233d4f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" xmlns:ns3="c26dc373-2944-4fff-a656-1635ba5514b5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="030e562aea712385259f3e9724b3d80f" ns2:_="" ns3:_="">
+    <xsd:import namespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <xsd:import namespace="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:UNDP_POPP_TITLE_EN" minOccurs="0"/>
-[...26 lines deleted...]
-                <xsd:element ref="ns3:POPPIsArchived" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_dlc_Exempt" ma:index="30" nillable="true" ma:displayName="Exempt from Policy" ma:hidden="true" ma:internalName="_dlc_Exempt" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f8ebb0a5-c57d-4c3a-bec7-8a38252dd05c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8264c5cc-ec60-4b56-8111-ce635d3d139a" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c26dc373-2944-4fff-a656-1635ba5514b5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="UNDP_POPP_TITLE_EN" ma:index="1" nillable="true" ma:displayName="Title_EN" ma:indexed="true" ma:internalName="UNDP_POPP_TITLE_EN">
-[...6 lines deleted...]
-    <xsd:element name="UNDP_POPP_FOCALPOINT" ma:index="3" nillable="true" ma:displayName="Focal Point" ma:SharePointGroup="0" ma:internalName="UNDP_POPP_FOCALPOINT" ma:showField="ImnName">
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_DOCUMENT_TYPE" ma:index="5" ma:displayName="Document TYPE" ma:default="Template" ma:format="Dropdown" ma:indexed="true" ma:internalName="UNDP_POPP_DOCUMENT_TYPE" ma:readOnly="false">
-[...29 lines deleted...]
-    <xsd:element name="UNDP_POPP_VERSION_COMMENTS" ma:index="9" nillable="true" ma:displayName="Version Comments" ma:internalName="UNDP_POPP_VERSION_COMMENTS">
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_FILEVERSION" ma:index="10" nillable="true" ma:displayName="FileVersionID" ma:decimals="0" ma:internalName="UNDP_POPP_FILEVERSION">
-[...21 lines deleted...]
-    <xsd:element name="TaxCatchAll" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ee792a02-1c68-437d-afee-526d4eee3bde}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+    <xsd:element name="TaxCatchAll" ma:index="24" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{7fb16e66-a0cf-4293-80d1-ecb3df652669}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c26dc373-2944-4fff-a656-1635ba5514b5">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
-    </xsd:element>
-[...100 lines deleted...]
-      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="24" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -21372,158 +20291,161 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="c26dc373-2944-4fff-a656-1635ba5514b5" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...26 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{67D418F3-392C-4F7B-8E19-2B98D28C6201}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{39A4534D-ED0D-424C-B098-2306DFA1BCFF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81B0165C-C459-4B38-AB99-F7C703F89316}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{678AC41C-24F5-43BD-B6EA-597E5ECD2F02}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{00858190-DB39-481E-A850-D4E5CD6DA2CB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>3470</Words>
-  <Characters>19779</Characters>
+  <Words>3676</Words>
+  <Characters>20955</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>164</Lines>
-  <Paragraphs>46</Paragraphs>
+  <Lines>174</Lines>
+  <Paragraphs>49</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>23203</CharactersWithSpaces>
+  <CharactersWithSpaces>24582</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39</vt:lpwstr>
+    <vt:lpwstr>0x010100DF4E5EB98AFACA49B955F57620F5DD44</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>42aaae80-4026-46af-b4de-ef534419bd0a</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="POPPBusinessProcess">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="UNDP_POPP_BUSINESSUNIT">
     <vt:lpwstr>349;#Human Resources Management|1f57ad6b-760b-4b5a-be19-36e6fe76fd85</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>