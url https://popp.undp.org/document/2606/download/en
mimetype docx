--- v0 (2025-10-20)
+++ v1 (2025-11-19)
@@ -1,17800 +1,6703 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...20 lines deleted...]
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2EFA4608" w14:textId="299AA16D" w:rsidR="005D7812" w:rsidRPr="002C769A" w:rsidRDefault="005D7812">
-[...4 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="669743D7" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0"/>
-[...13 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54128544" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Organizational Unit Restructuring Policy</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="455C888B" w14:textId="77777777" w:rsidR="00190448" w:rsidRPr="002C769A" w:rsidRDefault="00190448" w:rsidP="00FB79CB">
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="658F6CB3" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:right="28"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc507081360"/>
       <w:bookmarkStart w:id="1" w:name="_Toc507082852"/>
     </w:p>
-    <w:p w14:paraId="41119376" w14:textId="2D07767C" w:rsidR="00B5238B" w:rsidRPr="002C769A" w:rsidRDefault="00FB79CB" w:rsidP="00C86CF8">
-[...10 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="4A49F78D" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:right="28" w:hanging="540"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Purpose</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="5A52EDD5" w14:textId="77777777" w:rsidR="00F449FB" w:rsidRPr="002C769A" w:rsidRDefault="00F449FB" w:rsidP="00646B71">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="12AAC4FA" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C535BC0" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-        </w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...74 lines deleted...]
-        </w:tabs>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>The purpose of this document is to set out UNDP’s human resources policy for carrying out restructures of organizational units, including special placement and selection measures.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64F39FAD" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...10 lines deleted...]
-        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7141A243" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...17 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DFACC30" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:right="28" w:hanging="540"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Objectives</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="296724F0" w14:textId="77777777" w:rsidR="00634B6A" w:rsidRPr="002C769A" w:rsidRDefault="00634B6A" w:rsidP="00634B6A">
-[...4 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="1978445A" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35E2EE5D" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-        </w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...82 lines deleted...]
-        </w:tabs>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>The operational environment changes very quickly. Organizations should be able to adjust to changes proactively, have the capacity to manage their structures dynamically, and be able to effectively re-distribute skills, competencies, and resources to respond to such changes. Constant adaptation is necessary to improve business performance, retain competitive advantage, and remain relevant to stakeholders’ needs and expectations. This must be done within the spirit of the organizational principles of transparency, fairness, and accountability and in order to enhance UNDP’s capacity to fulfil its development mandate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DDF2C11" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55AA708D" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:tabs>
-[...80 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>To support the achievement of UNDP’s strategic objectives, the organization needs an optimal design for each organizational unit across the entire institution. A range of factors can result in the need to modify the organizational structure by restructuring an organizational unit. Examples of organizational drivers that may result in the need to restructure an organizational unit could include, but are not limited to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06ACAC0A" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2950B4CE" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:hanging="540"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>(a)</w:t>
       </w:r>
-      <w:r w:rsidRPr="002C769A">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
         <w:t>Changing programme requirements;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C65223E" w14:textId="77777777" w:rsidR="002837BC" w:rsidRPr="002C769A" w:rsidRDefault="002837BC" w:rsidP="00FF156E">
-[...16 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="18350D05" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:hanging="540"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>(b)</w:t>
       </w:r>
-      <w:r w:rsidRPr="002C769A">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
         <w:t>Expiration of finite mandates (such as country programme cycles or technical assistance projects);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EDF7CCB" w14:textId="77777777" w:rsidR="002837BC" w:rsidRPr="002C769A" w:rsidRDefault="002837BC" w:rsidP="00646B71">
-[...16 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="4641258C" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:hanging="540"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>(c)</w:t>
       </w:r>
-      <w:r w:rsidRPr="002C769A">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
         <w:t>New country programme cycles and priorities;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EC32A2D" w14:textId="77777777" w:rsidR="002837BC" w:rsidRPr="002C769A" w:rsidRDefault="002837BC" w:rsidP="00646B71">
-[...16 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="4C4A568F" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:hanging="540"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>(d)</w:t>
       </w:r>
-      <w:r w:rsidRPr="002C769A">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
         <w:t>Post conflict or emergency situations;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1035BD31" w14:textId="749009DC" w:rsidR="002837BC" w:rsidRPr="002C769A" w:rsidRDefault="002837BC">
-[...16 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="5AE77899" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:hanging="540"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>(e)</w:t>
       </w:r>
-      <w:r w:rsidRPr="002C769A">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...34 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:t>Significant changes in budget and funding;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D0A7ED0" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:hanging="540"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>(f)</w:t>
       </w:r>
-      <w:r w:rsidRPr="002C769A">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
         <w:t>Audit findings or the outcome of investigations.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E05A84F" w14:textId="77777777" w:rsidR="00DC4EBD" w:rsidRPr="002C769A" w:rsidRDefault="00DC4EBD" w:rsidP="00B60BA6">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="16AFEDB9" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...10 lines deleted...]
-        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="763F84EE" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...17 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DDB9D89" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:right="28" w:hanging="540"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Main Principles</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E96F55F" w14:textId="4C2FD1DA" w:rsidR="007626B2" w:rsidRPr="002C769A" w:rsidRDefault="007626B2" w:rsidP="00EF1038">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="6D37935E" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="081D6E12" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-        </w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...89 lines deleted...]
-        <w:widowControl/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Restructures of organizational units and the related processes should be managed with care and taking into consideration the development results expected and the associated risks. The approach taken must adhere to the following principles:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C1451D2" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6293E8B6" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="003D3D8E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-[...11 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
+          <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Rationale</w:t>
       </w:r>
-      <w:r w:rsidRPr="002C769A">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>: the objective of the change is well defined and understood by key stakeholders, and activities to achieve the objective are clearly formulated, communicated, and implemented in a transparent manner.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4551639A" w14:textId="77777777" w:rsidR="00B67B81" w:rsidRPr="002C769A" w:rsidRDefault="00B67B81" w:rsidP="00D97E17">
-[...18 lines deleted...]
-        <w:widowControl/>
+    <w:p w14:paraId="5F537F08" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="213D4BD8" w14:textId="4E1D142B" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="003D3D8E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-[...11 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
+          <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Accountability</w:t>
       </w:r>
-      <w:r w:rsidRPr="002C769A">
-[...40 lines deleted...]
-        <w:r w:rsidRPr="002C769A">
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: the ownership of, and accountability for, change are clearly and unambiguously established. UNDP’s </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="00BE401F">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0000FF"/>
+            <w:kern w:val="0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+            <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>Accountability Framework</w:t>
+          <w:t>Accountab</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00BE401F">
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0000FF"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>i</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00BE401F">
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0000FF"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>lity Framework</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="002C769A">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> is adhered to, and any exceptional accountability arrangements are defined, approved and documented.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29F400C2" w14:textId="77777777" w:rsidR="00B67B81" w:rsidRPr="002C769A" w:rsidRDefault="00B67B81" w:rsidP="00D97E17">
-[...18 lines deleted...]
-        <w:widowControl/>
+    <w:p w14:paraId="47937390" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EC529D5" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="003D3D8E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-[...11 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
+          <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Risk management</w:t>
       </w:r>
-      <w:r w:rsidRPr="002C769A">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>: the approach ensures that risks and liabilities to UNDP are identified, mitigated and managed. The organization is enabled to respond to present and future contingencies in an appropriate manner.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1374E611" w14:textId="5A6CF34D" w:rsidR="005A0DE6" w:rsidRPr="002C769A" w:rsidRDefault="005A0DE6" w:rsidP="005A0DE6">
-[...12 lines deleted...]
-        <w:widowControl/>
+    <w:p w14:paraId="6CE2DE5E" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="1397"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56799E14" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="003D3D8E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-[...11 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
+          <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Fairness</w:t>
       </w:r>
-      <w:r w:rsidRPr="002C769A">
-[...30 lines deleted...]
-        <w:widowControl/>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>: the policy ensures that staff will be treated equitably, fairly and in a manner that is free of all forms of discrimination.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12B24EB1" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="1397"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D81A594" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="003D3D8E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-[...11 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
+          <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Wellbeing</w:t>
       </w:r>
-      <w:r w:rsidRPr="002C769A">
-[...45 lines deleted...]
-        <w:widowControl/>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>: this policy acknowledges the value UNDP places on its people and seeks to minimize possible negative impacts of change on staff and their wellbeing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51BA1155" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="1397"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A37B94D" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="003D3D8E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-[...11 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
+          <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Engagement</w:t>
       </w:r>
-      <w:r w:rsidRPr="002C769A">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="002C769A">
-[...53 lines deleted...]
-        <w:widowControl/>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Heads of Unit are required to engage and communicate with staff throughout the change management process.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76CCAD7D" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="1397"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2528918B" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="003D3D8E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-[...11 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
+          <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Efficiency and effectiveness</w:t>
       </w:r>
-      <w:r w:rsidRPr="002C769A">
-[...44 lines deleted...]
-        </w:tabs>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>: With due regard to the above-mentioned principles, this policy recognises the need for changes to organizational structures to be implemented in accordance with approved timelines.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20644229" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...10 lines deleted...]
-        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="414AEF5E" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...17 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72CDC622" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:right="28" w:hanging="540"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Applicability</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="317E76AE" w14:textId="77777777" w:rsidR="00C33DCE" w:rsidRPr="002C769A" w:rsidRDefault="00C33DCE" w:rsidP="007626B2">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="5B36F026" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65A7CDED" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="003D3D8E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="00067C79" w:rsidRPr="002C769A">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...39 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>his Policy applies to all staff members holding a UNDP Letter of Appointment and hired on Fixed-Term Appointments (FTA) and Permanent Appointments (PA), referred to for the purposes of this policy as ‘staff members’.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7193DB0E" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50479FBF" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="003D3D8E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-[...10 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidR="0052622B" w:rsidRPr="002C769A">
-[...41 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>t also covers UNDP staff members with a lien to a specific position who are on Special Leave Without Pay or on secondment or loan under “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>The Inter-Organization Agreement concerning the Transfer, Secondment or Loan of Staff among the Organizations applying the UN Common System of Salaries and Allowances”</w:t>
       </w:r>
-      <w:r w:rsidR="0052622B" w:rsidRPr="002C769A">
-[...25 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>. Such staff members must be informed and their participation arranged in any restructuring process of the organizational unit to which their position belongs which occurs during their absence</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5340E794" w14:textId="77777777" w:rsidR="001248B0" w:rsidRPr="002C769A" w:rsidRDefault="001248B0" w:rsidP="00B065E8">
-[...15 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="66C83F5F" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B340950" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="003D3D8E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-[...10 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...44 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>This Policy does not apply to staff members holding UNDP Letters of Appointment for service limited to another UN entity. It also does not apply to staff hired on Temporary Appointments (TA) or personnel working for UNDP under any other contractual modality.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="065607D3" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="1397"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D76E140" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="003236C4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-[...53 lines deleted...]
-        </w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>This policy applies to staff members of United Nations Volunteers (UNV) and the United Nations Capital Development Fund (UNCDF) as modified according to those entities’ internal roles, responsibilities, and approving authorities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44AC258C" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B2948C6" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-[...100 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Changes to the structure of an organizational unit which affects a limited number of individual functions in a unit of up to 20 percent of overall staff positions, for example abolishing or creating </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">a position or making a substantive change to the main duties and responsibilities of an existing position are considered as an </w:t>
       </w:r>
-      <w:r w:rsidR="00A12541" w:rsidRPr="002C769A">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...181 lines deleted...]
-        </w:tabs>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">organizational realignment. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This will be implemented by the management of the organizational unit concerned consistent with the organisation’s relevant policies related to human resources management. Such cases do not fall within the scope of this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>policy</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and an Organizational Unit Restructuring Proposal (OURP) is not a requirement. However, at the discretion of the Head of Unit the elements of the restructuring process set out in this policy can be applied fully or partially to an organizational realignment. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19D99066" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A8562EF" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-        </w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...34 lines deleted...]
-        </w:tabs>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>For the purposes of this policy an organizational unit is defined as a bureau, office and unit at headquarters, and outside headquarters as a regional bureau, a country office or an outposted office.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A314868" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...10 lines deleted...]
-        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FB3B8F6" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...17 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CCBA6E2" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:right="28" w:hanging="540"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Roles And Responsibilities</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="130875BD" w14:textId="77777777" w:rsidR="00D35772" w:rsidRPr="002C769A" w:rsidRDefault="00D35772" w:rsidP="00B67B81">
-[...10 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="6BCE0D0E" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1397" w:right="1397"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AD7D3EF" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-        </w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...91 lines deleted...]
-        </w:tabs>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>The roles and responsibilities for organizational unit restructuring are as follows:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24EA6FC9" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28"/>
-        <w:rPr>
-[...9 lines deleted...]
-        <w:widowControl/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50CF4471" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-[...11 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...71 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Bureau Director</w:t>
       </w:r>
-      <w:r w:rsidRPr="002C769A">
-[...91 lines deleted...]
-        <w:widowControl/>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: is accountable for the restructuring process and for ensuring the intended objectives are achieved, costs are kept within the allocated resource limits for the OURP, and the principles outlined in this policy are observed. The Bureau Director is responsible for approving initiation of the restructuring process and taking a final decision on the OURP containing the proposed new structure and ensuring the necessary financial resources are available, where the change affects only part of a Bureau. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A817566" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13819570" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="003D3D8E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-[...11 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Associate Administrator</w:t>
       </w:r>
-      <w:r w:rsidRPr="002C769A">
-[...131 lines deleted...]
-        <w:widowControl/>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: is responsible for approving initiation of a restructuring process and for taking a final decision on the OURP for organizational units that do not report to a Bureau Director and instead report to the Associate Administrator or Administrator, or in cases in which an entire Bureau will be impacted. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D4E92D2" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A6377C6" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="003D3D8E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-[...11 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Head of </w:t>
       </w:r>
-      <w:r w:rsidR="00153927" w:rsidRPr="002C769A">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Unit:</w:t>
       </w:r>
-      <w:r w:rsidRPr="002C769A">
-[...141 lines deleted...]
-        <w:widowControl/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is responsible for identifying the need for and scope of a change process, and for overall planning and implementation of the restructuring process. The Head of Unit is accountable to the Bureau Director / Associate Administrator for implementation of the OURP and for ensuring effective outreach and communication with staff.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54F6DFF0" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="1397"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DF9E184" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="003D3D8E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-[...11 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="90"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...165 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bureau for Management Services (BMS) / Office of Human Resources (OHR): </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is responsible for the provision of advisory services, oversight of the restructuring process, as well as ensuring compliance with this policy. This includes advising consultants or other resources engaged to manage the HR implementation locally. BMS / OHR is responsible for assessing human resources implications and providing clearance for OURPs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="164D4AF0" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="1397"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E40A5B1" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-[...10 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1397"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...88 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>BMS / Office of Finance and Resource Management (OFRM)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>: is responsible for reviewing the financial implications and providing clearance for OURPs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01213C3D" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="1397"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7310A7D4" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="003D3D8E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-[...10 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...31 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>BMS Director</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: is responsible for reviewing all the Management Services implications and providing final clearance on behalf of BMS for OURPs. The BMS Director may approve </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>exceptional measures, including waivers or special implementation procedures, if deemed to be in the interests of the organization.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FD7FDF7" w14:textId="77777777" w:rsidR="0078731E" w:rsidRPr="002C769A" w:rsidRDefault="0078731E" w:rsidP="0052167B">
-[...18 lines deleted...]
-        <w:widowControl/>
+    <w:p w14:paraId="61036EA5" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BB89445" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="003D3D8E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-[...11 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...256 lines deleted...]
-        <w:widowControl/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Staff Association / Council:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Staff Association / Council concerned should be regularly informed throughout the restructuring process and staff representatives should support outreach and communication with affected personnel. A representative from the Staff Association / Council will participate as an active observer on the Advisory Panel for Position Confirmation, without voting rights.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="531CFD39" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A2B4B9A" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="003D3D8E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-[...11 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...177 lines deleted...]
-        <w:widowControl/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Advisory Panel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>: is responsible for providing recommendations to the Head of Unit on proposals for position confirmation and placement and selection as a result of the Competitive Selection Exercise.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A0008E6" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="1397"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E620AA4" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="003D3D8E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-[...11 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>HR Facilitator / Consultant</w:t>
       </w:r>
-      <w:r w:rsidRPr="002C769A">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>: if applicable, is responsible for supporting and facilitating the restructuring process.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5473CE2A" w14:textId="77777777" w:rsidR="00CD702F" w:rsidRPr="002C769A" w:rsidRDefault="00CD702F">
-[...36 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="523EFA10" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="28"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="550C1266" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="28"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B2AC40C" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:right="28" w:hanging="540"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Organizational Unit Restructuring Processes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42AFD6E7" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:right="28" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6ED42DE3" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:right="28" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CF152BA" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Toc507082855"/>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Restructuring Organizational Units</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FB79CB" w:rsidRPr="002C769A">
-[...76 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    </w:p>
+    <w:p w14:paraId="30FF8DC0" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56EDD2F8" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="003D3D8E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-[...257 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>An organizational unit restructuring process may be initiated by the Administrator. Alternatively, approval to initiate the process to restructure an organizational unit must be sought by the Head of Unit and approved by the responsible Bureau Director where the change affects only part of a bureau, or otherwise the Associate Administrator in cases in which the entire bureau will be impacted, or the change affects a unit which reports to the Associate Administrator or the Administrator.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CC35439" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C8310A1" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="003D3D8E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-[...177 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Where structural changes will involve a significant proportion of the overall staff positions within the unit of more than twenty percent such cases will be managed as a restructure and an OURP is required. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B21EF7D" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FED8A1D" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="003D3D8E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-[...289 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Once the request to initiate an organizational unit restructuring process has been approved, an OURP outlining the recommended new structure must be prepared by the relevant Head of Unit with advice from the responsible BMS / OHR Business Partner. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36D8768B" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29487D93" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D064A64" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc507082856"/>
-      <w:r w:rsidRPr="002C769A">
-[...61 lines deleted...]
-        <w:t>roposal</w:t>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Preparing an Organizational Unit Restructuring Proposal</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="7C76BF92" w14:textId="77777777" w:rsidR="006D3906" w:rsidRPr="002C769A" w:rsidRDefault="006D3906">
-[...14 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="5560BDF0" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B637155" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="003D3D8E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-[...57 lines deleted...]
-        <w:r w:rsidR="00E43BE6" w:rsidRPr="008F0CA7">
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The OURP must be prepared using the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00BE401F">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0000FF"/>
+            <w:kern w:val="0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+            <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>Template for Organization</w:t>
-[...53 lines deleted...]
-          <w:t>Proposals</w:t>
+          <w:t>Template for Organizational Unit Restructuring Proposals</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00E43BE6" w:rsidRPr="002C769A">
-[...17 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and will include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30FFBF38" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E578C34" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Location of the unit;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FEC97D9" w14:textId="77777777" w:rsidR="006D3906" w:rsidRPr="002C769A" w:rsidRDefault="006D3906">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="5FAA7DF5" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080" w:right="28"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AAEFC64" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>The rationale for restructuring the Unit</w:t>
-[...99 lines deleted...]
-      <w:pPr>
+        <w:t>The rationale for restructuring the Unit, an outline of the main outputs that would be delivered by the unit under the new design and an explanation of how the proposed structure better supports the organization’s Strategic Plan, and the country programme if applicable, and how it contributes to efficient and effective use of resources;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="161560BF" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D2D3FC0" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...154 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">An organizational chart including all proposed staff positions, titles, grade levels, position numbers, and funding source for each position. The organizational chart should demonstrate a logical, consistent, and coherent structure based on business needs. Careful consideration must be given to the funding source to be used for each position based on the nature and expected duration of the associated tasks. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BF383B6" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="28"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2810CA97" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="003D3D8E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:hanging="540"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>An overview of all changes that would occur as a result of the new structure including new positions, positions to be abolished, positions to be reclassified at a new grade level, and information on whether the positions are currently encumbered.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2738C4CB" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...90 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47E27397" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1170" w:right="1397" w:hanging="630"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">An assessment of the financial sustainability of the organizational structure, including cost implications and how funding will be provided. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DC15405" w14:textId="0D480FA0" w:rsidR="006309E9" w:rsidRPr="002C769A" w:rsidRDefault="006309E9">
-[...15 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="55794B82" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2952AA65" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="003D3D8E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...251 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The OURP will be signed off by the requesting Head of Unit and endorsed by the responsible Director. For organizational units that do not report to a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Director</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and instead report to the Associate Administrator or Administrator, or in cases in which an entire Bureau will be impacted, the proposal will be signed off by the requesting Head of Unit and endorsed by the Associate Administrator. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="635FBB4F" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AA19EA3" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="003D3D8E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-[...298 lines deleted...]
-      <w:pPr>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:hanging="540"/>
-        <w:rPr>
-[...25 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Once the OURP is finalized, the Head of Unit or Bureau Director will initiate the clearance process, ensuring other relevant units such as BMS / OHR and BMS / OFM are consulted to assess the proposal’s human resources implications and confirm availability of funding, prior to final clearance by the Director of BMS, followed by final approval by the Bureau Director or Associate Administrator so that implementation can be initiated. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="554FC45B" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:right="1397" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="702CBB89" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F2366DC" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc507082857"/>
-      <w:r w:rsidRPr="002C769A">
-[...21 lines deleted...]
-        <w:t>structuring</w:t>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Implementation of organizational unit restructuring</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w14:paraId="68B815BF" w14:textId="77777777" w:rsidR="00B42FDE" w:rsidRPr="002C769A" w:rsidRDefault="00B42FDE">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="0C2DFBF0" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...17 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B26DCF5" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:right="28" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Restructure of organizational unit</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53732777" w14:textId="77777777" w:rsidR="0069593A" w:rsidRPr="002C769A" w:rsidRDefault="0069593A">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="7CF79ABC" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41F8288A" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-        </w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...155 lines deleted...]
-        </w:tabs>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">After approval has been granted, the required implementation of the organizational unit restructure is managed as a package using the Organization’s applicable processes for position design, position classification, and position reclassification. The implementation process is undertaken in consultation with the relevant BMS / OHR Business Partner. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="683814EA" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A874C98" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-        </w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...107 lines deleted...]
-        </w:tabs>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Implementation should follow the special process for confirmation, placement, and competitive selection outlined in this section. The strategy that will be applied utilising the menu of options available under the special process set out below, will be identified by the Head of Unit at the start of the process.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43923929" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BA7C0D8" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-        </w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...33 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Organizational unit restructuring processes may not be used to address unsatisfactory staff </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">performance or conduct which must be addressed exclusively through the relevant </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidRPr="002C769A">
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00BE401F">
           <w:rPr>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:kern w:val="0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+            <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>performance management and</w:t>
-[...39 lines deleted...]
-          <w:t>disciplinary procedures</w:t>
+          <w:t>performance management and / or disciplinary procedures</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="002C769A">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F5B0929" w14:textId="77777777" w:rsidR="00233F14" w:rsidRPr="002C769A" w:rsidRDefault="00233F14" w:rsidP="00FF156E">
-[...4 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="4D9E0E56" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59FD71C1" w14:textId="5C54D36B" w:rsidR="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="003D3D8E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-        </w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...69 lines deleted...]
-    <w:p w14:paraId="1E5B1E6F" w14:textId="70C51B73" w:rsidR="00B37983" w:rsidRPr="002C769A" w:rsidRDefault="00A127FD" w:rsidP="00B37983">
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>The Head of Unit may wish to arrange for the provision of assistance for job search (for example CV preparation, competency-based interview skills training), including but not limited to the Talent Development Unit resources. The nature and degree of support available should be clearly communicated to staff and any related costs borne by the requesting unit.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DE2CE38" w14:textId="77777777" w:rsidR="003D3D8E" w:rsidRDefault="003D3D8E" w:rsidP="003D3D8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B01E8C1" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="003D3D8E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:left="540" w:right="0" w:hanging="540"/>
-[...113 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:hanging="540"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>The Director BMS / OHR retains the right to establish special implementation procedures for confirmation, placement and selection for any specific restructuring of an organizational unit if deemed to be in the interests of the organization. In cases in which the Director BMS / OHR does not support the establishment of special implementation procedures, a Bureau Director may request the BMS Director’s implementation of special implementation procedures due to exceptional circumstances if this can be shown to be in the interests of the organization.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="434B26AE" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3517B0B6" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="28"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68E3053D" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="28"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="684CEE2B" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:right="28" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Advisory Panel</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="201BEE26" w14:textId="77777777" w:rsidR="00A27B4D" w:rsidRPr="002C769A" w:rsidRDefault="00A27B4D">
-[...14 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="6A59CEDF" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="28"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12622665" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-        </w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...251 lines deleted...]
-        </w:tabs>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>The Head of Unit establishes an Advisory Panel composed of a minimum of three people plus the Head of Unit or the Head of Unit may instead designate someone to act as their representative on the Panel. The Advisory Panel members must have the appropriate skills and experience to be able to assess and make proposals on the suitability of the individuals under consideration for position confirmation and placement and selection under the Competitive Selection Exercise (CSE). To enhance impartiality and transparency, in addition to UNDP staff members, Advisory Panel members may include staff from another United Nations organization or non-staff such as consultants contracted to take part in the restructuring process, provided that at least half the Panel is comprised of UNDP staff members. A representative from the Staff Association / Council will participate as an observer on the Advisory Panel for the Position Confirmation stage of the process. Should a staff representative who has been provided with reasonable notice be unable or unwilling to participate within the agreed timeline, the process will proceed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A679AF3" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53B04733" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-        </w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...122 lines deleted...]
-        </w:tabs>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Head of Unit may establish one Advisory Panel for the Position Confirmation and Placement Process and a different Panel for the Competitive Selection Exercise or may utilize the same Panel for both processes. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CA85116" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...10 lines deleted...]
-        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="503B7F80" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...103 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1597286B" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:right="28" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Position Confirmation and Placement Process (PCPP)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62F65F52" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="28"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20B3AD73" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-        </w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>The Position Confirmation and Placement Process consists of two main stages:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DB57A28" w14:textId="161C3D8E" w:rsidR="00F77D0D" w:rsidRPr="002C769A" w:rsidRDefault="00F77D0D" w:rsidP="00F77D0D">
-[...4 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="2811D465" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F0DE255" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-        </w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="28"/>
-        <w:rPr>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Stage one - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidRPr="005511A2">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00BE401F">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0000FF"/>
+            <w:kern w:val="0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+            <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>Position Confirmation</w:t>
+          <w:t>Position Co</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00BE401F">
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0000FF"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>n</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00BE401F">
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0000FF"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>firmation</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="002C769A">
-[...69 lines deleted...]
-        </w:tabs>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: The Panel makes a recommendation on staff members that can be confirmed on positions that are considered to be the same since they have not substantively changed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62B0C732" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32D6ADB8" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-        </w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="28"/>
-        <w:rPr>
-[...11 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve">Stage two – </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidRPr="005511A2">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00BE401F">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0000FF"/>
+            <w:kern w:val="0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+            <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>Position Placement</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="008F3151" w:rsidRPr="002C769A">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">: The Panel makes a recommendation on staff members that could be offered a promotion to an upgraded position or who could be offered a </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidR="008F3151" w:rsidRPr="005511A2">
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00BE401F">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0000FF"/>
+            <w:kern w:val="0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+            <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>lateral reassignment</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="000238BB" w:rsidRPr="002C769A">
-[...29 lines deleted...]
-        </w:tabs>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prior to and without competitive selection. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70D33C8A" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72C66C05" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-        </w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Position Confirmations will be notified to the staff member concerned. Proposed Position Placements will be subject to agreement on the part of the staff member.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09E277F5" w14:textId="77777777" w:rsidR="00616D39" w:rsidRPr="002C769A" w:rsidRDefault="00616D39" w:rsidP="00F77D0D">
-[...4 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="412AFF9E" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28"/>
-        <w:rPr>
-[...11 lines deleted...]
-        </w:tabs>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="299D175B" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28"/>
-        <w:rPr>
-[...14 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A95D86D" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="28"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
+          <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
+          <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...19 lines deleted...]
-        </w:tabs>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Stage one - Position Confirmation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319C8353" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C66C3B1" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-        </w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>The Advisory Panel determines which positions have or have not substantively changed by comparing the new and previous job descriptions. In general, a job description can be considered to have substantively changed if the category or grade level has changed or there has been a significant change in more than two functions. To be considered significant, changes must occur in the main functions and levels of accountability and responsibility of the position and not in the specific results expected or specific duties / tasks, or one or more new functions from a different technical area have been added or replace the original functions of the position.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71C8D013" w14:textId="77777777" w:rsidR="00F6438C" w:rsidRPr="002C769A" w:rsidRDefault="00F6438C" w:rsidP="00C70602">
-[...4 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="6D6E5482" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CACFF0E" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-        </w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...154 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In the case of encumbered positions that are considered the same because they have not substantively changed, the Advisory Panel can recommend to the Head of Unit that the incumbent be confirmed in the position. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53C1916E" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="1397"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43F4FE87" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-        </w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...114 lines deleted...]
-        </w:tabs>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In cases where multiple staff encumber a generic or substantively similar position, and at least one but not all of those positions will be abolished due to restructuring, confirmation in the position is not possible, and all such positions will be treated as abolished and considered as newly established positions. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28D56B85" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E8A8511" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-        </w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...170 lines deleted...]
-        </w:tabs>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Encumbered positions with job descriptions that are determined to have substantively </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>changed</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or which are reclassified at a different level (upwards or downwards) or in a different category as part of the restructure of an organizational unit must be treated as abolished positions. In such a case, the positions that result from the restructuring will be considered as newly established positions. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="431F960C" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DCC1F08" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-        </w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...109 lines deleted...]
-        </w:tabs>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In addition to encumbered positions which will not be subject to position confirmation, vacancies arising from the creation of a new position and unencumbered positions will be considered as part of stage two of the PCPP. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ACF3320" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...10 lines deleted...]
-        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49E91576" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...14 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DE92A9C" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="28"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
+          <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
+          <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Stage two - Position Placement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03723D6E" w14:textId="77777777" w:rsidR="00A2389D" w:rsidRPr="002C769A" w:rsidRDefault="00A2389D">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="451454E0" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3808E3AD" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-        </w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...225 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Panel will determine which existing encumbered positions were upgraded to a higher level due to additional responsibilities of the same nature and greater complexity. Provided the upgrade is no more than one grade and the position remains in the same category, the staff member encumbering the position can be recommended by the Panel to the Head of Unit for promotion and placement on the higher-level post. In making its recommendation, the Panel will review </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">including </w:t>
-[...134 lines deleted...]
-        </w:tabs>
+        <w:t>whether the staff member has sufficient skills and experience to meet the minimum requirements, including but not limited to having been rostered for a position of this type or found suitable for a position of this nature as a result of the Talent Review process. The staff member will also need to have demonstrated satisfactory performance in their most recent performance appraisal. In such cases, the staff member will retain their lower-level personal grade for a qualifying period of six to twelve months before being converted to the higher grade retroactively back to the start date of the placement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48133691" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="242146E6" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-        </w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...107 lines deleted...]
-        </w:tabs>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In the interests of placing as many staff members as possible and to facilitate the objectives of the Mobility Policy, the Panel may make recommendations to the Head of Unit on potential lateral reassignments of any staff member (including those who have been confirmed in their position) to any other suitable positions within the unit for which the staff member is considered by the Panel to have the required skills and experience (including positions which involve relocation to another duty station). In the event that a staff member does not wish to accept a position to which they have been offered a placement, the position may be offered to another suitable staff </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>member</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or it will be open to Expressions of Interest under the CSE.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BA9A073" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28"/>
-        <w:rPr>
-[...10 lines deleted...]
-        </w:tabs>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="257D2CC7" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...52 lines deleted...]
-        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E2B8F55" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Competitive Selection Exercise (CSE)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78267CD4" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:right="28" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="778FBFC2" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-        </w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...483 lines deleted...]
-        </w:tabs>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In order to minimize the impact on staff in the organizational </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>unit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> which is being restructured, following conclusion of the PCPP, a CSE will be conducted for all positions which still remain available. These positions will be open to Expressions of Interest from all staff members in the affected unit. Positions communicated to staff as part of the CSE will remain open for a minimum of five working days. Staff members who have already been confirmed or placed in a position under the PCPP are still eligible to apply and be considered for a maximum of three vacancies as part of the CSE. However, for International Professionals the minimum duration of assignment requirement contained in the Mobility Policy will normally apply. For staff who have not been confirmed or placed in a position under the PCPP, there is no cap on the number of vacancies they can apply for and for International Professionals the minimum duration of assignment requirement will be waived.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60BC614C" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35ED8923" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-        </w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...251 lines deleted...]
-        </w:tabs>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>A staff member would normally be expected to seek appointment to a position at the same grade level or higher. However, if the staff member is encumbering a position that is being abolished due to the restructure, they may apply for a position no more than one grade lower than their personal grade. If appointed to the position, the staff member may retain their personal grade for two years on the understanding that reasonable efforts will be made by the staff member and the organization to facilitate appointment to a position at the same personal grade. At the conclusion of the two-year period, if the staff member is still serving in the lower-graded position, the personal grade will be adjusted, and the staff member will be put at the lower grade level of the position.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74B2C619" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0966AABE" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-        </w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...297 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For the CSE, there will be no requirement for a minimum number of candidates overall or from each gender for each vacancy.  The CSE will utilise an assessment process applying one or more appropriate assessment tools (for example desk review, competency-based interview, testing) which must include at least a desk review to evaluate all internal candidates who are shortlisted by </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">by at least two suitably skilled individuals. </w:t>
-[...46 lines deleted...]
-        </w:tabs>
+        <w:t xml:space="preserve">the Advisory Panel for each vacancy. If written tests are applied these are to be scored anonymously by at least two suitably skilled individuals. All assessment tools that will be used and the respective weighting that will be applied must be decided and documented in advance of commencement of the assessment process. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42B0DFAA" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16814FC8" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-        </w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...82 lines deleted...]
-        </w:tabs>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Head of Unit may add additional members to the Advisory Panel on an ad-hoc basis for any particular </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>vacancy, or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> involve other individuals in other aspects of the assessment process as appropriate, for example to prepare and assess technical tests, if it is considered that this expertise is required to accurately assess the suitability of candidates. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79DE6905" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="646FDBF3" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-        </w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...98 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If at least one internal candidate is found suitable for a position, the suitable candidate(s) will be recommended for selection in ranked order by the Advisory Panel, subject to satisfactory performance in the most recent performance appraisal, and with regard to the priority for retention established by the Termination of Appointment Policy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3255F24A" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="1397"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="263CC1C6" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-        </w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...219 lines deleted...]
-        </w:tabs>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>In the event that there is only one shortlisted candidate for a position as part of the CSE, and this individual has previously either been rostered for a position of this type or else found suitable for a position of this nature as a result of the Talent Review process, the candidate can be recommended for appointment to the position by the Advisory Panel without the need to go through a further assessment process.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03E287F3" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24861F8A" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-        </w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...299 lines deleted...]
-        </w:tabs>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Following this, if there are any positions which still remain available, the Advisory panel may recommend placement of an unassigned staff member in a position provided they did not previously apply to the position as part of the CSE and were found unsuitable. The position must be at the same grade level or one grade level below the staff member’s personal grade and based on a review by the Panel the staff member has sufficient skills and experience to meet the minimum requirements of the position. The consent of the staff member to such placement will be required. In the case of placement in a lower graded position a staff member can maintain their personal grade and step for two years. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4874B5B1" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="406B28DC" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-        </w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...127 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Before final decisions on competitive placement via the CSE are taken by the competent authority, recommendations will be subject to a compliance review body process as applicable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A0B466D" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="1397"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D99C0E1" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="1397"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E894631" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:right="28" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Remaining Vacancies</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12DC1EAF" w14:textId="77777777" w:rsidR="006D3906" w:rsidRPr="002C769A" w:rsidRDefault="006D3906">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="13568019" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="787CFEB1" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-        </w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...187 lines deleted...]
-        </w:tabs>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Any remaining positions for which no suitable internal candidate is identified following the CSE will be filled in accordance with the applicable selection procedures in UNDP’s Recruitment Policy. In the first instance this will be as part of a normal internal selection process which is open to internal applications from staff UNDP-wide and not only the affected unit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E43D4AB" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B429470" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-        </w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...209 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Any positions which remain unfilled by internal candidates as a result of the normal internal selection process will then be advertised externally and subject to a normal external selection process open to any internal and external candidates. Any internal candidate who already applied to the vacancy as part of the normal internal selection process and was not selected will be excluded </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>selection process would require at a minimum for candidates to participate in a competency-based interview</w:t>
-[...15 lines deleted...]
-        </w:tabs>
+        <w:t xml:space="preserve">from consideration as part of the external selection process. The assessment for the external selection process would require at a minimum for candidates to participate in a competency-based interview. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04457152" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28"/>
-        <w:rPr>
-[...10 lines deleted...]
-        </w:tabs>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77190817" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...19 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16584821" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="540" w:right="28" w:hanging="540"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Unassigned staff</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7738C6A1" w14:textId="77777777" w:rsidR="008A5185" w:rsidRPr="002C769A" w:rsidRDefault="008A5185">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="53D3D182" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="001958EC" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="9822"/>
-        </w:tabs>
+          <w:tab w:val="left" w:pos="9822"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540" w:right="28" w:hanging="540"/>
-        <w:rPr>
-[...38 lines deleted...]
-        <w:r w:rsidR="0033608D" w:rsidRPr="002C769A">
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The order of retention of staff contained in UNDP’s </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="00BE401F">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0000FF"/>
+            <w:kern w:val="0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+            <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>Termination of Appointment</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="005B1DCA" w:rsidRPr="002C769A">
-[...112 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId25"/>
+      <w:r w:rsidRPr="00BE401F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Policy will be applied. A staff member who is left unassigned at the end of the restructuring process will be subject to the terms of, and protections contained in, the relevant parts of the policy for staff whose position is terminated for reasons of abolition of position or reduction of staff.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67751067" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="28"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="110321E1" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="28"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3773071F" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRDefault="00BE401F"/>
+    <w:sectPr w:rsidR="00BE401F" w:rsidSect="00BE401F">
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2A0B9A68" w14:textId="77777777" w:rsidR="00473B00" w:rsidRDefault="00473B00" w:rsidP="007B4DE3">
+    <w:p w14:paraId="1315C5F1" w14:textId="77777777" w:rsidR="007D5957" w:rsidRDefault="007D5957" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2234B6D0" w14:textId="77777777" w:rsidR="00473B00" w:rsidRDefault="00473B00" w:rsidP="007B4DE3">
+    <w:p w14:paraId="44109B73" w14:textId="77777777" w:rsidR="007D5957" w:rsidRDefault="007D5957" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...14 lines deleted...]
-    <w:panose1 w:val="020B0502040204020203"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
-    <w:family w:val="modern"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...34 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="22B33F35" w14:textId="77777777" w:rsidR="00E724CB" w:rsidRDefault="00E724CB">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7ABF13C7" w14:textId="15BAA9ED" w:rsidR="00BE401F" w:rsidRPr="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00030EF7">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
-[...12 lines deleted...]
-      <w:ind w:left="0" w:right="0"/>
       <w:jc w:val="right"/>
       <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00BE401F">
       <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:noProof/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
-    <w:r w:rsidRPr="00C93320">
+    <w:r w:rsidRPr="00BE401F">
       <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00C93320">
+    <w:r w:rsidRPr="00BE401F">
       <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00C93320">
+    <w:r w:rsidRPr="00BE401F">
       <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidRPr="00C93320">
+    <w:r w:rsidRPr="00BE401F">
       <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidRPr="00C93320">
+    <w:r w:rsidRPr="00BE401F">
       <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00BE401F">
       <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:noProof/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r w:rsidRPr="00C93320">
+    <w:r w:rsidRPr="00BE401F">
       <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00C93320">
+    <w:r w:rsidRPr="00BE401F">
       <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00C93320">
+    <w:r w:rsidRPr="00BE401F">
       <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidRPr="00C93320">
+    <w:r w:rsidRPr="00BE401F">
       <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidRPr="00C93320">
+    <w:r w:rsidRPr="00BE401F">
       <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidR="00C83DB1" w:rsidRPr="00C83DB1">
+    <w:r w:rsidRPr="00BE401F">
       <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:noProof/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
-    <w:sdt>
-[...29 lines deleted...]
-    <w:r w:rsidR="00C83DB1" w:rsidRPr="00C83DB1">
+    <w:r w:rsidR="00105D2E" w:rsidRPr="00105D2E">
       <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:color w:val="000000"/>
+        <w:kern w:val="0"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+        <w14:ligatures w14:val="none"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00105D2E" w:rsidRPr="00105D2E">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:color w:val="000000"/>
+        <w:kern w:val="0"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+        <w14:ligatures w14:val="none"/>
+      </w:rPr>
+      <w:t>Effective Date:</w:t>
+    </w:r>
+    <w:r w:rsidR="00105D2E">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:color w:val="000000"/>
+        <w:kern w:val="0"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+        <w14:ligatures w14:val="none"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00ED418E">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:color w:val="000000"/>
+        <w:kern w:val="0"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+        <w14:ligatures w14:val="none"/>
+      </w:rPr>
+      <w:t>0</w:t>
+    </w:r>
+    <w:r w:rsidR="000873E8" w:rsidRPr="000873E8">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:noProof/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>1/1</w:t>
+    </w:r>
+    <w:r w:rsidR="00ED418E">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:noProof/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="000873E8" w:rsidRPr="000873E8">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:noProof/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>/2022</w:t>
+    </w:r>
+    <w:r w:rsidR="000873E8" w:rsidRPr="000873E8">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:noProof/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00BE401F">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:noProof/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
-    <w:r w:rsidR="00E724CB">
+    <w:r w:rsidRPr="00BE401F">
       <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:noProof/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t>Version</w:t>
+      <w:t xml:space="preserve">Version </w:t>
     </w:r>
-    <w:r w:rsidR="00E724CB" w:rsidRPr="00E724CB">
+    <w:r w:rsidR="00ED418E">
       <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:noProof/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
+      <w:t>#: 1</w:t>
     </w:r>
-    <w:sdt>
-[...31 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="34B955C2" w14:textId="77777777" w:rsidR="00473B00" w:rsidRDefault="00473B00" w:rsidP="007B4DE3">
+    <w:p w14:paraId="24EDE748" w14:textId="77777777" w:rsidR="007D5957" w:rsidRDefault="007D5957" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="55169FD0" w14:textId="77777777" w:rsidR="00473B00" w:rsidRDefault="00473B00" w:rsidP="007B4DE3">
+    <w:p w14:paraId="6C48ACBC" w14:textId="77777777" w:rsidR="007D5957" w:rsidRDefault="007D5957" w:rsidP="00BE401F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...10 lines deleted...]
-  <w:p w14:paraId="26CE7259" w14:textId="03F96705" w:rsidR="00C86CF8" w:rsidRDefault="00C86CF8" w:rsidP="00C86CF8">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="61B5994E" w14:textId="77777777" w:rsidR="00BE401F" w:rsidRDefault="00BE401F" w:rsidP="00C86CF8">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="8640"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="11F1DA19" wp14:editId="21D233EE">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0CEBFA82" wp14:editId="53F6026D">
           <wp:extent cx="610329" cy="929640"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="2" name="Picture 2" descr="Graphical user interface, application&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2" name="Picture 2" descr="Graphical user interface, application&#10;&#10;Description automatically generated"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="619854" cy="944149"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0A951A85"/>
+    <w:nsid w:val="122A048A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="250A6748"/>
+    <w:tmpl w:val="6922954C"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3B753ED9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="91225E54"/>
     <w:lvl w:ilvl="0" w:tplc="2F90164A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="900" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1620" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2340" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3060" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3780" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4500" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5220" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5940" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6660" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="56D865BB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1C2AF132"/>
+    <w:lvl w:ilvl="0" w:tplc="2F90164A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1260" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="1980" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="180"/>
+        <w:ind w:left="2700" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="3420" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="4140" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="180"/>
+        <w:ind w:left="4860" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5580" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="6300" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7560" w:hanging="180"/>
+        <w:ind w:left="7020" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="122A048A"/>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="698C6090"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6922954C"/>
-    <w:lvl w:ilvl="0" w:tplc="0409000F">
+    <w:tmpl w:val="9EFEEE3C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019">
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
-[...174 lines deleted...]
-        <w:ind w:left="-1170" w:hanging="180"/>
+        <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1F7D422E"/>
+    <w:nsid w:val="747212D1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E9D08B30"/>
-[...91 lines deleted...]
-    <w:tmpl w:val="2B8E66C6"/>
+    <w:tmpl w:val="34924C9C"/>
     <w:lvl w:ilvl="0" w:tplc="2F90164A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="900" w:hanging="360"/>
-[...297 lines deleted...]
-      <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
-      </w:pPr>
-[...740 lines deleted...]
-        <w:ind w:left="1260" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1980" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2700" w:hanging="180"/>
+        <w:ind w:left="3600" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3420" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4140" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4860" w:hanging="180"/>
+        <w:ind w:left="5760" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5580" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6300" w:hanging="360"/>
+        <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7020" w:hanging="180"/>
-[...441 lines deleted...]
-      <w:pPr>
         <w:ind w:left="7920" w:hanging="180"/>
-      </w:pPr>
-[...377 lines deleted...]
-        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1314335636">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1320038468">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1320038468">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="3" w16cid:durableId="406653693">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="740491398">
-    <w:abstractNumId w:val="18"/>
+  <w:num w:numId="4" w16cid:durableId="2047944115">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="565650632">
-[...11 lines deleted...]
-  <w:num w:numId="8" w16cid:durableId="367409764">
+  <w:num w:numId="5" w16cid:durableId="1971862193">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1541086066">
-[...115 lines deleted...]
-  <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="90"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B5238B"/>
-[...1845 lines deleted...]
-    <w:rsid w:val="73CEEC1E"/>
+    <w:rsidRoot w:val="00BE401F"/>
+    <w:rsid w:val="000873E8"/>
+    <w:rsid w:val="00105D2E"/>
+    <w:rsid w:val="003236C4"/>
+    <w:rsid w:val="00382C0F"/>
+    <w:rsid w:val="003D3D8E"/>
+    <w:rsid w:val="004255BF"/>
+    <w:rsid w:val="007D5957"/>
+    <w:rsid w:val="00A90B8B"/>
+    <w:rsid w:val="00BE401F"/>
+    <w:rsid w:val="00ED418E"/>
+    <w:rsid w:val="00FD23C5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="3E1D4E9F"/>
-  <w15:docId w15:val="{C40BB40E-81C8-41FD-A9E1-672CA59DB89C}"/>
+  <w14:docId w14:val="199860EE"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{72D8D1A1-7E10-42C4-9CD0-3607B423FB18}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...1490 lines deleted...]
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -18136,1021 +7039,1005 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BE401F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00BE401F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00BE401F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00BE401F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00BE401F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00BE401F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00BE401F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00BE401F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00BE401F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
-    <w:name w:val="Placeholder Text"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:uiPriority w:val="99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AD7FC7"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00BE401F"/>
     <w:rPr>
-      <w:color w:val="808080"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9681A6487AF14ABA9E7F78385124C79C">
-[...1 lines deleted...]
-    <w:rsid w:val="00AD7FC7"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BE401F"/>
     <w:rPr>
-      <w:lang w:val="en-NL" w:eastAsia="en-NL"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BE401F"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BE401F"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BE401F"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BE401F"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BE401F"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BE401F"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BE401F"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BE401F"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00BE401F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BE401F"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00BE401F"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BE401F"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00BE401F"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BE401F"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BE401F"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BE401F"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00BE401F"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BE401F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BE401F"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1397" w:right="1397"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00BE401F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BE401F"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1397" w:right="1397"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00BE401F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2411" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2416" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/accountability-system-policy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2401" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2396" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2406" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11251" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...591 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>3915</Words>
-  <Characters>22319</Characters>
+  <Words>3804</Words>
+  <Characters>21686</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>185</Lines>
-  <Paragraphs>52</Paragraphs>
+  <Lines>180</Lines>
+  <Paragraphs>50</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>26182</CharactersWithSpaces>
+  <CharactersWithSpaces>25440</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
-  <dc:creator>Sarah Rose</dc:creator>
+  <dc:subject/>
+  <dc:creator>Emiliana Zhivkova</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...15 lines deleted...]
-</file>