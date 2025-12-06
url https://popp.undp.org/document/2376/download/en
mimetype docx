--- v0 (2025-11-16)
+++ v1 (2025-12-06)
@@ -1,92 +1,99 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2D00A77B" w14:textId="064715B6" w:rsidR="00480427" w:rsidRPr="0085245A" w:rsidRDefault="00480427" w:rsidP="00480427">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0EE97380" wp14:editId="41F0412A">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0EE97380" wp14:editId="43B6EE60">
             <wp:simplePos x="0" y="0"/>
-            <wp:positionH relativeFrom="column">
-              <wp:posOffset>0</wp:posOffset>
+            <wp:positionH relativeFrom="margin">
+              <wp:align>right</wp:align>
             </wp:positionH>
-            <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>1270</wp:posOffset>
+            <wp:positionV relativeFrom="margin">
+              <wp:align>top</wp:align>
             </wp:positionV>
             <wp:extent cx="365760" cy="731520"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:wrapNone/>
+            <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="2122562691" name="Picture 1" descr="C:\Users\peter.liria\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\PO9E6FV4\bpcundp20mm[1].tiff"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\peter.liria\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.IE5\PO9E6FV4\bpcundp20mm[1].tiff"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5" cstate="print">
+                    <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="365760" cy="731520"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -236,78 +243,59 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0085245A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Index # (</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="0085245A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>if known</w:t>
-[...26 lines deleted...]
-        <w:t>__________</w:t>
+        <w:t>if known):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0085245A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>___________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>____________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EFEC266" w14:textId="77777777" w:rsidR="00480427" w:rsidRPr="0085245A" w:rsidRDefault="00480427" w:rsidP="00480427">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3744"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7974"/>
         </w:tabs>
         <w:ind w:left="720" w:right="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -529,96 +517,126 @@
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0085245A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0085245A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45EDF70F" w14:textId="77777777" w:rsidR="00480427" w:rsidRPr="0085245A" w:rsidRDefault="00480427" w:rsidP="00480427">
+    <w:p w14:paraId="45EDF70F" w14:textId="57B7EC75" w:rsidR="00480427" w:rsidRPr="0085245A" w:rsidRDefault="00480427" w:rsidP="00480427">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1710"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3744"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7974"/>
         </w:tabs>
         <w:ind w:left="288" w:right="288"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0085245A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">It is the policy of the United Nations Development </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> (hereafter “UNDP” or the “Organization”) that in the exercise of your functions, you must avoid even the appearance of impropriety. As a UNDP staff member, you have an obligation to avoid situations in which your personal interests might conflict, or appear to conflict, with the interests of UNDP. Conflicts of interest may arise when, by act or omission, a staff member’s personal interests interfere with the performance of his or her official duties and responsibilities or with the integrity, independence and impartiality required by the staff member’s status as an international civil servant. When an actual or possible conflict of interest does arise, you must disclose the conflict to your head of office, the Ethics Office or Office of Human Resources, mitigated by the Organization (if possible) and resolved in </w:t>
+        <w:t xml:space="preserve">It is the policy of the United Nations Development Programme (hereafter “UNDP” or the “Organization”) that in the exercise of your functions, you must avoid even the appearance of impropriety. As a UNDP </w:t>
+      </w:r>
+      <w:r w:rsidR="000B64FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>member of personnel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0085245A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, you have an obligation to avoid situations in which your personal interests might conflict, or appear to conflict, with the interests of UNDP. Conflicts of interest may arise when, by act or omission, a </w:t>
+      </w:r>
+      <w:r w:rsidR="000B64FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>member of personnel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0085245A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s personal interests interfere with the performance of his or her official duties and responsibilities or with the integrity, independence and impartiality required by the </w:t>
+      </w:r>
+      <w:r w:rsidR="000B64FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>member of personnel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0085245A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s status as an international civil servant. When an actual or possible conflict of interest does arise, you must disclose the conflict to your head of office, the Ethics Office or Office of Human Resources, mitigated by the Organization (if possible) and resolved in </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0085245A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>favour</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0085245A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the interests of the Organization,</w:t>
       </w:r>
       <w:r w:rsidRPr="0085245A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
@@ -674,71 +692,51 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="1710"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3744"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7974"/>
         </w:tabs>
         <w:ind w:left="288" w:right="288"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0085245A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">The existence of a potential conflict of interest does not necessarily imply any wrongdoing. Potential conflicts of interest may arise in the course of your work or </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> your relationships. The important consideration is to recognize a potential conflict of interest situation and take appropriate steps to avoid having that potential conflict impact or appear to impact your official responsibilities.  By promptly disclosing potential conflicts of interest, you can receive advice and guidance and avoid remaining in a situation where your judgment can be, or reasonably appear to be, improperly influenced.</w:t>
+        <w:t>The existence of a potential conflict of interest does not necessarily imply any wrongdoing. Potential conflicts of interest may arise in the course of your work or in the course of your relationships. The important consideration is to recognize a potential conflict of interest situation and take appropriate steps to avoid having that potential conflict impact or appear to impact your official responsibilities.  By promptly disclosing potential conflicts of interest, you can receive advice and guidance and avoid remaining in a situation where your judgment can be, or reasonably appear to be, improperly influenced.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3958598C" w14:textId="77777777" w:rsidR="00480427" w:rsidRPr="0085245A" w:rsidRDefault="00480427" w:rsidP="00480427">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1710"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3744"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7974"/>
         </w:tabs>
         <w:ind w:left="720" w:right="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D700FC7" w14:textId="77777777" w:rsidR="00480427" w:rsidRPr="0085245A" w:rsidRDefault="00480427" w:rsidP="00480427">
       <w:pPr>
@@ -827,71 +825,51 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="1710"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3744"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7974"/>
         </w:tabs>
         <w:ind w:left="288" w:right="288"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0085245A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">While all information will be kept confidential except to the extent necessary to administer the program, please note that your supervisor may also personally review your completed forms </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> avoid assigning you work or responsibilities that may inadvertently place you in a conflict situation.  Also note that you are obligated to provide UNDP with immediate notice of any changes to this information, in writing, to the Directors of OHR and the Ethics Office with a copy to your immediate supervisor. </w:t>
+        <w:t xml:space="preserve">While all information will be kept confidential except to the extent necessary to administer the program, please note that your supervisor may also personally review your completed forms in order to avoid assigning you work or responsibilities that may inadvertently place you in a conflict situation.  Also note that you are obligated to provide UNDP with immediate notice of any changes to this information, in writing, to the Directors of OHR and the Ethics Office with a copy to your immediate supervisor. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07567DF1" w14:textId="77777777" w:rsidR="00480427" w:rsidRPr="0085245A" w:rsidRDefault="00480427" w:rsidP="00480427">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1710"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3744"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7974"/>
         </w:tabs>
         <w:ind w:left="288" w:right="288"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C2A492A" w14:textId="77777777" w:rsidR="00480427" w:rsidRPr="0085245A" w:rsidRDefault="00480427" w:rsidP="00480427">
@@ -969,52 +947,56 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="43706FF3" w14:textId="77777777" w:rsidR="00480427" w:rsidRPr="0085245A" w:rsidRDefault="00480427" w:rsidP="00480427">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="0" w:right="90" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:sectPr w:rsidR="00480427" w:rsidRPr="0085245A" w:rsidSect="00480427">
-          <w:footerReference w:type="default" r:id="rId6"/>
-          <w:headerReference w:type="first" r:id="rId7"/>
+          <w:headerReference w:type="even" r:id="rId9"/>
+          <w:headerReference w:type="default" r:id="rId10"/>
+          <w:footerReference w:type="even" r:id="rId11"/>
+          <w:footerReference w:type="default" r:id="rId12"/>
+          <w:headerReference w:type="first" r:id="rId13"/>
+          <w:footerReference w:type="first" r:id="rId14"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="576" w:footer="432" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B839C96" w14:textId="77777777" w:rsidR="00480427" w:rsidRPr="0085245A" w:rsidRDefault="00480427" w:rsidP="00480427">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="0" w:right="90" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0085245A">
         <w:rPr>
@@ -1049,78 +1031,59 @@
       </w:r>
       <w:r w:rsidRPr="0085245A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> have any financial or other ownership interest² in,</w:t>
       </w:r>
       <w:r w:rsidRPr="0085245A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0085245A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">or affiliation with, any entity with which you may be required to have official dealings on behalf of </w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>or affiliation with, any entity with which you may be required to have official dealings on behalf of UNDP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0085245A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,³ </w:t>
       </w:r>
       <w:r w:rsidRPr="0085245A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>or which has a commercial interest in the work of UNDP, or a common area of activity with UNDP?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="131B0222" w14:textId="77777777" w:rsidR="00480427" w:rsidRPr="0085245A" w:rsidRDefault="00480427" w:rsidP="00480427">
       <w:pPr>
         <w:ind w:right="90"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E2D8B73" w14:textId="77777777" w:rsidR="00480427" w:rsidRPr="0085245A" w:rsidRDefault="00480427" w:rsidP="00480427">
       <w:pPr>
         <w:ind w:right="90"/>
@@ -1249,71 +1212,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="0085245A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0085245A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve"> If yes, please </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> details in the box below.</w:t>
+        <w:t xml:space="preserve"> If yes, please give details in the box below.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="044B7DFE" w14:textId="77777777" w:rsidR="00480427" w:rsidRPr="0085245A" w:rsidRDefault="00480427" w:rsidP="00480427">
       <w:pPr>
         <w:ind w:right="90"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F2D2A20" w14:textId="77777777" w:rsidR="00480427" w:rsidRPr="0085245A" w:rsidRDefault="00480427" w:rsidP="00480427">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="0" w:right="90" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -1485,71 +1428,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="0085245A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="0085245A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve"> If yes, please </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> details in the box below.</w:t>
+        <w:t xml:space="preserve"> If yes, please give details in the box below.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BD62440" w14:textId="77777777" w:rsidR="00480427" w:rsidRPr="0085245A" w:rsidRDefault="00480427" w:rsidP="00480427">
       <w:pPr>
         <w:ind w:right="90"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1139A59C" w14:textId="77777777" w:rsidR="00480427" w:rsidRPr="0085245A" w:rsidRDefault="00480427" w:rsidP="00480427">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="0" w:right="90" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -1722,85 +1645,65 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="0085245A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="0085245A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve"> If yes, please </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> details in the box below.</w:t>
+        <w:t xml:space="preserve"> If yes, please give details in the box below.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67E22EF0" w14:textId="77777777" w:rsidR="00480427" w:rsidRPr="0085245A" w:rsidRDefault="00480427" w:rsidP="00480427">
       <w:pPr>
         <w:ind w:right="90"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B2FA5D2" w14:textId="77777777" w:rsidR="00480427" w:rsidRPr="0085245A" w:rsidRDefault="00480427" w:rsidP="00480427">
+    <w:p w14:paraId="6B2FA5D2" w14:textId="27C3B691" w:rsidR="00480427" w:rsidRPr="0085245A" w:rsidRDefault="00480427" w:rsidP="00480427">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="0" w:right="90" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0085245A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Are </w:t>
       </w:r>
       <w:r w:rsidRPr="0085245A">
@@ -1959,71 +1862,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="0085245A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="0085245A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">If yes, please </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> details in the box below.</w:t>
+        <w:t>If yes, please give details in the box below.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79E4F9F1" w14:textId="77777777" w:rsidR="00480427" w:rsidRPr="0085245A" w:rsidRDefault="00480427" w:rsidP="00480427">
       <w:pPr>
         <w:ind w:right="90"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60558AF6" w14:textId="77777777" w:rsidR="00480427" w:rsidRPr="0085245A" w:rsidRDefault="00480427" w:rsidP="00480427">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="0" w:right="90" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -2207,71 +2090,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="0085245A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="0085245A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">If yes, please </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> details in the box below. </w:t>
+        <w:t xml:space="preserve">If yes, please give details in the box below. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01346957" w14:textId="77777777" w:rsidR="00480427" w:rsidRPr="0085245A" w:rsidRDefault="00480427" w:rsidP="00480427">
       <w:pPr>
         <w:ind w:right="90"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52B9D651" w14:textId="77777777" w:rsidR="00480427" w:rsidRPr="0085245A" w:rsidRDefault="00480427" w:rsidP="00480427">
       <w:pPr>
         <w:ind w:right="90"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
@@ -2451,71 +2314,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="0085245A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="0085245A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">If yes, please </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> details in the box below.</w:t>
+        <w:t>If yes, please give details in the box below.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BA8AA63" w14:textId="77777777" w:rsidR="00480427" w:rsidRPr="0085245A" w:rsidRDefault="00480427" w:rsidP="00480427">
       <w:pPr>
         <w:ind w:right="90"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="109D892F" w14:textId="77777777" w:rsidR="00480427" w:rsidRPr="0085245A" w:rsidRDefault="00480427" w:rsidP="00480427">
       <w:pPr>
         <w:ind w:right="90"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
@@ -2695,71 +2538,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="0085245A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="0085245A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">If yes, please </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> details in the box below.</w:t>
+        <w:t>If yes, please give details in the box below.</w:t>
       </w:r>
       <w:r w:rsidRPr="0085245A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:cr/>
       </w:r>
     </w:p>
     <w:p w14:paraId="123B8DC8" w14:textId="77777777" w:rsidR="00480427" w:rsidRPr="0085245A" w:rsidRDefault="00480427" w:rsidP="00480427">
       <w:pPr>
         <w:ind w:right="90"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0085245A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -2935,71 +2758,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="0085245A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="0085245A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">If yes, please </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> details in the box below.</w:t>
+        <w:t>If yes, please give details in the box below.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37A7625A" w14:textId="77777777" w:rsidR="00480427" w:rsidRPr="0085245A" w:rsidRDefault="00480427" w:rsidP="00480427">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0" w:right="90"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B74E5AC" w14:textId="77777777" w:rsidR="00480427" w:rsidRPr="0085245A" w:rsidRDefault="00480427" w:rsidP="00480427">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="0" w:right="90" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -3193,71 +2996,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="0085245A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="0085245A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve"> If yes, please </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> details in the box below.</w:t>
+        <w:t xml:space="preserve"> If yes, please give details in the box below.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A1288E0" w14:textId="77777777" w:rsidR="00480427" w:rsidRPr="0085245A" w:rsidRDefault="00480427" w:rsidP="00480427">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:sectPr w:rsidR="00480427" w:rsidRPr="0085245A" w:rsidSect="00480427">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="576" w:footer="432" w:gutter="0"/>
           <w:cols w:num="2" w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1419D11E" w14:textId="77777777" w:rsidR="00480427" w:rsidRPr="0085245A" w:rsidRDefault="00480427" w:rsidP="00480427">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -3752,201 +3535,330 @@
         </w:rPr>
         <w:t>consultancy, directorship, or other position or association, whether paid</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> or not</w:t>
       </w:r>
       <w:r w:rsidRPr="00332011">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">, in any entity, or an ongoing negotiation </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>concerning prospective employment or other association with such entity; and (d) Ongoing performance of any paid work or research commissioned by an entity or passive award of commissions or other compensation from such affiliation, whether you remain active in it or not.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D416484" w14:textId="77777777" w:rsidR="00480427" w:rsidRPr="0085245A" w:rsidRDefault="00480427" w:rsidP="00480427">
+    <w:p w14:paraId="3D416484" w14:textId="3B5D80AF" w:rsidR="00480427" w:rsidRPr="0085245A" w:rsidRDefault="00480427" w:rsidP="00480427">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00332011">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00332011">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> When identifying entities with which a staff member “may be required” to have dealings, any entities in which it is reasonably possible </w:t>
+        <w:t xml:space="preserve"> When identifying entities with which a </w:t>
+      </w:r>
+      <w:r w:rsidR="000B64FA">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>member of personnel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00332011">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “may be required” to have dealings, any entities in which it is reasonably possible </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00332011">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>during the course of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00332011">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the staff member’s official duties that he/she might be called upon to have contact, even though no such contact is immediately foreseen, should be included.  Of course, if what was reported as a mere possibility of future contact </w:t>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidR="0052287D" w:rsidRPr="0052287D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0052287D" w:rsidRPr="0052287D">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>member of personnel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00332011">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s official duties that he/she might be called upon to have contact, even though no such contact is immediately foreseen, should be included.  Of course, if what was reported as a mere possibility of future contact </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00332011">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>actually materializes</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00332011">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> as an impending contact, the staff member should imme</w:t>
+        <w:t xml:space="preserve"> as an impending contact, the </w:t>
+      </w:r>
+      <w:r w:rsidR="000B64FA">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>member of personnel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00332011">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> should imme</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>diately report this fact to UNDP</w:t>
       </w:r>
       <w:r w:rsidRPr="00332011">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> in advance of u</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>ndertaking any actual contact</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10B9E8FC" w14:textId="77777777" w:rsidR="00480427" w:rsidRPr="0085245A" w:rsidRDefault="00480427" w:rsidP="00480427">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="581490A0" w14:textId="77777777" w:rsidR="007E2152" w:rsidRDefault="007E2152"/>
     <w:sectPr w:rsidR="007E2152" w:rsidSect="00480427">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="576" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="524D4300" w14:textId="77777777" w:rsidR="004B2A12" w:rsidRDefault="004B2A12">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="7FC95BC5" w14:textId="77777777" w:rsidR="004B2A12" w:rsidRDefault="004B2A12">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="472BB488" w14:textId="77777777" w:rsidR="00480427" w:rsidRDefault="00480427">
+  <w:p w14:paraId="304B8A3E" w14:textId="77777777" w:rsidR="008E25AA" w:rsidRDefault="008E25AA">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="472BB488" w14:textId="680D268F" w:rsidR="00480427" w:rsidRDefault="008E25AA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
-      <w:t>September 2013</w:t>
+      <w:t>November</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00480427">
+      <w:t xml:space="preserve"> 20</w:t>
+    </w:r>
+    <w:r w:rsidR="006B2070">
+      <w:t>25</w:t>
+    </w:r>
+    <w:r w:rsidR="00480427">
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5E64F559" w14:textId="77777777" w:rsidR="008E25AA" w:rsidRDefault="008E25AA">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="24C9C5E7" w14:textId="77777777" w:rsidR="004B2A12" w:rsidRDefault="004B2A12">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="5AB26EDD" w14:textId="77777777" w:rsidR="004B2A12" w:rsidRDefault="004B2A12">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3F93AD7B" w14:textId="77777777" w:rsidR="008E25AA" w:rsidRDefault="008E25AA">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1BB227B2" w14:textId="77777777" w:rsidR="008E25AA" w:rsidRDefault="008E25AA">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="582D0DE4" w14:textId="77777777" w:rsidR="00480427" w:rsidRDefault="00480427">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:t>Version 8</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27856560"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F5625A90"/>
     <w:lvl w:ilvl="0" w:tplc="F74A7F66">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
@@ -4204,65 +4116,94 @@
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1753240614">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1781799347">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="537162863">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00480427"/>
+    <w:rsid w:val="000549D8"/>
+    <w:rsid w:val="000A6240"/>
+    <w:rsid w:val="000B64FA"/>
+    <w:rsid w:val="000C0DAC"/>
     <w:rsid w:val="00116FDC"/>
+    <w:rsid w:val="001D774D"/>
+    <w:rsid w:val="00376590"/>
     <w:rsid w:val="00480427"/>
+    <w:rsid w:val="004B2A12"/>
+    <w:rsid w:val="00504C31"/>
+    <w:rsid w:val="0052287D"/>
+    <w:rsid w:val="006B2070"/>
+    <w:rsid w:val="007B11C4"/>
     <w:rsid w:val="007B44B8"/>
     <w:rsid w:val="007E2152"/>
+    <w:rsid w:val="00836342"/>
+    <w:rsid w:val="008E25AA"/>
+    <w:rsid w:val="00A16C9C"/>
+    <w:rsid w:val="00A5114A"/>
+    <w:rsid w:val="00AB7EB1"/>
     <w:rsid w:val="00DA2F70"/>
+    <w:rsid w:val="00DC61ED"/>
+    <w:rsid w:val="00E3495D"/>
+    <w:rsid w:val="00EE5F08"/>
+    <w:rsid w:val="00FB3293"/>
+    <w:rsid w:val="00FE61BD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -5253,62 +5194,146 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:rsid w:val="00480427"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:rsid w:val="00480427"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000B64FA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000B64FA"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000B64FA"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000B64FA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000B64FA"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000B64FA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -5562,65 +5587,81 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2A1CD512-BD88-41D0-9ADE-23E63204C464}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1237</Words>
-  <Characters>6352</Characters>
+  <Words>1203</Words>
+  <Characters>6858</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>139</Lines>
-  <Paragraphs>38</Paragraphs>
+  <Lines>57</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7632</CharactersWithSpaces>
+  <CharactersWithSpaces>8045</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Arilda Dragjoshi</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>877f9904-9fc4-4490-98db-6da8507ab974</vt:lpwstr>
   </property>