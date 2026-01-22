--- v0 (2025-10-08)
+++ v1 (2026-01-22)
@@ -1,61 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps7.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="39A4580F" w14:textId="459FECBC" w:rsidR="00866065" w:rsidRDefault="003B7694">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="003366"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="003366"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Contrat de services </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45810" w14:textId="77777777" w:rsidR="003B7694" w:rsidRPr="003B7694" w:rsidRDefault="003B7694">
@@ -72,96 +70,98 @@
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="72"/>
         <w:tblW w:w="8636" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8636"/>
       </w:tblGrid>
       <w:tr w:rsidR="000874D2" w:rsidRPr="003B7694" w14:paraId="39A4582B" w14:textId="77777777" w:rsidTr="00614138">
         <w:trPr>
           <w:trHeight w:val="301"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8636" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6F38704C" w14:textId="7B183A0A" w:rsidR="00100BDE" w:rsidRDefault="00CF08DE" w:rsidP="000874D2">
+          <w:p w14:paraId="6F38704C" w14:textId="7C58437C" w:rsidR="00100BDE" w:rsidRDefault="000874D2" w:rsidP="007D212D">
             <w:pPr>
-              <w:ind w:left="-1376"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Les amendements suivants ont été réalisés le 1</w:t>
             </w:r>
-            <w:r w:rsidR="000874D2">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>er</w:t>
             </w:r>
-            <w:r w:rsidR="000874D2">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t> juillet 2018:</w:t>
+              <w:t> juillet </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2018:</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="39A45811" w14:textId="633911DD" w:rsidR="000874D2" w:rsidRPr="003B7694" w:rsidRDefault="006C71C1" w:rsidP="000874D2">
             <w:pPr>
               <w:ind w:left="-1376"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="32B96F0A" w14:textId="7AA261FB" w:rsidR="00384FB2" w:rsidRPr="004A3D22" w:rsidRDefault="00384FB2" w:rsidP="00614138">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:strike/>
@@ -229,51 +229,51 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="669F8B38" w14:textId="6DAB7A35" w:rsidR="009972CE" w:rsidRPr="00CF08DE" w:rsidRDefault="003C23E6" w:rsidP="00FB3C2F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF08DE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Paragraphe 34, b), rationalisation du paragraphe sur la sélection concurrentielle des contrats de service (SC) et la capacité des Bureaux de pays à établir des listes de contrats de services pour tous les niveaux de contrat de services et sur la façon de créer et de tenir à jour des listes de candidats aux postes sous contrat de services (</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidR="00514E05" w:rsidRPr="00110280">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                   <w:color w:val="0070C0"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>Annex VII</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00CF08DE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>). Réduction du nombre minimal de candidats requis pour les entretiens/évaluations de trois (3) à deux (2) afin de garantir un processus concurrentiel et transparent. Dans des cas exceptionnels, autoriser l’exécution du processus d’évaluation/entretien quand il n’y a qu’un seul candidat qui répond aux exigences, à condition que les mesures prises pour trouver des candidats supplémentaires soient documentées. En outre, un paragraphe a été ajouté pour autoriser le transfert latéral des titulaires d’un contrat de services (SC) d’un projet à l’autre avec des fonctions similaires, sans avoir à publier à nouveau l’annonce du poste vacant et à effectuer un nouveau processus concurrentiel, à condition que le candidat possède un dossier d’évaluation des performances complet et satisfaisant.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="14941222" w14:textId="77777777" w:rsidR="00FB3C2F" w:rsidRPr="00CF08DE" w:rsidRDefault="00FB3C2F" w:rsidP="009972CE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -1293,51 +1293,51 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF08DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Le paiement dans le cadre du contrat de services s’appuie sur des services correctement effectués conformément aux termes de référence du contrat de services. Les modalités de paiement peuvent être basées sur (i) des paiements forfaitaires mensuels tout compris, lorsque des paiements en espèces sont inclus pour une sécurité sociale préexistante, comme décrite dans la section sur les régimes de sécurité sociale ci-dessous, ou (ii) une rémunération mensuelle avec fourniture d’un régime local de sécurité sociale, le cas échéant et lorsque cela est légalement possible, voir </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00CA6F05">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Annexe I</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0057282B">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A4583B" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00866065">
       <w:pPr>
         <w:jc w:val="both"/>
@@ -1484,51 +1484,51 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0468">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Le contrat de services est un document juridique établi entre le PNUD et le titulaire du contrat et doit être conclu sur la base du modèle de contrat joint en </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="0057282B" w:rsidRPr="00CA6F05">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Annexe I</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007D0468">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Le contrat de services ne peut être modifié sans consultation et approbation de l’Unité politique de l’OHR et du Bureau juridique (LO). Le contrat de services est soumis à ce Guide de l’utilisateur. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45841" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00A01307">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -2292,51 +2292,51 @@
         <w:ind w:left="1800"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Aucune autorité autre que le PNUD ne peut établir un contrat de services du PNUD.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Par conséquent, une entité de mise en œuvre/partenaire de mise en œuvre passe ses propres contrats, mais peut utiliser le contrat de services du PNUD comme ligne directrice.  Voir l’</w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00872573">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>annexe IV</w:t>
         </w:r>
         <w:r w:rsidRPr="00872573">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>,</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -2570,51 +2570,51 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="00B679E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e recrutement de personnel de bureau local pour exécuter les fonctions de contrôle interne. Voir l’</w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="00053095">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>a</w:t>
         </w:r>
         <w:r w:rsidR="00053095" w:rsidRPr="00053095">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>nnex VI</w:t>
@@ -3636,88 +3636,88 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A458A1" w14:textId="4E91FBB5" w:rsidR="00866065" w:rsidRPr="008B73D2" w:rsidRDefault="00866065" w:rsidP="008B73D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="58"/>
         </w:numPr>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">La demande d’allocations budgétaires pour le projet doit inclure une description de l’activité à réaliser, la durée de l’activité et une estimation du coût annuel pour chaque contrat, y compris les cotisations de sécurité sociale en sus du salaire brut. </w:t>
       </w:r>
       <w:r>
         <w:t>Le Fonctionnaire responsable devra veiller à ce que les allocations budgétaires comprennent les coûts pro forma pour toutes les dépenses liées au contrat de services, telles que l’assurance, la sécurité, la formation, les charges salariales, les primes de performance et les heures supplémentaires, le cas échéant (voir l’</w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="00BD411B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:color w:val="0070C0"/>
           </w:rPr>
           <w:t>a</w:t>
         </w:r>
         <w:r w:rsidR="00BD411B" w:rsidRPr="0000425B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:color w:val="0070C0"/>
           </w:rPr>
           <w:t>nnex</w:t>
         </w:r>
         <w:r w:rsidR="003A5E8F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:color w:val="0070C0"/>
           </w:rPr>
           <w:t>e</w:t>
         </w:r>
         <w:r w:rsidR="00BD411B" w:rsidRPr="0000425B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:color w:val="0070C0"/>
           </w:rPr>
           <w:t xml:space="preserve"> III</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> pour la liste de contrôle et les </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           </w:rPr>
           <w:t>coûts pro forma pour les titulaires d’un contrat de services.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A458A2" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="00BD1266" w:rsidRDefault="00866065" w:rsidP="007529A7">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Courier New"/>
           <w:color w:val="000080"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -3848,51 +3848,51 @@
     </w:p>
     <w:p w14:paraId="23F42EFF" w14:textId="25F58662" w:rsidR="005A6B0E" w:rsidRPr="00F51F30" w:rsidRDefault="00866065" w:rsidP="00F51F30">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF08DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">La conception du système de rémunération pour les contrats de services repose sur de larges fourchettes dans une structure de rémunération intégrée afin d’offrir des échelles salariales étendues qui favorisent à la fois la flexibilité des contrats et le mouvement de la rémunération grâce à des mesures de performance, comme présenté dans </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidR="005A6B0E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Guide sur la détermination de la rémunération du personnel sous contrat de services (en anglais)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F51F30">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="153D0655" w14:textId="77777777" w:rsidR="00F51F30" w:rsidRPr="00B362D0" w:rsidRDefault="00F51F30" w:rsidP="00F51F30">
       <w:pPr>
         <w:ind w:left="1080"/>
@@ -4962,87 +4962,51 @@
     </w:p>
     <w:p w14:paraId="39A458DC" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00FD5030">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Comme pour l’ensemble de la rémunération, le taux de rémunération des heures supplémentaires est basé sur le marché local.  Dans les lieux où la pratique de travail locale ne précise pas le nombre d’heures supplémentaires et la rémunération correspondante, où la pratique locale encourage les paiements en espèces, sous réserve de considérations budgétaires, les heures supplémentaires sont rémunérées sur la base d’une fois et </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> le taux normal. Le repos compensateur doit être utilisé dans les quatre mois suivant le mois au cours duquel les heures supplémentaires sont effectuées, sinon il est perdu. </w:t>
+        <w:t xml:space="preserve">Comme pour l’ensemble de la rémunération, le taux de rémunération des heures supplémentaires est basé sur le marché local.  Dans les lieux où la pratique de travail locale ne précise pas le nombre d’heures supplémentaires et la rémunération correspondante, où la pratique locale encourage les paiements en espèces, sous réserve de considérations budgétaires, les heures supplémentaires sont rémunérées sur la base d’une fois et demi le taux normal. Lorsque la pratique locale encourage le repos compensateur, sous réserve des exigences du service, les titulaires d’un contrat de services sont rémunérés sur la base d’une fois et demi le taux normal. Le repos compensateur doit être utilisé dans les quatre mois suivant le mois au cours duquel les heures supplémentaires sont effectuées, sinon il est perdu. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A458DD" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00FD5030">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A458DE" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00FD5030">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
@@ -5671,69 +5635,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Par ailleurs, lorsque le PNUD est appelé à mettre en place des contrats de services au nom d’autres organismes des Nations Unies, ces services doivent être fournis sur la base d’un protocole d’accord avec l’organism</w:t>
       </w:r>
       <w:r w:rsidR="00CF08DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">e des Nations Unies demandeur. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lorsqu’un accord est conclu entre un organisme des Nations Unies et le PNUD pour la mise en place de contrats de services, la modalité des contrats de services suivra ce Guide de l’utilisateur, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> le contrat de services doit préciser qu’il est limité au service avec l’organisme des Nations Unies demandeur.  L’accord conclu entre le PNUD et l’organisme des Nations Unies demandeur doit prévoir que le PNUD n’encourt aucune responsabilité supplémentaire (juridique, financière ou autre) lors de la mise en place de ces contrats. En outre, l’accord doit préciser que les réclamations et les coûts résultant du recours aux contrats de services doivent être à la charge de l’organisme des Nations Unies demandeur, et non du PNUD, sauf en cas de négligence grave ou </w:t>
+        <w:t xml:space="preserve">Lorsqu’un accord est conclu entre un organisme des Nations Unies et le PNUD pour la mise en place de contrats de services, la modalité des contrats de services suivra ce Guide de l’utilisateur, sauf que le contrat de services doit préciser qu’il est limité au service avec l’organisme des Nations Unies demandeur.  L’accord conclu entre le PNUD et l’organisme des Nations Unies demandeur doit prévoir que le PNUD n’encourt aucune responsabilité supplémentaire (juridique, financière ou autre) lors de la mise en place de ces contrats. En outre, l’accord doit préciser que les réclamations et les coûts résultant du recours aux contrats de services doivent être à la charge de l’organisme des Nations Unies demandeur, et non du PNUD, sauf en cas de négligence grave ou </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>d’inco</w:t>
       </w:r>
       <w:r w:rsidR="00CF08DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">nduite délibérée de sa part. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Tous ces accords doivent être approuvés par l’Unité politique de l’OHR et le Bureau juridique.</w:t>
@@ -7190,51 +7136,51 @@
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">La demande initiale d’approbation de l’option d’un montant forfaitaire doit être soumise au Directeur de l’OHR par l’intermédiaire du Conseiller en gestion des ressources humaines au Siège concerné, avant la mise en place du contrat de services. La demande doit confirmer que tous les critères relatifs au montant forfaitaire ont été respectés et que toutes les preuves documentées ont été conservées dans le dossier, au cas où il y </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF08DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>aurait une vérification à une date ultérieure. Le Bureau de pays doit spécifier cette option dans le contrat ; le titulaire d’un contrat de services doit signer un Certificat de non-contestation qui confirme son accord pour recevoir la cotisation de retraite sous la forme d’un montant forfaitaire. Une copie de la lettre de non-contestation (voir l’</w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidR="000C7406">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>a</w:t>
         </w:r>
         <w:r w:rsidR="000C7406" w:rsidRPr="00653261">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>nnex</w:t>
         </w:r>
         <w:r w:rsidR="000C7406">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:color w:val="0070C0"/>
@@ -7560,69 +7506,51 @@
     <w:p w14:paraId="39A45957" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Les congés annuels sont accumulés conformément à la pratique locale générale, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> aucun cas le titulaire d’un contrat de services ne peut prévoir moins de 1,5 jour de congé payé par mois (par exemple, 18 jours par an si le contrat de services est d’une durée de douze mois ; si la durée est inférieure à douze mois, le congé est calculé au prorata).  </w:t>
+        <w:t xml:space="preserve">Les congés annuels sont accumulés conformément à la pratique locale générale, sauf qu’en aucun cas le titulaire d’un contrat de services ne peut prévoir moins de 1,5 jour de congé payé par mois (par exemple, 18 jours par an si le contrat de services est d’une durée de douze mois ; si la durée est inférieure à douze mois, le congé est calculé au prorata).  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45958" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00AB577B">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A45959" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
@@ -7977,69 +7905,51 @@
     <w:p w14:paraId="39A4596B" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Le titulaire d’un contrat de services a droit à un congé pour maladie conformément à la pratique locale générale, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> aucun cas un titulaire d’un contrat de services ne peut prévoir moins d’un jour de congé pour maladie par mois à plein salaire (par exemple, 12 jours par an si le contrat de services est pour une période de 12 mois ; si moins de 12 mois, le congé est calculé au prorata).</w:t>
+        <w:t>Le titulaire d’un contrat de services a droit à un congé pour maladie conformément à la pratique locale générale, sauf qu’en aucun cas un titulaire d’un contrat de services ne peut prévoir moins d’un jour de congé pour maladie par mois à plein salaire (par exemple, 12 jours par an si le contrat de services est pour une période de 12 mois ; si moins de 12 mois, le congé est calculé au prorata).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A4596C" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F6172B">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A4596D" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
@@ -8235,69 +8145,51 @@
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A45977" w14:textId="77777777" w:rsidR="00866065" w:rsidRDefault="00866065" w:rsidP="00F6172B">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Le congé de maternité payé doit être établi en tenant compte de la pratique locale générale sur le marché, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> aucun cas, la durée du congé de maternité ne peut être inférieure à 16 semaines continues, ce qui constitue la norme minimale.  Le congé de maternité doit être pris pendant la durée du contrat. </w:t>
+        <w:t xml:space="preserve">Le congé de maternité payé doit être établi en tenant compte de la pratique locale générale sur le marché, sauf qu’en aucun cas, la durée du congé de maternité ne peut être inférieure à 16 semaines continues, ce qui constitue la norme minimale.  Le congé de maternité doit être pris pendant la durée du contrat. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A4597A" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00866065">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A4597B" w14:textId="704D386D" w:rsidR="00866065" w:rsidRPr="00F6172B" w:rsidRDefault="00866065" w:rsidP="00F6172B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="720"/>
@@ -8330,69 +8222,51 @@
     <w:p w14:paraId="39A4597D" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Le congé de paternité rémunéré doit tenir compte de la pratique locale générale, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> aucun cas le congé de paternité ne peut être inférieur à quatre semaines, ce qui est la norme minimale. Le congé de paternité doit s’inscrire dans le cadre du congé de paternité et être pris pendant la période du contrat.  </w:t>
+        <w:t xml:space="preserve">Le congé de paternité rémunéré doit tenir compte de la pratique locale générale, sauf qu’en aucun cas le congé de paternité ne peut être inférieur à quatre semaines, ce qui est la norme minimale. Le congé de paternité doit s’inscrire dans le cadre du congé de paternité et être pris pendant la période du contrat.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A4597E" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F6172B">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A4597F" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
@@ -8432,93 +8306,115 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Le congé de paternité est limité à un par an, quel que soit le nombre d’enfants nés au cours de l’année, et ne peut être utilisé que six fois maximum au cours de l’engagement total au sein du régime des Nations Unies.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39A45982" w14:textId="4A08934E" w:rsidR="00CF08DE" w:rsidRDefault="00CF08DE" w:rsidP="00866065">
+    <w:p w14:paraId="39A45982" w14:textId="2DF30C8B" w:rsidR="00CF08DE" w:rsidRDefault="00CF08DE" w:rsidP="00866065">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w14:paraId="6034FA4C" w14:textId="77777777" w:rsidR="00F82ACA" w:rsidRDefault="00F82ACA" w:rsidP="00866065">
+      <w:pPr>
+        <w:pStyle w:val="PlainText"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="39A45983" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="00F6172B" w:rsidRDefault="00866065" w:rsidP="00866065">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="36" w:name="_Toc122175013"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Engagement d’un titulaire d’un contrat de services</w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
     </w:p>
-    <w:p w14:paraId="39A45984" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00866065">
+    <w:p w14:paraId="39A45984" w14:textId="0C5847B8" w:rsidR="00866065" w:rsidRDefault="00F82ACA" w:rsidP="00866065">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82ACA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(Les paragraphes de cette sous-section (paragraphes 33 à 41) ne sont plus en vigueur, la modalité du Contrat de services étant supprimée et aucun nouvel engagement au titre d’un Contrat de services n’étant autorisé à compter du 1er janvier 2026.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31C410CC" w14:textId="77777777" w:rsidR="00F82ACA" w:rsidRPr="003B7694" w:rsidRDefault="00F82ACA" w:rsidP="00866065">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A45985" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="00F75E5E" w:rsidRDefault="00866065" w:rsidP="00F75E5E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -8973,51 +8869,60 @@
     <w:p w14:paraId="39A4599B" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Un plan de travail individuel doit être établi pour le contrat de services dans un délai d’un mois après la signature du contrat, conformément aux termes de référence.   Le plan de travail doit être examiné au besoin par le superviseur et le titulaire du contrat de services pendant la durée du contrat.</w:t>
+        <w:t xml:space="preserve">Un plan de travail individuel doit être établi pour le contrat de services dans un délai d’un mois après la signature du contrat, conformément aux termes de référence.   Le </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>plan de travail doit être examiné au besoin par le superviseur et le titulaire du contrat de services pendant la durée du contrat.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A4599C" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00866065">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="37" w:name="_Toc89249703"/>
       <w:bookmarkStart w:id="38" w:name="_Toc89249748"/>
       <w:bookmarkStart w:id="39" w:name="_Toc122175014"/>
     </w:p>
     <w:p w14:paraId="39A4599D" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="00FF4124" w:rsidRDefault="00866065" w:rsidP="00FF4124">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
@@ -9108,51 +9013,50 @@
     <w:p w14:paraId="39A459A1" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Le processus de recrutement des titulaires d’un contrat de services devra suivre les étapes suivantes : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A459A2" w14:textId="77777777" w:rsidR="00866065" w:rsidRDefault="00866065" w:rsidP="00FF4124">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0283DB29" w14:textId="00CF9E43" w:rsidR="009C1DBB" w:rsidRDefault="00E65CB4" w:rsidP="009C1DBB">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -9226,93 +9130,102 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Les Bureaux du PNUD peuvent également utiliser une liste de candidats </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>préexaminés</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, conformément aux procédures établies localement. Le processus de sélection par le biais de la liste reste soumis à l’approbation du Représentant résident.   Voir </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:b/>
             <w:color w:val="5B9BD5" w:themeColor="accent1"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Annexe VII – Procédures des listes.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="43ACEC92" w14:textId="77777777" w:rsidR="00EC3982" w:rsidRDefault="00EC3982" w:rsidP="009C1DBB">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5BFC72E8" w14:textId="585E1A02" w:rsidR="00EC3982" w:rsidRPr="00EC3982" w:rsidRDefault="00EC3982" w:rsidP="009C1DBB">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Les Bureaux du PNUD peuvent également transférer un titulaire d’un contrat de services d’un projet à un autre dans le même lieu d’affectation avec des fonctions similaires et le même niveau de rémunération, sans avoir à annoncer à nouveau le poste vacant ni à passer par un nouveau processus concurrentiel, à condition que le candidat ait un dossier d’évaluation de service satisfaisant. Dans de tels cas, un nouveau contrat de services doit être mis en place. </w:t>
+        <w:t xml:space="preserve">Les Bureaux du PNUD peuvent également transférer un titulaire d’un contrat de services d’un projet à un autre dans le même lieu d’affectation avec des fonctions similaires et le même niveau de rémunération, sans avoir à annoncer à nouveau le poste vacant ni à passer par un nouveau processus concurrentiel, à condition que le candidat </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">ait un dossier d’évaluation de service satisfaisant. Dans de tels cas, un nouveau contrat de services doit être mis en place. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46467FAE" w14:textId="77777777" w:rsidR="009C1DBB" w:rsidRPr="003B7694" w:rsidRDefault="009C1DBB" w:rsidP="00FF4124">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A459AB" w14:textId="67940C77" w:rsidR="002B73E2" w:rsidRPr="003B7694" w:rsidRDefault="002B73E2" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
@@ -9419,51 +9332,50 @@
     <w:p w14:paraId="39A459B1" w14:textId="77777777" w:rsidR="002B73E2" w:rsidRDefault="00D81986" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="num" w:pos="1980"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>L’engagement de membres de la famille proche et les autres questions de conflit d’intérêts doivent être vérifiés avant la mise en place du contrat de services ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A459B2" w14:textId="77777777" w:rsidR="00B71D54" w:rsidRDefault="00B71D54" w:rsidP="00B71D54">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A459B3" w14:textId="77777777" w:rsidR="002B73E2" w:rsidRDefault="002B73E2" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="num" w:pos="1980"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -9706,69 +9618,51 @@
     <w:p w14:paraId="39A459C1" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Les candidats qui </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> des postes vacants dans le cadre d’un contrat de services doivent remplir le formulaire P-11 modifié pour faciliter la vérification des références auprès des employeurs précédents.</w:t>
+        <w:t>Les candidats qui postulent à des postes vacants dans le cadre d’un contrat de services doivent remplir le formulaire P-11 modifié pour faciliter la vérification des références auprès des employeurs précédents.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A459C2" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00866065">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A459C3" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="00294D74" w:rsidRDefault="00866065" w:rsidP="00294D74">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
@@ -9800,50 +9694,51 @@
     <w:p w14:paraId="39A459C5" w14:textId="2D18A0F6" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Les anciens membres du personnel bénéficiant d’une pension de retraite de l’ONU ne peuvent être engagés dans le cadre d’un contrat de services que si :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A459C6" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00294D74">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A459C7" w14:textId="77777777" w:rsidR="00945916" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="55"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -10501,60 +10396,51 @@
     <w:p w14:paraId="2AAAA4B9" w14:textId="6E367898" w:rsidR="00A178B0" w:rsidRPr="00A178B0" w:rsidRDefault="00A178B0" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Les titulaires d’un contrat de services peuvent être tenus, à tout moment, de se soumettre à un examen médical lorsqu’on leur en fait la demande pour protéger la santé et la sécurité des titulaires d’un contrat de services et du personnel des Nations Unies, pour assurer le suivi d’affections chroniques ou pour examiner dans quelle </w:t>
-[...8 lines deleted...]
-        <w:t>mesure une nouvelle situation sanitaire ou un changement de situation sanitaire depuis une autorisation préalable pourrait affecter la capacité du titulaire du contrat de services à exercer les fonctions pour lesquelles il a été engagé.</w:t>
+        <w:t>Les titulaires d’un contrat de services peuvent être tenus, à tout moment, de se soumettre à un examen médical lorsqu’on leur en fait la demande pour protéger la santé et la sécurité des titulaires d’un contrat de services et du personnel des Nations Unies, pour assurer le suivi d’affections chroniques ou pour examiner dans quelle mesure une nouvelle situation sanitaire ou un changement de situation sanitaire depuis une autorisation préalable pourrait affecter la capacité du titulaire du contrat de services à exercer les fonctions pour lesquelles il a été engagé.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A459E6" w14:textId="77777777" w:rsidR="009A0F19" w:rsidRPr="003B7694" w:rsidRDefault="009A0F19" w:rsidP="00866065">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="41" w:name="_Toc89249704"/>
       <w:bookmarkStart w:id="42" w:name="_Toc89249749"/>
       <w:bookmarkStart w:id="43" w:name="_Toc122175016"/>
     </w:p>
     <w:p w14:paraId="39A459E7" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003A7392" w:rsidRDefault="00866065" w:rsidP="003A7392">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
@@ -10780,51 +10666,60 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A459F3" w14:textId="53D1F5A1" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="003A7392">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Il peut exister certaines situations, telles que la mise en place de contrats pour des opérations d’urgence, p. ex., l’aide d’urgence en cas de tsunami, ou des projets de gestion et de développement, où des questions de financement ou d’incertitude quant à la durée peuvent rendre difficile la mise en place d’un contrat de services initial pour six mois ou plus. Dans de tels cas, et lorsqu’il est prévu de prolonger le contrat, un contrat de services de moins de 6 mois peut être mis en place dès le début. Cela évitera d’avoir à passer d’un contrat de type individuel à un contrat de type contrat de services, après une courte période initiale.   Conformément à leur délégation d’autorité, cette exception peut être approuvée par le Représentant résident, avant la mise en place du contrat de services. Le Bureau régional et les Conseillers en gestion des ressources humaines respectifs doivent assurer une surveillance et un contrôle adéquats.</w:t>
+        <w:t xml:space="preserve">Il peut exister certaines situations, telles que la mise en place de contrats pour des opérations d’urgence, p. ex., l’aide d’urgence en cas de tsunami, ou des projets de gestion et de développement, où des questions de financement ou d’incertitude quant à la durée peuvent rendre difficile la mise en place d’un contrat de services initial pour six mois ou </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>plus. Dans de tels cas, et lorsqu’il est prévu de prolonger le contrat, un contrat de services de moins de 6 mois peut être mis en place dès le début. Cela évitera d’avoir à passer d’un contrat de type individuel à un contrat de type contrat de services, après une courte période initiale.   Conformément à leur délégation d’autorité, cette exception peut être approuvée par le Représentant résident, avant la mise en place du contrat de services. Le Bureau régional et les Conseillers en gestion des ressources humaines respectifs doivent assurer une surveillance et un contrôle adéquats.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A459F4" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00866065">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A459F5" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="003A7392">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="num" w:pos="1080"/>
@@ -10863,60 +10758,51 @@
     <w:p w14:paraId="39A459F7" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Certaines des fonctions et activités appropriées à la modalité du contrat de services peuvent être exercées à temps partiel. Le principe de base pour la détermination du paiement de la rémunération à temps partiel est celui du calcul au prorata du paiement </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">par rapport à la rémunération à temps plein pour un travail comparable. Par exemple, si une personne sous contrat de services est engagée pour travailler une semaine de quatre jours (avec des heures de travail normales), la rémunération sera fixée à 80 % de la rémunération d’un contrat de services ayant le même poste à temps plein. De même, tous les autres éléments de la rémunération (p. ex., la part de l’organisation de la subvention pour les assurances collectives frais médicaux, vie et invalidité, etc. sera de 80 %) doivent être calculés de la même manière. Dans le cas de l’allocation de danger qui est accordée en reconnaissance de l’obligation de travailler dans des conditions dangereuses et pas nécessairement de la durée de la journée de travail, le montant total est payé. </w:t>
+        <w:t xml:space="preserve">Certaines des fonctions et activités appropriées à la modalité du contrat de services peuvent être exercées à temps partiel. Le principe de base pour la détermination du paiement de la rémunération à temps partiel est celui du calcul au prorata du paiement par rapport à la rémunération à temps plein pour un travail comparable. Par exemple, si une personne sous contrat de services est engagée pour travailler une semaine de quatre jours (avec des heures de travail normales), la rémunération sera fixée à 80 % de la rémunération d’un contrat de services ayant le même poste à temps plein. De même, tous les autres éléments de la rémunération (p. ex., la part de l’organisation de la subvention pour les assurances collectives frais médicaux, vie et invalidité, etc. sera de 80 %) doivent être calculés de la même manière. Dans le cas de l’allocation de danger qui est accordée en reconnaissance de l’obligation de travailler dans des conditions dangereuses et pas nécessairement de la durée de la journée de travail, le montant total est payé. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A459F8" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="003A7392">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A459F9" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
@@ -11107,51 +10993,60 @@
     </w:p>
     <w:p w14:paraId="39A45A03" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Le suivi et l’évaluation des services sont obligatoires et font partie des responsabilités de gestion régulières qui sont assumées dans le cadre d’un processus visant à fournir une rétroaction régulière sur les performances individuelles et les progrès réalisés par rapport aux termes de référence convenus. Les performances du titulaire d’un contrat de services doivent faire l’objet d’un suivi et d’une documentation pendant toute la durée du contrat de services.</w:t>
+        <w:t xml:space="preserve">Le suivi et l’évaluation des services sont obligatoires et font partie des responsabilités de gestion régulières qui sont assumées dans le cadre d’un processus visant à fournir une rétroaction régulière sur les performances individuelles et les progrès réalisés par rapport aux termes de référence convenus. Les performances du titulaire d’un contrat </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>de services doivent faire l’objet d’un suivi et d’une documentation pendant toute la durée du contrat de services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45A04" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00B15E08">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A45A05" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
@@ -11280,51 +11175,51 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00665805">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Un formulaire d’évaluation des services de contrat de services figure à l’</w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidR="002D62DD" w:rsidRPr="006461D3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Annex</w:t>
         </w:r>
         <w:r w:rsidR="006564B3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>e</w:t>
         </w:r>
         <w:r w:rsidR="002D62DD" w:rsidRPr="006461D3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:color w:val="0070C0"/>
@@ -11650,50 +11545,51 @@
     </w:p>
     <w:p w14:paraId="39A45A1D" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Chaque formulaire d’évaluation des services doit être classé dans le dossier personnel par le service des ressources humaines du Bureau de pays ou en ligne lorsqu’il est disponible.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45A1E" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00866065">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="44" w:name="_Toc89249255"/>
       <w:bookmarkStart w:id="45" w:name="_Toc89249710"/>
       <w:bookmarkStart w:id="46" w:name="_Toc89249755"/>
       <w:bookmarkStart w:id="47" w:name="_Toc122175017"/>
     </w:p>
     <w:p w14:paraId="39A45A1F" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="00665805" w:rsidRDefault="00866065" w:rsidP="00866065">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
@@ -11771,60 +11667,51 @@
     </w:p>
     <w:p w14:paraId="39A45A23" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Si la décision est prise de prolonger un contrat de services, il est procédé à un bref examen pour voir si les termes de référence sont toujours valides ou doivent être modifiés. Le plus souvent, il n’y aura que peu de changement ou pas de changement dans les termes de référence pour les titulaires d’un contrat de services de niveau inférieur, car un grand nombre de ces personnes fourniront des services de base tels que des services de nettoyage, de jardinage, de messagerie ou de conduite. Toutefois, </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">pour les titulaires d’un contrat de services à des niveaux supérieurs, un examen attentif des termes de référence doit être effectué. Le Bureau du PNUD devra indiquer à la section VII du formulaire d’évaluation des services les raisons pour lesquelles les activités justifiant une prorogation du contrat de services sont toujours nécessaires.  </w:t>
+        <w:t xml:space="preserve">Si la décision est prise de prolonger un contrat de services, il est procédé à un bref examen pour voir si les termes de référence sont toujours valides ou doivent être modifiés. Le plus souvent, il n’y aura que peu de changement ou pas de changement dans les termes de référence pour les titulaires d’un contrat de services de niveau inférieur, car un grand nombre de ces personnes fourniront des services de base tels que des services de nettoyage, de jardinage, de messagerie ou de conduite. Toutefois, pour les titulaires d’un contrat de services à des niveaux supérieurs, un examen attentif des termes de référence doit être effectué. Le Bureau du PNUD devra indiquer à la section VII du formulaire d’évaluation des services les raisons pour lesquelles les activités justifiant une prorogation du contrat de services sont toujours nécessaires.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45A24" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="006F2DB3">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A45A25" w14:textId="4B740932" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
@@ -12020,50 +11907,51 @@
     </w:p>
     <w:p w14:paraId="39A45A2F" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Les Bureaux du PNUD doivent veiller à ce qu’il soit mis fin, sur le plan administratif, à la participation du titulaire aux régimes de sécurité sociale qui pourraient être en vigueur et qui sont organisés et payés par le PNUD. Lorsqu’un titulaire choisit de continuer à participer à un régime local après la fin de son contrat, il lui incombe de prendre les dispositions nécessaires au maintien et au paiement de la totalité de la prime.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45A30" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="006F2DB3">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A45A31" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
@@ -12177,51 +12065,50 @@
     </w:p>
     <w:p w14:paraId="39A45A37" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">L’une ou l’autre partie peut résilier le contrat de services avant la date d’expiration du contrat en donnant un préavis écrit à l’autre partie.  Le délai de préavis minimal est de 14 jours </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>civils</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45A38" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="006F2DB3">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
@@ -12717,51 +12604,50 @@
     </w:p>
     <w:p w14:paraId="39A45A51" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Dans le cadre de leur orientation, les titulaires d’un contrat de services doivent être informés qu’ils peuvent signaler :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45A52" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="002974A1">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A45A53" w14:textId="151814E8" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00665805" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="57"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800"/>
@@ -12775,51 +12661,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00866065">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>es allégations de harcèlement sur le lieu de travail, de harcèlement sexuel et d’abus d’autorité qui doivent être communiquées à l’adresse électronique suivante :</w:t>
       </w:r>
       <w:r w:rsidR="00866065">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidR="00866065">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:b/>
             <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>harassment.support@undp.Organization</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00866065">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00866065">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00866065">
@@ -12846,71 +12732,53 @@
     </w:p>
     <w:p w14:paraId="39A45A55" w14:textId="4A00549D" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="57"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Les allégations de fraude ou de mauvaise gestion des fonds doivent être transmises par </w:t>
-[...19 lines deleted...]
-      <w:hyperlink r:id="rId26" w:history="1">
+        <w:t xml:space="preserve">Les allégations de fraude ou de mauvaise gestion des fonds doivent être transmises par e-mail à l’adresse suivante : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:b/>
             <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>hotline@UNDP.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45A56" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="002974A1">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
@@ -13431,54 +13299,53 @@
     </w:p>
     <w:p w14:paraId="39A45A70" w14:textId="5C7B7232" w:rsidR="00866065" w:rsidRPr="00665805" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00665805">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Avant de mettre en place le contrat de services, les Unités OHR des Bureaux du PNUD doivent s’assurer que le contenu du Guide de l’utilisateur est respecté et que le modèle de contrat de services est utilisé pour faire appel aux services de la personne concernée, comme il figure à l’</w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidR="00902A5F" w:rsidRPr="004974BB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Annex</w:t>
         </w:r>
         <w:r w:rsidR="00902A5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>e</w:t>
         </w:r>
         <w:r w:rsidR="00902A5F" w:rsidRPr="004974BB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:color w:val="0070C0"/>
@@ -13924,87 +13791,76 @@
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00866065">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>enir des dossiers à des fins de surveillance et d’établissement de rapports.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45A83" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="00176438" w:rsidRDefault="00866065" w:rsidP="00B827CF">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39A45A84" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="008979AE" w:rsidP="00F14B18">
+    <w:p w14:paraId="39A45A85" w14:textId="473B883F" w:rsidR="00866065" w:rsidRPr="005F7E18" w:rsidRDefault="008979AE" w:rsidP="005F7E18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Avec la mise en œuvre de la phase 2 d’ATLAS, les contrats de services sont payés par l’intermédiaire du module de traitement global, les Unités RH sont entièrement responsables du traitement des paiements mensuels pour les contrats de services.</w:t>
       </w:r>
-    </w:p>
-[...9 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="39A45A86" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00866065">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A45A87" w14:textId="3D2D639E" w:rsidR="00866065" w:rsidRPr="00635225" w:rsidRDefault="00866065" w:rsidP="00635225">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
@@ -14149,51 +14005,50 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A45A8F" w14:textId="384D0ED3" w:rsidR="00866065" w:rsidRPr="001923F0" w:rsidDel="009616D6" w:rsidRDefault="00665805" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00866065">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>’assurer que le Bureau du PNUD a établi un ensemble de dispositions de sécurité sociale, en fonction des conditions locales, ou a pris des dispositions pour payer en espèces à la place, conformément à la présente section Guide de l’utilisateur ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45A90" w14:textId="42CB6F2B" w:rsidR="001923F0" w:rsidRPr="00400BA4" w:rsidDel="009616D6" w:rsidRDefault="001923F0" w:rsidP="001923F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A45A91" w14:textId="5DC346C9" w:rsidR="00866065" w:rsidDel="009616D6" w:rsidRDefault="00665805" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
@@ -14553,51 +14408,51 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00665805">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Le Fonctionnaire responsable, les </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidRPr="00665805">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve">conseillers en gestion des ressources humaines et l’Unité RH devraient utiliser les informations disponibles dans </w:t>
         </w:r>
         <w:r w:rsidR="00B61855">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve">Quantum et dans </w:t>
         </w:r>
         <w:r w:rsidRPr="00665805">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve">la base de données </w:t>
         </w:r>
       </w:hyperlink>
@@ -14626,50 +14481,51 @@
     </w:p>
     <w:p w14:paraId="39A45AA5" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="00F73833" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00665805">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Des cartes de pointage ou des indicateurs de progrès organisationnels seront établis périodiquement pour garantir l’établissement de rapports, le suivi et l’évaluation de l’utilisation des contrats de services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E07AC23" w14:textId="77777777" w:rsidR="00F73833" w:rsidRDefault="00F73833" w:rsidP="00F73833">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="289382A5" w14:textId="77777777" w:rsidR="00F73833" w:rsidRPr="00665805" w:rsidRDefault="00F73833" w:rsidP="00F73833">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A45AA6" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00866065">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -14696,126 +14552,126 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Modèles et formulaires</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45AA8" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="003366"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39A45AA9" w14:textId="04D8687D" w:rsidR="00866065" w:rsidRPr="007F6912" w:rsidRDefault="008245E4" w:rsidP="00F14B18">
+    <w:p w14:paraId="39A45AA9" w14:textId="04D8687D" w:rsidR="00866065" w:rsidRPr="007F6912" w:rsidRDefault="00FD4BC9" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId29" w:history="1">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidR="004277DD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Annexe I: Formulaire de modèle de contrat de services</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F73833">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (en anglais)</w:t>
       </w:r>
       <w:r w:rsidR="00B91030">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45AAA" w14:textId="77777777" w:rsidR="007F6912" w:rsidRPr="00176438" w:rsidRDefault="007F6912" w:rsidP="007F6912">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39A45AAB" w14:textId="749DFDF8" w:rsidR="00A42AA4" w:rsidRPr="001A7C47" w:rsidRDefault="008245E4" w:rsidP="00F14B18">
+    <w:p w14:paraId="39A45AAB" w14:textId="749DFDF8" w:rsidR="00A42AA4" w:rsidRPr="001A7C47" w:rsidRDefault="00FD4BC9" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId30" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidR="00190C2C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Annexe I:  Formulaire de modèle de contrat de services (avec option 8,33 %)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F73833">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F73833" w:rsidRPr="00F73833">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -14824,769 +14680,815 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(en anglais)</w:t>
       </w:r>
       <w:r w:rsidR="00B91030">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45AAC" w14:textId="77777777" w:rsidR="001A7C47" w:rsidRPr="00176438" w:rsidRDefault="001A7C47" w:rsidP="001A7C47">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39A45AAD" w14:textId="0BF223D0" w:rsidR="001A7C47" w:rsidRPr="001A7C47" w:rsidRDefault="008245E4" w:rsidP="00F14B18">
+    <w:p w14:paraId="39A45AAD" w14:textId="0BF223D0" w:rsidR="001A7C47" w:rsidRPr="00DB197F" w:rsidRDefault="00FD4BC9" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="none"/>
-[...3 lines deleted...]
-        <w:r w:rsidR="00F73833">
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId29" w:history="1">
+        <w:r w:rsidR="00F73833" w:rsidRPr="00DB197F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:bCs/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Annexe II: Formulaire d’évaluation de contrat de services</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00B5381F">
+      <w:r w:rsidR="00B5381F" w:rsidRPr="00DB197F">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (en anglais)</w:t>
       </w:r>
-      <w:r w:rsidR="00B91030">
+      <w:r w:rsidR="00B91030" w:rsidRPr="00DB197F">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39A45AAE" w14:textId="77777777" w:rsidR="001A7C47" w:rsidRPr="00176438" w:rsidRDefault="001A7C47" w:rsidP="001A7C47">
+    <w:p w14:paraId="39A45AAE" w14:textId="77777777" w:rsidR="001A7C47" w:rsidRPr="00DB197F" w:rsidRDefault="001A7C47" w:rsidP="001A7C47">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:bCs/>
           <w:color w:val="0070C0"/>
-          <w:lang w:val="fr-CA"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="39A45AAF" w14:textId="0CB531E3" w:rsidR="00866065" w:rsidRPr="001A7C47" w:rsidRDefault="008245E4" w:rsidP="00F14B18">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39A45AAF" w14:textId="0CB531E3" w:rsidR="00866065" w:rsidRPr="00DB197F" w:rsidRDefault="00FD4BC9" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="none"/>
-[...3 lines deleted...]
-        <w:r w:rsidR="00ED6281">
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId30" w:history="1">
+        <w:r w:rsidR="00ED6281" w:rsidRPr="00DB197F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:bCs/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Annexe III: Liste de vérification (en anglais)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00B91030">
+      <w:r w:rsidR="00B91030" w:rsidRPr="00DB197F">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39A45AB0" w14:textId="77777777" w:rsidR="001A7C47" w:rsidRPr="00176438" w:rsidRDefault="001A7C47" w:rsidP="001A7C47">
+    <w:p w14:paraId="39A45AB0" w14:textId="77777777" w:rsidR="001A7C47" w:rsidRPr="00DB197F" w:rsidRDefault="001A7C47" w:rsidP="001A7C47">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:bCs/>
           <w:color w:val="0070C0"/>
-          <w:lang w:val="fr-CA"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="39A45AB1" w14:textId="2CD235BB" w:rsidR="00866065" w:rsidRPr="000E3895" w:rsidRDefault="00140C82" w:rsidP="00F14B18">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39A45AB1" w14:textId="2CD235BB" w:rsidR="00866065" w:rsidRPr="00DB197F" w:rsidRDefault="00140C82" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
-[...10 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB197F">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00B80142">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00B80142" w:rsidRPr="00DB197F">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://popp.undp.org/node/2391"</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="000E3895">
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00DB197F">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00DB197F">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Annexe IV</w:t>
       </w:r>
-      <w:r w:rsidR="00B80142">
+      <w:r w:rsidR="00B80142" w:rsidRPr="00DB197F">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00DB197F">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Tableau des contrats </w:t>
       </w:r>
-      <w:r w:rsidR="00B80142">
+      <w:r w:rsidR="00B80142" w:rsidRPr="00DB197F">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
-[...5 lines deleted...]
-      <w:r>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(en anglais</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B80142" w:rsidRPr="00DB197F">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB197F">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="39A45AB2" w14:textId="7FB484C0" w:rsidR="001A7C47" w:rsidRDefault="00140C82" w:rsidP="001A7C47">
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="39A45AB2" w14:textId="7FB484C0" w:rsidR="001A7C47" w:rsidRPr="00DB197F" w:rsidRDefault="00140C82" w:rsidP="001A7C47">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:bCs/>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E3895">
-[...2 lines deleted...]
-          <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00DB197F">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39A45AB3" w14:textId="5A8257B9" w:rsidR="00866065" w:rsidRPr="001A7C47" w:rsidRDefault="008245E4" w:rsidP="00F14B18">
+    <w:p w14:paraId="39A45AB3" w14:textId="5A8257B9" w:rsidR="00866065" w:rsidRPr="00DB197F" w:rsidRDefault="00FD4BC9" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
-[...7 lines deleted...]
-        <w:r w:rsidR="001A6BFC">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId31" w:history="1">
+        <w:r w:rsidR="001A6BFC" w:rsidRPr="00DB197F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:bCs/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Annexe V: Lettre de non-contestation (en anglais)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00B91030">
+      <w:r w:rsidR="00B91030" w:rsidRPr="00DB197F">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39A45AB4" w14:textId="77777777" w:rsidR="001A7C47" w:rsidRPr="00176438" w:rsidRDefault="001A7C47" w:rsidP="001A7C47">
+    <w:p w14:paraId="39A45AB4" w14:textId="77777777" w:rsidR="001A7C47" w:rsidRPr="00DB197F" w:rsidRDefault="001A7C47" w:rsidP="001A7C47">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="39A45AB5" w14:textId="58EA6CC0" w:rsidR="008C54BE" w:rsidRDefault="008245E4" w:rsidP="00F14B18">
+          <w:rStyle w:val="Hyperlink"/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39A45AB5" w14:textId="58EA6CC0" w:rsidR="008C54BE" w:rsidRPr="00DB197F" w:rsidRDefault="00FD4BC9" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
           <w:color w:val="0070C0"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidR="00E03501">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId32" w:history="1">
+        <w:r w:rsidR="00E03501" w:rsidRPr="00DB197F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:bCs/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Annexe VI: Note d’orientation sur l’octroi de contrats d’engagement à durée déterminée dans l’exercice de fonctions de contrôle interne (en anglais)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00E03501">
+      <w:r w:rsidR="00E03501" w:rsidRPr="00DB197F">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidR="00B91030">
+      <w:r w:rsidR="00B91030" w:rsidRPr="00DB197F">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
           <w:color w:val="0070C0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69E4D742" w14:textId="77777777" w:rsidR="0004646C" w:rsidRDefault="0004646C" w:rsidP="0004646C">
+    <w:p w14:paraId="69E4D742" w14:textId="77777777" w:rsidR="0004646C" w:rsidRPr="00DB197F" w:rsidRDefault="0004646C" w:rsidP="0004646C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="305FE51A" w14:textId="334A9756" w:rsidR="0004646C" w:rsidRPr="00857BE9" w:rsidRDefault="00857BE9" w:rsidP="00F14B18">
+    <w:p w14:paraId="305FE51A" w14:textId="334A9756" w:rsidR="0004646C" w:rsidRPr="00DB197F" w:rsidRDefault="00857BE9" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00857BE9">
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB197F">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="002C49A0">
+      <w:r w:rsidR="002C49A0" w:rsidRPr="00DB197F">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://popp.undp.org/node/2386"</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00857BE9">
+      <w:r w:rsidRPr="00DB197F">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00857BE9">
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00DB197F">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
-[...5 lines deleted...]
-      <w:r>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Annexe </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DB197F">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="002C49A0">
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>VII</w:t>
+      </w:r>
+      <w:r w:rsidR="002C49A0" w:rsidRPr="00DB197F">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
-[...5 lines deleted...]
-      <w:r>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002C49A0" w:rsidRPr="00DB197F">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB197F">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Procédures des liste</w:t>
       </w:r>
-      <w:r w:rsidR="002C49A0">
+      <w:r w:rsidR="002C49A0" w:rsidRPr="00DB197F">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s (en anglais)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45AB6" w14:textId="613B8989" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00857BE9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="003366"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00857BE9">
+      <w:r w:rsidRPr="00DB197F">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45AB7" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="0096379E" w:rsidRDefault="00866065" w:rsidP="0096379E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="003366"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="003366"/>
         </w:rPr>
         <w:t>Informations supplémentaires</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45AB8" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="003366"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39A45AB9" w14:textId="61202601" w:rsidR="00866065" w:rsidRPr="00B362D0" w:rsidRDefault="008245E4" w:rsidP="00F14B18">
+    <w:p w14:paraId="39A45AB9" w14:textId="61202601" w:rsidR="00866065" w:rsidRPr="00B362D0" w:rsidRDefault="00FD4BC9" w:rsidP="007302D9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="46"/>
+          <w:numId w:val="60"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId35" w:history="1">
+      <w:hyperlink r:id="rId33" w:history="1">
         <w:r w:rsidR="003F21E5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Guide sur la détermination de la rémunération du personnel sous contrat de services (en anglais)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="39A45ABA" w14:textId="77777777" w:rsidR="008143A8" w:rsidRPr="00400BA4" w:rsidRDefault="008143A8" w:rsidP="008143A8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39A45ABB" w14:textId="10E80622" w:rsidR="00027C6F" w:rsidRPr="00B362D0" w:rsidRDefault="008245E4" w:rsidP="00F14B18">
+    <w:p w14:paraId="39A45ABB" w14:textId="10E80622" w:rsidR="00027C6F" w:rsidRPr="00B362D0" w:rsidRDefault="00FD4BC9" w:rsidP="007302D9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="46"/>
+          <w:numId w:val="60"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId36" w:history="1">
+      <w:hyperlink r:id="rId34" w:history="1">
         <w:r w:rsidR="003275BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:bCs/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>CIGNA: Titulaires d'un contrat de services auprès du PNUD: Formulaire d'affiliation ou demande de modification de couverture des personnes à charge</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B91030">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B91030" w:rsidRPr="003275BF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(également disponible</w:t>
       </w:r>
       <w:r w:rsidR="00B91030">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37" w:history="1">
+      <w:hyperlink r:id="rId35" w:history="1">
         <w:r w:rsidR="003275BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:bCs/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>en a</w:t>
         </w:r>
         <w:r w:rsidR="00B91030">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:bCs/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>nglais</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B91030">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B91030" w:rsidRPr="003275BF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38" w:history="1">
+      <w:hyperlink r:id="rId36" w:history="1">
         <w:r w:rsidR="00B91030">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:bCs/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>en espagnol</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="003275BF">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45ABC" w14:textId="77777777" w:rsidR="008143A8" w:rsidRPr="00400BA4" w:rsidRDefault="008143A8" w:rsidP="008143A8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39A45ABD" w14:textId="4124C677" w:rsidR="00027C6F" w:rsidRPr="00665805" w:rsidRDefault="008245E4" w:rsidP="00F14B18">
+    <w:p w14:paraId="39A45ABD" w14:textId="4124C677" w:rsidR="00027C6F" w:rsidRPr="00665805" w:rsidRDefault="00FD4BC9" w:rsidP="007302D9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="46"/>
+          <w:numId w:val="60"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="003366"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId39" w:history="1">
-        <w:r w:rsidR="00B91030" w:rsidRPr="00665805">
+      <w:hyperlink r:id="rId37" w:history="1">
+        <w:r w:rsidR="00B91030" w:rsidRPr="00DB197F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-            <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>CIGN</w:t>
         </w:r>
-        <w:r w:rsidR="004D746A">
+        <w:r w:rsidR="004D746A" w:rsidRPr="00DB197F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-            <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t xml:space="preserve">A - </w:t>
-[...9 lines deleted...]
-          <w:t xml:space="preserve">Manuel RH : Régime collectif d’assurance vie, invalidité et maladie pour les titulaires d’un contrat de services auprès du PNUD (brochure) </w:t>
+          <w:t xml:space="preserve">A - Manuel RH : Régime collectif d’assurance vie, invalidité et maladie pour les titulaires d’un contrat de services auprès du PNUD (brochure) </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00B91030" w:rsidRPr="00665805">
+      <w:r w:rsidR="00B91030" w:rsidRPr="00DB197F">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00446BE1">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00446BE1">
+        <w:t xml:space="preserve">en anglais et </w:t>
+      </w:r>
+      <w:r w:rsidR="00B91030" w:rsidRPr="00665805">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">en anglais et </w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">également disponible en </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40" w:history="1">
+      <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidR="00B91030" w:rsidRPr="00665805">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>espagnol</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B91030" w:rsidRPr="00665805">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7332AB19" w14:textId="77777777" w:rsidR="007515EA" w:rsidRPr="00400BA4" w:rsidRDefault="007515EA" w:rsidP="00866065">
       <w:pPr>
         <w:ind w:left="720"/>
@@ -15800,72 +15702,72 @@
       </w:r>
       <w:r w:rsidRPr="008245E4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fi-FI"/>
         </w:rPr>
         <w:t>En cas de divergence entre les textes français et anglais de cette politique, le texte anglais fait foi, sauf disposition expresse écrite contraire</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fi-FI"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00A10191" w:rsidRPr="00400BA4" w:rsidSect="00B5381F">
-      <w:headerReference w:type="default" r:id="rId41"/>
-      <w:footerReference w:type="default" r:id="rId42"/>
+      <w:headerReference w:type="default" r:id="rId39"/>
+      <w:footerReference w:type="default" r:id="rId40"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1620" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5003F811" w14:textId="77777777" w:rsidR="00873F3B" w:rsidRDefault="00873F3B" w:rsidP="00664499">
+    <w:p w14:paraId="13C3D1FA" w14:textId="77777777" w:rsidR="00FD4BC9" w:rsidRDefault="00FD4BC9" w:rsidP="00664499">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="011C1B59" w14:textId="77777777" w:rsidR="00873F3B" w:rsidRDefault="00873F3B" w:rsidP="00664499">
+    <w:p w14:paraId="75515C7E" w14:textId="77777777" w:rsidR="00FD4BC9" w:rsidRDefault="00FD4BC9" w:rsidP="00664499">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -15922,52 +15824,52 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="39A45AC4" w14:textId="3E65DBCF" w:rsidR="005D1474" w:rsidRPr="00CF08DE" w:rsidRDefault="005D1474">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="39A45AC4" w14:textId="379C87C3" w:rsidR="005D1474" w:rsidRPr="00CF08DE" w:rsidRDefault="005D1474">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00CF08DE">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00CF08DE">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
@@ -16064,207 +15966,247 @@
     </w:r>
     <w:r w:rsidRPr="00CF08DE">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00CF08DE">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r w:rsidR="00A10191" w:rsidRPr="00A10191">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t>Date d'entrée en vigueur</w:t>
+      <w:t xml:space="preserve">Date d'entrée en </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidR="00A10191" w:rsidRPr="00A10191">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>vigueur</w:t>
     </w:r>
     <w:r w:rsidRPr="00CF08DE">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>:</w:t>
     </w:r>
+    <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidR="0072223C">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 01/07/2018</w:t>
+      <w:t xml:space="preserve"> 01/0</w:t>
+    </w:r>
+    <w:r w:rsidR="00707D43">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="0072223C">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>/20</w:t>
+    </w:r>
+    <w:r w:rsidR="00707D43">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>26</w:t>
     </w:r>
     <w:r w:rsidRPr="00CF08DE">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00CF08DE">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidR="001129C0">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>V</w:t>
     </w:r>
     <w:r w:rsidRPr="00CF08DE">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>ersion</w:t>
     </w:r>
     <w:r w:rsidR="00AD48DA">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>:</w:t>
     </w:r>
     <w:r w:rsidRPr="00CF08DE">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t> 7</w:t>
+      <w:t> </w:t>
+    </w:r>
+    <w:r w:rsidR="00707D43">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>8</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7C85D8CC" w14:textId="77777777" w:rsidR="00873F3B" w:rsidRDefault="00873F3B" w:rsidP="00664499">
+    <w:p w14:paraId="311EAECE" w14:textId="77777777" w:rsidR="00FD4BC9" w:rsidRDefault="00FD4BC9" w:rsidP="00664499">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2EC2D543" w14:textId="77777777" w:rsidR="00873F3B" w:rsidRDefault="00873F3B" w:rsidP="00664499">
+    <w:p w14:paraId="7DDFF74E" w14:textId="77777777" w:rsidR="00FD4BC9" w:rsidRDefault="00FD4BC9" w:rsidP="00664499">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="39A45AC3" w14:textId="3E20329F" w:rsidR="005D1474" w:rsidRDefault="00B9610E" w:rsidP="004514A2">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="39A45AC3" w14:textId="5950D9A8" w:rsidR="005D1474" w:rsidRDefault="00707D43" w:rsidP="004514A2">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="8640"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7442DF8A" wp14:editId="4486B2E9">
-[...2 lines deleted...]
-          <wp:docPr id="2" name="Picture 2" descr="Icon&#10;&#10;Description automatically generated"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="193C2AE6" wp14:editId="23E312B1">
+          <wp:extent cx="287366" cy="584200"/>
+          <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+          <wp:docPr id="3" name="Picture 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="24" name="Picture 24" descr="Icon&#10;&#10;Description automatically generated"/>
+                  <pic:cNvPr id="0" name="Picture 6"/>
                   <pic:cNvPicPr>
-                    <a:picLocks noChangeAspect="1"/>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
-                <pic:blipFill rotWithShape="1">
+                <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect r="3247" b="16111"/>
-                  <a:stretch/>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="294640" cy="589280"/>
+                    <a:ext cx="303898" cy="617808"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
-                  <a:extLst>
-[...3 lines deleted...]
-                  </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06A52457"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2E9A41E2"/>
     <w:lvl w:ilvl="0" w:tplc="0EC4DEBE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -17654,50 +17596,140 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="20046762"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C31C7AE6"/>
+    <w:lvl w:ilvl="0" w:tplc="5F02577A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="211F5867"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CBC4AF9C"/>
     <w:lvl w:ilvl="0" w:tplc="7632E3B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -17743,51 +17775,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="23A772CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0276CCAE"/>
     <w:lvl w:ilvl="0" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17859,51 +17891,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="241A440F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="251C29C4"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="900"/>
         </w:tabs>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1620"/>
         </w:tabs>
         <w:ind w:left="1620" w:hanging="360"/>
@@ -17975,51 +18007,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5940"/>
         </w:tabs>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6660"/>
         </w:tabs>
         <w:ind w:left="6660" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25277362"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2F8C79F0"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -18088,51 +18120,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25711734"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D340E548"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -18201,51 +18233,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="264B3546"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="126C0278"/>
     <w:lvl w:ilvl="0" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18317,51 +18349,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7560"/>
         </w:tabs>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="279C3D39"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EF9A75E6"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -18430,51 +18462,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28CC64BA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="44A492D6"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -18543,51 +18575,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29BA7C29"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E3D85AC6"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -18656,51 +18688,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2BD53784"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F59C069A"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A1D027DA">
       <w:start w:val="32"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="720"/>
@@ -18773,51 +18805,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C451FE1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="49ACBE7E"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -18886,51 +18918,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C5746A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AD34205C"/>
     <w:lvl w:ilvl="0" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19005,51 +19037,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7560"/>
         </w:tabs>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C7B19E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5D4A420E"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -19118,51 +19150,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F131811"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="749AAD94"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="8CD8B536">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -19238,51 +19270,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3604722A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="10B2BE3C"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -19351,51 +19383,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36424910"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B8C1856"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="93CA153E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -19467,51 +19499,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36517017"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="48066762"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
@@ -19583,51 +19615,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37805EA0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EA289578"/>
     <w:lvl w:ilvl="0" w:tplc="7666B5C4">
       <w:start w:val="46"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="89145332">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
@@ -19709,51 +19741,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="393E3C12"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8500BFAA"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -19822,51 +19854,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39C8612D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CABE6EEC"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19962,51 +19994,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39DC7D71"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="82628704"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20102,51 +20134,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BDD5CC0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D202319C"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -20215,51 +20247,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CA0092B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97F4D91E"/>
     <w:lvl w:ilvl="0" w:tplc="5A5E4DCE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1092"/>
         </w:tabs>
         <w:ind w:left="1092" w:hanging="372"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20334,51 +20366,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44BF109C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C556F31A"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -20447,51 +20479,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44D44B9C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="172C6862"/>
     <w:lvl w:ilvl="0" w:tplc="7FC41B64">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:pStyle w:val="ListNumber"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -20537,51 +20569,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B0D68C9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="561262A8"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -20650,51 +20682,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E623894"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="03C2996E"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -20763,51 +20795,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52CC3614"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CFD01092"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -20852,51 +20884,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54CC6E02"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1F14BEF0"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -20965,51 +20997,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5E0E0C4B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B98CBD2C"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -21078,51 +21110,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="60C35DD7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EBD0159C"/>
     <w:lvl w:ilvl="0" w:tplc="7622632A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -21192,51 +21224,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61344AD8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="17289BCA"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -21305,51 +21337,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="648F119F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4A5049AE"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -21418,51 +21450,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="670168F7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="53986CC4"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -21531,51 +21563,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="684B50E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BAD89576"/>
     <w:lvl w:ilvl="0" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -21644,51 +21676,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A6313B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="824C1DAA"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -21757,51 +21789,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D227F41"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8FB2435A"/>
     <w:lvl w:ilvl="0" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21873,51 +21905,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F240D91"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="29FCF6F0"/>
     <w:lvl w:ilvl="0" w:tplc="1D9EA254">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -21987,51 +22019,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F4157CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FF6008A"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -22100,51 +22132,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="53" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71F34C78"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BC3CEBE4"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
@@ -22213,51 +22245,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="53" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="54" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72100F26"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9A844F26"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -22326,51 +22358,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="55" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72184107"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B3B0F8F0"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -22439,51 +22471,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="56" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74484C26"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="373ECDE8"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -22552,51 +22584,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="57" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="796A2E00"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E5160A34"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -22665,51 +22697,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="57" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="58" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A3522DB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="01AA3D06"/>
     <w:lvl w:ilvl="0" w:tplc="7666B5C4">
       <w:start w:val="46"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
@@ -22790,51 +22822,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="59" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D032537"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0B622576"/>
     <w:lvl w:ilvl="0" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -22906,245 +22938,248 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="963581454">
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="56"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="40"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="58"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="52"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="19">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="272590766">
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="57"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="42"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="46"/>
+  </w:num>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="47"/>
+  </w:num>
+  <w:num w:numId="26">
+    <w:abstractNumId w:val="55"/>
+  </w:num>
+  <w:num w:numId="27">
+    <w:abstractNumId w:val="45"/>
+  </w:num>
+  <w:num w:numId="28">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="29">
+    <w:abstractNumId w:val="49"/>
+  </w:num>
+  <w:num w:numId="30">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="31">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="32">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="33">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="634061995">
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="34">
+    <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="610674824">
-    <w:abstractNumId w:val="22"/>
+  <w:num w:numId="35">
+    <w:abstractNumId w:val="43"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1668627849">
-    <w:abstractNumId w:val="55"/>
+  <w:num w:numId="36">
+    <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="752778049">
+  <w:num w:numId="37">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="38">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="39">
+    <w:abstractNumId w:val="54"/>
+  </w:num>
+  <w:num w:numId="40">
+    <w:abstractNumId w:val="53"/>
+  </w:num>
+  <w:num w:numId="41">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="42">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="43">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="44">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="45">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="46">
+    <w:abstractNumId w:val="51"/>
+  </w:num>
+  <w:num w:numId="47">
+    <w:abstractNumId w:val="44"/>
+  </w:num>
+  <w:num w:numId="48">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="49">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1548297213">
-    <w:abstractNumId w:val="39"/>
+  <w:num w:numId="50">
+    <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1715806800">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="51">
+    <w:abstractNumId w:val="48"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="328143569">
-    <w:abstractNumId w:val="28"/>
+  <w:num w:numId="52">
+    <w:abstractNumId w:val="50"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1518469159">
-[...26 lines deleted...]
-  <w:num w:numId="19" w16cid:durableId="936324179">
+  <w:num w:numId="53">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="1590431355">
-    <w:abstractNumId w:val="56"/>
+  <w:num w:numId="54">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="498010246">
-    <w:abstractNumId w:val="41"/>
+  <w:num w:numId="55">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="1549027961">
-[...35 lines deleted...]
-  <w:num w:numId="34" w16cid:durableId="1739984585">
+  <w:num w:numId="56">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="35" w16cid:durableId="321859106">
-    <w:abstractNumId w:val="42"/>
+  <w:num w:numId="57">
+    <w:abstractNumId w:val="59"/>
   </w:num>
-  <w:num w:numId="36" w16cid:durableId="2085834242">
-[...65 lines deleted...]
-  <w:num w:numId="58" w16cid:durableId="269169534">
+  <w:num w:numId="58">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="59" w16cid:durableId="2109539343">
+  <w:num w:numId="59">
     <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="60">
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="57"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDa0MDIzMDUyNbYwMzIEcpV0lIJTi4sz8/NACgxrAZKcRcksAAAA"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00A14FAE"/>
     <w:rsid w:val="00000C42"/>
     <w:rsid w:val="00006C00"/>
@@ -23321,120 +23356,125 @@
     <w:rsid w:val="004F2852"/>
     <w:rsid w:val="00504203"/>
     <w:rsid w:val="0050525C"/>
     <w:rsid w:val="00505710"/>
     <w:rsid w:val="00511B51"/>
     <w:rsid w:val="00514E05"/>
     <w:rsid w:val="00515590"/>
     <w:rsid w:val="005159CE"/>
     <w:rsid w:val="00521E36"/>
     <w:rsid w:val="00523B68"/>
     <w:rsid w:val="00527BA7"/>
     <w:rsid w:val="005369BC"/>
     <w:rsid w:val="005548B3"/>
     <w:rsid w:val="0055490F"/>
     <w:rsid w:val="00554A76"/>
     <w:rsid w:val="00560D1F"/>
     <w:rsid w:val="00565769"/>
     <w:rsid w:val="0057282B"/>
     <w:rsid w:val="00584FFC"/>
     <w:rsid w:val="00595A5D"/>
     <w:rsid w:val="005A5110"/>
     <w:rsid w:val="005A6B0E"/>
     <w:rsid w:val="005B609A"/>
     <w:rsid w:val="005B7540"/>
     <w:rsid w:val="005B7F6E"/>
+    <w:rsid w:val="005C2F6B"/>
     <w:rsid w:val="005C3028"/>
     <w:rsid w:val="005D1474"/>
     <w:rsid w:val="005E4246"/>
     <w:rsid w:val="005E5675"/>
     <w:rsid w:val="005F5067"/>
     <w:rsid w:val="005F542C"/>
+    <w:rsid w:val="005F7E18"/>
     <w:rsid w:val="00600758"/>
     <w:rsid w:val="00613ABC"/>
     <w:rsid w:val="00614138"/>
     <w:rsid w:val="0062115F"/>
     <w:rsid w:val="00623495"/>
     <w:rsid w:val="0063003B"/>
     <w:rsid w:val="00633BF7"/>
     <w:rsid w:val="00635225"/>
     <w:rsid w:val="006564B3"/>
     <w:rsid w:val="00656F42"/>
     <w:rsid w:val="00664499"/>
     <w:rsid w:val="00665805"/>
     <w:rsid w:val="0067555D"/>
     <w:rsid w:val="00675A53"/>
     <w:rsid w:val="006807D9"/>
     <w:rsid w:val="0068636E"/>
     <w:rsid w:val="00695FFF"/>
     <w:rsid w:val="006A43E2"/>
     <w:rsid w:val="006A44BD"/>
     <w:rsid w:val="006B79C7"/>
     <w:rsid w:val="006C71C1"/>
     <w:rsid w:val="006D24C3"/>
     <w:rsid w:val="006E0193"/>
     <w:rsid w:val="006E1E5B"/>
     <w:rsid w:val="006E6D8A"/>
     <w:rsid w:val="006F1E49"/>
     <w:rsid w:val="006F2DB3"/>
     <w:rsid w:val="006F3FCB"/>
     <w:rsid w:val="006F792E"/>
     <w:rsid w:val="00701624"/>
     <w:rsid w:val="00701CD4"/>
     <w:rsid w:val="00704DFF"/>
+    <w:rsid w:val="00707D43"/>
     <w:rsid w:val="00712010"/>
     <w:rsid w:val="007210D7"/>
     <w:rsid w:val="00721618"/>
     <w:rsid w:val="0072223C"/>
     <w:rsid w:val="00722AAD"/>
     <w:rsid w:val="007237BE"/>
     <w:rsid w:val="007277FB"/>
+    <w:rsid w:val="007302D9"/>
     <w:rsid w:val="00732BDB"/>
     <w:rsid w:val="00735104"/>
     <w:rsid w:val="007366CE"/>
     <w:rsid w:val="00737AE7"/>
     <w:rsid w:val="00743FF7"/>
     <w:rsid w:val="007515EA"/>
     <w:rsid w:val="007529A7"/>
     <w:rsid w:val="0075315E"/>
     <w:rsid w:val="00755776"/>
     <w:rsid w:val="00761108"/>
     <w:rsid w:val="00763780"/>
     <w:rsid w:val="007637B1"/>
     <w:rsid w:val="007703F5"/>
     <w:rsid w:val="00780D04"/>
     <w:rsid w:val="0078125E"/>
     <w:rsid w:val="00784C0C"/>
     <w:rsid w:val="00786E14"/>
     <w:rsid w:val="00795350"/>
     <w:rsid w:val="007A0FDB"/>
     <w:rsid w:val="007B09E6"/>
     <w:rsid w:val="007B4B38"/>
     <w:rsid w:val="007C1B44"/>
     <w:rsid w:val="007C70BF"/>
     <w:rsid w:val="007D0468"/>
     <w:rsid w:val="007D1565"/>
+    <w:rsid w:val="007D212D"/>
     <w:rsid w:val="007D21BD"/>
     <w:rsid w:val="007D4BC0"/>
     <w:rsid w:val="007E6F33"/>
     <w:rsid w:val="007F086F"/>
     <w:rsid w:val="007F6912"/>
     <w:rsid w:val="008143A8"/>
     <w:rsid w:val="008245E4"/>
     <w:rsid w:val="00833314"/>
     <w:rsid w:val="008453E8"/>
     <w:rsid w:val="008500C9"/>
     <w:rsid w:val="00851BCF"/>
     <w:rsid w:val="0085450F"/>
     <w:rsid w:val="0085529B"/>
     <w:rsid w:val="00856C95"/>
     <w:rsid w:val="00857BE9"/>
     <w:rsid w:val="00861584"/>
     <w:rsid w:val="00863E89"/>
     <w:rsid w:val="00865613"/>
     <w:rsid w:val="00866065"/>
     <w:rsid w:val="00866910"/>
     <w:rsid w:val="00866CD7"/>
     <w:rsid w:val="00866D94"/>
     <w:rsid w:val="00867220"/>
     <w:rsid w:val="00872573"/>
     <w:rsid w:val="00873F3B"/>
@@ -23578,50 +23618,51 @@
     <w:rsid w:val="00CD06C2"/>
     <w:rsid w:val="00CD5FBA"/>
     <w:rsid w:val="00CE4FCD"/>
     <w:rsid w:val="00CF08DE"/>
     <w:rsid w:val="00CF7F49"/>
     <w:rsid w:val="00D05804"/>
     <w:rsid w:val="00D166CB"/>
     <w:rsid w:val="00D17251"/>
     <w:rsid w:val="00D22421"/>
     <w:rsid w:val="00D312FD"/>
     <w:rsid w:val="00D372A8"/>
     <w:rsid w:val="00D422EB"/>
     <w:rsid w:val="00D43CC3"/>
     <w:rsid w:val="00D50A33"/>
     <w:rsid w:val="00D53390"/>
     <w:rsid w:val="00D53BAF"/>
     <w:rsid w:val="00D54A2A"/>
     <w:rsid w:val="00D60CD3"/>
     <w:rsid w:val="00D6550B"/>
     <w:rsid w:val="00D755BB"/>
     <w:rsid w:val="00D77228"/>
     <w:rsid w:val="00D81869"/>
     <w:rsid w:val="00D81986"/>
     <w:rsid w:val="00D82730"/>
     <w:rsid w:val="00DA54FC"/>
+    <w:rsid w:val="00DB197F"/>
     <w:rsid w:val="00DB6699"/>
     <w:rsid w:val="00DC137C"/>
     <w:rsid w:val="00DD660D"/>
     <w:rsid w:val="00DE1217"/>
     <w:rsid w:val="00DE1E05"/>
     <w:rsid w:val="00DF18D5"/>
     <w:rsid w:val="00DF3EE4"/>
     <w:rsid w:val="00DF6EA3"/>
     <w:rsid w:val="00E03501"/>
     <w:rsid w:val="00E13A7D"/>
     <w:rsid w:val="00E21951"/>
     <w:rsid w:val="00E21BED"/>
     <w:rsid w:val="00E23112"/>
     <w:rsid w:val="00E246AC"/>
     <w:rsid w:val="00E34803"/>
     <w:rsid w:val="00E34999"/>
     <w:rsid w:val="00E353D8"/>
     <w:rsid w:val="00E35826"/>
     <w:rsid w:val="00E57857"/>
     <w:rsid w:val="00E6063C"/>
     <w:rsid w:val="00E6142A"/>
     <w:rsid w:val="00E6523A"/>
     <w:rsid w:val="00E65CB4"/>
     <w:rsid w:val="00E76C6E"/>
     <w:rsid w:val="00E90AE5"/>
@@ -23633,105 +23674,108 @@
     <w:rsid w:val="00EC3C93"/>
     <w:rsid w:val="00ED5C34"/>
     <w:rsid w:val="00ED6281"/>
     <w:rsid w:val="00EE657B"/>
     <w:rsid w:val="00EE713D"/>
     <w:rsid w:val="00EF11F2"/>
     <w:rsid w:val="00EF4741"/>
     <w:rsid w:val="00F14B18"/>
     <w:rsid w:val="00F1514C"/>
     <w:rsid w:val="00F16A5F"/>
     <w:rsid w:val="00F202AC"/>
     <w:rsid w:val="00F222B7"/>
     <w:rsid w:val="00F3535C"/>
     <w:rsid w:val="00F36522"/>
     <w:rsid w:val="00F36B0A"/>
     <w:rsid w:val="00F371EB"/>
     <w:rsid w:val="00F47A28"/>
     <w:rsid w:val="00F51555"/>
     <w:rsid w:val="00F51F30"/>
     <w:rsid w:val="00F5202A"/>
     <w:rsid w:val="00F572D0"/>
     <w:rsid w:val="00F60DF1"/>
     <w:rsid w:val="00F6172B"/>
     <w:rsid w:val="00F61C62"/>
     <w:rsid w:val="00F63A9B"/>
+    <w:rsid w:val="00F648AB"/>
     <w:rsid w:val="00F65910"/>
     <w:rsid w:val="00F73833"/>
     <w:rsid w:val="00F739CC"/>
     <w:rsid w:val="00F750B5"/>
     <w:rsid w:val="00F752DA"/>
     <w:rsid w:val="00F75E5E"/>
     <w:rsid w:val="00F80217"/>
+    <w:rsid w:val="00F82ACA"/>
     <w:rsid w:val="00F82B0B"/>
     <w:rsid w:val="00F83278"/>
     <w:rsid w:val="00F866D1"/>
     <w:rsid w:val="00F96145"/>
     <w:rsid w:val="00F9653B"/>
     <w:rsid w:val="00FA062C"/>
     <w:rsid w:val="00FA0F8B"/>
     <w:rsid w:val="00FA224D"/>
     <w:rsid w:val="00FA6C7F"/>
     <w:rsid w:val="00FB0B95"/>
     <w:rsid w:val="00FB3C2F"/>
     <w:rsid w:val="00FB5E8E"/>
     <w:rsid w:val="00FB6EB8"/>
     <w:rsid w:val="00FC39D9"/>
     <w:rsid w:val="00FC3AD1"/>
     <w:rsid w:val="00FC5B64"/>
     <w:rsid w:val="00FD0A8F"/>
     <w:rsid w:val="00FD11E6"/>
+    <w:rsid w:val="00FD4BC9"/>
     <w:rsid w:val="00FD5030"/>
     <w:rsid w:val="00FD6FE3"/>
     <w:rsid w:val="00FE4216"/>
     <w:rsid w:val="00FE6790"/>
     <w:rsid w:val="00FE6D0F"/>
     <w:rsid w:val="00FF16E1"/>
     <w:rsid w:val="00FF2F16"/>
     <w:rsid w:val="00FF4124"/>
     <w:rsid w:val="00FF7F96"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-CA" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="39A4580F"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{6CDD0267-B858-4356-BE60-A834F7ACAD5A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-CA" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
@@ -24665,51 +24709,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2079671414">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2251" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hotline@UNDP.org" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/341" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/361" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2251" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/411" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/ofrm/_layouts/15/WopiFrame.aspx?sourcedoc=/unit/ofrm/Financial%20Resource%20Management%20Policies/2018%20Pro-forma%20Costs/2018_SC_proforma_rev1.xlsx&amp;action=default)." TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/411" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/391" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/396" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2256" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/341" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/411" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2386" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://practices.undp.org/management/hr/HR_Contacts/BAS.cfm" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/2256" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/396" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/391" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2386" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/401" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/411" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/436" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/361" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2391" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:harassment.support@undp.Organization" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/401" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/2256" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/411" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/ofrm/_layouts/15/WopiFrame.aspx?sourcedoc=/unit/ofrm/Financial%20Resource%20Management%20Policies/2018%20Pro-forma%20Costs/2018_SC_proforma_rev1.xlsx&amp;action=default)." TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://practices.undp.org/management/hr/HR_Contacts/BAS.cfm" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2386" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/2256" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2251" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/401" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/391" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hotline@UNDP.org" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2251" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/341" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2391" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:harassment.support@undp.Organization" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/436" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/2256" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/361" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/411" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/391" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/411" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/396" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2256" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2386" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/396" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/411" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/361" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/341" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -24953,327 +24997,219 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
-<file path=customXml/_rels/item7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps7.xml"/></Relationships>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-    <xsd:import namespace="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DF4E5EB98AFACA49B955F57620F5DD44" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="54d56521cb8b950110d779ecec233d4f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" xmlns:ns3="c26dc373-2944-4fff-a656-1635ba5514b5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="030e562aea712385259f3e9724b3d80f" ns2:_="" ns3:_="">
+    <xsd:import namespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <xsd:import namespace="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:UNDP_POPP_TITLE_EN" minOccurs="0"/>
-[...26 lines deleted...]
-                <xsd:element ref="ns3:POPPIsArchived" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_dlc_Exempt" ma:index="30" nillable="true" ma:displayName="Exempt from Policy" ma:hidden="true" ma:internalName="_dlc_Exempt" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f8ebb0a5-c57d-4c3a-bec7-8a38252dd05c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8264c5cc-ec60-4b56-8111-ce635d3d139a" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c26dc373-2944-4fff-a656-1635ba5514b5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="UNDP_POPP_TITLE_EN" ma:index="1" nillable="true" ma:displayName="Title_EN" ma:indexed="true" ma:internalName="UNDP_POPP_TITLE_EN">
-[...6 lines deleted...]
-    <xsd:element name="UNDP_POPP_FOCALPOINT" ma:index="3" nillable="true" ma:displayName="Focal Point" ma:SharePointGroup="0" ma:internalName="UNDP_POPP_FOCALPOINT" ma:showField="ImnName">
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_DOCUMENT_TYPE" ma:index="5" ma:displayName="Document TYPE" ma:default="Template" ma:format="Dropdown" ma:indexed="true" ma:internalName="UNDP_POPP_DOCUMENT_TYPE" ma:readOnly="false">
-[...29 lines deleted...]
-    <xsd:element name="UNDP_POPP_VERSION_COMMENTS" ma:index="9" nillable="true" ma:displayName="Version Comments" ma:internalName="UNDP_POPP_VERSION_COMMENTS">
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_FILEVERSION" ma:index="10" nillable="true" ma:displayName="FileVersionID" ma:decimals="0" ma:internalName="UNDP_POPP_FILEVERSION">
-[...21 lines deleted...]
-    <xsd:element name="TaxCatchAll" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ee792a02-1c68-437d-afee-526d4eee3bde}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+    <xsd:element name="TaxCatchAll" ma:index="24" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{7fb16e66-a0cf-4293-80d1-ecb3df652669}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c26dc373-2944-4fff-a656-1635ba5514b5">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
-    </xsd:element>
-[...100 lines deleted...]
-      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="24" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -25318,304 +25254,161 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-</p:Policy>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="c26dc373-2944-4fff-a656-1635ba5514b5" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...49 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...48 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6CAE8657-7665-4CC0-BD94-0042A13AFEE4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{95C26F4F-933D-4898-B5C7-070903100B6B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item7.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9638C963-8E96-4AAF-8BA7-4304FAF0E259}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{90A4D219-93FA-4468-9089-3404D9A334AC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E5D92F8C-59ED-40D4-A6ED-94BFBA7E8AF8}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CAB12E0E-9A09-4B9F-976B-4C9A8E04706B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="office.server.policy"/>
-[...15 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CAB12E0E-9A09-4B9F-976B-4C9A8E04706B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F5C6D11F-2452-44D5-B990-0AD71AFFCC0F}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...18 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>35</Pages>
-  <Words>13888</Words>
-  <Characters>75495</Characters>
+  <Words>13378</Words>
+  <Characters>76261</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>629</Lines>
+  <Lines>635</Lines>
   <Paragraphs>178</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>SC Service Contract</vt:lpstr>
       <vt:lpstr>SC Service Contract</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>UNDP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>89205</CharactersWithSpaces>
+  <CharactersWithSpaces>89461</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="180" baseType="variant">
       <vt:variant>
         <vt:i4>8192081</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>87</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://intranet.undp.org/global/documents/hr/VanBreda_Brochure.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6291561</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -26142,50 +25935,56 @@
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>SC Service Contract</dc:title>
   <dc:subject/>
   <dc:creator>dc181ks</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="UNDPPOPPKeywords">
     <vt:lpwstr>317;#Human Resources Management|dd6d11ad-49ac-482d-8ef5-6d393407e2f6</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
-    <vt:lpwstr>0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39</vt:lpwstr>
+    <vt:lpwstr>0x010100DF4E5EB98AFACA49B955F57620F5DD44</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>5e86f8fc-e96d-406e-8f8b-5fa213ed8d36</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="POPPBusinessProcess">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="UNDP_POPP_BUSINESSUNIT">
     <vt:lpwstr>349;#Human Resources Management|1f57ad6b-760b-4b5a-be19-36e6fe76fd85</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="UNDP_POPP_BUSINESSPROCESS_HIDDEN">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="l0e6ef0c43e74560bd7f3acd1f5e8571">
     <vt:lpwstr>Human Resources Management|1f57ad6b-760b-4b5a-be19-36e6fe76fd85</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="TaxCatchAll">
     <vt:lpwstr>349;#Human Resources Management|1f57ad6b-760b-4b5a-be19-36e6fe76fd85</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Location">
     <vt:lpwstr>Public</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="docLang">
+    <vt:lpwstr>fr</vt:lpwstr>
+  </property>
 </Properties>
 </file>