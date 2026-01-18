--- v0 (2025-10-19)
+++ v1 (2026-01-18)
@@ -1,65 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps7.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="39A4580F" w14:textId="12474107" w:rsidR="00866065" w:rsidRDefault="003B7694">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="003366"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="003366"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Contrato de Servicios </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45810" w14:textId="77777777" w:rsidR="003B7694" w:rsidRPr="003B7694" w:rsidRDefault="003B7694">
@@ -76,150 +70,144 @@
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="72"/>
         <w:tblW w:w="8636" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8636"/>
       </w:tblGrid>
       <w:tr w:rsidR="000874D2" w:rsidRPr="003B7694" w14:paraId="39A4582B" w14:textId="77777777" w:rsidTr="00614138">
         <w:trPr>
           <w:trHeight w:val="301"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8636" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6F38704C" w14:textId="07BDF9F2" w:rsidR="00100BDE" w:rsidRDefault="00510310" w:rsidP="000874D2">
+          <w:p w14:paraId="6F38704C" w14:textId="08A0CA16" w:rsidR="00100BDE" w:rsidRDefault="000874D2" w:rsidP="00E44D5D">
             <w:pPr>
-              <w:ind w:left="-1376"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="22"/>
-[...14 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Las siguientes modificaciones se realizaron el </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="000874D2">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1.°</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="000874D2">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> de julio de 2018:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="39A45811" w14:textId="633911DD" w:rsidR="000874D2" w:rsidRPr="003B7694" w:rsidRDefault="006C71C1" w:rsidP="000874D2">
             <w:pPr>
               <w:ind w:left="-1376"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="32B96F0A" w14:textId="7AA261FB" w:rsidR="00384FB2" w:rsidRPr="004A3D22" w:rsidRDefault="00384FB2" w:rsidP="00614138">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:strike/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Párrafo 10, d): cambios editoriales para eliminar los porcentajes relacionados con los diversos cargos en las Políticas y Procedimientos de Operaciones y Programas (POPP, </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Programme and </w:t>
+              <w:t>Programme</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Operations</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -320,51 +308,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Párrafo 34, b), racionalización en el párrafo sobre la selección competitiva para los Contratos de Servicios (SC, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Service Contracts</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>, por sus siglas en inglés) y la capacidad de las Oficinas de País de establecer las listas de preselección de Contratos de Servicios para todos los niveles de SC y cómo crear y mantener listas de preselección para posiciones de SC (</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidRPr="00905106">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:color w:val="0070C0"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>Anexo VII</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">). Reducción de la cantidad mínima de candidatos requeridos para la entrevista/valoración de tres (3) a dos (2) para garantizar </w:t>
             </w:r>
             <w:r w:rsidRPr="00905106">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -1310,51 +1298,51 @@
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00911F50">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>El pago según el SC se basa en los servicios proporcionados satisfactoriamente de conformidad con los términos de referencia del SC. Los términos de pago pueden basarse en (i) los pagos mensuales de suma fija con todo incluido, en donde se incluyen los pagos de efectivo para seguridad social preexistente como se describe en la Sección de Disposiciones de Seguridad Social a continuación o (ii) remuneraciones mensuales con provisión de un esquema de seguridad social local en donde sea aplicable y legalmente posible, véase el</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA59A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15">
+      <w:hyperlink r:id="rId13">
         <w:r w:rsidRPr="00AA59A5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Anexo I</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000049FA">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A4583B" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="00911F50" w:rsidRDefault="00866065" w:rsidP="07E611BC">
       <w:pPr>
         <w:jc w:val="both"/>
@@ -1480,51 +1468,51 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00911F50">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">El SC es un documento legal entre el PNUD y la persona contratada y debe finalizarse con base en el formulario de modelo de contrato adjunto en el </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16">
+      <w:hyperlink r:id="rId14">
         <w:r w:rsidRPr="009042E1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Anexo I</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00911F50">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Para modificar el SC se debe consultar a la Unidad de Política de la ORH y la Oficina Jurídica (LO, </w:t>
       </w:r>
       <w:r w:rsidRPr="00911F50">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
@@ -2010,69 +1998,51 @@
     </w:p>
     <w:p w14:paraId="39A45856" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00A01307">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Los derechos de autor y otros materiales producidos por el titular del SC mientras se </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> contratado en marco de un SC y dentro del enfoque del SC se otorgan al PNUD. </w:t>
+        <w:t xml:space="preserve">Los derechos de autor y otros materiales producidos por el titular del SC mientras se encuentra contratado en marco de un SC y dentro del enfoque del SC se otorgan al PNUD. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45857" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00866065">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A45858" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="004E76FD">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:rPr>
@@ -2336,51 +2306,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="00866065">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>inguna autoridad que no sea el PNUD puede emitir un SC del PNUD.</w:t>
       </w:r>
       <w:r w:rsidR="00866065">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Por lo tanto, la entidad de ejecución/el asociado en la ejecución emite sus propios contratos, pero puede usar el SC del PNUD como directriz.  Véase el </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="00866065" w:rsidRPr="00942323">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Anexo IV</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00866065">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, que proporciona una matriz sobre cómo utilizar el SC.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45863" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00866065">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -2606,51 +2576,51 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00B679E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ontratación de personal de oficina local para realizar funciones de control interno. Consulte el </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="00B679E2" w:rsidRPr="00942323">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:b w:val="0"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Anexo VI</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B679E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> para obtener una lista de las funciones de control mínimo que no deben llevar a cabo titulares de un Contrato de Servicios. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45871" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00AF6997">
       <w:pPr>
         <w:ind w:left="1092"/>
@@ -2794,146 +2764,219 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A45878" w14:textId="77777777" w:rsidR="002D2786" w:rsidRPr="003D1A0C" w:rsidRDefault="002D2786" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Los titulares de SC pueden participar de los eventos del Consejo o la Asociación del Personal, que están abiertos a la comunidad más amplia de la ONU/el PNUD. Sin embargo, el titular de un SC no puede asumir funciones de representación o toma de decisiones en cuestiones que conciernen a los miembros del personal como, por ejemplo, participación en Juntas o Paneles de Exámenes de Cumplimiento (CRB, </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Compliance Review </w:t>
+        <w:t>Compliance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>Review</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Boards</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> o CRP, </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Compliance Review </w:t>
+        <w:t>Compliance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>Review</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Panels</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, por sus siglas en inglés) y en Comités de Contratos, Activos y Adquisiciones (CAP, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Contracts</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Assets</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and Procurement</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Procurement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, por sus siglas en inglés), o desempeñarse como Jefe de oficinas de la Asociación o del Consejo del Personal ya que esas funciones, según definición, rigen para el personal que se desempeña en nombramientos de acuerdo con el Reglamento y Estatuto del Personal de la ONU.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45879" w14:textId="77777777" w:rsidR="00B601B6" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00A2446E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -3788,67 +3831,67 @@
           <w:numId w:val="58"/>
         </w:numPr>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>La solicitud para las asignaciones presupuestarias del proyecto deben</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> incluir una descripción de la actividad que se llevará a cabo, la duración de la actividad y un costo anual estimado para cada contrato, incluidas las contribuciones de seguridad social que superan y que están por debajo del pago bruto. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">El Funcionario Responsable debe garantizar que las asignaciones de presupuesto incluyan los costos proforma para todos los gastos relacionados con el SC, como seguro, seguridad, aprendizaje, cargos de nómina, bonos de cumplimiento y horas extraordinarias, cuando sea pertinente (consulte el </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00A15736">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:color w:val="0070C0"/>
           </w:rPr>
           <w:t>Anexo III</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> para obtener una lista de verificación los </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00A15736">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:color w:val="0070C0"/>
           </w:rPr>
           <w:t>costos proforma para titulares de SC</w:t>
         </w:r>
         <w:r w:rsidRPr="00A15736">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
@@ -4026,80 +4069,60 @@
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidRPr="00911F50">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">l diseño del sistema de remuneración para los Contratos de Servicios se basa en bandas amplias en una estructura de pago integrado para proporcionar rangos de pago amplios que soporten tanto la contratación flexible como el movimiento de pago a través de medidas de desempeño como se encuentran establecidas en forma más extensa en el </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21">
+      <w:hyperlink r:id="rId19">
         <w:r w:rsidRPr="00911F50">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>Manual de establecimiento de r</w:t>
-[...19 lines deleted...]
-          <w:t>muneraciones para personal con Contrato de Servicio</w:t>
+          <w:t>Manual de establecimiento de remuneraciones para personal con Contrato de Servicio</w:t>
         </w:r>
         <w:r w:rsidR="001A7376">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>s (</w:t>
         </w:r>
         <w:r w:rsidR="009C27B2" w:rsidRPr="009C27B2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve">en </w:t>
         </w:r>
         <w:r w:rsidR="009C27B2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
@@ -4660,69 +4683,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Ajuste en el pago </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A458C2" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00722AAD">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Después de que se haya emitido un SC, el nivel de remuneración establecido en el contrato inicial no debe ajustarse por ningún motivo. </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> se extienda el SC, el pago permanecerá igual o se ajustará si la escala de remuneración se ha revisado de conformidad con el Manual de establecimiento de remuneraciones para Contratos de Servicios. Si al momento de la renovación del SC, se establece que el nivel de remuneración ha superado las tasas del mercado para servicios situados del mismo modo, el nivel de la remuneración permanece sin cambios, sin ajustes para cada renovación de contratos hasta que se cierre la brecha. </w:t>
+        <w:t>Después de que se haya emitido un SC, el nivel de remuneración establecido en el contrato inicial no debe ajustarse por ningún motivo. En caso que se extienda el SC, el pago permanecerá igual o se ajustará si la escala de remuneración se ha revisado de conformidad con el Manual de establecimiento de remuneraciones para Contratos de Servicios. Si al momento de la renovación del SC, se establece que el nivel de remuneración ha superado las tasas del mercado para servicios situados del mismo modo, el nivel de la remuneración permanece sin cambios, sin ajustes para cada renovación de contratos hasta que se cierre la brecha. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A458C3" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00866065">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A458C4" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="00833314" w:rsidRDefault="00866065" w:rsidP="00833314">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
@@ -4958,69 +4963,51 @@
           <w:tab w:val="clear" w:pos="1620"/>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00866065">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">roporcionar al Gobierno los nombres de los titulares de SC en el país e información general sobre las escalas de pago, así como informar al Gobierno que el PNUD no proporciona información financiera específica </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> personas individuales;</w:t>
+        <w:t>roporcionar al Gobierno los nombres de los titulares de SC en el país e información general sobre las escalas de pago, así como informar al Gobierno que el PNUD no proporciona información financiera específica en relación a personas individuales;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A458D1" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00701624">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="1620"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A458D2" w14:textId="0D8183AF" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="0088732A" w:rsidP="00701624">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1620"/>
           <w:tab w:val="num" w:pos="1800"/>
@@ -6076,51 +6063,71 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004F690E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Nations</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004F690E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Programme on HIV/AIDS, </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004F690E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Programme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004F690E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on HIV/AIDS, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>por sus siglas en inglés]), que tradicionalmente compartían la maquinaria administrativa y de contratación del PNUD, pueden querer usar la modalidad del SC, con el fin de seguir los procesos de simplificación y armonización dirigidos por el Grupo de las Naciones Unidas para el Desarrollo.   En esos casos emiten el SC a su propio nombre y pueden utilizar esta Guía de Usuario como referencia.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A458FA" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="0085529B">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A458FB" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -8028,51 +8035,51 @@
       <w:r w:rsidRPr="07E611BC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Director</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="07E611BC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> de la ORH a través del Asesor Comercial de Recursos Humanos en la Sede, antes de la emisión del SC. La solicitud debe confirmar que se cumplieron todos los criterios para la suma fija con todas las pruebas documentadas archivadas en caso de que ocurriera una auditoría en una fecha posterior. La Oficina de País debe especificar esta opción </w:t>
       </w:r>
       <w:r w:rsidRPr="00911F50">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">en el contrato; el titular del SC debe firmar un Certificado de admisión que confirme que acuerda recibir la contribución del régimen de pensiones en forma de una suma fija. Debe proporcionarse una copia de la Carta de admisión (consulte el </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22">
+      <w:hyperlink r:id="rId20">
         <w:r w:rsidRPr="007E098B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Anexo V</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00911F50">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="007E098B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -9334,51 +9341,71 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A45983" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="00F6172B" w:rsidRDefault="00866065" w:rsidP="00866065">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="36" w:name="_Toc122175013"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Compromiso del titular de un Contrato de Servicios</w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
     </w:p>
-    <w:p w14:paraId="39A45984" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00866065">
+    <w:p w14:paraId="39A45984" w14:textId="509A084D" w:rsidR="00866065" w:rsidRDefault="00C9247E" w:rsidP="00866065">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C9247E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(Los párrafos de esta subsección (párrafos 33 a 41) ya no están en vigor, dado que la modalidad del Contrato de Servicios se está suprimiendo y no se permiten nuevos compromisos de Contrato de Servicios a partir del 1 de enero de 2026.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="403D62D1" w14:textId="77777777" w:rsidR="00C9247E" w:rsidRPr="003B7694" w:rsidRDefault="00C9247E" w:rsidP="00866065">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A45985" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="00F75E5E" w:rsidRDefault="00866065" w:rsidP="00F75E5E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -9981,60 +10008,52 @@
     <w:p w14:paraId="39A4599F" w14:textId="0BAB96AE" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Las Oficinas del PNUD deben cumplir con las normas del PNUD para tener un proceso de selección transparente y competitivo de conformidad con los principios orientadores enumerados en la política del Marco de Contratación y Selección para </w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">garantizar que la persona seleccionada sea el candidato mejor calificado para realizar las funciones laborales de un modo plenamente satisfactorio, a menos que lo dispense el </w:t>
+        <w:t xml:space="preserve">Las Oficinas del PNUD deben cumplir con las normas del PNUD para tener un proceso de selección transparente y competitivo de conformidad con los principios orientadores enumerados en la política del Marco de Contratación y Selección para garantizar que la persona seleccionada sea el candidato mejor calificado para realizar las funciones laborales de un modo plenamente satisfactorio, a menos que lo dispense el </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Director</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> del Buró de acuerdo con el subpárrafo (c) a continuación. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A459A0" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00FF4124">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
@@ -10201,51 +10220,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Las Oficinas del PNUD también usan una lista de preselección de candidatos </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>prevalorados</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, de conformidad con los procedimientos de lista de preselección establecidos localmente. El proceso de selección a través del proceso de lista de preselección permanece sujeto a la aprobación del Representante Residente.   Consulte el </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="00D0599A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:bCs/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Anexo VII: Procedimientos de la lista de preselección</w:t>
         </w:r>
         <w:r w:rsidRPr="00D0599A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:b/>
             <w:color w:val="auto"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
@@ -10362,50 +10381,51 @@
     <w:p w14:paraId="39A459AD" w14:textId="64CF0F13" w:rsidR="002B73E2" w:rsidRDefault="00574095" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="num" w:pos="1980"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="002B73E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>l proceso debe garantizar que la persona seleccionada sea el candidato mejor calificado para realizar las funciones de un modo completamente satisfactorio;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A459AE" w14:textId="77777777" w:rsidR="00B71D54" w:rsidRPr="003B7694" w:rsidRDefault="00B71D54" w:rsidP="00B71D54">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="1800"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A459AF" w14:textId="47E73962" w:rsidR="002B73E2" w:rsidRDefault="00574095" w:rsidP="00F14B18">
       <w:pPr>
@@ -12413,51 +12433,51 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0015000E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Se proporciona un formulario de avalúo de los servicios del SC en el </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="0015000E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Anexo II</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0015000E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> o en </w:t>
       </w:r>
       <w:r w:rsidR="00281F9F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -13961,80 +13981,62 @@
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C33A1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="00866065" w:rsidRPr="00C33A1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">as alegaciones de acoso en el lugar de trabajo, acoso sexual y abuso de </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> deben canalizarse a través de la siguiente dirección de correo </w:t>
+        <w:t xml:space="preserve">as alegaciones de acoso en el lugar de trabajo, acoso sexual y abuso de poder, deben canalizarse a través de la siguiente dirección de correo </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00866065" w:rsidRPr="00C33A1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>electrónico:</w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidR="00866065" w:rsidRPr="00C33A1C">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>harassment.support@undp.Organization</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidR="00866065" w:rsidRPr="00C33A1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidR="00866065" w:rsidRPr="00C33A1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
@@ -14067,51 +14069,51 @@
         </w:tabs>
         <w:ind w:left="1800"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C33A1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="00866065" w:rsidRPr="00C33A1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">as acusaciones de fraude o tergiversación de fondos deben canalizarse a través de la siguiente dirección de correo electrónico: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidR="00866065" w:rsidRPr="00C33A1C">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>hotline@UNDP.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00866065" w:rsidRPr="00C33A1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45A56" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="002974A1">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
@@ -14706,51 +14708,51 @@
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C631BB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Antes de emitir el SC, las unidades de la ORH en las Oficinas del PNUD deben gara</w:t>
       </w:r>
       <w:r w:rsidRPr="00C631BB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ntizar que se cumpla el contenido de la Guía del Usuario y que el modelo del SC se utilice para contrataciones de servicios de la persona, adjunto como </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27">
+      <w:hyperlink r:id="rId25">
         <w:r w:rsidRPr="00C631BB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Anexo I</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C631BB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. Para modificar el modelo del SC se debe consultar a la Unidad de Política de la ORH y la Oficina Jurídica y obtener la autorización de estas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45A71" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="00911F50" w:rsidRDefault="00866065" w:rsidP="07E611BC">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -15915,51 +15917,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">El </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Funcionario</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Responsable, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve">los Asesores Comerciales de Recursos Humanos y la Unidad de Recursos Humanos deben usar la información disponible en </w:t>
         </w:r>
         <w:r w:rsidR="00A015DC">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve">Quantum y en </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve">la base de datos de </w:t>
         </w:r>
       </w:hyperlink>
@@ -16045,67 +16047,67 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Modelos y formularios</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45AA8" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="003366"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39A45AA9" w14:textId="25C68B57" w:rsidR="00866065" w:rsidRPr="00510310" w:rsidRDefault="00F724BA" w:rsidP="00F14B18">
+    <w:p w14:paraId="39A45AA9" w14:textId="25C68B57" w:rsidR="00866065" w:rsidRPr="00510310" w:rsidRDefault="00CB439A" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId29" w:history="1">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidR="00B91030" w:rsidRPr="00510310">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="pt-PT"/>
           </w:rPr>
           <w:t>Anexo I: Formulario de modelo de Contrato de Servicios</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="009C27B2">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="009C27B2" w:rsidRPr="009C27B2">
         <w:rPr>
@@ -16131,66 +16133,66 @@
       </w:r>
       <w:r w:rsidR="00B91030" w:rsidRPr="00510310">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45AAA" w14:textId="77777777" w:rsidR="007F6912" w:rsidRPr="00510310" w:rsidRDefault="007F6912" w:rsidP="007F6912">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39A45AAB" w14:textId="5B71ABB8" w:rsidR="00A42AA4" w:rsidRPr="001A7C47" w:rsidRDefault="00315241" w:rsidP="00F14B18">
+    <w:p w14:paraId="39A45AAB" w14:textId="5B71ABB8" w:rsidR="00A42AA4" w:rsidRPr="001A7C47" w:rsidRDefault="00CB439A" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId30" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidR="00B91030">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Anexo I: Formulario de modelo de Contrato de Servicios (con la opción del 8.33 por ciento)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="009C27B2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009C27B2" w:rsidRPr="009C27B2">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(en inglés</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
@@ -16215,66 +16217,66 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B91030" w:rsidRPr="00D5747E">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="39A45AAC" w14:textId="77777777" w:rsidR="001A7C47" w:rsidRPr="004F690E" w:rsidRDefault="001A7C47" w:rsidP="001A7C47">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:lang w:val="es-AR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39A45AAD" w14:textId="1587A31B" w:rsidR="001A7C47" w:rsidRPr="00D5747E" w:rsidRDefault="00315241" w:rsidP="00F14B18">
+    <w:p w14:paraId="39A45AAD" w14:textId="1587A31B" w:rsidR="001A7C47" w:rsidRPr="00D5747E" w:rsidRDefault="00CB439A" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId31" w:history="1">
+      <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidR="00B91030">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Anexo II: Formulario de evaluación de Contrato de Servicios</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="009C27B2">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009C27B2" w:rsidRPr="009C27B2">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -16306,66 +16308,66 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B91030" w:rsidRPr="00D5747E">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="39A45AAE" w14:textId="77777777" w:rsidR="001A7C47" w:rsidRPr="004F690E" w:rsidRDefault="001A7C47" w:rsidP="001A7C47">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:lang w:val="es-AR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39A45AAF" w14:textId="0EB053C0" w:rsidR="00866065" w:rsidRPr="00D5747E" w:rsidRDefault="00315241" w:rsidP="00F14B18">
+    <w:p w14:paraId="39A45AAF" w14:textId="0EB053C0" w:rsidR="00866065" w:rsidRPr="00D5747E" w:rsidRDefault="00CB439A" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId32" w:history="1">
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidR="00B91030">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Anexo III: Lista de verificación</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="009C27B2">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009C27B2" w:rsidRPr="009C27B2">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -16437,156 +16439,148 @@
       <w:r w:rsidRPr="000E3895">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="003E4A4E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://popp.undp.org/node/2391"</w:instrText>
       </w:r>
       <w:r w:rsidRPr="000E3895">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Anexo IV: Tabla de contratos</w:t>
+      </w:r>
+      <w:r w:rsidR="009C27B2">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C27B2" w:rsidRPr="009C27B2">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(en inglés</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009C27B2" w:rsidRPr="009C27B2">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="009C27B2">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D5747E">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="39A45AB2" w14:textId="7FB484C0" w:rsidR="001A7C47" w:rsidRDefault="00140C82" w:rsidP="001A7C47">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="000E3895">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
-          <w:sz w:val="22"/>
-[...79 lines deleted...]
-          <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39A45AB3" w14:textId="499C45FF" w:rsidR="00866065" w:rsidRPr="001A7C47" w:rsidRDefault="00315241" w:rsidP="00F14B18">
+    <w:p w14:paraId="39A45AB3" w14:textId="499C45FF" w:rsidR="00866065" w:rsidRPr="001A7C47" w:rsidRDefault="00CB439A" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="003366"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId33" w:history="1">
+      <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidR="00B91030">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Anexo V: Carta de admisión</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="009C27B2">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009C27B2" w:rsidRPr="009C27B2">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -16596,62 +16590,62 @@
         </w:rPr>
         <w:t>(en inglés)</w:t>
       </w:r>
       <w:r w:rsidR="00B91030" w:rsidRPr="00D5747E">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45AB4" w14:textId="77777777" w:rsidR="001A7C47" w:rsidRPr="004F690E" w:rsidRDefault="001A7C47" w:rsidP="001A7C47">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="003366"/>
           <w:lang w:val="es-AR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39A45AB5" w14:textId="6C0E7EB9" w:rsidR="008C54BE" w:rsidRDefault="00315241" w:rsidP="00F14B18">
+    <w:p w14:paraId="39A45AB5" w14:textId="6C0E7EB9" w:rsidR="008C54BE" w:rsidRDefault="00CB439A" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId34" w:history="1">
+      <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidR="00B91030">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Anexo VI: Nota orientativa sobre otorgar nombramientos de plazo fijo para funciones de control interno</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="009C27B2">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009C27B2" w:rsidRPr="009C27B2">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -16701,59 +16695,50 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00B91030">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://popp.undp.org/node/2386"</w:instrText>
       </w:r>
       <w:r w:rsidRPr="00857BE9">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:r>
-[...7 lines deleted...]
-        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Anexo VII: Procedimientos de la lista de preselección</w:t>
       </w:r>
       <w:r w:rsidR="009C27B2">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009C27B2" w:rsidRPr="009C27B2">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
@@ -16816,309 +16801,265 @@
           <w:color w:val="003366"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="003366"/>
         </w:rPr>
         <w:t>Información adicional</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45AB8" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="003366"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39A45AB9" w14:textId="4BB8169A" w:rsidR="00866065" w:rsidRPr="00B362D0" w:rsidRDefault="00315241" w:rsidP="00F14B18">
+    <w:p w14:paraId="39A45AB9" w14:textId="4BB8169A" w:rsidR="00866065" w:rsidRPr="00B362D0" w:rsidRDefault="00CB439A" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId35" w:history="1">
+      <w:hyperlink r:id="rId33" w:history="1">
         <w:r w:rsidR="00B91030">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Manual de establecimiento de remuneraciones para personal con Contrato de Servicios</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00E348C8">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E348C8" w:rsidRPr="00E348C8">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(en inglés)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45ABA" w14:textId="77777777" w:rsidR="008143A8" w:rsidRPr="004F690E" w:rsidRDefault="008143A8" w:rsidP="008143A8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="es-AR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39A45ABB" w14:textId="7D0978CC" w:rsidR="00027C6F" w:rsidRPr="00B362D0" w:rsidRDefault="00315241" w:rsidP="00F14B18">
+    <w:p w14:paraId="39A45ABB" w14:textId="7D0978CC" w:rsidR="00027C6F" w:rsidRPr="00B362D0" w:rsidRDefault="00CB439A" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId36" w:history="1">
+      <w:hyperlink r:id="rId34" w:history="1">
         <w:r w:rsidR="00BF3437">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:bCs/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>CIGNA: Titulares de contratos de servicios de PNUD: Solicitud o petición de cambio de cobertura de personas dependientes</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B91030">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B91030" w:rsidRPr="00F476EC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">de CIGNA (también disponible </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37" w:history="1">
+      <w:hyperlink r:id="rId35" w:history="1">
         <w:r w:rsidR="00B91030">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:bCs/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>en fr</w:t>
-[...21 lines deleted...]
-          <w:t>ncés</w:t>
+          <w:t>en francés</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B91030">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B91030" w:rsidRPr="00F476EC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">y </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38" w:history="1">
+      <w:hyperlink r:id="rId36" w:history="1">
         <w:r w:rsidR="00B91030">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:bCs/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve">en </w:t>
         </w:r>
         <w:r w:rsidR="003228D0" w:rsidRPr="003228D0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:bCs/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>in</w:t>
-[...21 lines deleted...]
-          <w:t>lés</w:t>
+          <w:t>inglés</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="39A45ABC" w14:textId="77777777" w:rsidR="008143A8" w:rsidRPr="004F690E" w:rsidRDefault="008143A8" w:rsidP="008143A8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:lang w:val="es-AR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39A45ABD" w14:textId="78D212E3" w:rsidR="00027C6F" w:rsidRPr="00CD2DD9" w:rsidRDefault="00FF6535" w:rsidP="004C4651">
+    <w:p w14:paraId="39A45ABD" w14:textId="78D212E3" w:rsidR="00027C6F" w:rsidRPr="00CD2DD9" w:rsidRDefault="00CB439A" w:rsidP="004C4651">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="003366"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId39" w:history="1">
-        <w:r w:rsidRPr="00F21105">
+      <w:hyperlink r:id="rId37" w:history="1">
+        <w:r w:rsidR="00FF6535" w:rsidRPr="00F21105">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>CIGNA: Manual para RR.HH.: Pólizas de seguro médico, de vida y de invalidez para titulares de contratos de servicios del PNUD (folleto)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B91030">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B91030" w:rsidRPr="00F476EC">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">(también disponible e </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40" w:history="1">
+      <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidR="004C4651">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>en inglés</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B91030" w:rsidRPr="00F476EC">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="279C9A88" w14:textId="77777777" w:rsidR="00CD2DD9" w:rsidRPr="00CD2DD9" w:rsidRDefault="00CD2DD9" w:rsidP="00CD2DD9">
       <w:pPr>
@@ -17329,76 +17270,72 @@
     </w:p>
     <w:p w14:paraId="07EA5E9B" w14:textId="77777777" w:rsidR="00315241" w:rsidRPr="00315241" w:rsidRDefault="00315241" w:rsidP="00315241">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="270" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES" w:bidi="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A3C552D" w14:textId="77777777" w:rsidR="00CD2DD9" w:rsidRPr="003B7694" w:rsidRDefault="00CD2DD9" w:rsidP="00CD2DD9">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="003366"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00CD2DD9" w:rsidRPr="003B7694">
-      <w:headerReference w:type="even" r:id="rId41"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId46"/>
+      <w:headerReference w:type="default" r:id="rId39"/>
+      <w:footerReference w:type="default" r:id="rId40"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="19514B3B" w14:textId="77777777" w:rsidR="00074223" w:rsidRDefault="00074223" w:rsidP="00664499">
+    <w:p w14:paraId="5F57C47C" w14:textId="77777777" w:rsidR="00CB439A" w:rsidRDefault="00CB439A" w:rsidP="00664499">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7FA61652" w14:textId="77777777" w:rsidR="00074223" w:rsidRDefault="00074223" w:rsidP="00664499">
+    <w:p w14:paraId="088F9655" w14:textId="77777777" w:rsidR="00CB439A" w:rsidRDefault="00CB439A" w:rsidP="00664499">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -17455,62 +17392,52 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...10 lines deleted...]
-  <w:p w14:paraId="39A45AC4" w14:textId="2EBDDF3F" w:rsidR="00CD2DD9" w:rsidRPr="004F690E" w:rsidRDefault="00CD2DD9">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="39A45AC4" w14:textId="6CBF5A92" w:rsidR="00CD2DD9" w:rsidRPr="004F690E" w:rsidRDefault="00CD2DD9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="004F690E">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">Página </w:t>
     </w:r>
     <w:r w:rsidRPr="004F690E">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
@@ -17615,197 +17542,197 @@
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="004F690E">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="004F690E">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>Fecha de entrada en vigor:</w:t>
     </w:r>
     <w:r w:rsidR="00B87082">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 01/07/2018</w:t>
+      <w:t xml:space="preserve"> 01/0</w:t>
+    </w:r>
+    <w:r w:rsidR="00C9247E">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="00B87082">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>/20</w:t>
+    </w:r>
+    <w:r w:rsidR="00C9247E">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>26</w:t>
     </w:r>
     <w:r w:rsidRPr="004F690E">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="004F690E">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="004F690E">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t>Versión #: 7</w:t>
+      <w:t xml:space="preserve">Versión #: </w:t>
+    </w:r>
+    <w:r w:rsidR="00C9247E">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>8</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7D46DBB8" w14:textId="77777777" w:rsidR="00074223" w:rsidRDefault="00074223" w:rsidP="00664499">
+    <w:p w14:paraId="33ACFAED" w14:textId="77777777" w:rsidR="00CB439A" w:rsidRDefault="00CB439A" w:rsidP="00664499">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0DE98F63" w14:textId="77777777" w:rsidR="00074223" w:rsidRDefault="00074223" w:rsidP="00664499">
+    <w:p w14:paraId="73E7DEE7" w14:textId="77777777" w:rsidR="00CB439A" w:rsidRDefault="00CB439A" w:rsidP="00664499">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...10 lines deleted...]
-  <w:p w14:paraId="39A45AC3" w14:textId="0054871B" w:rsidR="00CD2DD9" w:rsidRPr="001F0BB3" w:rsidRDefault="001F0BB3" w:rsidP="001F0BB3">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="39A45AC3" w14:textId="6B384A36" w:rsidR="00CD2DD9" w:rsidRPr="001F0BB3" w:rsidRDefault="008E10C2" w:rsidP="001F0BB3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="45CFC929" wp14:editId="4F650622">
-[...2 lines deleted...]
-          <wp:docPr id="24" name="Picture 24"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6983F88B" wp14:editId="06E2E150">
+          <wp:extent cx="287366" cy="584200"/>
+          <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+          <wp:docPr id="3" name="Picture 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="24" name="Picture 24"/>
+                  <pic:cNvPr id="0" name="Picture 6"/>
                   <pic:cNvPicPr>
-                    <a:picLocks noChangeAspect="1"/>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
-                <pic:blipFill rotWithShape="1">
+                <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect r="3247" b="16111"/>
-                  <a:stretch/>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="294640" cy="589280"/>
+                    <a:ext cx="303898" cy="617808"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
-                  <a:extLst>
-[...3 lines deleted...]
-                  </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06A52457"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2E9A41E2"/>
     <w:lvl w:ilvl="0" w:tplc="0EC4DEBE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -24447,245 +24374,245 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="415786807">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="644241130">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="415178418">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1622414969">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1952666283">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="55"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1297953002">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="646519379">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="271135233">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="549800916">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1540245558">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="57"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1743140696">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="99185960">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="980814977">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1908571604">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="807749991">
+  <w:num w:numId="15">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="932397107">
+  <w:num w:numId="16">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1631550853">
+  <w:num w:numId="17">
     <w:abstractNumId w:val="51"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1301613686">
+  <w:num w:numId="18">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="101800444">
+  <w:num w:numId="19">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="627709828">
+  <w:num w:numId="20">
     <w:abstractNumId w:val="56"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1331133223">
+  <w:num w:numId="21">
     <w:abstractNumId w:val="41"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="713190347">
+  <w:num w:numId="22">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="188030464">
+  <w:num w:numId="23">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="557014176">
+  <w:num w:numId="24">
     <w:abstractNumId w:val="45"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="1702127502">
+  <w:num w:numId="25">
     <w:abstractNumId w:val="46"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="831412639">
+  <w:num w:numId="26">
     <w:abstractNumId w:val="54"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="2142338193">
+  <w:num w:numId="27">
     <w:abstractNumId w:val="44"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="2094929063">
+  <w:num w:numId="28">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="563415082">
+  <w:num w:numId="29">
     <w:abstractNumId w:val="48"/>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="958294302">
+  <w:num w:numId="30">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="367723000">
+  <w:num w:numId="31">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="9991070">
+  <w:num w:numId="32">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="618948911">
+  <w:num w:numId="33">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="34" w16cid:durableId="1269969671">
+  <w:num w:numId="34">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="35" w16cid:durableId="1919173811">
+  <w:num w:numId="35">
     <w:abstractNumId w:val="42"/>
   </w:num>
-  <w:num w:numId="36" w16cid:durableId="814682429">
+  <w:num w:numId="36">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="37" w16cid:durableId="1375502212">
+  <w:num w:numId="37">
     <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="38" w16cid:durableId="506748486">
+  <w:num w:numId="38">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="39" w16cid:durableId="717634175">
+  <w:num w:numId="39">
     <w:abstractNumId w:val="53"/>
   </w:num>
-  <w:num w:numId="40" w16cid:durableId="839931407">
+  <w:num w:numId="40">
     <w:abstractNumId w:val="52"/>
   </w:num>
-  <w:num w:numId="41" w16cid:durableId="1545218181">
+  <w:num w:numId="41">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="42" w16cid:durableId="1389039342">
+  <w:num w:numId="42">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="43" w16cid:durableId="427970921">
+  <w:num w:numId="43">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="44" w16cid:durableId="953557929">
+  <w:num w:numId="44">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="45" w16cid:durableId="638145558">
+  <w:num w:numId="45">
     <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="46" w16cid:durableId="1807426830">
+  <w:num w:numId="46">
     <w:abstractNumId w:val="50"/>
   </w:num>
-  <w:num w:numId="47" w16cid:durableId="1871604849">
+  <w:num w:numId="47">
     <w:abstractNumId w:val="43"/>
   </w:num>
-  <w:num w:numId="48" w16cid:durableId="1640720990">
+  <w:num w:numId="48">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="49" w16cid:durableId="892427087">
+  <w:num w:numId="49">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="50" w16cid:durableId="140775823">
+  <w:num w:numId="50">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="51" w16cid:durableId="1640721560">
+  <w:num w:numId="51">
     <w:abstractNumId w:val="47"/>
   </w:num>
-  <w:num w:numId="52" w16cid:durableId="394932114">
+  <w:num w:numId="52">
     <w:abstractNumId w:val="49"/>
   </w:num>
-  <w:num w:numId="53" w16cid:durableId="2140829821">
+  <w:num w:numId="53">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="54" w16cid:durableId="924875494">
+  <w:num w:numId="54">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="55" w16cid:durableId="1715734489">
+  <w:num w:numId="55">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="56" w16cid:durableId="1282344480">
+  <w:num w:numId="56">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="57" w16cid:durableId="1577323278">
+  <w:num w:numId="57">
     <w:abstractNumId w:val="58"/>
   </w:num>
-  <w:num w:numId="58" w16cid:durableId="563373639">
+  <w:num w:numId="58">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="59" w16cid:durableId="1308627773">
+  <w:num w:numId="59">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="57"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDa0MDIzMDUyNbYwMzIEcpV0lIJTi4sz8/NACgxrAZKcRcksAAAA"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00A14FAE"/>
     <w:rsid w:val="00000C42"/>
     <w:rsid w:val="000049FA"/>
@@ -24858,50 +24785,51 @@
     <w:rsid w:val="004E27AE"/>
     <w:rsid w:val="004E76FD"/>
     <w:rsid w:val="004F2852"/>
     <w:rsid w:val="004F690E"/>
     <w:rsid w:val="00504203"/>
     <w:rsid w:val="0050525C"/>
     <w:rsid w:val="00505710"/>
     <w:rsid w:val="00510310"/>
     <w:rsid w:val="00511B51"/>
     <w:rsid w:val="00515590"/>
     <w:rsid w:val="005159CE"/>
     <w:rsid w:val="00521E36"/>
     <w:rsid w:val="00523B68"/>
     <w:rsid w:val="00527BA7"/>
     <w:rsid w:val="005369BC"/>
     <w:rsid w:val="005548B3"/>
     <w:rsid w:val="0055490F"/>
     <w:rsid w:val="00554A76"/>
     <w:rsid w:val="00560D1F"/>
     <w:rsid w:val="00565769"/>
     <w:rsid w:val="00574095"/>
     <w:rsid w:val="00584FFC"/>
     <w:rsid w:val="00595A5D"/>
     <w:rsid w:val="005A5110"/>
     <w:rsid w:val="005B609A"/>
+    <w:rsid w:val="005B6ECB"/>
     <w:rsid w:val="005B7540"/>
     <w:rsid w:val="005B7F6E"/>
     <w:rsid w:val="005C3028"/>
     <w:rsid w:val="005D1F04"/>
     <w:rsid w:val="005E39C0"/>
     <w:rsid w:val="005E5675"/>
     <w:rsid w:val="005F5067"/>
     <w:rsid w:val="005F542C"/>
     <w:rsid w:val="00600758"/>
     <w:rsid w:val="00613ABC"/>
     <w:rsid w:val="00614138"/>
     <w:rsid w:val="0062115F"/>
     <w:rsid w:val="0063003B"/>
     <w:rsid w:val="00633BF7"/>
     <w:rsid w:val="00635225"/>
     <w:rsid w:val="00654104"/>
     <w:rsid w:val="00656F42"/>
     <w:rsid w:val="00664499"/>
     <w:rsid w:val="0067555D"/>
     <w:rsid w:val="00675A53"/>
     <w:rsid w:val="006807D9"/>
     <w:rsid w:val="0068636E"/>
     <w:rsid w:val="00695FFF"/>
     <w:rsid w:val="00696BDE"/>
     <w:rsid w:val="006A43E2"/>
@@ -24962,50 +24890,51 @@
     <w:rsid w:val="0085529B"/>
     <w:rsid w:val="00856C95"/>
     <w:rsid w:val="00857BE9"/>
     <w:rsid w:val="00861584"/>
     <w:rsid w:val="00863E89"/>
     <w:rsid w:val="00865613"/>
     <w:rsid w:val="00866065"/>
     <w:rsid w:val="00866910"/>
     <w:rsid w:val="00866CD7"/>
     <w:rsid w:val="00866D94"/>
     <w:rsid w:val="00867220"/>
     <w:rsid w:val="00874995"/>
     <w:rsid w:val="00883E19"/>
     <w:rsid w:val="00884D83"/>
     <w:rsid w:val="0088732A"/>
     <w:rsid w:val="00887EC4"/>
     <w:rsid w:val="008930FA"/>
     <w:rsid w:val="008979AE"/>
     <w:rsid w:val="008A5081"/>
     <w:rsid w:val="008B05F7"/>
     <w:rsid w:val="008B73D2"/>
     <w:rsid w:val="008C0408"/>
     <w:rsid w:val="008C54BE"/>
     <w:rsid w:val="008C6588"/>
     <w:rsid w:val="008D2BD8"/>
+    <w:rsid w:val="008E10C2"/>
     <w:rsid w:val="008E440A"/>
     <w:rsid w:val="008E536E"/>
     <w:rsid w:val="008F4480"/>
     <w:rsid w:val="00904115"/>
     <w:rsid w:val="009042E1"/>
     <w:rsid w:val="00905106"/>
     <w:rsid w:val="009100AC"/>
     <w:rsid w:val="00911F50"/>
     <w:rsid w:val="00912A9F"/>
     <w:rsid w:val="00915E28"/>
     <w:rsid w:val="009163DD"/>
     <w:rsid w:val="00922165"/>
     <w:rsid w:val="009227AF"/>
     <w:rsid w:val="00931FC9"/>
     <w:rsid w:val="00942323"/>
     <w:rsid w:val="00945916"/>
     <w:rsid w:val="00947EA5"/>
     <w:rsid w:val="00952FA0"/>
     <w:rsid w:val="009616D6"/>
     <w:rsid w:val="0096379E"/>
     <w:rsid w:val="009931EF"/>
     <w:rsid w:val="009972CE"/>
     <w:rsid w:val="009A0B7D"/>
     <w:rsid w:val="009A0F19"/>
     <w:rsid w:val="009A422D"/>
@@ -25081,102 +25010,105 @@
     <w:rsid w:val="00BA0C09"/>
     <w:rsid w:val="00BB798F"/>
     <w:rsid w:val="00BD1266"/>
     <w:rsid w:val="00BD5A45"/>
     <w:rsid w:val="00BE0C22"/>
     <w:rsid w:val="00BE3C29"/>
     <w:rsid w:val="00BF3437"/>
     <w:rsid w:val="00BF6DDF"/>
     <w:rsid w:val="00C01368"/>
     <w:rsid w:val="00C0581C"/>
     <w:rsid w:val="00C123C5"/>
     <w:rsid w:val="00C15465"/>
     <w:rsid w:val="00C24CD6"/>
     <w:rsid w:val="00C33A1C"/>
     <w:rsid w:val="00C42339"/>
     <w:rsid w:val="00C43F2B"/>
     <w:rsid w:val="00C44299"/>
     <w:rsid w:val="00C4595C"/>
     <w:rsid w:val="00C45F68"/>
     <w:rsid w:val="00C561C9"/>
     <w:rsid w:val="00C631BB"/>
     <w:rsid w:val="00C71E02"/>
     <w:rsid w:val="00C768CF"/>
     <w:rsid w:val="00C85C0F"/>
     <w:rsid w:val="00C916FE"/>
+    <w:rsid w:val="00C9247E"/>
     <w:rsid w:val="00C92FAD"/>
     <w:rsid w:val="00C93151"/>
     <w:rsid w:val="00CA0029"/>
     <w:rsid w:val="00CA2B6D"/>
     <w:rsid w:val="00CA4240"/>
+    <w:rsid w:val="00CB439A"/>
     <w:rsid w:val="00CC03E1"/>
     <w:rsid w:val="00CD06C2"/>
     <w:rsid w:val="00CD2DD9"/>
     <w:rsid w:val="00CD5FBA"/>
     <w:rsid w:val="00CE4FCD"/>
     <w:rsid w:val="00CF4BB8"/>
     <w:rsid w:val="00CF7F49"/>
     <w:rsid w:val="00D05804"/>
     <w:rsid w:val="00D0599A"/>
     <w:rsid w:val="00D07CEA"/>
     <w:rsid w:val="00D166CB"/>
     <w:rsid w:val="00D17251"/>
     <w:rsid w:val="00D22421"/>
     <w:rsid w:val="00D312FD"/>
     <w:rsid w:val="00D372A8"/>
     <w:rsid w:val="00D422EB"/>
     <w:rsid w:val="00D43CC3"/>
     <w:rsid w:val="00D50A33"/>
     <w:rsid w:val="00D53390"/>
     <w:rsid w:val="00D53BAF"/>
     <w:rsid w:val="00D54A2A"/>
     <w:rsid w:val="00D5747E"/>
     <w:rsid w:val="00D60CD3"/>
     <w:rsid w:val="00D6550B"/>
     <w:rsid w:val="00D77228"/>
     <w:rsid w:val="00D81869"/>
     <w:rsid w:val="00D81986"/>
     <w:rsid w:val="00D82730"/>
     <w:rsid w:val="00DA54FC"/>
     <w:rsid w:val="00DB6699"/>
     <w:rsid w:val="00DC137C"/>
     <w:rsid w:val="00DD660D"/>
     <w:rsid w:val="00DE1217"/>
     <w:rsid w:val="00DE1E05"/>
     <w:rsid w:val="00DF18D5"/>
     <w:rsid w:val="00DF3EE4"/>
     <w:rsid w:val="00DF6EA3"/>
     <w:rsid w:val="00E062B8"/>
     <w:rsid w:val="00E21951"/>
     <w:rsid w:val="00E21BED"/>
     <w:rsid w:val="00E23112"/>
     <w:rsid w:val="00E246AC"/>
     <w:rsid w:val="00E34803"/>
     <w:rsid w:val="00E348C8"/>
     <w:rsid w:val="00E34999"/>
     <w:rsid w:val="00E353D8"/>
     <w:rsid w:val="00E35826"/>
+    <w:rsid w:val="00E44D5D"/>
     <w:rsid w:val="00E57857"/>
     <w:rsid w:val="00E6063C"/>
     <w:rsid w:val="00E6142A"/>
     <w:rsid w:val="00E6523A"/>
     <w:rsid w:val="00E65CB4"/>
     <w:rsid w:val="00E76C6E"/>
     <w:rsid w:val="00E90AE5"/>
     <w:rsid w:val="00E93306"/>
     <w:rsid w:val="00E952AC"/>
     <w:rsid w:val="00EA1A87"/>
     <w:rsid w:val="00EC38D6"/>
     <w:rsid w:val="00EC3982"/>
     <w:rsid w:val="00EC3C93"/>
     <w:rsid w:val="00EC7591"/>
     <w:rsid w:val="00ED5C34"/>
     <w:rsid w:val="00EE657B"/>
     <w:rsid w:val="00EE713D"/>
     <w:rsid w:val="00EF11F2"/>
     <w:rsid w:val="00EF4741"/>
     <w:rsid w:val="00F10E43"/>
     <w:rsid w:val="00F14B18"/>
     <w:rsid w:val="00F1514C"/>
     <w:rsid w:val="00F16A5F"/>
     <w:rsid w:val="00F202AC"/>
     <w:rsid w:val="00F21105"/>
@@ -25235,53 +25167,53 @@
     <w:rsid w:val="2D28FBF5"/>
     <w:rsid w:val="3DD5F256"/>
     <w:rsid w:val="3EB39EA0"/>
     <w:rsid w:val="410D9318"/>
     <w:rsid w:val="4BEF9412"/>
     <w:rsid w:val="4E59C9A4"/>
     <w:rsid w:val="5F7C2B1A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-CA" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="39A4580F"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{6CDD0267-B858-4356-BE60-A834F7ACAD5A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="es-ES" w:eastAsia="en-CA" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
@@ -25633,50 +25565,51 @@
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C82488"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
@@ -26228,54 +26161,54 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2079671414">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2251" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hotline@UNDP.org" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/341" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/361" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2251" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/411" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/411" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/391" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/396" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/2256" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/341" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/411" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2386" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://practices.undp.org/management/hr/HR_Contacts/BAS.cfm" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/2256" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/396" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/391" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2386" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/401" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/411" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/436" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/4506" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2391" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:harassment.support@undp.Organization" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/401" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2256" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/ofrm/_layouts/15/WopiFrame.aspx?sourcedoc=/unit/ofrm/Financial%20Resource%20Management%20Policies/2018%20Pro-forma%20Costs/2018_SC_proforma_rev1.xlsx&amp;action=default)." TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/411" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/ofrm/_layouts/15/WopiFrame.aspx?sourcedoc=/unit/ofrm/Financial%20Resource%20Management%20Policies/2018%20Pro-forma%20Costs/2018_SC_proforma_rev1.xlsx&amp;action=default)." TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://practices.undp.org/management/hr/HR_Contacts/BAS.cfm" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2386" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/2256" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2251" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/401" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/391" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hotline@UNDP.org" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2251" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/341" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2391" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:harassment.support@undp.Organization" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/436" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2256" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/361" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/411" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/391" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/411" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/396" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/2256" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2386" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/396" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/411" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/4506" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/341" TargetMode="External"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -26516,363 +26449,239 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/_rels/item7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps7.xml"/></Relationships>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="c26dc373-2944-4fff-a656-1635ba5514b5" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...31 lines deleted...]
-    <xsd:import namespace="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DF4E5EB98AFACA49B955F57620F5DD44" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="54d56521cb8b950110d779ecec233d4f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" xmlns:ns3="c26dc373-2944-4fff-a656-1635ba5514b5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="030e562aea712385259f3e9724b3d80f" ns2:_="" ns3:_="">
+    <xsd:import namespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <xsd:import namespace="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:UNDP_POPP_TITLE_EN" minOccurs="0"/>
-[...26 lines deleted...]
-                <xsd:element ref="ns3:POPPIsArchived" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_dlc_Exempt" ma:index="30" nillable="true" ma:displayName="Exempt from Policy" ma:hidden="true" ma:internalName="_dlc_Exempt" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f8ebb0a5-c57d-4c3a-bec7-8a38252dd05c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8264c5cc-ec60-4b56-8111-ce635d3d139a" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c26dc373-2944-4fff-a656-1635ba5514b5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="UNDP_POPP_TITLE_EN" ma:index="1" nillable="true" ma:displayName="Title_EN" ma:indexed="true" ma:internalName="UNDP_POPP_TITLE_EN">
-[...6 lines deleted...]
-    <xsd:element name="UNDP_POPP_FOCALPOINT" ma:index="3" nillable="true" ma:displayName="Focal Point" ma:SharePointGroup="0" ma:internalName="UNDP_POPP_FOCALPOINT" ma:showField="ImnName">
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_DOCUMENT_TYPE" ma:index="5" ma:displayName="Document TYPE" ma:default="Template" ma:format="Dropdown" ma:indexed="true" ma:internalName="UNDP_POPP_DOCUMENT_TYPE" ma:readOnly="false">
-[...29 lines deleted...]
-    <xsd:element name="UNDP_POPP_VERSION_COMMENTS" ma:index="9" nillable="true" ma:displayName="Version Comments" ma:internalName="UNDP_POPP_VERSION_COMMENTS">
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_FILEVERSION" ma:index="10" nillable="true" ma:displayName="FileVersionID" ma:decimals="0" ma:internalName="UNDP_POPP_FILEVERSION">
-[...21 lines deleted...]
-    <xsd:element name="TaxCatchAll" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ee792a02-1c68-437d-afee-526d4eee3bde}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+    <xsd:element name="TaxCatchAll" ma:index="24" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{7fb16e66-a0cf-4293-80d1-ecb3df652669}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c26dc373-2944-4fff-a656-1635ba5514b5">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
-    </xsd:element>
-[...100 lines deleted...]
-      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="24" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -26917,275 +26726,154 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{260A1115-6076-4838-A6CA-6A0744C8437D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6CAE8657-7665-4CC0-BD94-0042A13AFEE4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
-[...48 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CAB12E0E-9A09-4B9F-976B-4C9A8E04706B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item7.xml><?xml version="1.0" encoding="utf-8"?>
-[...49 lines deleted...]
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F5C6D11F-2452-44D5-B990-0AD71AFFCC0F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ACDAC8C5-41CE-45A1-8F24-8C7E1CEF0EBB}">
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{32995298-3576-494D-B78E-98D84213FAB0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...33 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>34</Pages>
-  <Words>13837</Words>
-  <Characters>71592</Characters>
+  <Words>12786</Words>
+  <Characters>72886</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>596</Lines>
-  <Paragraphs>170</Paragraphs>
+  <Lines>607</Lines>
+  <Paragraphs>171</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>SC Service Contract</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>UNDP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>85259</CharactersWithSpaces>
+  <CharactersWithSpaces>85501</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>SC Service Contract</dc:title>
   <dc:subject/>
   <dc:creator>dc181ks</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="UNDPPOPPKeywords">
     <vt:lpwstr>317;#Human Resources Management|dd6d11ad-49ac-482d-8ef5-6d393407e2f6</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
-    <vt:lpwstr>0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39</vt:lpwstr>
+    <vt:lpwstr>0x010100DF4E5EB98AFACA49B955F57620F5DD44</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>7acd3406-3cbb-4c84-8886-bcecbba19783</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="POPPBusinessProcess">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="UNDP_POPP_BUSINESSUNIT">
     <vt:lpwstr>349;#Human Resources Management|1f57ad6b-760b-4b5a-be19-36e6fe76fd85</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="docLang">
+    <vt:lpwstr>es</vt:lpwstr>
+  </property>
 </Properties>
 </file>