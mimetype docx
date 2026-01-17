--- v0 (2025-10-19)
+++ v1 (2026-01-17)
@@ -1,148 +1,129 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps7.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="39A4580F" w14:textId="713AB9F7" w:rsidR="00866065" w:rsidRDefault="00586FEE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="003366"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="003366"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Service Contract</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45810" w14:textId="77777777" w:rsidR="003B7694" w:rsidRPr="003B7694" w:rsidRDefault="003B7694">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="003366"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="72"/>
         <w:tblW w:w="8636" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8636"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000874D2" w:rsidRPr="003B7694" w14:paraId="39A4582B" w14:textId="77777777" w:rsidTr="00614138">
+      <w:tr w:rsidR="000874D2" w:rsidRPr="003B7694" w14:paraId="39A4582B" w14:textId="77777777" w:rsidTr="2A5F9193">
         <w:trPr>
           <w:trHeight w:val="301"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8636" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6F38704C" w14:textId="3C8FEDAB" w:rsidR="00100BDE" w:rsidRDefault="000874D2" w:rsidP="000874D2">
+          <w:p w14:paraId="6F38704C" w14:textId="2BB4390A" w:rsidR="00100BDE" w:rsidRDefault="00586FEE" w:rsidP="009272F3">
             <w:pPr>
-              <w:ind w:left="-1376"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B7694">
-[...15 lines deleted...]
-            <w:r w:rsidR="00586FEE">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>The f</w:t>
             </w:r>
             <w:r w:rsidR="006C71C1" w:rsidRPr="002932AF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ollowing amendments have been made on 1 July 201</w:t>
             </w:r>
             <w:r w:rsidR="00100BDE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
@@ -153,103 +134,67 @@
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="39A45811" w14:textId="633911DD" w:rsidR="000874D2" w:rsidRPr="003B7694" w:rsidRDefault="006C71C1" w:rsidP="000874D2">
             <w:pPr>
               <w:ind w:left="-1376"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="32B96F0A" w14:textId="7AA261FB" w:rsidR="00384FB2" w:rsidRPr="004A3D22" w:rsidRDefault="00384FB2" w:rsidP="00614138">
+          <w:p w14:paraId="32B96F0A" w14:textId="22F9F2CB" w:rsidR="00384FB2" w:rsidRPr="004A3D22" w:rsidRDefault="00384FB2" w:rsidP="2A5F9193">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:strike/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="2A5F9193">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Para 10, d): Editorial changes to remove the percentages related to </w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> as they may be subject to be updated accordingly. </w:t>
+              <w:t xml:space="preserve">Para 10, d): Editorial changes to remove the percentages related to various charges in PoPP as they may be subject to be updated accordingly. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1BE2B1F6" w14:textId="77777777" w:rsidR="00384FB2" w:rsidRDefault="00384FB2" w:rsidP="00614138">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="39A45812" w14:textId="5B6753DF" w:rsidR="006C71C1" w:rsidRDefault="004C3300" w:rsidP="00614138">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
@@ -359,51 +304,51 @@
             </w:r>
             <w:r w:rsidR="00FC5B64" w:rsidRPr="00110280">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ationalization on the paragraph on competitive selection for SCs</w:t>
             </w:r>
             <w:r w:rsidR="00FB3C2F" w:rsidRPr="00110280">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> and ability of Country Offices to establish Service Contract Rosters for all levels of SCs and how to create and maintain rosters for SC positions</w:t>
             </w:r>
             <w:r w:rsidR="0037100C" w:rsidRPr="00110280">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidR="0037100C" w:rsidRPr="00110280">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                   <w:color w:val="0070C0"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>Annex VII</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="0037100C" w:rsidRPr="00110280">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00FB3C2F" w:rsidRPr="00110280">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -877,57 +822,67 @@
             </w:r>
             <w:r w:rsidR="003B7D16" w:rsidRPr="00110280">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
             <w:r w:rsidR="00C0581C" w:rsidRPr="00110280">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> provisions</w:t>
             </w:r>
             <w:r w:rsidR="00FB5E8E" w:rsidRPr="00110280">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, which previously required a </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00C0581C" w:rsidRPr="00110280">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fast Track </w:t>
+              <w:t>Fast Track</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00C0581C" w:rsidRPr="00110280">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00FB5E8E" w:rsidRPr="00110280">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>activation request</w:t>
             </w:r>
             <w:r w:rsidR="00C0581C" w:rsidRPr="00110280">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00FB5E8E" w:rsidRPr="00110280">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> The Bureau Director is authorized to grant a waiver of competitive</w:t>
             </w:r>
@@ -1797,69 +1752,51 @@
       </w:r>
       <w:r w:rsidRPr="00EC38D6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Responsible Officer”, </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC38D6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">who </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC38D6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">manages the planning and contracting of human resources necessary to meet the office goals, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> and work plan.</w:t>
+        <w:t>manages the planning and contracting of human resources necessary to meet the office goals, objectives and work plan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45831" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A45832" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="00C24CD6" w:rsidRDefault="00866065">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C24CD6">
@@ -2143,51 +2080,51 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>) all</w:t>
       </w:r>
       <w:r w:rsidR="00E6142A" w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">inclusive lump-sum monthly payments, where cash payments are included for pre-existing social security as described in the Section on Social Security Arrangements below or (ii) monthly remuneration with provision of a local social security scheme where applicable and legally feasible, see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00FB51D3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Annex I</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="39A4583B" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00866065">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A4583C" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="00C24CD6" w:rsidRDefault="00866065" w:rsidP="00C24CD6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
@@ -2299,71 +2236,53 @@
     </w:p>
     <w:p w14:paraId="39A45840" w14:textId="7E0B385F" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00A01307">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">The SC is a legal document between UNDP and the individual contracted and must be concluded </w:t>
-[...19 lines deleted...]
-      <w:hyperlink r:id="rId16" w:history="1">
+        <w:t xml:space="preserve">The SC is a legal document between UNDP and the individual contracted and must be concluded on the basis of the contract template form, attached hereto as </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="003C537A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Annex I</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. The SC cannot be modified without consultation with, and clearance of, the OHR Policy Unit and the Legal Office (LO). The SC is governed by this User Guide. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45841" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00A01307">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -2506,69 +2425,51 @@
     </w:p>
     <w:p w14:paraId="39A45848" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00A01307">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Although UNDP Offices are to </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> local conditions in establishing the appropriate remuneration for the market, this must not be construed as subjecting UNDP or the SC to national legislation. As this is a UNDP contract, it cannot be subjected to national legislation. Adherence to the User Guide by the UNDP Office is essential in protecting UNDP’s legal interests.</w:t>
+        <w:t>Although UNDP Offices are to take into account local conditions in establishing the appropriate remuneration for the market, this must not be construed as subjecting UNDP or the SC to national legislation. As this is a UNDP contract, it cannot be subjected to national legislation. Adherence to the User Guide by the UNDP Office is essential in protecting UNDP’s legal interests.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45849" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00A01307">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A4584A" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00A01307">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
@@ -2579,190 +2480,136 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The individuals </w:t>
       </w:r>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>engaged under a SC are neither staff members nor “officials”</w:t>
       </w:r>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for the purpose of the Convention on the Privileges and Immunities of the United Nations of 13 February 1946. They </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> however, be given the status of “experts on mission” in </w:t>
+        <w:t xml:space="preserve"> for the purpose of the Convention on the Privileges and Immunities of the United Nations of 13 February 1946. They may however, be given the status of “experts on mission” in </w:t>
       </w:r>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">the sense of Section 22 of Article VI of the Convention. Such determination is made in each case by the Secretary-General who alone has the authority to assert immunity on behalf of the Organization. If they are required to travel on behalf of UNDP, they may be given a UN certificate in accordance with Section 26 Article VII of the Convention. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A4584B" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00A01307">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A4584C" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00A01307">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">The services performed by an individual engaged under a SC, do not carry any authority either directly or by delegation, to legally bind UNDP or otherwise enter into any agreements or financial obligations on behalf of UNDP with other international organizations, governments, legal </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> or individuals.</w:t>
+        <w:t>The services performed by an individual engaged under a SC, do not carry any authority either directly or by delegation, to legally bind UNDP or otherwise enter into any agreements or financial obligations on behalf of UNDP with other international organizations, governments, legal entities or individuals.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A4584D" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00A01307">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A4584E" w14:textId="77777777" w:rsidR="00463ABC" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00A01307">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Individuals engaged under a SC serve in their individual capacity and not as representatives of a government institution, corporative </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> or other authority external to UNDP.</w:t>
+        <w:t>Individuals engaged under a SC serve in their individual capacity and not as representatives of a government institution, corporative body or other authority external to UNDP.</w:t>
       </w:r>
       <w:r w:rsidR="005548B3" w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A4584F" w14:textId="77777777" w:rsidR="00463ABC" w:rsidRPr="003B7694" w:rsidRDefault="00463ABC" w:rsidP="00A01307">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A45850" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="005548B3" w:rsidP="00A01307">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
@@ -3004,51 +2851,58 @@
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>No individual under a SC can be engaged in any activity in conflict with the obligations under the SC or in public employment, except for teaching at academic institutions, as set out in the</w:t>
       </w:r>
       <w:r w:rsidR="00565769" w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> standards of conduct in the SC</w:t>
       </w:r>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In cases of activities outside of the SC, including employment, the SC holder must immediately notify the UNDP Office for final determination by the UNDP Office as to the appropriateness of the activity. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1"/>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>http://content.undp.org/go/userguide/results/</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  The Responsible Officer must inform the SC holder of this requirement during the initial orientation upon engagement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45855" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00A01307">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A45856" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00A01307">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
@@ -3382,71 +3236,53 @@
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>No authority other than UNDP may issue a UNDP SC</w:t>
       </w:r>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Therefore, an executing entity/implementing partner issues its own </w:t>
-[...19 lines deleted...]
-      <w:hyperlink r:id="rId18" w:history="1">
+        <w:t xml:space="preserve">. Therefore, an executing entity/implementing partner issues its own contracts, but may use the UNDP SC as a guideline.  See </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="009112EF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Annex IV</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, which provides a matrix on how to use the SC.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45863" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00866065">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -3766,51 +3602,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> personnel </w:t>
       </w:r>
       <w:r w:rsidR="00043228" w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> perform internal control functions. Refer to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="000D136C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:b w:val="0"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Annex VI</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000D136C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E6142A" w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -4094,76 +3930,74 @@
       </w:r>
       <w:r w:rsidR="0068636E" w:rsidRPr="003D1A0C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>temporary</w:t>
       </w:r>
       <w:r w:rsidR="002D2786" w:rsidRPr="003D1A0C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="006B79C7" w:rsidRPr="003D1A0C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="0068636E" w:rsidRPr="003D1A0C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>fixed</w:t>
       </w:r>
       <w:r w:rsidR="002D2786" w:rsidRPr="003D1A0C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="0068636E" w:rsidRPr="003D1A0C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>term</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="002D2786" w:rsidRPr="003D1A0C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, continuing or permanent</w:t>
       </w:r>
       <w:r w:rsidR="0068636E" w:rsidRPr="003D1A0C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D1A0C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">appointments under the Staff Rules. However, a SC may supervise another SC holder or </w:t>
       </w:r>
       <w:r w:rsidR="008C54BE" w:rsidRPr="003D1A0C">
@@ -4901,69 +4735,51 @@
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UNDP staff members that perform functions that are central to UNDP’s core work and hold contracts under </w:t>
       </w:r>
       <w:r w:rsidR="00763780" w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">temporary, </w:t>
-[...17 lines deleted...]
-        <w:t>, continuing or permanent</w:t>
+        <w:t>temporary, fixed-term, continuing or permanent</w:t>
       </w:r>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> appointments must not be separated for the purpose of issuing a SC. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45892" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="003D1A0C">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A45893" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="003D1A0C">
       <w:pPr>
         <w:numPr>
@@ -5220,65 +5036,51 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A4589D" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="008B73D2" w:rsidRDefault="00866065" w:rsidP="008B73D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="58"/>
         </w:numPr>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B73D2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">UNDP Offices must ensure that monetary budget allocations have been approved for the full duration of the initial SC </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> engage individuals to work in the UNDP Office.  </w:t>
+        <w:t xml:space="preserve">UNDP Offices must ensure that monetary budget allocations have been approved for the full duration of the initial SC in order to engage individuals to work in the UNDP Office.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A4589E" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="008B73D2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A4589F" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="008B73D2" w:rsidRDefault="00866065" w:rsidP="008B73D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="58"/>
         </w:numPr>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
@@ -5320,73 +5122,73 @@
       </w:r>
       <w:r w:rsidR="001658CD" w:rsidRPr="008B73D2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008B73D2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004D4FA4" w:rsidRPr="008B73D2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">learning, payroll charges, </w:t>
       </w:r>
       <w:r w:rsidRPr="008B73D2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">performance bonuses and overtime, where relevant (refer to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="0000425B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:color w:val="0070C0"/>
           </w:rPr>
           <w:t>Annex III</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008B73D2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> for check list</w:t>
       </w:r>
       <w:r w:rsidR="004D4FA4" w:rsidRPr="008B73D2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidR="004D4FA4" w:rsidRPr="0000425B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:color w:val="0070C0"/>
           </w:rPr>
           <w:t>proforma costs for SC</w:t>
         </w:r>
         <w:r w:rsidR="00AE4D46" w:rsidRPr="0000425B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:color w:val="0070C0"/>
           </w:rPr>
           <w:t xml:space="preserve"> holders</w:t>
         </w:r>
         <w:r w:rsidR="00AE4D46" w:rsidRPr="00AE4D46">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="008B73D2">
@@ -5516,51 +5318,69 @@
     </w:p>
     <w:p w14:paraId="39A458A7" w14:textId="3352A98D" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">The basis for the establishment of conditions of service for Service Contract (SCs) holders is found in the local </w:t>
+        <w:t xml:space="preserve">The basis for the establishment of conditions of service for Service Contract (SCs) holders </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B7694">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B7694">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> found in the local </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>labour</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> market.  Therefore, the remuneration package for Service Contracts must be consistent with prevailing levels of pay for similar services and comparable work in the local </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -5597,51 +5417,51 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The design of the system of remuneration for Service Contracts is based upon broad bands in an integrated pay structure to provide for wide pay ranges which support both flexible contracting and pay movement through performance measures as further set out in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="003B7694">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Handbook on Setting Remuneration for Service Contract Personnel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.  Country Offices are expected to comply with the structural guidance that will make the process straight forward and consistent across duty stations while preserving the flexibility needed to be effective at the local level</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A458AA" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00D50A33">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
@@ -5656,69 +5476,51 @@
     </w:p>
     <w:p w14:paraId="39A458AB" w14:textId="6A571D98" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Resident Representatives may delegate the responsibility for setting of SC remuneration scales to the “Responsible Officer”, who manages the planning and contracting of human resources necessary to meet the office goals, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> and work plan.  The OHR Headquarters unit responsible for Policy and Compensation are responsible for providing advisory support and guidance to Country Offices in the setting </w:t>
+        <w:t xml:space="preserve">The Resident Representatives may delegate the responsibility for setting of SC remuneration scales to the “Responsible Officer”, who manages the planning and contracting of human resources necessary to meet the office goals, objectives and work plan.  The OHR Headquarters unit responsible for Policy and Compensation are responsible for providing advisory support and guidance to Country Offices in the setting </w:t>
       </w:r>
       <w:r w:rsidR="00D50A33">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>of remuneration for SCs.</w:t>
       </w:r>
       <w:r w:rsidR="0000425B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D50A33">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Organiz</w:t>
       </w:r>
@@ -5795,69 +5597,51 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A458B0" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00866065">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Pay setting for individuals contracted will be determined </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> the following:</w:t>
+        <w:t>Pay setting for individuals contracted will be determined on the basis of the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A458B1" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00866065">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A458B2" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F36522">
       <w:pPr>
         <w:ind w:left="360" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -6111,75 +5895,51 @@
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Fifth range</w:t>
       </w:r>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">:  SC10-11 representing work of a conceptual, </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> and advisory nature at the higher professional level related to development, humanitarian and emergency project work that require substantive innovation and may involve some functions that are supervisory in nature to oversee project activities. Qualifications at this level include a postgraduate degree and relevant experience commensurate with the job.</w:t>
+        <w:t>:  SC10-11 representing work of a conceptual, analytical and advisory nature at the higher professional level related to development, humanitarian and emergency project work that require substantive innovation and may involve some functions that are supervisory in nature to oversee project activities. Qualifications at this level include a postgraduate degree and relevant experience commensurate with the job.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A458BE" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00866065">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A458BF" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="00722AAD" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
@@ -6189,65 +5949,51 @@
         </w:rPr>
         <w:t>The pay ranges established are for the purpose of havi</w:t>
       </w:r>
       <w:r w:rsidR="00722AAD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">ng an objective and analytical </w:t>
       </w:r>
       <w:r w:rsidRPr="00722AAD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t>basis for setting the levels of pay for individual contracts</w:t>
       </w:r>
       <w:r w:rsidR="00722AAD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> to ensure objectivity and non-</w:t>
       </w:r>
       <w:r w:rsidRPr="00722AAD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">arbitrariness in pay setting </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> to avoid any basi</w:t>
+        <w:t>arbitrariness in pay setting and also to avoid any basi</w:t>
       </w:r>
       <w:r w:rsidR="00722AAD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t>s for charges of under or over-</w:t>
       </w:r>
       <w:r w:rsidRPr="00722AAD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">payment in relation to the market or of favoritism in setting pay rates. Further guidance in </w:t>
       </w:r>
       <w:r w:rsidRPr="00722AAD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t>aligning the TOR to the pay ranges can be found in the Handbook on Setting Service Contract Remuneration.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A458C0" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00866065">
       <w:pPr>
         <w:ind w:left="1440" w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -6281,69 +6027,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Pay adjustment </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A458C2" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00722AAD">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">After a SC is issued the level of remuneration established on initial contract must not be adjusted for any reason. </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> the SC is extended, the pay will either remain the same or be adjusted if the remuneration scale has been revised in accordance with the </w:t>
+        <w:t xml:space="preserve">After a SC is issued the level of remuneration established on initial contract must not be adjusted for any reason. In the event that the SC is extended, the pay will either remain the same or be adjusted if the remuneration scale has been revised in accordance with the </w:t>
       </w:r>
       <w:r w:rsidRPr="00722AAD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Handbook on Setting Service Contract Remuneration</w:t>
       </w:r>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. If upon renewal of the SC it is established that the level of remuneration has surpassed the market rates for similar situated services, the level of the remuneration remains unchanged with no adjustment for each contract renewal until the gap is closed. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A458C3" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00866065">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -6625,166 +6353,148 @@
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In some cases, Governments have </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>concerns</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> that SC holders are not complying with their tax obligations. In such cases where Governments request information from the UNDP Office relating to SC holders, it is appropriate to do the following:</w:t>
+        <w:t xml:space="preserve"> that SC holders are not complying with their tax obligations. In such cases where </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B7694">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Governments</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B7694">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> request information from the UNDP Office relating to SC holders, it is appropriate to do the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A458CF" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00E34999">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A458D0" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00701624">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1620"/>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Provide the Government with the names of SC holders in the country and general information on pay scales and inform the Government that UNDP does not provide specific financial information relating to </w:t>
-[...17 lines deleted...]
-        <w:t>;</w:t>
+        <w:t>Provide the Government with the names of SC holders in the country and general information on pay scales and inform the Government that UNDP does not provide specific financial information relating to particular individuals;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A458D1" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00701624">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="1620"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A458D2" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00701624">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1620"/>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Inform the SC holders that the UNDP Office has provided their names and general pay scales to the Government and remind them that they must </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> their tax obligations; </w:t>
+        <w:t xml:space="preserve">Inform the SC holders that the UNDP Office has provided their names and general pay scales to the Government and remind them that they must be in compliance with their tax obligations; </w:t>
       </w:r>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A458D3" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00701624">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -7026,87 +6736,51 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>labour</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> practice is not specific on the </w:t>
       </w:r>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">amount of time that constitutes overtime and corresponding compensation, where local practice favors cash payments, subject to budgetary considerations, overtime shall be compensated </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> one and half the normal rate. The compensatory time off must be utilized within four months following the month in which the overtime work is done, otherwise it is forfeited. </w:t>
+        <w:t xml:space="preserve">amount of time that constitutes overtime and corresponding compensation, where local practice favors cash payments, subject to budgetary considerations, overtime shall be compensated on the basis of one and half the normal rate. Where local practice favors compensatory time off, subject to exigencies of service, SCs shall be compensated on the basis of one and half the normal rate. The compensatory time off must be utilized within four months following the month in which the overtime work is done, otherwise it is forfeited. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A458DD" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00FD5030">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A458DE" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00FD5030">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
@@ -7500,65 +7174,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In addition to the base monthly remuneration, SCs who serve in locations where dangerous conditions prevail as determined by the ICSC are paid a Danger Allowance. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A458EF" w14:textId="77777777" w:rsidR="00FE6D0F" w:rsidRPr="003B7694" w:rsidRDefault="00FE6D0F" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="60"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">The Danger Allowance is payable based on presence at the duty station.  SCs on maternity, paternity, annual or sick leave continue to be eligible </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> they remain in the duty station. The Danger Allowance is also payable for time away from the designated duty station on official duty travel up to a maximum of seven consecutive calendar days including weekends and holidays falling during that period.  Payment ceases from the eighth day of official duty travel.  If the SCs travel on mission to another location that qualifies for Danger Allowance, they will receive Danger Allowance at the rate of that location instead of the rate of their parent duty station.</w:t>
+        <w:t>The Danger Allowance is payable based on presence at the duty station.  SCs on maternity, paternity, annual or sick leave continue to be eligible as long as they remain in the duty station. The Danger Allowance is also payable for time away from the designated duty station on official duty travel up to a maximum of seven consecutive calendar days including weekends and holidays falling during that period.  Payment ceases from the eighth day of official duty travel.  If the SCs travel on mission to another location that qualifies for Danger Allowance, they will receive Danger Allowance at the rate of that location instead of the rate of their parent duty station.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A458F0" w14:textId="77777777" w:rsidR="00FE6D0F" w:rsidRPr="003B7694" w:rsidRDefault="00FE6D0F" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="60"/>
         <w:ind w:left="1080" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t>Danger Allowance is not payable for days spent away from the duty station on annual leave or any type of special leave. Payment of Danger Allowance is lifted when dangerous conditions are deemed to have abated.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A458F1" w14:textId="1AD5C7D3" w:rsidR="00FE6D0F" w:rsidRPr="003B7694" w:rsidRDefault="00FE6D0F" w:rsidP="00F14B18">
       <w:pPr>
@@ -7582,65 +7242,51 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00586FEE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t>Atlas</w:t>
       </w:r>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a monthly lump-sum.  For SC holders who spend one complete month in the area where the allowance is applicable, the monthly sum is paid irrespective of the number of days in the month.  For periods of less than one month, the amount of danger allowance is prorated </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 365 days; the daily rate is calculated by dividing the annual amount by the number of days actually spend at the duty station.  Danger Allowance is payable for a minimum of one day and is not prorated on an hourly basis.</w:t>
+        <w:t xml:space="preserve"> a monthly lump-sum.  For SC holders who spend one complete month in the area where the allowance is applicable, the monthly sum is paid irrespective of the number of days in the month.  For periods of less than one month, the amount of danger allowance is prorated on the basis of 365 days; the daily rate is calculated by dividing the annual amount by the number of days actually spend at the duty station.  Danger Allowance is payable for a minimum of one day and is not prorated on an hourly basis.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A458F2" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00866065">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A458F3" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="0085529B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:rPr>
@@ -7873,87 +7519,51 @@
     </w:p>
     <w:p w14:paraId="39A458FB" w14:textId="062BD3A5" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Alternatively, when UNDP is called upon to issue SCs on behalf of other UN bodies, such services must be provided </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> or otherwise. The agreement must further specify that claims and costs resulting from the use of the SC must be the responsibility of the requesting UN body, and not of UNDP except in the case of the gross negligence or willful misconduct of UNDP.  </w:t>
+        <w:t xml:space="preserve">Alternatively, when UNDP is called upon to issue SCs on behalf of other UN bodies, such services must be provided on the basis of a MoU with the requesting UN body.  When an agreement is reached between a UN body and UNDP to issue SCs, the SC modality will follow this User Guide, except that the service contract must specify that it is limited to service with the requesting UN body.  The agreement between UNDP and the requesting UN body must provide that in issuing these contracts UNDP does not incur an additional liability - legal, financial or otherwise. The agreement must further specify that claims and costs resulting from the use of the SC must be the responsibility of the requesting UN body, and not of UNDP except in the case of the gross negligence or willful misconduct of UNDP.  </w:t>
       </w:r>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> All such agreements must be cleared by the OHR Policy Unit and </w:t>
       </w:r>
       <w:r w:rsidR="00D22421" w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>the Legal Office</w:t>
       </w:r>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -8155,126 +7765,90 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Individual SC holders may remain in a pre-existing medical scheme, whether through previous employment, a spouse or other source. In such case, UNDP provides a cash amount equivalent to both employer and subscriber’s contribution, as part of the monthly remuneration, provided there is proof of coverage and the cash amount does not exceed the monthly fee amount for the SC medical insurance contract with </w:t>
       </w:r>
       <w:r w:rsidR="006A44BD" w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Cigna</w:t>
       </w:r>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">, offered by UNDP. The individual must present proof of participation and coverage at the commencement of the SC. The UNDP Office is responsible for verifying that the individual has adequate coverage. The SC must notify the UNDP Office of any change in coverage during the term of the SC as provided in the SC. The payment of cash for medical insurance, without the individual having coverage, is not permitted. The SC must stipulate the </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> coverage for health benefits is provided.</w:t>
+        <w:t>, offered by UNDP. The individual must present proof of participation and coverage at the commencement of the SC. The UNDP Office is responsible for verifying that the individual has adequate coverage. The SC must notify the UNDP Office of any change in coverage during the term of the SC as provided in the SC. The payment of cash for medical insurance, without the individual having coverage, is not permitted. The SC must stipulate the manner in which coverage for health benefits is provided.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45908" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00DE1E05">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="333333"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A45909" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Alternatively, the UNDP Office may </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> for medical coverage under a local private scheme provided that the premium is lower than the global </w:t>
+        <w:t xml:space="preserve">Alternatively, the UNDP Office may make arrangements for medical coverage under a local private scheme provided that the premium is lower than the global </w:t>
       </w:r>
       <w:r w:rsidR="002C6646" w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cigna </w:t>
       </w:r>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International "Group Life, Disability &amp; Medical insurance plan" and that the scope of coverage meets the standard established under the </w:t>
       </w:r>
       <w:r w:rsidR="002C6646" w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Cigna</w:t>
       </w:r>
@@ -8378,87 +7952,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the case that the </w:t>
       </w:r>
       <w:r w:rsidR="002C6646" w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Cigna</w:t>
       </w:r>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> coverage is used, the premium is established in US dollars. The local currency value must be determined monthly </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> have coverage.</w:t>
+        <w:t xml:space="preserve"> coverage is used, the premium is established in US dollars. The local currency value must be determined monthly on the basis of the UN operational rate of exchange.  The premium must be collected and remitted monthly at the time of processing the remuneration in order to have coverage.</w:t>
       </w:r>
       <w:r w:rsidR="007703F5" w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007703F5" w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Only the premium for the SC holder is subsidized by UNDP.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A4590E" w14:textId="77777777" w:rsidR="00CA2B6D" w:rsidRPr="003B7694" w:rsidRDefault="00CA2B6D" w:rsidP="00DE1E05">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -8742,69 +8280,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">SC holders must be enrolled under the global </w:t>
       </w:r>
       <w:r w:rsidR="002C6646" w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Cigna</w:t>
       </w:r>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Group Life, Disability &amp; Medical insurance plan which provides cover for death and permanent disability as a result of any cause. In the event of death and disability </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> any cause, a claim must be submitted under the "Group Service-Incurred Death and Disability Insurance Plan" for compensation through </w:t>
+        <w:t xml:space="preserve"> "Group Life, Disability &amp; Medical insurance plan which provides cover for death and permanent disability as a result of any cause. In the event of death and disability as a result of any cause, a claim must be submitted under the "Group Service-Incurred Death and Disability Insurance Plan" for compensation through </w:t>
       </w:r>
       <w:r w:rsidR="002C6646" w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Cigna</w:t>
       </w:r>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A4591A" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00786E14">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -8936,69 +8456,51 @@
         </w:rPr>
         <w:t>Cigna</w:t>
       </w:r>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> scheme is $8.8</w:t>
       </w:r>
       <w:r w:rsidR="002C6646" w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> per month. This amount must be paid by the UNDP Office in respect of each contract holder. The premium is established in US dollars. The local currency value must be determined monthly </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> the UN operational rate of exchange.  The premium must be collected and remitted monthly at the time of processing the remuneration. </w:t>
+        <w:t xml:space="preserve"> per month. This amount must be paid by the UNDP Office in respect of each contract holder. The premium is established in US dollars. The local currency value must be determined monthly on the basis of the UN operational rate of exchange.  The premium must be collected and remitted monthly at the time of processing the remuneration. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A4591E" w14:textId="77777777" w:rsidR="00565769" w:rsidRPr="003B7694" w:rsidRDefault="00565769" w:rsidP="00786E14">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A4591F" w14:textId="77BF4F42" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
@@ -9010,69 +8512,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The UNDP Office must maintain a record in </w:t>
       </w:r>
       <w:r w:rsidR="002442A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Quantum or Payroll</w:t>
       </w:r>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of amounts collected, should there be any questions or audit </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve"> of amounts collected, should there be any questions or audit at a later date. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45920" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00786E14">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A45921" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
@@ -10054,71 +9538,53 @@
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="008D2BD8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> initial</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="008D2BD8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">request for approval of the lump sum option must be submitted to the Director OHR through the respective HR Business Advisor at Headquarters, prior to issuance of the SC. The request must confirm that all criteria for the lump sum has been met with all documented proof kept on file should there be an audit check </w:t>
-[...19 lines deleted...]
-      <w:hyperlink r:id="rId23" w:history="1">
+        <w:t xml:space="preserve">request for approval of the lump sum option must be submitted to the Director OHR through the respective HR Business Advisor at Headquarters, prior to issuance of the SC. The request must confirm that all criteria for the lump sum has been met with all documented proof kept on file should there be an audit check at a later date. The Country Office must specify this option in the contract; the SC holder must sign a Certificate of No Contest that confirms agreement to receive the pension contribution in the form of a lump sum. A copy of the Letter of No Contest (refer to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="00653261">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Annex V</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and the calculation sheet must be provided to the SC holder and a copy kept on the file. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45946" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00866065">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
@@ -10302,69 +9768,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A45951" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Individuals engaged under SC are not eligible for medical evacuation unless they are on official travel status outside the duty station.  However, the UNDP office may facilitate the medical evacuation in cases of an emergency nature, where the local health services are </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> and the SC holder requests the assistance of UNDP. The cost for such medical evacuation shall be facilitated at the full cost of the SC holder.  The SC holder must be provided with advance notice and agree in writing to pay the full cost of the medical evacuation. </w:t>
+        <w:t xml:space="preserve">Individuals engaged under SC are not eligible for medical evacuation unless they are on official travel status outside the duty station.  However, the UNDP office may facilitate the medical evacuation in cases of an emergency nature, where the local health services are inadequate and the SC holder requests the assistance of UNDP. The cost for such medical evacuation shall be facilitated at the full cost of the SC holder.  The SC holder must be provided with advance notice and agree in writing to pay the full cost of the medical evacuation. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45952" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00866065">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A45953" w14:textId="0AFC3DB1" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -10692,178 +10140,132 @@
     <w:p w14:paraId="39A45961" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">SC is an engagement with UNDP for the time bound delivery of a specific project activity or service and it is against this principle that leave of absence with or without pay to take up another assignment is not permitted except for compelling family reasons, such as birth of a child, serious </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> or death in the family. </w:t>
+        <w:t xml:space="preserve">SC is an engagement with UNDP for the time bound delivery of a specific project activity or service and it is against this principle that leave of absence with or without pay to take up another assignment is not permitted except for compelling family reasons, such as birth of a child, serious illness or death in the family. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45962" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00AB577B">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A45963" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Absence without Remuneration may be granted for a period of one-month or less in total during the term of the contract and is subject to exigency of services. In these </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">, a SC holder must first exhaust all annual leave before leave of absence without remuneration is granted. </w:t>
+        <w:t xml:space="preserve">Absence without Remuneration may be granted for a period of one-month or less in total during the term of the contract and is subject to exigency of services. In these particular cases, a SC holder must first exhaust all annual leave before leave of absence without remuneration is granted. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45964" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00AB577B">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A45965" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> a SC holder is called upon to serve in the military forces of his country for training or active duty and is required to do so by national law, the Country Office should seek exemption of SC holders from such military service through a formal agreement with the national authorities. The objective for such exemption is to minimize the disruption of services under the SC and to avoid any conflict between the military obligations and the independent/impartial nature of the SC.  Should all </w:t>
+      <w:r w:rsidRPr="003B7694">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In the event that a SC holder is called upon to serve in the military forces of his country for training or active duty and is required to do so by national law, the Country Office should seek exemption of SC holders from such military service through a formal agreement with the national authorities. The objective for such exemption is to minimize the disruption of services under the SC and to avoid any conflict between the military obligations and the independent/impartial nature of the SC.  Should all </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>attempts</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> at reaching an agreement with the national authorities for such exemption fail, an exceptional waiver may be granted to allow for absence without remuneration for the duration of the military service. Requests for such waiver must be submitted to the through the respective HR Business Advisor at Headquarters.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45966" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00AB577B">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
@@ -11092,67 +10494,57 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A45971" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> an individual surpasses the sick leave limit in the contract period, the period in excess is to be charged against accrued annual leave. In case annual leave has been exhausted, the subsequent period of sick leave is unpaid. </w:t>
+      <w:r w:rsidRPr="003B7694">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In the event that an individual surpasses the sick leave limit in the contract period, the period in excess is to be charged against accrued annual leave. In case annual leave has been exhausted, the subsequent period of sick leave is unpaid. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45972" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F6172B">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A45973" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
@@ -11219,69 +10611,51 @@
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A45977" w14:textId="77777777" w:rsidR="00866065" w:rsidRDefault="00866065" w:rsidP="00F6172B">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Paid maternity leave is to be established </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> the general local practice in the market, except that in no case shall the period of maternity leave be less than 16 </w:t>
+        <w:t xml:space="preserve">Paid maternity leave is to be established taking into account the general local practice in the market, except that in no case shall the period of maternity leave be less than 16 </w:t>
       </w:r>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">continuous weeks, which is the minimum standard.  The maternity leave must fall within and be taken during the contract period. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A4597A" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00866065">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A4597B" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="00F6172B" w:rsidRDefault="00866065" w:rsidP="00F6172B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -11323,69 +10697,51 @@
     <w:p w14:paraId="39A4597D" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Paid paternity leave must </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> the general local practice, except that in no case shall the paternity leave be less than four weeks, which is the minimum standard. The Paternity leave must fall within and be taken during the contract period.  </w:t>
+        <w:t xml:space="preserve">Paid paternity leave must take into account the general local practice, except that in no case shall the paternity leave be less than four weeks, which is the minimum standard. The Paternity leave must fall within and be taken during the contract period.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A4597E" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F6172B">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A4597F" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
@@ -11421,103 +10777,132 @@
     <w:p w14:paraId="39A45981" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">The paternity leave is limited to once a year, regardless of the number of children born during that </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> can only be availed at a maximum up to six times during the total engagement within the UN system.</w:t>
+        <w:t>The paternity leave is limited to once a year, regardless of the number of children born during that year, and can only be availed at a maximum up to six times during the total engagement within the UN system.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45982" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00866065">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39A45983" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="00F6172B" w:rsidRDefault="00866065" w:rsidP="00866065">
+    <w:p w14:paraId="39A45983" w14:textId="77777777" w:rsidR="00866065" w:rsidRDefault="00866065" w:rsidP="00866065">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="36" w:name="_Toc122175013"/>
       <w:r w:rsidRPr="00F6172B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Engagement of a Service Contract Holder</w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
+    </w:p>
+    <w:p w14:paraId="7ADB2309" w14:textId="4F8A5ECA" w:rsidR="0009536A" w:rsidRPr="00F6172B" w:rsidRDefault="006F0CD9" w:rsidP="00866065">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="0009536A" w:rsidRPr="0009536A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Paragraphs in this subsection (paragraphs 33-41) are no longer in effect, as the Service Contract modality is being discontinued and no new engagements of Service Contract are permitted as of 1 January 2026</w:t>
+      </w:r>
+      <w:r w:rsidR="0009536A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="39A45984" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00866065">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A45985" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="00F75E5E" w:rsidRDefault="00866065" w:rsidP="00F75E5E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
@@ -11895,50 +11280,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A45997" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="00FF4124" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="53"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Minimum qualifications and experience;</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF4124">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45998" w14:textId="77777777" w:rsidR="00FF4124" w:rsidRDefault="00FF4124" w:rsidP="00FF4124">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A45999" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="53"/>
@@ -12670,51 +12056,51 @@
       </w:r>
       <w:r w:rsidRPr="009D1532">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">approval of the Resident Representative.   </w:t>
       </w:r>
       <w:r w:rsidR="009F6EA3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>See</w:t>
       </w:r>
       <w:r w:rsidRPr="009D1532">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00653261">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:bCs/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Annex VII</w:t>
         </w:r>
         <w:r w:rsidR="00865613" w:rsidRPr="00653261">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:bCs/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:proofErr w:type="gramStart"/>
         <w:r w:rsidR="00865613" w:rsidRPr="00653261">
           <w:rPr>
@@ -12799,51 +12185,60 @@
         </w:rPr>
         <w:t xml:space="preserve"> an individual SC holder from one project to another in the same duty station</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC3982">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> with similar functions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the same level of remuneration</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC3982">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, without having to re-advertis</w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC3982">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>without having to re-advertis</w:t>
       </w:r>
       <w:r w:rsidR="00CD06C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC3982">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the vacancy and go through a new competitive process, provided that the candidate has a satisfactory </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>service</w:t>
       </w:r>
@@ -13178,65 +12573,51 @@
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="num" w:pos="1980"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00D81986" w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">service </w:t>
       </w:r>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">contract issued must </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> the standard terms and conditions; </w:t>
+        <w:t xml:space="preserve">contract issued must be in compliance with the standard terms and conditions; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A459B6" w14:textId="77777777" w:rsidR="00B71D54" w:rsidRPr="00B71D54" w:rsidRDefault="00B71D54" w:rsidP="00B71D54">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A459B7" w14:textId="77777777" w:rsidR="002B73E2" w:rsidRDefault="002B73E2" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="num" w:pos="1980"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -13657,94 +13038,94 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A459C7" w14:textId="77777777" w:rsidR="00945916" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="55"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>The engagement represents both a cost-effective and operationally sound solution to meet the needs of the service;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A459C8" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00945916">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="1800"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A459C9" w14:textId="77777777" w:rsidR="00866065" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="55"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Records show that a competitive process was carried out; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A459CA" w14:textId="77777777" w:rsidR="00945916" w:rsidRDefault="00945916" w:rsidP="00945916">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A459CB" w14:textId="77777777" w:rsidR="00866065" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="55"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -14229,69 +13610,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Contracting close relatives of UN</w:t>
       </w:r>
       <w:r w:rsidR="00A05541" w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DP </w:t>
       </w:r>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">staff members or an individual engaged on a Service Contract (father, mother, brother, son, daughter, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> or sister)</w:t>
+        <w:t>staff members or an individual engaged on a Service Contract (father, mother, brother, son, daughter, brother or sister)</w:t>
       </w:r>
       <w:r w:rsidR="00A05541" w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> must follow the conditions stipulated in the Policy on Family Relationship.</w:t>
       </w:r>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A459DA" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00945916">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -14303,69 +13666,51 @@
     <w:p w14:paraId="39A459DB" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Notwithstanding the foregoing, the Responsible Officer must </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> ensure adherence to the requirements in the Staff Regulations and Rules relating to conflict of interest (refer to</w:t>
+        <w:t>Notwithstanding the foregoing, the Responsible Officer must at all times ensure adherence to the requirements in the Staff Regulations and Rules relating to conflict of interest (refer to</w:t>
       </w:r>
       <w:r w:rsidR="004454A4" w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Staff Regulations and Rules 1.2 g m</w:t>
       </w:r>
       <w:r w:rsidR="003F65F0" w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
@@ -14486,69 +13831,51 @@
         </w:rPr>
         <w:t xml:space="preserve">, must be </w:t>
       </w:r>
       <w:r w:rsidR="00505710">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>cleared</w:t>
       </w:r>
       <w:r w:rsidR="00505710" w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00866065" w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">by the UN Examining Physician or other recognized </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> any</w:t>
+        <w:t>by the UN Examining Physician or other recognized physician, before any</w:t>
       </w:r>
       <w:r w:rsidR="004454A4" w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> UNDP contract offer is made. </w:t>
       </w:r>
       <w:r w:rsidR="00866065" w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The cost of the medical examination should be charged to the same source of funding as the SC itself.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A459E0" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="003A7392">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -14584,62 +13911,52 @@
         </w:rPr>
         <w:t xml:space="preserve">  The </w:t>
       </w:r>
       <w:r w:rsidR="009D1532">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">medical clearance should be </w:t>
       </w:r>
       <w:r w:rsidR="008E440A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">placed </w:t>
       </w:r>
       <w:r w:rsidR="009D1532">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">in the relevant file of the SC </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>in the relevant file of the SC holder</w:t>
+      </w:r>
       <w:r w:rsidR="002E66AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and it </w:t>
       </w:r>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">may be required at a later date in the case of a claim for disability or injury.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A459E2" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="003A7392">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -14752,50 +14069,51 @@
     <w:p w14:paraId="2AAAA4B9" w14:textId="6E367898" w:rsidR="00A178B0" w:rsidRPr="00A178B0" w:rsidRDefault="00A178B0" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A178B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>SC holders may be required</w:t>
       </w:r>
       <w:r w:rsidR="00AB1549">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A178B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> at any time</w:t>
       </w:r>
       <w:r w:rsidR="00AB1549">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
@@ -14824,60 +14142,51 @@
         </w:rPr>
         <w:t>, to follow-up chronic health conditions, or to assess how new</w:t>
       </w:r>
       <w:r w:rsidR="00A37340">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or a change </w:t>
       </w:r>
       <w:r w:rsidR="007277FB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>in health</w:t>
       </w:r>
       <w:r w:rsidRPr="00A178B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">circumstances since a prior clearance might </w:t>
+        <w:t xml:space="preserve"> circumstances since a prior clearance might </w:t>
       </w:r>
       <w:r w:rsidR="00851BCF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>affect</w:t>
       </w:r>
       <w:r w:rsidRPr="00A178B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> an SC holder’s capability to fulfill </w:t>
       </w:r>
       <w:r w:rsidR="007277FB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
@@ -15136,69 +14445,51 @@
     <w:p w14:paraId="39A459EF" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">All SC holders must be clearly notified at the outset, and then reminded upon renewal, if any, that there is no assurance of continued engagement and that the SC will be reviewed from year to year, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> need for the service, availability of funds and the quality of performance.</w:t>
+        <w:t>All SC holders must be clearly notified at the outset, and then reminded upon renewal, if any, that there is no assurance of continued engagement and that the SC will be reviewed from year to year, on the basis of need for the service, availability of funds and the quality of performance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A459F0" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00866065">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A459F1" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003A7392" w:rsidRDefault="00866065" w:rsidP="003A7392">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="720"/>
@@ -15492,142 +14783,124 @@
         <w:t>e.g.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D312FD" w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the organization’s portion of the subsidy for </w:t>
       </w:r>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>health insurance; group life and disability insurance etc</w:t>
+        <w:t xml:space="preserve">health insurance; group life and disability </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7694">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>insurance etc</w:t>
       </w:r>
       <w:r w:rsidR="00874995" w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D312FD" w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> will be 80%</w:t>
       </w:r>
       <w:r w:rsidR="00874995" w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are to be pro-rated in the same manner. In the case of the </w:t>
       </w:r>
       <w:r w:rsidR="00D312FD" w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>danger</w:t>
       </w:r>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> allowance which is granted in recognition of the requirement to report to </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">work under </w:t>
+        <w:t xml:space="preserve"> allowance which is granted in recognition of the requirement to report to work under </w:t>
       </w:r>
       <w:r w:rsidR="00D312FD" w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>dangerous</w:t>
       </w:r>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> conditions and not necessarily the duration of the </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">, the full amount is paid. </w:t>
+        <w:t xml:space="preserve"> conditions and not necessarily the duration of the work day, the full amount is paid. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A459F8" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="003A7392">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A459F9" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
@@ -15997,51 +15270,51 @@
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A SC Service Evaluation form is provided </w:t>
       </w:r>
       <w:r w:rsidR="00E23112" w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="006461D3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Annex II</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006807D9" w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or in </w:t>
       </w:r>
       <w:r w:rsidR="002442A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -16243,51 +15516,50 @@
     </w:p>
     <w:p w14:paraId="39A45A15" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The Service Evaluation must indicate satisfaction with service performance during the contract period including, as applicable, any mention of service provided above or below expected standards or in addition to those activities established in the TOR. Each Service Evaluation must specify whether the SC will be extended beyond the current duration. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45A16" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00B15E08">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A45A17" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
@@ -17126,77 +16398,59 @@
         </w:rPr>
         <w:t>or other material terms of the contract, including acts fraud or misrepresentation</w:t>
       </w:r>
       <w:r w:rsidR="00035737" w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, the contract </w:t>
       </w:r>
       <w:r w:rsidR="00CC03E1" w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>must be terminated</w:t>
       </w:r>
       <w:r w:rsidR="004A6B19" w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-        <w:t>and</w:t>
+        <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidR="00CC03E1" w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> not let to expire.</w:t>
+        <w:t>, not let to expire.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45A34" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00866065">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A45A35" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="006F2DB3" w:rsidRDefault="00866065" w:rsidP="006F2DB3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="720"/>
@@ -17267,179 +16521,133 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A45A39" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> the contract is foreshortened by UNDP, where circumstances do not allow for the required period of notice, the SC holder will be entitled to compensation, equivalent to one-week gross remuneration for each month of uncompleted service.  </w:t>
+      <w:r w:rsidRPr="003B7694">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In the event that the contract is foreshortened by UNDP, where circumstances do not allow for the required period of notice, the SC holder will be entitled to compensation, equivalent to one-week gross remuneration for each month of uncompleted service.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45A3A" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="006F2DB3">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A45A3B" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">If such termination is a result of violation of the standards of conduct or other material terms of the contract, the individual will not be entitled to either a period of notice or other compensation. </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> the termination results from a violation of the standards of conduct, such individuals will not be eligible for any future service contract. </w:t>
+        <w:t xml:space="preserve">If such termination is a result of violation of the standards of conduct or other material terms of the contract, the individual will not be entitled to either a period of notice or other compensation. In the event that the termination results from a violation of the standards of conduct, such individuals will not be eligible for any future service contract. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45A3C" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="006F2DB3">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A45A3D" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">No compensation shall be made </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> the SC holder terminates the contract.</w:t>
+        <w:t>No compensation shall be made in the event that the SC holder terminates the contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45A3E" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="006F2DB3">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A45A3F" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
@@ -18032,51 +17240,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>of  workplace</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> harassment, sexual harassment and abuse authority, should be channeled through the following email address:</w:t>
       </w:r>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="004C1926">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:b/>
             <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>harassment.support@undp.Organization</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
@@ -18100,51 +17308,51 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="57"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Allegations of fraud or mismanagement of funds should be channeled through the following email address: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="004C1926">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:b/>
             <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>hotline@UNDP.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45A56" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065" w:rsidP="002974A1">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
@@ -18740,51 +17948,51 @@
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">must ensure that the content of the User Guide is complied with and that the SC template </w:t>
       </w:r>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>is used for contracting the services of the individual</w:t>
       </w:r>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, attached as </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidRPr="004974BB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Annex I</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. No deviations to the model SC template can be made without consultation with, and clearance of, the OHR Policy Unit and </w:t>
       </w:r>
       <w:r w:rsidR="00D22421" w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -19907,51 +19115,51 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Responsible Officer, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29" w:history="1">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="003B7694">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>HR Business Advisors</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003B7694">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and HR Unit should use the information available in </w:t>
       </w:r>
       <w:r w:rsidR="002442A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Quantum and UNDP’s databases </w:t>
       </w:r>
@@ -20029,222 +19237,222 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0096379E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Templates and forms</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45AA8" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="003366"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39A45AA9" w14:textId="4B6734EE" w:rsidR="00866065" w:rsidRPr="00F50F04" w:rsidRDefault="001E06AC" w:rsidP="00F14B18">
+    <w:p w14:paraId="39A45AA9" w14:textId="4B6734EE" w:rsidR="00866065" w:rsidRPr="00F50F04" w:rsidRDefault="00B70C92" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId30" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidR="00C042B0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Annex I: Service Contract Template Form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004330C6" w:rsidRPr="00F50F04">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45AAA" w14:textId="77777777" w:rsidR="007F6912" w:rsidRPr="003B7694" w:rsidRDefault="007F6912" w:rsidP="007F6912">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39A45AAB" w14:textId="7EBC21D2" w:rsidR="00A42AA4" w:rsidRPr="001A7C47" w:rsidRDefault="001E06AC" w:rsidP="00F14B18">
+    <w:p w14:paraId="39A45AAB" w14:textId="7EBC21D2" w:rsidR="00A42AA4" w:rsidRPr="001A7C47" w:rsidRDefault="00B70C92" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId31" w:history="1">
+      <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidR="003A4EBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Annex I: Service Contract Template Form (with 8.33 per cent option)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004330C6" w:rsidRPr="00F50F04">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45AAC" w14:textId="77777777" w:rsidR="001A7C47" w:rsidRDefault="001A7C47" w:rsidP="001A7C47">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39A45AAD" w14:textId="3B734F62" w:rsidR="001A7C47" w:rsidRPr="001A7C47" w:rsidRDefault="001E06AC" w:rsidP="00F14B18">
+    <w:p w14:paraId="39A45AAD" w14:textId="3B734F62" w:rsidR="001A7C47" w:rsidRPr="001A7C47" w:rsidRDefault="00B70C92" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId32" w:history="1">
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidR="00C042B0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Annex II: Service Evaluation Form for Individuals Hired Under Service Contract</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004330C6" w:rsidRPr="00F50F04">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45AAE" w14:textId="77777777" w:rsidR="001A7C47" w:rsidRDefault="001A7C47" w:rsidP="001A7C47">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39A45AAF" w14:textId="403F94DC" w:rsidR="00866065" w:rsidRPr="001A7C47" w:rsidRDefault="001E06AC" w:rsidP="00F14B18">
+    <w:p w14:paraId="39A45AAF" w14:textId="403F94DC" w:rsidR="00866065" w:rsidRPr="001A7C47" w:rsidRDefault="00B70C92" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId33" w:history="1">
+      <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidR="0065331B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Annex III: Checklist of Documentation for the Service Contract Holder</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004330C6" w:rsidRPr="00F50F04">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45AB0" w14:textId="77777777" w:rsidR="001A7C47" w:rsidRDefault="001A7C47" w:rsidP="001A7C47">
@@ -20278,59 +19486,50 @@
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00C2492D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://popp.undp.org/node/2391" \o "Annex IV: Contract Table - Summary Comparison of Appointment and Contract Types and Their Conditions of Service"</w:instrText>
       </w:r>
       <w:r w:rsidRPr="000E3895">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-      </w:r>
-[...7 lines deleted...]
-        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00866065" w:rsidRPr="000E3895">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Annex IV</w:t>
       </w:r>
       <w:r w:rsidR="00C2492D">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00C2492D" w:rsidRPr="00C2492D">
@@ -20352,113 +19551,113 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45AB2" w14:textId="7FB484C0" w:rsidR="001A7C47" w:rsidRDefault="00140C82" w:rsidP="001A7C47">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E3895">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39A45AB3" w14:textId="690DDC70" w:rsidR="00866065" w:rsidRPr="00F50F04" w:rsidRDefault="001E06AC" w:rsidP="00F14B18">
+    <w:p w14:paraId="39A45AB3" w14:textId="690DDC70" w:rsidR="00866065" w:rsidRPr="00F50F04" w:rsidRDefault="00B70C92" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId34" w:history="1">
+      <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidR="00293024">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Annex V: Certificate of No Contest - Pension Lump Sum</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004330C6" w:rsidRPr="00F50F04">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45AB4" w14:textId="77777777" w:rsidR="001A7C47" w:rsidRDefault="001A7C47" w:rsidP="001A7C47">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="003366"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39A45AB5" w14:textId="54187E50" w:rsidR="008C54BE" w:rsidRDefault="001E06AC" w:rsidP="00F14B18">
+    <w:p w14:paraId="39A45AB5" w14:textId="54187E50" w:rsidR="008C54BE" w:rsidRDefault="00B70C92" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId35" w:history="1">
+      <w:hyperlink r:id="rId33" w:history="1">
         <w:r w:rsidR="008C54BE" w:rsidRPr="00344BF0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Annex VI</w:t>
         </w:r>
         <w:r w:rsidR="008670D3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve">: </w:t>
         </w:r>
         <w:r w:rsidR="008C54BE" w:rsidRPr="00344BF0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -20542,59 +19741,50 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00B91030">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://popp.undp.org/node/2386"</w:instrText>
       </w:r>
       <w:r w:rsidRPr="00857BE9">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:r>
-[...7 lines deleted...]
-        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="0004646C" w:rsidRPr="00857BE9">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Annex VII</w:t>
       </w:r>
       <w:r w:rsidR="00281808">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00281808" w:rsidRPr="00281808">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
@@ -20647,215 +19837,215 @@
           <w:color w:val="003366"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0096379E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="003366"/>
         </w:rPr>
         <w:t>Additional Information</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45AB8" w14:textId="77777777" w:rsidR="00866065" w:rsidRPr="003B7694" w:rsidRDefault="00866065">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="003366"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39A45AB9" w14:textId="736571D0" w:rsidR="00866065" w:rsidRPr="00B362D0" w:rsidRDefault="001E06AC" w:rsidP="00F14B18">
+    <w:p w14:paraId="39A45AB9" w14:textId="736571D0" w:rsidR="00866065" w:rsidRPr="00B362D0" w:rsidRDefault="00B70C92" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId36" w:history="1">
+      <w:hyperlink r:id="rId34" w:history="1">
         <w:r w:rsidR="00866065" w:rsidRPr="00B362D0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Handbook on Setting Remuneration for Service Contract Personnel</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="39A45ABA" w14:textId="77777777" w:rsidR="008143A8" w:rsidRPr="00AA2983" w:rsidRDefault="008143A8" w:rsidP="008143A8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39A45ABB" w14:textId="51CA0E07" w:rsidR="00027C6F" w:rsidRPr="00B362D0" w:rsidRDefault="001E06AC" w:rsidP="00F14B18">
+    <w:p w14:paraId="39A45ABB" w14:textId="51CA0E07" w:rsidR="00027C6F" w:rsidRPr="00B362D0" w:rsidRDefault="00B70C92" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId37" w:history="1">
+      <w:hyperlink r:id="rId35" w:history="1">
         <w:r w:rsidR="00575C01">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:bCs/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>CIGNA: UNDP Service Contract Holders: Application or Request for Change of Coverage of Dependents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="008143A8" w:rsidRPr="00B362D0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008143A8" w:rsidRPr="00956940">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(also available </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38" w:history="1">
+      <w:hyperlink r:id="rId36" w:history="1">
         <w:r w:rsidR="008143A8" w:rsidRPr="00B362D0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:bCs/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>in French</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="008143A8" w:rsidRPr="00B362D0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008143A8" w:rsidRPr="00956940">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39" w:history="1">
+      <w:hyperlink r:id="rId37" w:history="1">
         <w:r w:rsidR="008143A8" w:rsidRPr="00B362D0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:bCs/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>in Spanish</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00575C01">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A45ABC" w14:textId="77777777" w:rsidR="008143A8" w:rsidRPr="003B7694" w:rsidRDefault="008143A8" w:rsidP="008143A8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39A45ABD" w14:textId="39039DA7" w:rsidR="00027C6F" w:rsidRPr="00671A2D" w:rsidRDefault="001E06AC" w:rsidP="00F14B18">
+    <w:p w14:paraId="39A45ABD" w14:textId="39039DA7" w:rsidR="00027C6F" w:rsidRPr="00671A2D" w:rsidRDefault="00B70C92" w:rsidP="00F14B18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="003366"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId40" w:history="1">
+      <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidR="00E32559" w:rsidRPr="00671A2D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>CIGNA: Vanbreda International: HR Manual 2014: Group, Medical, Life and Disability Insurance Policies for UNDP Service Contract Holders</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00633BF7" w:rsidRPr="00671A2D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00633BF7" w:rsidRPr="00671A2D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -20867,51 +20057,51 @@
       </w:r>
       <w:r w:rsidR="00E353D8" w:rsidRPr="00671A2D">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E353D8" w:rsidRPr="00671A2D">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">(also available in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41" w:history="1">
+      <w:hyperlink r:id="rId39" w:history="1">
         <w:r w:rsidR="00E353D8" w:rsidRPr="008A1D2D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Spanish</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00E353D8" w:rsidRPr="00671A2D">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
@@ -20930,72 +20120,72 @@
     <w:p w14:paraId="7332AB19" w14:textId="77777777" w:rsidR="007515EA" w:rsidRDefault="007515EA" w:rsidP="00866065">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="003366"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79DAD12B" w14:textId="78E74FDB" w:rsidR="007515EA" w:rsidRPr="003B7694" w:rsidRDefault="007515EA" w:rsidP="00866065">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="003366"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="007515EA" w:rsidRPr="003B7694">
-      <w:headerReference w:type="default" r:id="rId42"/>
-      <w:footerReference w:type="default" r:id="rId43"/>
+      <w:headerReference w:type="default" r:id="rId40"/>
+      <w:footerReference w:type="default" r:id="rId41"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2E2338D6" w14:textId="77777777" w:rsidR="002C75F4" w:rsidRDefault="002C75F4" w:rsidP="00664499">
+    <w:p w14:paraId="78F16617" w14:textId="77777777" w:rsidR="00B70C92" w:rsidRDefault="00B70C92" w:rsidP="00664499">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="26F0E154" w14:textId="77777777" w:rsidR="002C75F4" w:rsidRDefault="002C75F4" w:rsidP="00664499">
+    <w:p w14:paraId="276BF075" w14:textId="77777777" w:rsidR="00B70C92" w:rsidRDefault="00B70C92" w:rsidP="00664499">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -21052,52 +20242,52 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="39A45AC4" w14:textId="40588D74" w:rsidR="009F7D01" w:rsidRPr="001E06AC" w:rsidRDefault="009F7D01">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="39A45AC4" w14:textId="0770BE72" w:rsidR="009F7D01" w:rsidRPr="001E06AC" w:rsidRDefault="009F7D01">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001E06AC">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="001E06AC">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
@@ -21202,101 +20392,133 @@
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="001E06AC">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="001E06AC">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>Effective Date:</w:t>
     </w:r>
     <w:r w:rsidR="00435540" w:rsidRPr="001E06AC">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 01/07/2018</w:t>
+      <w:t xml:space="preserve"> 01/0</w:t>
+    </w:r>
+    <w:r w:rsidR="00141973">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="00435540" w:rsidRPr="001E06AC">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>/20</w:t>
+    </w:r>
+    <w:r w:rsidR="00141973">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>26</w:t>
     </w:r>
     <w:r w:rsidRPr="001E06AC">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="001E06AC">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="001E06AC">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t>Version # 7</w:t>
+      <w:t xml:space="preserve">Version # </w:t>
+    </w:r>
+    <w:r w:rsidR="00141973">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>8</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E3AEB8D" w14:textId="77777777" w:rsidR="002C75F4" w:rsidRDefault="002C75F4" w:rsidP="00664499">
+    <w:p w14:paraId="6E99DB47" w14:textId="77777777" w:rsidR="00B70C92" w:rsidRDefault="00B70C92" w:rsidP="00664499">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="635C5EB2" w14:textId="77777777" w:rsidR="002C75F4" w:rsidRDefault="002C75F4" w:rsidP="00664499">
+    <w:p w14:paraId="42AEA97A" w14:textId="77777777" w:rsidR="00B70C92" w:rsidRDefault="00B70C92" w:rsidP="00664499">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="39A45AC3" w14:textId="77777777" w:rsidR="009F7D01" w:rsidRDefault="009F7D01" w:rsidP="004514A2">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="8640"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="39A45AC5" wp14:editId="5828B638">
           <wp:extent cx="304745" cy="582230"/>
           <wp:effectExtent l="0" t="0" r="635" b="8890"/>
           <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2" name="logo-undp-300.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
@@ -21316,51 +20538,51 @@
                     <a:ext cx="308534" cy="589469"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06A52457"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2E9A41E2"/>
     <w:lvl w:ilvl="0" w:tplc="0EC4DEBE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -28002,334 +27224,337 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="738677849">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1268926999">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1519343425">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1936554750">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1541629228">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="55"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="649944795">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="314990476">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1160536591">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1948926680">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1188331423">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="57"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1231118506">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="838427001">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="2089036268">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1175417724">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1566601653">
+  <w:num w:numId="15">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1063065467">
+  <w:num w:numId="16">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="89475528">
+  <w:num w:numId="17">
     <w:abstractNumId w:val="51"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1413507083">
+  <w:num w:numId="18">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="446966435">
+  <w:num w:numId="19">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="638848610">
+  <w:num w:numId="20">
     <w:abstractNumId w:val="56"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1394507214">
+  <w:num w:numId="21">
     <w:abstractNumId w:val="41"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="942499758">
+  <w:num w:numId="22">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="25763394">
+  <w:num w:numId="23">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="2126463367">
+  <w:num w:numId="24">
     <w:abstractNumId w:val="45"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="1477070893">
+  <w:num w:numId="25">
     <w:abstractNumId w:val="46"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="1521165419">
+  <w:num w:numId="26">
     <w:abstractNumId w:val="54"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="2080860661">
+  <w:num w:numId="27">
     <w:abstractNumId w:val="44"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="1378310631">
+  <w:num w:numId="28">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="1275285112">
+  <w:num w:numId="29">
     <w:abstractNumId w:val="48"/>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="1067268520">
+  <w:num w:numId="30">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="1005324659">
+  <w:num w:numId="31">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="1724014436">
+  <w:num w:numId="32">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="111827794">
+  <w:num w:numId="33">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="34" w16cid:durableId="175704159">
+  <w:num w:numId="34">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="35" w16cid:durableId="1733574519">
+  <w:num w:numId="35">
     <w:abstractNumId w:val="42"/>
   </w:num>
-  <w:num w:numId="36" w16cid:durableId="2011254349">
+  <w:num w:numId="36">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="37" w16cid:durableId="1796488647">
+  <w:num w:numId="37">
     <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="38" w16cid:durableId="1347512917">
+  <w:num w:numId="38">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="39" w16cid:durableId="1478915352">
+  <w:num w:numId="39">
     <w:abstractNumId w:val="53"/>
   </w:num>
-  <w:num w:numId="40" w16cid:durableId="1496677881">
+  <w:num w:numId="40">
     <w:abstractNumId w:val="52"/>
   </w:num>
-  <w:num w:numId="41" w16cid:durableId="1264875660">
+  <w:num w:numId="41">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="42" w16cid:durableId="131098458">
+  <w:num w:numId="42">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="43" w16cid:durableId="1983535659">
+  <w:num w:numId="43">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="44" w16cid:durableId="204368437">
+  <w:num w:numId="44">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="45" w16cid:durableId="90128578">
+  <w:num w:numId="45">
     <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="46" w16cid:durableId="1530531302">
+  <w:num w:numId="46">
     <w:abstractNumId w:val="50"/>
   </w:num>
-  <w:num w:numId="47" w16cid:durableId="112329675">
+  <w:num w:numId="47">
     <w:abstractNumId w:val="43"/>
   </w:num>
-  <w:num w:numId="48" w16cid:durableId="1009988843">
+  <w:num w:numId="48">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="49" w16cid:durableId="1612466727">
+  <w:num w:numId="49">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="50" w16cid:durableId="371735601">
+  <w:num w:numId="50">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="51" w16cid:durableId="217404884">
+  <w:num w:numId="51">
     <w:abstractNumId w:val="47"/>
   </w:num>
-  <w:num w:numId="52" w16cid:durableId="2066683486">
+  <w:num w:numId="52">
     <w:abstractNumId w:val="49"/>
   </w:num>
-  <w:num w:numId="53" w16cid:durableId="1034623226">
+  <w:num w:numId="53">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="54" w16cid:durableId="1583248931">
+  <w:num w:numId="54">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="55" w16cid:durableId="844591283">
+  <w:num w:numId="55">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="56" w16cid:durableId="133985093">
+  <w:num w:numId="56">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="57" w16cid:durableId="1682703754">
+  <w:num w:numId="57">
     <w:abstractNumId w:val="58"/>
   </w:num>
-  <w:num w:numId="58" w16cid:durableId="1400178856">
+  <w:num w:numId="58">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="59" w16cid:durableId="625507098">
+  <w:num w:numId="59">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="57"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDa0MDIzMDUyNbYwMzIEcpV0lIJTi4sz8/NACgxrAZKcRcksAAAA"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00A14FAE"/>
     <w:rsid w:val="00000C42"/>
     <w:rsid w:val="0000425B"/>
     <w:rsid w:val="00006C00"/>
     <w:rsid w:val="00007510"/>
     <w:rsid w:val="00010104"/>
     <w:rsid w:val="000216D3"/>
     <w:rsid w:val="00022DED"/>
     <w:rsid w:val="00027978"/>
     <w:rsid w:val="00027C6F"/>
     <w:rsid w:val="00034E78"/>
     <w:rsid w:val="00035737"/>
     <w:rsid w:val="000413C7"/>
     <w:rsid w:val="000418AE"/>
     <w:rsid w:val="00043228"/>
     <w:rsid w:val="000437A6"/>
     <w:rsid w:val="00044088"/>
     <w:rsid w:val="0004646C"/>
     <w:rsid w:val="000634DB"/>
     <w:rsid w:val="000718EA"/>
     <w:rsid w:val="00072277"/>
     <w:rsid w:val="000769DA"/>
     <w:rsid w:val="00085927"/>
     <w:rsid w:val="000874D2"/>
+    <w:rsid w:val="0009536A"/>
     <w:rsid w:val="000A2E68"/>
     <w:rsid w:val="000A47F8"/>
     <w:rsid w:val="000A52DD"/>
     <w:rsid w:val="000A5A0A"/>
     <w:rsid w:val="000B0407"/>
     <w:rsid w:val="000B08EB"/>
     <w:rsid w:val="000B572C"/>
     <w:rsid w:val="000C0028"/>
     <w:rsid w:val="000D01CD"/>
     <w:rsid w:val="000D136C"/>
     <w:rsid w:val="000D4622"/>
     <w:rsid w:val="000E2567"/>
     <w:rsid w:val="000E3895"/>
     <w:rsid w:val="000E4275"/>
     <w:rsid w:val="000F14F1"/>
     <w:rsid w:val="000F151C"/>
     <w:rsid w:val="00100BDE"/>
     <w:rsid w:val="001010FC"/>
     <w:rsid w:val="00101EE2"/>
     <w:rsid w:val="00102186"/>
     <w:rsid w:val="00106B99"/>
     <w:rsid w:val="00110280"/>
     <w:rsid w:val="00112F57"/>
     <w:rsid w:val="0011597D"/>
     <w:rsid w:val="0012228C"/>
     <w:rsid w:val="001259F6"/>
     <w:rsid w:val="001300C9"/>
     <w:rsid w:val="00130945"/>
     <w:rsid w:val="001405D6"/>
     <w:rsid w:val="00140C82"/>
+    <w:rsid w:val="00141973"/>
     <w:rsid w:val="00145393"/>
     <w:rsid w:val="001544BB"/>
     <w:rsid w:val="001561DA"/>
     <w:rsid w:val="0015764D"/>
     <w:rsid w:val="00163DC5"/>
     <w:rsid w:val="001658CD"/>
     <w:rsid w:val="00173ADA"/>
     <w:rsid w:val="001745BA"/>
     <w:rsid w:val="001923F0"/>
     <w:rsid w:val="00193CE0"/>
     <w:rsid w:val="001A7B3A"/>
     <w:rsid w:val="001A7C47"/>
     <w:rsid w:val="001B0DEB"/>
+    <w:rsid w:val="001D2C0E"/>
     <w:rsid w:val="001D363C"/>
     <w:rsid w:val="001E06AC"/>
     <w:rsid w:val="001E094C"/>
     <w:rsid w:val="001F1D1D"/>
     <w:rsid w:val="001F295D"/>
     <w:rsid w:val="001F2C0D"/>
     <w:rsid w:val="00205CA2"/>
     <w:rsid w:val="0021307F"/>
     <w:rsid w:val="00213F3E"/>
     <w:rsid w:val="00217F97"/>
     <w:rsid w:val="00230E69"/>
     <w:rsid w:val="002326BC"/>
     <w:rsid w:val="00242F08"/>
     <w:rsid w:val="002442A5"/>
     <w:rsid w:val="00255E70"/>
     <w:rsid w:val="00274424"/>
     <w:rsid w:val="00277B99"/>
     <w:rsid w:val="00281808"/>
     <w:rsid w:val="00283BED"/>
     <w:rsid w:val="0028692A"/>
     <w:rsid w:val="00293024"/>
     <w:rsid w:val="002932AF"/>
     <w:rsid w:val="00294D74"/>
     <w:rsid w:val="0029694A"/>
     <w:rsid w:val="002974A1"/>
@@ -28452,50 +27677,51 @@
     <w:rsid w:val="0062115F"/>
     <w:rsid w:val="0063003B"/>
     <w:rsid w:val="00633BF7"/>
     <w:rsid w:val="00635225"/>
     <w:rsid w:val="006461D3"/>
     <w:rsid w:val="00653261"/>
     <w:rsid w:val="0065331B"/>
     <w:rsid w:val="00656F42"/>
     <w:rsid w:val="00664499"/>
     <w:rsid w:val="00671A2D"/>
     <w:rsid w:val="0067204C"/>
     <w:rsid w:val="0067555D"/>
     <w:rsid w:val="00675A53"/>
     <w:rsid w:val="006807D9"/>
     <w:rsid w:val="0068636E"/>
     <w:rsid w:val="00687CF8"/>
     <w:rsid w:val="00695FFF"/>
     <w:rsid w:val="006A43E2"/>
     <w:rsid w:val="006A44BD"/>
     <w:rsid w:val="006B79C7"/>
     <w:rsid w:val="006C71C1"/>
     <w:rsid w:val="006D24C3"/>
     <w:rsid w:val="006E0193"/>
     <w:rsid w:val="006E1E5B"/>
     <w:rsid w:val="006E6D8A"/>
+    <w:rsid w:val="006F0CD9"/>
     <w:rsid w:val="006F1E49"/>
     <w:rsid w:val="006F2DB3"/>
     <w:rsid w:val="006F3FCB"/>
     <w:rsid w:val="006F792E"/>
     <w:rsid w:val="00701624"/>
     <w:rsid w:val="00701CD4"/>
     <w:rsid w:val="00704DFF"/>
     <w:rsid w:val="00712010"/>
     <w:rsid w:val="00721618"/>
     <w:rsid w:val="00722AAD"/>
     <w:rsid w:val="007237BE"/>
     <w:rsid w:val="007277FB"/>
     <w:rsid w:val="00732BDB"/>
     <w:rsid w:val="00735104"/>
     <w:rsid w:val="007366CE"/>
     <w:rsid w:val="00737AE7"/>
     <w:rsid w:val="00743FF7"/>
     <w:rsid w:val="007515EA"/>
     <w:rsid w:val="007529A7"/>
     <w:rsid w:val="0075315E"/>
     <w:rsid w:val="00755776"/>
     <w:rsid w:val="00763780"/>
     <w:rsid w:val="007703F5"/>
     <w:rsid w:val="00780D04"/>
     <w:rsid w:val="0078125E"/>
@@ -28511,154 +27737,160 @@
     <w:rsid w:val="007D4BC0"/>
     <w:rsid w:val="007E43D6"/>
     <w:rsid w:val="007E6F33"/>
     <w:rsid w:val="007F086F"/>
     <w:rsid w:val="007F6912"/>
     <w:rsid w:val="008143A8"/>
     <w:rsid w:val="00816A79"/>
     <w:rsid w:val="00833314"/>
     <w:rsid w:val="008453E8"/>
     <w:rsid w:val="008500C9"/>
     <w:rsid w:val="00851BCF"/>
     <w:rsid w:val="0085450F"/>
     <w:rsid w:val="00854CF3"/>
     <w:rsid w:val="0085529B"/>
     <w:rsid w:val="00856C95"/>
     <w:rsid w:val="00857BE9"/>
     <w:rsid w:val="00861584"/>
     <w:rsid w:val="00863E89"/>
     <w:rsid w:val="00865613"/>
     <w:rsid w:val="00866065"/>
     <w:rsid w:val="00866910"/>
     <w:rsid w:val="00866CD7"/>
     <w:rsid w:val="00866D94"/>
     <w:rsid w:val="008670D3"/>
     <w:rsid w:val="00867220"/>
+    <w:rsid w:val="00867A4F"/>
     <w:rsid w:val="00874995"/>
     <w:rsid w:val="00883E19"/>
     <w:rsid w:val="00884D83"/>
     <w:rsid w:val="00887EC4"/>
     <w:rsid w:val="00891DF8"/>
     <w:rsid w:val="008930FA"/>
     <w:rsid w:val="008979AE"/>
     <w:rsid w:val="008A1D2D"/>
     <w:rsid w:val="008A5081"/>
     <w:rsid w:val="008B05F7"/>
     <w:rsid w:val="008B73D2"/>
     <w:rsid w:val="008C0408"/>
     <w:rsid w:val="008C54BE"/>
     <w:rsid w:val="008C5DE0"/>
     <w:rsid w:val="008C6588"/>
     <w:rsid w:val="008D2BD8"/>
     <w:rsid w:val="008E440A"/>
     <w:rsid w:val="008E536E"/>
     <w:rsid w:val="008F4480"/>
     <w:rsid w:val="00901A92"/>
+    <w:rsid w:val="0090240F"/>
     <w:rsid w:val="00904115"/>
     <w:rsid w:val="009100AC"/>
     <w:rsid w:val="009112EF"/>
     <w:rsid w:val="00912A9F"/>
     <w:rsid w:val="00915E28"/>
     <w:rsid w:val="00922165"/>
     <w:rsid w:val="009227AF"/>
     <w:rsid w:val="00926366"/>
+    <w:rsid w:val="009272F3"/>
     <w:rsid w:val="00931FC9"/>
     <w:rsid w:val="00945916"/>
     <w:rsid w:val="00947EA5"/>
     <w:rsid w:val="00952FA0"/>
     <w:rsid w:val="00956940"/>
     <w:rsid w:val="009616D6"/>
     <w:rsid w:val="0096379E"/>
     <w:rsid w:val="009931EF"/>
     <w:rsid w:val="009972CE"/>
     <w:rsid w:val="009A0B7D"/>
     <w:rsid w:val="009A0F19"/>
     <w:rsid w:val="009A422D"/>
     <w:rsid w:val="009A5B40"/>
     <w:rsid w:val="009C1DBB"/>
     <w:rsid w:val="009D0B59"/>
     <w:rsid w:val="009D1532"/>
     <w:rsid w:val="009E42CF"/>
     <w:rsid w:val="009F1B2E"/>
     <w:rsid w:val="009F3D4E"/>
     <w:rsid w:val="009F6EA3"/>
     <w:rsid w:val="009F7D01"/>
     <w:rsid w:val="00A01307"/>
     <w:rsid w:val="00A01D6A"/>
     <w:rsid w:val="00A039F0"/>
     <w:rsid w:val="00A05541"/>
     <w:rsid w:val="00A117E7"/>
     <w:rsid w:val="00A12ABA"/>
     <w:rsid w:val="00A131FE"/>
     <w:rsid w:val="00A13DAA"/>
     <w:rsid w:val="00A144B7"/>
     <w:rsid w:val="00A14FAE"/>
     <w:rsid w:val="00A158F1"/>
     <w:rsid w:val="00A15BA8"/>
     <w:rsid w:val="00A178B0"/>
     <w:rsid w:val="00A2446E"/>
     <w:rsid w:val="00A37340"/>
     <w:rsid w:val="00A42AA4"/>
+    <w:rsid w:val="00A44439"/>
     <w:rsid w:val="00A448EC"/>
     <w:rsid w:val="00A454D9"/>
     <w:rsid w:val="00A47503"/>
     <w:rsid w:val="00A47EBA"/>
     <w:rsid w:val="00A67B8C"/>
     <w:rsid w:val="00A8131A"/>
     <w:rsid w:val="00A81D0E"/>
     <w:rsid w:val="00A9412B"/>
     <w:rsid w:val="00A9683F"/>
     <w:rsid w:val="00AA2983"/>
     <w:rsid w:val="00AB01F4"/>
     <w:rsid w:val="00AB0D4A"/>
     <w:rsid w:val="00AB1549"/>
     <w:rsid w:val="00AB240F"/>
     <w:rsid w:val="00AB3628"/>
     <w:rsid w:val="00AB4FE8"/>
     <w:rsid w:val="00AB577B"/>
     <w:rsid w:val="00AD70B6"/>
     <w:rsid w:val="00AE168E"/>
     <w:rsid w:val="00AE2873"/>
     <w:rsid w:val="00AE4D46"/>
     <w:rsid w:val="00AE4FFA"/>
     <w:rsid w:val="00AF6997"/>
     <w:rsid w:val="00B01052"/>
     <w:rsid w:val="00B06ED6"/>
     <w:rsid w:val="00B15E08"/>
     <w:rsid w:val="00B21BD7"/>
     <w:rsid w:val="00B259A2"/>
+    <w:rsid w:val="00B2658A"/>
     <w:rsid w:val="00B32EEB"/>
     <w:rsid w:val="00B34AAE"/>
     <w:rsid w:val="00B362D0"/>
     <w:rsid w:val="00B373E9"/>
     <w:rsid w:val="00B450BB"/>
     <w:rsid w:val="00B45BAC"/>
     <w:rsid w:val="00B601B6"/>
     <w:rsid w:val="00B629A0"/>
     <w:rsid w:val="00B643BC"/>
     <w:rsid w:val="00B66525"/>
     <w:rsid w:val="00B679E2"/>
+    <w:rsid w:val="00B70C92"/>
     <w:rsid w:val="00B71343"/>
     <w:rsid w:val="00B71D54"/>
     <w:rsid w:val="00B827CF"/>
     <w:rsid w:val="00B91030"/>
     <w:rsid w:val="00B92FFA"/>
     <w:rsid w:val="00B933EE"/>
     <w:rsid w:val="00B94CB2"/>
     <w:rsid w:val="00B97A12"/>
     <w:rsid w:val="00BA08DF"/>
     <w:rsid w:val="00BA0C09"/>
     <w:rsid w:val="00BB798F"/>
     <w:rsid w:val="00BD1266"/>
     <w:rsid w:val="00BE0C22"/>
     <w:rsid w:val="00BE3C29"/>
     <w:rsid w:val="00BF6DDF"/>
     <w:rsid w:val="00C01368"/>
     <w:rsid w:val="00C042B0"/>
     <w:rsid w:val="00C0581C"/>
     <w:rsid w:val="00C123C5"/>
     <w:rsid w:val="00C15465"/>
     <w:rsid w:val="00C2492D"/>
     <w:rsid w:val="00C24CD6"/>
     <w:rsid w:val="00C42339"/>
     <w:rsid w:val="00C43F2B"/>
     <w:rsid w:val="00C44299"/>
@@ -28770,72 +28002,74 @@
     <w:rsid w:val="00F96145"/>
     <w:rsid w:val="00FA062C"/>
     <w:rsid w:val="00FA0F8B"/>
     <w:rsid w:val="00FA224D"/>
     <w:rsid w:val="00FA5A25"/>
     <w:rsid w:val="00FA6C7F"/>
     <w:rsid w:val="00FB0B95"/>
     <w:rsid w:val="00FB3C2F"/>
     <w:rsid w:val="00FB51D3"/>
     <w:rsid w:val="00FB5E8E"/>
     <w:rsid w:val="00FB6EB8"/>
     <w:rsid w:val="00FC39D9"/>
     <w:rsid w:val="00FC3AD1"/>
     <w:rsid w:val="00FC5B64"/>
     <w:rsid w:val="00FD0A8F"/>
     <w:rsid w:val="00FD11E6"/>
     <w:rsid w:val="00FD5030"/>
     <w:rsid w:val="00FD6FE3"/>
     <w:rsid w:val="00FE4216"/>
     <w:rsid w:val="00FE43BB"/>
     <w:rsid w:val="00FE6790"/>
     <w:rsid w:val="00FE6D0F"/>
     <w:rsid w:val="00FF16E1"/>
     <w:rsid w:val="00FF2F16"/>
     <w:rsid w:val="00FF4124"/>
+    <w:rsid w:val="00FF6772"/>
     <w:rsid w:val="00FF7F96"/>
+    <w:rsid w:val="2A5F9193"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-CA" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="39A4580F"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{6CDD0267-B858-4356-BE60-A834F7ACAD5A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-CA" w:eastAsia="en-CA" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
@@ -29784,51 +29018,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2079671414">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2391" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:harassment.support@undp.Organization" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/2256" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/ofrm/_layouts/15/WopiFrame.aspx?sourcedoc=/unit/ofrm/Financial%20Resource%20Management%20Policies/2018%20Pro-forma%20Costs/2018_SC_proforma_rev1.xlsx&amp;action=default)." TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/401" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/411" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://practices.undp.org/management/hr/HR_Contacts/BAS.cfm" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2386" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/391" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2256" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/341" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/411" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/401" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/411" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/361" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2251" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/436" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2386" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/361" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hotline@UNDP.org" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/411" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2251" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://content.undp.org/go/userguide/results/." TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/391" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/396" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/2256" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/396" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/341" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/411" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/396" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/411" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/341" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/401" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/361" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2391" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/361" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/436" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:harassment.support@undp.Organization" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/401" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/2256" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://content.undp.org/go/userguide/results/." TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/391" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/411" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/2256" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/ofrm/_layouts/15/WopiFrame.aspx?sourcedoc=/unit/ofrm/Financial%20Resource%20Management%20Policies/2018%20Pro-forma%20Costs/2018_SC_proforma_rev1.xlsx&amp;action=default)." TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/396" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/411" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2386" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://practices.undp.org/management/hr/HR_Contacts/BAS.cfm" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/391" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2256" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2386" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2251" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hotline@UNDP.org" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2251" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/341" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -30072,423 +29306,235 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="c26dc373-2944-4fff-a656-1635ba5514b5" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/_rels/item7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps7.xml"/></Relationships>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...54 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
-[...34 lines deleted...]
-    <xsd:import namespace="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DF4E5EB98AFACA49B955F57620F5DD44" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="54d56521cb8b950110d779ecec233d4f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" xmlns:ns3="c26dc373-2944-4fff-a656-1635ba5514b5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="030e562aea712385259f3e9724b3d80f" ns2:_="" ns3:_="">
+    <xsd:import namespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <xsd:import namespace="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:UNDP_POPP_TITLE_EN" minOccurs="0"/>
-[...26 lines deleted...]
-                <xsd:element ref="ns3:POPPIsArchived" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_dlc_Exempt" ma:index="30" nillable="true" ma:displayName="Exempt from Policy" ma:hidden="true" ma:internalName="_dlc_Exempt" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f8ebb0a5-c57d-4c3a-bec7-8a38252dd05c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8264c5cc-ec60-4b56-8111-ce635d3d139a" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c26dc373-2944-4fff-a656-1635ba5514b5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="UNDP_POPP_TITLE_EN" ma:index="1" nillable="true" ma:displayName="Title_EN" ma:indexed="true" ma:internalName="UNDP_POPP_TITLE_EN">
-[...6 lines deleted...]
-    <xsd:element name="UNDP_POPP_FOCALPOINT" ma:index="3" nillable="true" ma:displayName="Focal Point" ma:SharePointGroup="0" ma:internalName="UNDP_POPP_FOCALPOINT" ma:showField="ImnName">
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_DOCUMENT_TYPE" ma:index="5" ma:displayName="Document TYPE" ma:default="Template" ma:format="Dropdown" ma:indexed="true" ma:internalName="UNDP_POPP_DOCUMENT_TYPE" ma:readOnly="false">
-[...29 lines deleted...]
-    <xsd:element name="UNDP_POPP_VERSION_COMMENTS" ma:index="9" nillable="true" ma:displayName="Version Comments" ma:internalName="UNDP_POPP_VERSION_COMMENTS">
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_FILEVERSION" ma:index="10" nillable="true" ma:displayName="FileVersionID" ma:decimals="0" ma:internalName="UNDP_POPP_FILEVERSION">
-[...21 lines deleted...]
-    <xsd:element name="TaxCatchAll" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ee792a02-1c68-437d-afee-526d4eee3bde}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+    <xsd:element name="TaxCatchAll" ma:index="24" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{7fb16e66-a0cf-4293-80d1-ecb3df652669}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c26dc373-2944-4fff-a656-1635ba5514b5">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
-    </xsd:element>
-[...100 lines deleted...]
-      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="24" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -30533,771 +29579,155 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item7.xml><?xml version="1.0" encoding="utf-8"?>
-[...46 lines deleted...]
-</spe:Receivers>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CAB12E0E-9A09-4B9F-976B-4C9A8E04706B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6CAE8657-7665-4CC0-BD94-0042A13AFEE4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F5C6D11F-2452-44D5-B990-0AD71AFFCC0F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6CAE8657-7665-4CC0-BD94-0042A13AFEE4}">
-[...15 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF05DB4A-350B-4888-A532-362BDA9568EB}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FB5FDC35-991A-4C8E-8994-D92984B16681}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0F2132FB-8BE9-4D2F-84ED-8C2CD80CCDC0}">
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7183958C-0AC0-477A-802F-EAE7951B9126}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>30</Pages>
-  <Words>11548</Words>
-  <Characters>61323</Characters>
+  <Words>10915</Words>
+  <Characters>62221</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>511</Lines>
+  <Lines>518</Lines>
   <Paragraphs>145</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>UNDP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>72726</CharactersWithSpaces>
+  <CharactersWithSpaces>72991</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...542 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>SC Service Contract</dc:title>
   <dc:subject/>
   <dc:creator>dc181ks</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="UNDPPOPPKeywords">
     <vt:lpwstr>317;#Human Resources Management|dd6d11ad-49ac-482d-8ef5-6d393407e2f6</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
-    <vt:lpwstr>0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39</vt:lpwstr>
+    <vt:lpwstr>0x010100DF4E5EB98AFACA49B955F57620F5DD44</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>36123131-091d-4c2a-8f6f-19ee1c4543f8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="POPPBusinessProcess">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="UNDP_POPP_BUSINESSUNIT">
     <vt:lpwstr>349;#Human Resources Management|1f57ad6b-760b-4b5a-be19-36e6fe76fd85</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="UNDP_POPP_BUSINESSPROCESS_HIDDEN">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TaxCatchAll">
     <vt:lpwstr>349;#Human Resources Management|1f57ad6b-760b-4b5a-be19-36e6fe76fd85</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="l0e6ef0c43e74560bd7f3acd1f5e8571">
     <vt:lpwstr>Human Resources Management|1f57ad6b-760b-4b5a-be19-36e6fe76fd85</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="DLCPolicyLabelValue">
     <vt:lpwstr>Effective Date: {Effective Date}                                                Version #: {POPPRefItemVersion}</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>