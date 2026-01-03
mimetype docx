--- v0 (2025-10-05)
+++ v1 (2026-01-03)
@@ -1,7566 +1,9388 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-[...7 lines deleted...]
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="1887AE7B" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+    <w:p w14:paraId="3B68BB14" w14:textId="77777777" w:rsidR="00FF76DE" w:rsidRDefault="00FF76DE" w:rsidP="009C612B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="365F91"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1887AE7B" w14:textId="55D0841A" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="00FF76DE" w:rsidP="009C612B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="365F91"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E94AD84" wp14:editId="0DF09379">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:align>right</wp:align>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>6350</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="489585" cy="996950"/>
+            <wp:effectExtent l="0" t="0" r="5715" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="3" name="Picture 3"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 6"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="489585" cy="996950"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="365F91"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>POLITIQUE DE PROTECTION CONTRE LES REPRESAILLES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="283D70F6" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+    <w:p w14:paraId="283D70F6" w14:textId="456090BD" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="009C612B" w:rsidP="003A0976">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="365F91"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60B6F3E0" w14:textId="6D11BDDC" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="009C612B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...43 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="365F91"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="365F91"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">visant les personnes qui </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="365F91"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dénoncent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="365F91"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="365F91"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>manquements</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="365F91"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="365F91"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="365F91"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="365F91"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>collaborent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FF76DE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="365F91"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="365F91"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">à des audits </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="365F91"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="365F91"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="365F91"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>enquêtes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="365F91"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="365F91"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dûment</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="365F91"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="365F91"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>autorisés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="365F91"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BFB30FF" w14:textId="77777777" w:rsidR="009C612B" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E936761" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...2 lines deleted...]
-          <w:b/>
+    <w:p w14:paraId="00CA93B4" w14:textId="77777777" w:rsidR="00E70AD6" w:rsidRPr="00BE7538" w:rsidRDefault="00E70AD6" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0083223A">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+    </w:p>
+    <w:p w14:paraId="0E936761" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Politique générale</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47F1A551" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...17 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w14:paraId="47F1A551" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C5FED4B" w14:textId="4037F119" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Le PNUD a pour politique d’interdire strictement toutes </w:t>
       </w:r>
-      <w:r w:rsidR="00226B97" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00226B97" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>eprésailles contre les personnes titulaires d</w:t>
       </w:r>
-      <w:r w:rsidR="000435DA" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="000435DA" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">e </w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">contrats du PNUD </w:t>
       </w:r>
-      <w:r w:rsidR="000435DA" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="000435DA" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">et qui </w:t>
       </w:r>
-      <w:r w:rsidR="00F050DB" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00F050DB" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>sont affectées au</w:t>
       </w:r>
-      <w:r w:rsidR="000435DA" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="000435DA" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> PNUD </w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(c’est-à-dire, les fonctionnaires</w:t>
       </w:r>
-      <w:r w:rsidR="000435DA" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="000435DA" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> et les non-fonctionnaires</w:t>
       </w:r>
-      <w:r w:rsidR="00F050DB" w:rsidRPr="0083223A">
+      <w:r w:rsidR="00F050DB" w:rsidRPr="00BE7538">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...9 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) qui ont, de bonne foi, régulièrement dénoncé un manquement présumé ou collaboré à un audit ou </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>une enquête dûment autorisé</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. De telles </w:t>
+      </w:r>
+      <w:r w:rsidR="00226B97" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>eprésailles sont contraires à l’obligation fondamentale faite à l’ensemble d</w:t>
       </w:r>
-      <w:r w:rsidR="00966386" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00966386" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>u personnel</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> de se conformer aux normes les plus strictes d’efficacité, de compétence et d’intégrité qui leur est imposée par la Charte des Nations Unies, ainsi que de s’acquitter de leurs fonctions et de se comporter de manière conforme aux seuls intérêts du PNUD. Les </w:t>
       </w:r>
-      <w:r w:rsidR="00615143" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00615143" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">eprésailles, telles qu’elles sont définies aux termes de la présente politique, constituent elles-mêmes un manquement et tout </w:t>
       </w:r>
-      <w:r w:rsidR="004D1F4B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="004D1F4B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>membre du personnel du PNUD</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> qui se livre à de tels actes est susceptible de faire l’objet de mesures disciplinaires</w:t>
       </w:r>
-      <w:r w:rsidR="004D1F4B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="004D1F4B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ou autres sanctions applicables</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="271F1A0F" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...19 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w14:paraId="271F1A0F" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F3773AF" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Objectifs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D5DF04B" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...17 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w14:paraId="3D5DF04B" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57D8407E" w14:textId="32F294A1" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Conformément à la circulaire </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="006478A8" w:rsidRPr="0083223A">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="006478A8" w:rsidRPr="00BE7538">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="18"/>
-            <w:szCs w:val="18"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>ST/SGB/2017/2/Rev.1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, le PNUD a élaboré la présente politique et les procédures et directives qui l’accompagnent afin :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E2EF40C" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...7 lines deleted...]
-    <w:p w14:paraId="0A5534C6" w14:textId="4615AB0D" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+    <w:p w14:paraId="1E2EF40C" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A5534C6" w14:textId="4615AB0D" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="1416" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(a)</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00846D55" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00846D55" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>’encourager le</w:t>
       </w:r>
-      <w:r w:rsidR="008A0246" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="008A0246" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> personnel du PNUD</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> à dénoncer, de bonne foi, des manquements et/ou à collaborer aux audits ou aux enquêtes dûment autorisés, sans crainte de </w:t>
       </w:r>
-      <w:r w:rsidR="00226B97" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00226B97" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>eprésailles ou d’actes de vengeance ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01D63D31" w14:textId="3C2F6EF1" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+    <w:p w14:paraId="01D63D31" w14:textId="3C2F6EF1" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="1416" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(b)</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00846D55" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00846D55" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">e définir un cadre dans lequel le PNUD peut efficacement faire face à de telles situations, gérer les risques et protéger les personnes qui dénoncent de bonne foi des mesures de </w:t>
       </w:r>
-      <w:r w:rsidR="00226B97" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00226B97" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>eprésailles ; et</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12F62931" w14:textId="198135CD" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+    <w:p w14:paraId="12F62931" w14:textId="198135CD" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="1416" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(c)</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00846D55" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00846D55" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>e favoriser un environnement permettant au PNUD de fonctionner de manière transparente et responsable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0896EC9C" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...19 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w14:paraId="0896EC9C" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20FFE2CF" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Section 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13ACD347" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...20 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w14:paraId="13ACD347" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6832077C" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Définitions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6255FED4" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...7 lines deleted...]
-    <w:p w14:paraId="181E029B" w14:textId="6DA0CBEA" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+    <w:p w14:paraId="6255FED4" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="181E029B" w14:textId="6DA0CBEA" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1.1</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">On entend par </w:t>
       </w:r>
-      <w:r w:rsidR="00226B97" w:rsidRPr="0083223A">
-        <w:rPr>
+      <w:r w:rsidR="00226B97" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-        <w:rPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>eprésailles</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (aux fins de la présente politique) toute mesure directement ou indirectement préjudiciable, </w:t>
       </w:r>
-      <w:r w:rsidR="00A9799F" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00A9799F" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ayant une incidence négative sur l’emploi ou les conditions de travail d’une personne, lorsque cette mesure a été recommandée, prise ou menacée d’être prise dans le but de punir, d’intimider ou de léser une personne qui a participé à une </w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>« </w:t>
       </w:r>
-      <w:r w:rsidR="00226B97" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00226B97" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ctivité protégée », telle que définie ci-dessous. Les </w:t>
       </w:r>
-      <w:r w:rsidR="00226B97" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00226B97" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">eprésailles constituent elles-mêmes un manquement distinct et une violation de la présente politique. Aux fins de </w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>la présente politique</w:t>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:t xml:space="preserve">la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>présente politique</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, l’application légitime des règlements, règles ou politiques, textes ou procédures de nature administrative, ou la simple expression d’un désaccord, de réprimandes, d’une critique ou de toute autre remarque similaire relative à la qualité du travail d’une personne, à son comportement ou à des questions connexes dans le cadre d’un rapport de subordination ou d’autres relations similaires, ne constitue pas des </w:t>
       </w:r>
-      <w:r w:rsidR="00615143" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00615143" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>eprésailles.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5256A3E3" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+    <w:p w14:paraId="5256A3E3" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="60DA226A" w14:textId="394A52A8" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60DA226A" w14:textId="394A52A8" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Si l</w:t>
       </w:r>
-      <w:r w:rsidR="00615143" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00615143" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>’intéressé</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ne s’est pas livré à une </w:t>
       </w:r>
-      <w:r w:rsidR="00226B97" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00226B97" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ctivité protégée, toute mesure préjudiciable recommandée ou prise contre </w:t>
       </w:r>
-      <w:r w:rsidR="00615143" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00615143" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>lui</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ou la menace d’une telle mesure ne sera pas considérée comme constituant des </w:t>
       </w:r>
-      <w:r w:rsidR="00226B97" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00226B97" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...15 lines deleted...]
-    <w:p w14:paraId="2B672C61" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>eprésailles au sens de la présente politique. Les allégations concernant des comportements ne relevant pas de la présente politique doivent être adressées au Bureau des ressources humaines (OHR) en tant que possible problème d’encadrement ou, le cas échéant, directement au Bureau de l’audit et des enquêtes (OAI).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B672C61" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="301E3FFC" w14:textId="23A7CD02" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="301E3FFC" w14:textId="23A7CD02" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1.2</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-        <w:rPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Une </w:t>
       </w:r>
-      <w:r w:rsidR="00615143" w:rsidRPr="0083223A">
-        <w:rPr>
+      <w:r w:rsidR="00615143" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-        <w:rPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">résomption de </w:t>
       </w:r>
-      <w:r w:rsidR="00615143" w:rsidRPr="0083223A">
-        <w:rPr>
+      <w:r w:rsidR="00615143" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-        <w:rPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>eprésailles est établie</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> lorsque les informations dont dispose le Bureau de la déontologie indiquent </w:t>
       </w:r>
-      <w:r w:rsidR="00FF4FE1" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00FF4FE1" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>qu</w:t>
       </w:r>
-      <w:r w:rsidR="00915F71">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00915F71" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">e l’Activité Protégée d’une personne a été l’une des causes des représailles ou menaces de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00915F71">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00915F71" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>represailles</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00915F71">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00915F71" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> alléguées</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. Si le Bureau de la déontologie estime qu’une </w:t>
       </w:r>
-      <w:r w:rsidR="00615143" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00615143" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">résomption de </w:t>
       </w:r>
-      <w:r w:rsidR="00615143" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00615143" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>eprésailles est établie, l’affaire est transmise à l’OAI afin qu’une enquête complète soit réalisée</w:t>
       </w:r>
-      <w:r w:rsidR="002E6622">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="002E6622" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> selon les conditions décrites ci-dessous</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75D2B2D7" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...7 lines deleted...]
-    <w:p w14:paraId="2F23D7E5" w14:textId="041A203C" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+    <w:p w14:paraId="75D2B2D7" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F23D7E5" w14:textId="041A203C" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1.3</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Une </w:t>
       </w:r>
-      <w:r w:rsidR="00615143" w:rsidRPr="0083223A">
-        <w:rPr>
+      <w:r w:rsidR="00615143" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-        <w:rPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ctivité protégée</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> correspond à la dénonciation de bonne foi d’un manquement présumée, conformément aux procédures prévues dans le </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="006478A8" w:rsidRPr="0083223A">
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="006478A8" w:rsidRPr="00BE7538">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="18"/>
-            <w:szCs w:val="18"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Cadre juridique du PNUD applicable aux violations des normes de conduite des Nations Unies.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0083223A">
-[...9 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Le fait de collaborer, de bonne foi, à des audits ou à </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>des enquêtes dûment autorisés</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> constitue également une </w:t>
+      </w:r>
+      <w:r w:rsidR="00615143" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ctivité protégée.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D1E345A" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+    <w:p w14:paraId="0D1E345A" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="5ACB1119" w14:textId="1A722160" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5ACB1119" w14:textId="1A722160" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1.4</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Le </w:t>
       </w:r>
-      <w:r w:rsidR="000B3C14" w:rsidRPr="0083223A">
-        <w:rPr>
+      <w:r w:rsidR="000B3C14" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Groupe de la</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-        <w:rPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> déontologie des Nations Unies</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
+      <w:r w:rsidRPr="00BE7538">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> se compose des chefs des Bureaux de déontologie des fonds et programmes gérés séparément des Nations Unies et du Bureau de la déontologie du Secrétariat des Nations Unies, et est présidé par le chef du Bureau de la déontologie des Nations Unies.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B5BD2F6" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+    <w:p w14:paraId="3B5BD2F6" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="4CB8E9E7" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CB8E9E7" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="009C612B" w:rsidP="00EE256A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Section 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CF22825" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="009C612B" w:rsidP="00EE256A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20FAFC7E" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="009C612B" w:rsidP="00EE256A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Protection en cas de dénonciation et de collaboration à un audit ou à une enquête dûment autorisé</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57B53AB9" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E9AB9F3" w14:textId="25893E55" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:b/>
-[...60 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2.1</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>En tant que fonctionnaires internationaux, les fonctionnaires du PNUD sont tenus de respecter les normes les plus strictes d’efficacité, de compétence et d’intégrité. Il appartient à chaque fonctionnaire de dénoncer « </w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-        <w:rPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:iCs/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>tout manquement au Statut et au Règlement du personnel et de concourir à tous audits et enquêtes dûment autorisés</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> », comme le prévoit la disposition </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="00A249CE" w:rsidRPr="0083223A">
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="00A249CE" w:rsidRPr="00BE7538">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="18"/>
-            <w:szCs w:val="18"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>1.2 (c) du Règlement du personnel de l’Organisation des Nations Unies</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, et conformément </w:t>
       </w:r>
-      <w:r w:rsidR="00A249CE" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00A249CE" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">à la </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk114573743"/>
-      <w:r w:rsidR="00CD151A">
+      <w:r w:rsidR="00CD151A" w:rsidRPr="00BE7538">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00CD151A">
-[...2 lines deleted...]
-      <w:r w:rsidR="00CD151A">
+      <w:r w:rsidR="00E6136A" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://popp.undp.org/fr/document/politique-du-programme-des-nations-unies-pour-le-developpement-pnud-contre-la-fraude-et"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00CD151A" w:rsidRPr="00BE7538">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00A249CE" w:rsidRPr="0083223A">
+      <w:r w:rsidR="00A249CE" w:rsidRPr="00BE7538">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Politique du PNUD en matière de fraude et autres pratiques de corruption</w:t>
       </w:r>
-      <w:r w:rsidR="00CD151A">
+      <w:r w:rsidR="00CD151A" w:rsidRPr="00BE7538">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="008F3C70" w:rsidRPr="008F3C70">
+      <w:r w:rsidR="008F3C70" w:rsidRPr="00BE7538">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C01ED4" w:rsidRPr="008F3C70">
+      <w:r w:rsidR="00C01ED4" w:rsidRPr="00BE7538">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
-      <w:r w:rsidRPr="008F3C70">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A249CE" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00A249CE" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">et au </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="00A249CE" w:rsidRPr="0083223A">
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidR="00A249CE" w:rsidRPr="00BE7538">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="18"/>
-            <w:szCs w:val="18"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Cadre juridique du PNUD applicable aux violations des normes de conduite des Nations Unies</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00A249CE" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00A249CE" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Les membres de notre personnel qui n’ont pas la qualité de fonctionnaire </w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">sont </w:t>
       </w:r>
-      <w:r w:rsidR="00A249CE" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00A249CE" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">également </w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">censés s’acquitter de leurs devoirs de manière conforme aux intérêts du PNUD. Ils sont également censés respecter et promouvoir les normes de comportement éthique et professionnel les plus strictes, dénoncer tout manquement et collaborer aux audits et enquêtes. </w:t>
       </w:r>
-      <w:r w:rsidR="00D33C6B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00D33C6B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Pour </w:t>
       </w:r>
-      <w:r w:rsidR="008F778B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="008F778B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>bénéficier d’une protection</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> contre des mesures de </w:t>
       </w:r>
-      <w:r w:rsidR="00615143" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00615143" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">eprésailles, </w:t>
       </w:r>
-      <w:r w:rsidR="008F778B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="008F778B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>l’intéressé doit dénoncer le manquement de bonne foi et fournir des renseignements ou présenter des éléments de preuve de nature à établir une présomption raisonnable de manquement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70DC8AF2" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...7 lines deleted...]
-    <w:p w14:paraId="57CB66CA" w14:textId="3B281DD1" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+    <w:p w14:paraId="70DC8AF2" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57CB66CA" w14:textId="3B281DD1" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2.2</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Bien qu’une personne qui collabore de bonne foi à un audit ou à une enquête dûment autorisé puisse demander à être protégée contre des mesures de </w:t>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:t xml:space="preserve">Bien qu’une personne qui collabore de bonne foi à un audit ou à </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>une enquête dûment autorisé</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> puisse demander à être protégée contre des mesures de </w:t>
+      </w:r>
+      <w:r w:rsidR="00615143" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">eprésailles, sa collaboration à une enquête n’excuse pas sa complicité dans le cadre de l’affaire sous-jacente. Nonobstant sa collaboration, ladite personne peut faire l’objet d’une procédure disciplinaire ou autre procédure appropriée au titre de son rôle dans l’affaire faisant l’objet d’une enquête. Ni l’enquête, ni l’imposition d’une quelconque mesure disciplinaire ou autre mesure appropriée au titre de sa complicité dans l’affaire faisant l’objet d’une enquête ne constitue une mesure de </w:t>
       </w:r>
-      <w:r w:rsidR="00615143" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00615143" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>eprésailles.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31333D68" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+    <w:p w14:paraId="31333D68" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="15C79973" w14:textId="524DDDAB" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15C79973" w14:textId="524DDDAB" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2.3</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">La dissémination de rumeurs infondées ou fausses ou le fait de formuler délibérément des allégations inexactes ou mensongères concernant la commission d’une faute ne constituent pas des </w:t>
       </w:r>
-      <w:r w:rsidR="00615143" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00615143" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ctivités protégées au sens de la présente politique. De tels actes peuvent constituer un manquement au titre duquel des mesures disciplinaires ou autres mesures appropriées, y compris un renvoi ou un licenciement, sont susceptibles d’être imposées conformément au </w:t>
       </w:r>
-      <w:r w:rsidR="006A1161" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="006A1161" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Statut et </w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Règlement du personnel de l’Organisation des Nations Unies et aux textes administratifs (applicables aux fonctionnaires) ou en fonction de ce que prévoit le contrat de l</w:t>
       </w:r>
-      <w:r w:rsidR="00615143" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00615143" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>’intéressé</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. Voir la section </w:t>
       </w:r>
-      <w:r w:rsidR="008F778B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="008F778B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (infra).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25567C03" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+    <w:p w14:paraId="25567C03" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="01E05184" w14:textId="6AF48B4D" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01E05184" w14:textId="6AF48B4D" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2.4</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">La direction du PNUD, y compris le Bureau de la déontologie, s’efforceront de protéger l’identité des personnes faisant état de mesures de </w:t>
       </w:r>
-      <w:r w:rsidR="00615143" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00615143" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">eprésailles à leur encontre, ainsi que la confidentialité de l’ensemble des communications de toute personne demandant à bénéficier d’une protection contre les </w:t>
       </w:r>
-      <w:r w:rsidR="00615143" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00615143" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">eprésailles conformément à la présente politique. Toutefois, à titre exceptionnel, l’identité du </w:t>
       </w:r>
-      <w:r w:rsidR="00121942" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00121942" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>requérant</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> et les informations connexes pourront être divulguées en tout ou en partie : a) aux personnes ayant légitimement besoin d’en prendre connaissance afin de résoudre la plainte ou de contribuer à l’examen de l’affaire par l’OAI ou tout autre organisme d’enquête dûment mandaté ; b) lorsque, dans le cadre d’une procédure judiciaire, le Bureau de la déontologie sera tenu de procéder à une telle divulgation ou ; c) lorsque, de l’avis discrétionnaire du Bureau de la déontologie, la divulgation de ces informations confidentielles sera nécessaire pour traiter ou régler de manière adéquate la situation dénoncée comme constituant des </w:t>
       </w:r>
-      <w:r w:rsidR="00615143" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00615143" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">eprésailles ou pour tenter d’empêcher d’autres manquements. Dans l’ensemble de ces situations, le </w:t>
       </w:r>
-      <w:r w:rsidR="00121942" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00121942" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>requérant</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> sera consulté avant toute divulgation. De même, la direction du PNUD ne sera pas tenue de préserver la confidentialité desdites informations lorsque la personne demandant à être protégée aura procédé à leur divulgation ou lorsqu’il pourra être légitimement déduit de son comportement qu’elle aura renoncé à leur confidentialité.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AF92291" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+    <w:p w14:paraId="4AF92291" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="52AFFB2D" w14:textId="2050AB09" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52AFFB2D" w14:textId="2050AB09" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2.5</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Tous les bureaux et les </w:t>
       </w:r>
-      <w:r w:rsidR="00C55B15" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C55B15" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>membres du personnel</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> du PNUD doivent coopérer avec le Bureau de la déontologie et fournir un accès à l’ensemble des dossiers et documents demandés par celui-ci, sous réserve des dossiers médicaux qui ne peuvent être divulgués sans le consentement exprès de l</w:t>
       </w:r>
-      <w:r w:rsidR="00615143" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00615143" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>’intéressé</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, ainsi que des dossiers de l’OAI et du Bureau de l’ombudsman qui sont confidentiels.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="621D23ED" w14:textId="12F8140A" w:rsidR="00C54B7C" w:rsidRPr="0083223A" w:rsidRDefault="00C54B7C" w:rsidP="009C612B">
+    <w:p w14:paraId="621D23ED" w14:textId="12F8140A" w:rsidR="00C54B7C" w:rsidRPr="00BE7538" w:rsidRDefault="00C54B7C" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="40D16190" w14:textId="77777777" w:rsidR="00C54B7C" w:rsidRPr="0083223A" w:rsidRDefault="00C54B7C" w:rsidP="009C612B">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40D16190" w14:textId="77777777" w:rsidR="00C54B7C" w:rsidRPr="00BE7538" w:rsidRDefault="00C54B7C" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2.6</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Nonobstant l’alinéa i) de l’article 1.2 du Statut du personnel, pourra bénéficier d’une protection contre les représailles quiconque dénonce un manquement à une entité ou à une personne étrangère aux mécanismes internes institués à cet effet, si les conditions énoncées aux alinéas a), b) et c) ci-après sont réunies :</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="31F27013" w14:textId="237ED045" w:rsidR="00C54B7C" w:rsidRPr="0083223A" w:rsidRDefault="00C54B7C" w:rsidP="00C54B7C">
+        <w:t xml:space="preserve">Nonobstant l’alinéa i) de l’article 1.2 du Statut du personnel, pourra bénéficier d’une protection contre les représailles quiconque dénonce un manquement à une entité ou à une personne étrangère aux mécanismes internes institués à cet effet, si les conditions énoncées aux alinéas </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>), b) et c) ci-après sont réunies :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31F27013" w14:textId="237ED045" w:rsidR="00C54B7C" w:rsidRPr="00BE7538" w:rsidRDefault="00C54B7C" w:rsidP="00C54B7C">
       <w:pPr>
         <w:ind w:left="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(a) La démarche était nécessaire pour éviter : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52258E69" w14:textId="0026A716" w:rsidR="00C54B7C" w:rsidRPr="0083223A" w:rsidRDefault="00C54B7C" w:rsidP="00C54B7C">
+    <w:p w14:paraId="52258E69" w14:textId="0026A716" w:rsidR="00C54B7C" w:rsidRPr="00BE7538" w:rsidRDefault="00C54B7C" w:rsidP="00C54B7C">
       <w:pPr>
         <w:ind w:left="900"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(i)</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Un grave danger pour la santé publique et la sécurité; ou</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="350FA021" w14:textId="01210C05" w:rsidR="00C54B7C" w:rsidRPr="0083223A" w:rsidRDefault="00C54B7C" w:rsidP="00C54B7C">
+        <w:t xml:space="preserve">Un grave danger pour la santé publique et la </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sécurité;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ou</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="350FA021" w14:textId="01210C05" w:rsidR="00C54B7C" w:rsidRPr="00BE7538" w:rsidRDefault="00C54B7C" w:rsidP="00C54B7C">
       <w:pPr>
         <w:ind w:left="900"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(ii)</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Des conséquences fâcheuses pour le fonctionnement d</w:t>
       </w:r>
-      <w:r w:rsidR="00515DE6" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00515DE6" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>u PNUD ;</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...7 lines deleted...]
-    <w:p w14:paraId="54700E95" w14:textId="77777777" w:rsidR="00C54B7C" w:rsidRPr="0083223A" w:rsidRDefault="00C54B7C" w:rsidP="00C54B7C">
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54700E95" w14:textId="77777777" w:rsidR="00C54B7C" w:rsidRPr="00BE7538" w:rsidRDefault="00C54B7C" w:rsidP="00C54B7C">
       <w:pPr>
         <w:ind w:left="900"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(iii)</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Des violations du droit interne ou international; et </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="68F6F908" w14:textId="77777777" w:rsidR="00C54B7C" w:rsidRPr="0083223A" w:rsidRDefault="00C54B7C" w:rsidP="00C54B7C">
+        <w:t xml:space="preserve">Des violations du droit interne ou </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>international;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68F6F908" w14:textId="77777777" w:rsidR="00C54B7C" w:rsidRPr="00BE7538" w:rsidRDefault="00C54B7C" w:rsidP="00C54B7C">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(b) L’auteur n’a pu emprunter les mécanismes internes parce que : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56ECF418" w14:textId="5B840520" w:rsidR="00515DE6" w:rsidRPr="0083223A" w:rsidRDefault="00C54B7C" w:rsidP="00515DE6">
+    <w:p w14:paraId="56ECF418" w14:textId="5B840520" w:rsidR="00515DE6" w:rsidRPr="00BE7538" w:rsidRDefault="00C54B7C" w:rsidP="00515DE6">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="540"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>(i)</w:t>
       </w:r>
-      <w:r w:rsidR="00515DE6" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00515DE6" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Au moment où il dénonçait le manquement, il avait des raisons de croire qu’il ferait l’objet de représailles de la part de la personne ou des personnes qu’il était censé dénoncer en empruntant les mécanismes internes</w:t>
       </w:r>
-      <w:r w:rsidR="00515DE6" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00515DE6" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...7 lines deleted...]
-    <w:p w14:paraId="58A02FBA" w14:textId="3D3BFBA9" w:rsidR="00515DE6" w:rsidRPr="0083223A" w:rsidRDefault="00C54B7C" w:rsidP="00515DE6">
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58A02FBA" w14:textId="3D3BFBA9" w:rsidR="00515DE6" w:rsidRPr="00BE7538" w:rsidRDefault="00C54B7C" w:rsidP="00515DE6">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="540"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(ii)</w:t>
       </w:r>
-      <w:r w:rsidR="00515DE6" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00515DE6" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Les éléments de preuve du manquement risquaient d’être dissimulés ou détruits si la dénonciation était faite à la personne ou aux personnes censées la recevoir dans le cadre des mécanismes internes</w:t>
       </w:r>
-      <w:r w:rsidR="00515DE6" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00515DE6" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...7 lines deleted...]
-    <w:p w14:paraId="0631C2DF" w14:textId="08E04E3F" w:rsidR="00515DE6" w:rsidRPr="0083223A" w:rsidRDefault="00C54B7C" w:rsidP="00515DE6">
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0631C2DF" w14:textId="08E04E3F" w:rsidR="00515DE6" w:rsidRPr="00BE7538" w:rsidRDefault="00C54B7C" w:rsidP="00515DE6">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="540"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(iii)</w:t>
       </w:r>
-      <w:r w:rsidR="00515DE6" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00515DE6" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>L’intéressé ayant dénoncé les mêmes faits auparavant en empruntant les mécanismes internes, l</w:t>
       </w:r>
-      <w:r w:rsidR="00515DE6" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00515DE6" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>e PNUD</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ne l’avait pas informé par écrit de la suite donnée à la dénonciation dans les six mois suivant sa démarche</w:t>
       </w:r>
-      <w:r w:rsidR="00515DE6" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00515DE6" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> et </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65E4BA0D" w14:textId="3E0DAA05" w:rsidR="00C54B7C" w:rsidRPr="0083223A" w:rsidRDefault="00515DE6" w:rsidP="00C54B7C">
+    <w:p w14:paraId="65E4BA0D" w14:textId="3E0DAA05" w:rsidR="00C54B7C" w:rsidRPr="00BE7538" w:rsidRDefault="00515DE6" w:rsidP="00C54B7C">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00C54B7C" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C54B7C" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>c) L’intéressé n’a reçu aucun paiement ou avantage de quelque partie que ce soit en contrepartie de sa dénonciation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4443D9C5" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...19 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w14:paraId="4443D9C5" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A062E09" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Section 3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A20F672" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...20 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w14:paraId="5A20F672" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D9B51E6" w14:textId="47AE6D04" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Délai de demande de protection contre les </w:t>
       </w:r>
-      <w:r w:rsidR="00615143" w:rsidRPr="0083223A">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00615143" w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>eprésailles</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AA1C045" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...7 lines deleted...]
-    <w:p w14:paraId="63C7B0CA" w14:textId="4A94ADC8" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+    <w:p w14:paraId="0AA1C045" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63C7B0CA" w14:textId="4A94ADC8" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
-      <w:r w:rsidR="000A35CE" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="000A35CE" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="000A35CE" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="000A35CE" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a demande de protection de l</w:t>
       </w:r>
-      <w:r w:rsidR="00615143" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00615143" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>’intéressé</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00226B97" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00226B97" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">doit être présentée au Bureau de la déontologie au plus tard six mois après la date à laquelle l’intéressé a su ou, de l’avis du Bureau, aurait dû savoir que la mesure de représailles incriminée a été </w:t>
       </w:r>
-      <w:r w:rsidR="00CE2AAD" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00CE2AAD" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">menacée d’être prise ou </w:t>
       </w:r>
-      <w:r w:rsidR="00226B97" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00226B97" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>prise</w:t>
       </w:r>
-      <w:r w:rsidR="00CE2AAD" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00CE2AAD" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ED62A1E" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+    <w:p w14:paraId="7ED62A1E" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="791AC0F3" w14:textId="5D2DE5B2" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="791AC0F3" w14:textId="5D2DE5B2" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
-      <w:r w:rsidR="00C90986" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C90986" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Ce délai peut être prorogé lorsque, de l’avis du Directeur du Bureau de la déontologie, une telle prorogation est conforme à l’intérêt du PNUD ou est par ailleurs nécessaire afin de donner effet au but et à l’objet généraux de la présente politique.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12691474" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+    <w:p w14:paraId="12691474" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...17 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64426873" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="009C612B" w:rsidP="00EE256A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Section 4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62ADFA76" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...22 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w14:paraId="62ADFA76" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="009C612B" w:rsidP="00EE256A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="476E7648" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="009C612B" w:rsidP="00EE256A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Champ d’application</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73BC73D5" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...17 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w14:paraId="73BC73D5" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FB49DC1" w14:textId="63415EE8" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>4.1</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">La politique de protection contre les </w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...15 lines deleted...]
-    <w:p w14:paraId="0843A722" w14:textId="6574C086" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eprésailles </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s’appliquent</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F14B3D3" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0843A722" w14:textId="6574C086" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="1416" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(a)</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00846D55" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00846D55" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">’ensemble des fonctionnaires titulaires de lettres de nomination du PNUD, y compris aux administrateurs auxiliaires (JPO), </w:t>
       </w:r>
-      <w:r w:rsidR="00624835" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00624835" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>qui sont affectés au PNUD.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="266F7209" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+    <w:p w14:paraId="266F7209" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="1416" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="1C767CF8" w14:textId="74E9E992" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C767CF8" w14:textId="74E9E992" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="1416" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(b)</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00846D55" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00846D55" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>’ensemble des autres personnes titulaires d’une nomination ou d’un contrat du PNUD</w:t>
       </w:r>
-      <w:r w:rsidR="00230FD8" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00230FD8" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> et affectées au PNUD</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, y compris :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08A4E454" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+    <w:p w14:paraId="08A4E454" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="1416" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="38D820C4" w14:textId="266EB30B" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38D820C4" w14:textId="266EB30B" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="2124" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(i)</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00846D55" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00846D55" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>es fonctionnaires d’autres organisations en détachement auprès du PNUD ou participant à un échange inter-organisation avec le PNUD, au titre des actes commis au sein du PNUD, sauf stipulation contraire de l’accord de détachement ou d’échange. Le PNUD informera l’organisation d’origine du fonctionnaire concerné avant de l’accuser d’avoir commis un manquement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="566DC629" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+    <w:p w14:paraId="566DC629" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="2124" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="4C57ED42" w14:textId="09AD394E" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C57ED42" w14:textId="09AD394E" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="2124" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(ii)</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00846D55" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00846D55" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>es volontaires des Nations Unies (UNV) et les stagiaires travaillant au PNUD.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6435D910" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+    <w:p w14:paraId="6435D910" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="2124" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="00D51DB9" w14:textId="3FC1285B" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00D51DB9" w14:textId="3FC1285B" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="2124" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(iii)</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00846D55" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00846D55" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
-      <w:r w:rsidR="0025516B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="0025516B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">es titulaires de contrats de service du personnel national (NPSA), les titulaires de contrats de service du personnel international (IPSA), </w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>les vacataires (</w:t>
       </w:r>
-      <w:r w:rsidR="0025516B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="0025516B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">IC, </w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...9 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">anciennement SSA) et </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">prestataires de services (SC) </w:t>
+      </w:r>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>affectés a</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>u PNUD</w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>outefois</w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> la protection contre les </w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>eprésailles peut être limitée de manière à donner effet aux stipulations du contrat en vertu duquel le prestataire intervient, y compris à toute autre stipulation incorporée dans son contrat directement ou par renvoi.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AE1ECB2" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...7 lines deleted...]
-    <w:p w14:paraId="22EAB64A" w14:textId="192F4386" w:rsidR="00915F71" w:rsidRDefault="009C612B" w:rsidP="007C5C58">
+    <w:p w14:paraId="0AE1ECB2" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22EAB64A" w14:textId="192F4386" w:rsidR="00915F71" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="007C5C58">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1428"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>4.2</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00915F71">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00915F71" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(a)</w:t>
       </w:r>
-      <w:r w:rsidR="00915F71">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00915F71" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="007C5C58" w:rsidRPr="007C5C58">
-[...93 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="007C5C58" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La présente section 4.2 ne s’appliquera que dans la mesure où le PNUD sera parvenu à un accord avec le fonds, organisme, programme ou département des Nations Unies concerné afin de garantir </w:t>
+      </w:r>
+      <w:r w:rsidR="00210FF1" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">que </w:t>
       </w:r>
-      <w:r w:rsidR="007C5C58">
-[...16 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="007C5C58" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>les fonctionnaires et non-fonctionnaires du PNUD</w:t>
+      </w:r>
+      <w:r w:rsidR="00210FF1" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> disposeront d’un recours utile</w:t>
       </w:r>
-      <w:r w:rsidR="007C5C58" w:rsidRPr="007C5C58">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="007C5C58" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78EE913E" w14:textId="77777777" w:rsidR="00915F71" w:rsidRDefault="00915F71" w:rsidP="009C612B">
+    <w:p w14:paraId="78EE913E" w14:textId="77777777" w:rsidR="00915F71" w:rsidRPr="00BE7538" w:rsidRDefault="00915F71" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="18421BC5" w14:textId="65586D23" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="00915F71" w:rsidP="00915F71">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18421BC5" w14:textId="65586D23" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="00915F71" w:rsidP="00915F71">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="732"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(b)</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Sous réserve du paragraphe (a) ci-dessus, l</w:t>
       </w:r>
-      <w:r w:rsidR="003457BA" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="003457BA" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">a présente politique </w:t>
       </w:r>
-      <w:r w:rsidR="003457BA" w:rsidRPr="0083223A">
-        <w:rPr>
+      <w:r w:rsidR="003457BA" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ne </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003457BA" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s’appliquent</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="003457BA" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pas</w:t>
+      </w:r>
+      <w:r w:rsidR="003457BA" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> aux fonctionnaires ou non-fonctionnaires du PNUD qui sont affectés exclusivement à un autre fonds, organisme, programme ou département des Nations Unies. Dans ce cas, le </w:t>
       </w:r>
-      <w:r w:rsidR="00686B36" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00686B36" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">fonctionnaire </w:t>
       </w:r>
-      <w:r w:rsidR="003457BA" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="003457BA" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="00AE217A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00AE217A" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003457BA" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="003457BA" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>non-</w:t>
       </w:r>
-      <w:r w:rsidR="00686B36" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00686B36" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>fonctionnaire</w:t>
       </w:r>
-      <w:r w:rsidR="003457BA" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="003457BA" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00686B36" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00686B36" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>concerné</w:t>
       </w:r>
-      <w:r w:rsidR="003457BA" w:rsidRPr="0083223A">
-[...9 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="003457BA" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003457BA" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sera</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="003457BA" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00686B36" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>soumis</w:t>
       </w:r>
-      <w:r w:rsidR="003457BA" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="003457BA" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, le cas échéant, </w:t>
       </w:r>
-      <w:r w:rsidR="00686B36" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00686B36" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">aux </w:t>
       </w:r>
-      <w:r w:rsidR="003457BA" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="003457BA" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>règles de l</w:t>
       </w:r>
-      <w:r w:rsidR="00686B36" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00686B36" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidR="003457BA" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="003457BA" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">organisation d'accueil, en ce qui concerne les actes </w:t>
       </w:r>
-      <w:r w:rsidR="00686B36" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00686B36" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>commis</w:t>
       </w:r>
-      <w:r w:rsidR="003457BA" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="003457BA" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> pendant la période d</w:t>
       </w:r>
-      <w:r w:rsidR="00686B36" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00686B36" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidR="003457BA" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="003457BA" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">emploi du </w:t>
       </w:r>
-      <w:r w:rsidR="00686B36" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00686B36" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>fonctionnaire</w:t>
       </w:r>
-      <w:r w:rsidR="003457BA" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="003457BA" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>/non-</w:t>
       </w:r>
-      <w:r w:rsidR="00686B36" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00686B36" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>fonctionnaire</w:t>
       </w:r>
-      <w:r w:rsidR="003457BA" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="003457BA" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> auprès de cette organisation</w:t>
       </w:r>
-      <w:r w:rsidR="00686B36" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00686B36" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. De même, l</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">a présente politique </w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-        <w:rPr>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ne </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s’appliquent</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pas</w:t>
+      </w:r>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> aux fonctionnaires </w:t>
       </w:r>
-      <w:r w:rsidR="003457BA" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="003457BA" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ou non-fonctionnaires </w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>du PNUD en détachement auprès d’une autre organisation des Nations Unies ou participant à un échange avec une telle organisation, lorsque leur détachement ou échange est régi par les règles de l’organisation d’accueil, en ce qui concerne les actes commis au cours de leur échange au sein de ladite organisation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="173C3670" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...19 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w14:paraId="173C3670" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C0111FE" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Section 5</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="501C3D07" w14:textId="58744819" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...20 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w14:paraId="501C3D07" w14:textId="58744819" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FFEBB13" w14:textId="791E85A4" w:rsidR="00457B16" w:rsidRPr="00EE256A" w:rsidRDefault="00457B16" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Mesures de prévention</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BE7FEB3" w14:textId="22F9E6F5" w:rsidR="00457B16" w:rsidRPr="0083223A" w:rsidRDefault="00457B16" w:rsidP="009C612B">
-[...8 lines deleted...]
-    <w:p w14:paraId="681DFA93" w14:textId="505177C3" w:rsidR="00457B16" w:rsidRDefault="00D37E0E" w:rsidP="00D37E0E">
+    <w:p w14:paraId="5BE7FEB3" w14:textId="22F9E6F5" w:rsidR="00457B16" w:rsidRPr="00BE7538" w:rsidRDefault="00457B16" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="681DFA93" w14:textId="505177C3" w:rsidR="00457B16" w:rsidRPr="00BE7538" w:rsidRDefault="00D37E0E" w:rsidP="00D37E0E">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
-          <w:bCs/>
-[...8 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>5.1</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">En ce qui concerne les allégations de manquement reçues par l’OAI qui, si elles sont établies, seraient manifestement préjudiciables aux intérêts, au fonctionnement ou à la gouvernance du PNUD, l’OAI informe le Bureau de la déontologie s’il identifie un risque de représailles contre le </w:t>
       </w:r>
-      <w:r w:rsidR="00C0429E" w:rsidRPr="0083223A">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C0429E" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>requérant</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. L</w:t>
       </w:r>
-      <w:r w:rsidR="00C0429E" w:rsidRPr="0083223A">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C0429E" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>’OAI</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ne fourni</w:t>
       </w:r>
-      <w:r w:rsidR="00C0429E" w:rsidRPr="0083223A">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C0429E" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> cette information au Bureau de la déontologie qu</w:t>
       </w:r>
-      <w:r w:rsidR="00C0429E" w:rsidRPr="0083223A">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C0429E" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>avec le consentement de l</w:t>
       </w:r>
-      <w:r w:rsidR="00C0429E" w:rsidRPr="0083223A">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C0429E" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">auteur </w:t>
       </w:r>
-      <w:r w:rsidR="00C0429E" w:rsidRPr="0083223A">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C0429E" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>de la dénonciation</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="606C45CF" w14:textId="34BF0B77" w:rsidR="00CF3214" w:rsidRDefault="00CF3214" w:rsidP="00D37E0E">
+    <w:p w14:paraId="606C45CF" w14:textId="34BF0B77" w:rsidR="00CF3214" w:rsidRPr="00BE7538" w:rsidRDefault="00CF3214" w:rsidP="00D37E0E">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
-          <w:bCs/>
-[...5 lines deleted...]
-    <w:p w14:paraId="202791F9" w14:textId="66400F32" w:rsidR="00CF3214" w:rsidRPr="0083223A" w:rsidRDefault="00CF3214" w:rsidP="00D37E0E">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="202791F9" w14:textId="66400F32" w:rsidR="00CF3214" w:rsidRPr="00BE7538" w:rsidRDefault="00CF3214" w:rsidP="00D37E0E">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
-          <w:bCs/>
-[...8 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>5.2</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...36 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:t xml:space="preserve">Une fois informé par l’OAI que </w:t>
+      </w:r>
+      <w:r w:rsidR="005A6720" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>le requérant</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CF3214">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> risque de subir des représailles, le Bureau de la déontologie se met en rapport avec la personne concernée pour arrêter les mesures de prévention à prendre. Avec le consentement de l’intéressé, le Bureau peut notamment inviter le ou les responsables hiérarchiques supérieurs du fonctionnaire à surveiller la situation au travail de celui-ci pour empêcher que des représailles soient exercées à son encontre à raison de </w:t>
       </w:r>
-      <w:r w:rsidR="005A6720">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="005A6720" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>sa dénonciation</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CF3214">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D04095" w14:textId="4A4A6E58" w:rsidR="00457B16" w:rsidRPr="0083223A" w:rsidRDefault="00457B16" w:rsidP="009C612B">
-[...20 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w14:paraId="42D04095" w14:textId="4A4A6E58" w:rsidR="00457B16" w:rsidRPr="00BE7538" w:rsidRDefault="00457B16" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2477F41F" w14:textId="7E883196" w:rsidR="00457B16" w:rsidRPr="00EE256A" w:rsidRDefault="00457B16" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Section 6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D6D2496" w14:textId="77777777" w:rsidR="00457B16" w:rsidRPr="0083223A" w:rsidRDefault="00457B16" w:rsidP="009C612B">
-[...20 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w14:paraId="4D6D2496" w14:textId="77777777" w:rsidR="00457B16" w:rsidRPr="00EE256A" w:rsidRDefault="00457B16" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="665E03D7" w14:textId="61C3D153" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Comment soumettre une demande de protection contre les </w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>eprésailles au Bureau de la déontologie</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FC64831" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...7 lines deleted...]
-    <w:p w14:paraId="34CC47A8" w14:textId="4515CF2D" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="00457B16" w:rsidP="009C612B">
+    <w:p w14:paraId="3FC64831" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34CC47A8" w14:textId="4C700670" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="00457B16" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.1</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Les personnes qui estiment avoir fait l’objet de mesures ou de menaces de </w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">eprésailles parce qu’elles se sont livrées à une </w:t>
       </w:r>
-      <w:r w:rsidR="00615143" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00615143" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ctivité protégée peuvent faire part de leurs préoccupations et demander une protection en contactant le Bureau de la déontologie dès que possible (et au plus tard dans les délais indiqués dans la section 3), et en formulant une demande de protection officielle par écrit (ou par courrier électronique). Le Bureau de la déontologie a créé </w:t>
       </w:r>
-      <w:r w:rsidR="00E729C5" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00E729C5" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">pour le PNUD </w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">un </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidR="00E729C5" w:rsidRPr="0083223A">
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidR="007A0080" w:rsidRPr="00BE7538">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="18"/>
-            <w:szCs w:val="18"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>formulaire de demande de protection contre les représailles</w:t>
+          <w:t>formulaire de demande de protection contre les représailles (en anglais)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...9 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> afin de faciliter une telle demande. Veuillez inclure l’ensemble des informations et documents justificatifs et référez-vous à la section 3 ci-dessus pour consulter les délais précis de dépôt </w:t>
+      </w:r>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">d’une telle demande de protection. Le Bureau de la déontologie est situé </w:t>
+      </w:r>
+      <w:r w:rsidR="00E729C5" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>à</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E729C5" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00E729C5" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>One United Nations Plaza</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, New York, NY 10017, et peut également être contacté par téléphone au +1(212-909-7840)</w:t>
       </w:r>
-      <w:r w:rsidR="00F51081" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00F51081" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ou</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> par courrier électronique (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="18"/>
-            <w:szCs w:val="18"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>ethicsoffice@undp.org</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00F51081" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00F51081" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BE5D94A" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...7 lines deleted...]
-    <w:p w14:paraId="5BCDBCE1" w14:textId="065B81FB" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="00457B16" w:rsidP="009C612B">
+    <w:p w14:paraId="1BE5D94A" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BCDBCE1" w14:textId="065B81FB" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="00457B16" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.2</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Le PNUD encourage le règlement informel des conflits. Par conséquent, nonobstant toute autre disposition de la présente politique, une personne qui estime avoir fait l’objet de mesures ou de menaces de </w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">eprésailles peut, de manière discrétionnaire, contacter initialement le Bureau de l’ombudsman afin de tenter de régler de manière informelle le problème sous-jacent (c’est-à-dire la question ayant donné lieu aux craintes de </w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">eprésailles). Au cours de la tentative de règlement informelle d’un conflit par l’intermédiaire de l’ombudsman, le délai de dépôt d’une plainte pour </w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">eprésailles auprès du Bureau de la déontologie, tel qu’indiqué dans la section 3 ci-dessus, peut être suspendu par le Bureau de la déontologie pendant une durée maximum de 120 jours, </w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-        <w:rPr>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>à condition</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-        <w:rPr>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>que</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> l</w:t>
       </w:r>
-      <w:r w:rsidR="00CE2AAD" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00CE2AAD" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>’intéressé</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> a) notifie au Directeur du Bureau de la déontologie, par écrit, qu’</w:t>
       </w:r>
-      <w:r w:rsidR="00CE2AAD" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00CE2AAD" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>il</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> a demandé le règlement informelle de l’affaire et b) joigne une confirmation écrite du Bureau de l’ombudsman selon laquelle ledit bureau participe à ladite procédure de règlement informel.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ED3EB23" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+    <w:p w14:paraId="7ED3EB23" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="22F09108" w14:textId="3ECA24EC" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="00457B16" w:rsidP="009C612B">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22F09108" w14:textId="3ECA24EC" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="00457B16" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.3</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">La tentative de règlement informel d’une affaire, d’une réclamation ou d’un problème interpersonnel susceptible de servir de fondement à une plainte pour </w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">eprésailles ne peut empêcher l’engagement indépendant et ultérieur d’une procédure disciplinaire ou autre procédure administrative contre l’auteur allégué des mesures de </w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>représailles</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, le cas échéant.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01F8A85E" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...19 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w14:paraId="01F8A85E" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B5FC410" w14:textId="57EFBBCB" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
-      <w:r w:rsidR="007236CC" w:rsidRPr="0083223A">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="007236CC" w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63F17035" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...20 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w14:paraId="63F17035" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="406A7C4B" w14:textId="55FEF56B" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Traitement des plaintes pour </w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>représailles</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ou des menaces de </w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>représailles</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">) et demande de protection contre les </w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>représailles</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="502F1752" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...17 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w14:paraId="502F1752" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="399E88F8" w14:textId="7306344D" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="007236CC" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.1</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Le rôle du Bureau de la déontologie aux termes de la présente politique consiste à :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11F96651" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...7 lines deleted...]
-    <w:p w14:paraId="27D6EB33" w14:textId="4F1A2C1D" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+    <w:p w14:paraId="11F96651" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27D6EB33" w14:textId="4F1A2C1D" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="1416" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(a)</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">recevoir les plaintes faisant état de </w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>représailles</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ou de menaces de </w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>représailles</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> et les demandes de protection contre les </w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>représailles</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> des </w:t>
       </w:r>
-      <w:r w:rsidR="00121942" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00121942" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>requérant</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B09B8B9" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+    <w:p w14:paraId="7B09B8B9" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="1416" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="3F009010" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F009010" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="1416" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(b)</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>tenir un dossier confidentiel de l’ensemble desdites plaintes ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13A37D39" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+    <w:p w14:paraId="13A37D39" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="1416" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="0207AB28" w14:textId="28C2F244" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0207AB28" w14:textId="28C2F244" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="1416" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(c)</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">procéder à un examen préliminaire des allégations de </w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>représailles</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> afin de déterminer :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B3DE0E3" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+    <w:p w14:paraId="7B3DE0E3" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="1416" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="0FE96FFD" w14:textId="417B3747" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FE96FFD" w14:textId="417B3747" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="1416" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>(i)</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">si la démarche entreprise par le </w:t>
       </w:r>
-      <w:r w:rsidR="00121942" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00121942" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>requérant</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> est une </w:t>
       </w:r>
-      <w:r w:rsidR="00615143" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00615143" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ctivité protégée ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0979E959" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+    <w:p w14:paraId="0979E959" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="1416" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="24F9A3CC" w14:textId="49D4A738" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24F9A3CC" w14:textId="49D4A738" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="2124" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(ii)</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">si l’acte constituant prétendument des </w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>représailles</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ou une menace de </w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>représailles</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> a effectivement été commis ; et</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="180D7FE2" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+    <w:p w14:paraId="180D7FE2" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="2124" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="58EFD279" w14:textId="27E89144" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58EFD279" w14:textId="27E89144" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="2124" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(iii)</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>s’il y lieu de présumer que l’</w:t>
       </w:r>
-      <w:r w:rsidR="00615143" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00615143" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ctivité protégée a été l’une des causes de l’acte constituant prétendument une mesure ou une menace de </w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>représailles</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="036A4FD7" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...7 lines deleted...]
-    <w:p w14:paraId="2085A374" w14:textId="37F2A731" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="00121942" w:rsidP="009C612B">
+    <w:p w14:paraId="036A4FD7" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2085A374" w14:textId="37F2A731" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="00121942" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.2</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Le Bureau de la déontologie adressera promptement au </w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>requérant</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> un accusé de réception de sa plainte et s’efforcera d’achever son examen préliminaire sous </w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>30</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> jours à compter de la réception </w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>de l’ensemble des informations demandées concernant</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> la demande de protection contre les </w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>représailles</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> soumise</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...9 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Si le Bureau </w:t>
+      </w:r>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">de la déontologie s’abstient d’examiner la demande dans ledit délai de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>30</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> jours, le </w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>requérant</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> pourra soumettre l’affaire par écrit au Président du </w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Groupe</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">la </w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>déontologie des Nations Unies.</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41DC6365" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+    <w:p w14:paraId="41DC6365" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="3EDDF3C1" w14:textId="291070EA" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="00DA34BC" w:rsidP="009C612B">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EDDF3C1" w14:textId="291070EA" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="00DA34BC" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.3</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Si le Directeur du Bureau de la déontologie estime qu’il risque de se trouver dans une situation de conflit d’intérêts s’il procède à l’examen d’une plainte particulière ou s’il souhaite éviter ne serait-ce que l’apparence d’une pression illicite ou d’un abus d’autorité, il peut transmettre ladite plainte au Président du </w:t>
       </w:r>
-      <w:r w:rsidR="00BF240D" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00BF240D" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Groupe de la</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...7 lines deleted...]
-    <w:p w14:paraId="63DD19B0" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> déontologie des Nations Unies pour avis et recommandations concernant le choix </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>d’une autre organisme</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à qui confier un tel examen. Le Directeur doit également informer immédiatement l’Administrateur du PNUD d’une telle transmission.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63DD19B0" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="342F6854" w14:textId="7178EB1D" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="00DA34BC" w:rsidP="009C612B">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="342F6854" w14:textId="7178EB1D" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="00DA34BC" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.4</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Si le Directeur du Bureau de la déontologie estime que les documents et les éléments de preuve examinés permettent de conclure qu’il existe une présomption de </w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>représailles</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ou de menaces de </w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>représailles</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, il transmet l’affaire par écrit à l’OAI aux fins d’enquête et en notifie immédiatement le </w:t>
       </w:r>
-      <w:r w:rsidR="00121942" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00121942" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>requérant</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> par écrit. L’OAI s’efforcera d’achever son enquête et de soumettre son rapport d’enquête au Bureau de la déontologie sous 120 jours à compter de ladite transmission.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19C22DDE" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+    <w:p w14:paraId="19C22DDE" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="49665ED6" w14:textId="36A217A6" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="00DA34BC" w:rsidP="009C612B">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49665ED6" w14:textId="36A217A6" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="00DA34BC" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.5</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Si, de l’avis du Directeur du Bureau de la déontologie, un conflit d’intérêts ou d’autres circonstances atténuantes peuvent résulter de la réalisation de l’enquête par l’OAI, le Bureau de la déontologie peut recommander à l’Administrateur de transmettre la plainte à un autre organisme qui sera chargé d’effectuer l’enquête. Dans ce cas, à l’issue de l’enquête, l’enquêteur remettra un rapport d’enquête final au Bureau de la déontologie.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="775112A1" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+    <w:p w14:paraId="775112A1" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="7C4490FD" w14:textId="490CB059" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="00DA34BC" w:rsidP="009C612B">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C4490FD" w14:textId="490CB059" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="00DA34BC" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.6</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">L’enquête réunira des éléments de preuve qui seront fournis au Bureau de la déontologie afin de l’aider à vérifier de manière indépendante la réalité des mesures ou des menaces de </w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>représailles</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> dénoncées. Toutefois, la charge de la preuve incombera à l’Administration qui devra démontrer à l’aide d’éléments de preuve non équivoques et convaincants qu’elle aurait pris la même mesure en l’absence de l’</w:t>
       </w:r>
-      <w:r w:rsidR="00615143" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00615143" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ctivité protégée considérée. A ce titre, la présente politique est sans préjudice de l’application légitime des règlements, règles et procédures administratives de l’Organisation des Nations Unies et du PNUD, y compris de ceux et celles qui régissent l’évaluation des performances et la non-prolongation ou la cessation des nominations, emplois ou contrats.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D7B2654" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+    <w:p w14:paraId="6D7B2654" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="287A5E6D" w14:textId="640CF9CF" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="00DA34BC" w:rsidP="009C612B">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="287A5E6D" w14:textId="640CF9CF" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="00DA34BC" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.7</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="0034010F" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="0034010F" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tant pendant l’examen préliminaire que d</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ans l’attente de l’achèvement de l’enquête</w:t>
       </w:r>
-      <w:r w:rsidR="0034010F" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="0034010F" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> après qu’une présomption de représailles ou </w:t>
       </w:r>
-      <w:r w:rsidR="009D52CE" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009D52CE" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">de </w:t>
       </w:r>
-      <w:r w:rsidR="0034010F" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="0034010F" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>menace de représailles a été établie</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, le Bureau de la déontologie peut recommander </w:t>
       </w:r>
-      <w:r w:rsidR="007728DE" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="007728DE" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">aux responsables locaux et/ou </w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">à l’Administrateur des mesures provisoires destinées à sauvegarder les intérêts du </w:t>
       </w:r>
-      <w:r w:rsidR="00121942" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00121942" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>requérant</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> et, notamment, la suspension temporaire de l’application de la mesure constituant prétendument des </w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>représailles</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> et/ou, en concertation avec le </w:t>
       </w:r>
-      <w:r w:rsidR="00121942" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00121942" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>requérant</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, la réaffectation temporaire du </w:t>
       </w:r>
-      <w:r w:rsidR="00121942" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00121942" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>requérant</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ou sa mise en congé spécial avec traitement. La réaffectation ou la mise en congé spécial avec traitement à titre temporaire ne peut être recommandée que lorsque le </w:t>
       </w:r>
-      <w:r w:rsidR="00121942" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00121942" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>requérant</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> est un fonctionnaire du PNUD. Lorsque l</w:t>
       </w:r>
-      <w:r w:rsidR="00CE2AAD" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00CE2AAD" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>’intéressé</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> n’est pas un fonctionnaire du PNUD (par ex. un prestataire), les mesures susceptibles d’être prises peuvent se limiter à celles qui sont prévues par le contrat qui l</w:t>
       </w:r>
-      <w:r w:rsidR="00CE2AAD" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00CE2AAD" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> lie au PNUD.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79854373" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...17 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w14:paraId="79854373" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08799A67" w14:textId="30B26D2B" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="00DA34BC" w:rsidP="003A0976">
+      <w:pPr>
+        <w:ind w:left="706" w:hanging="706"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.8</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Après avoir reçu le rapport d’enquête, le Bureau de la déontologie :</w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="7451F5DD" w14:textId="77C45134" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009D52CE" w:rsidP="009C612B">
+        <w:t>Après avoir reçu le rapport d’enquête</w:t>
+      </w:r>
+      <w:r w:rsidR="00C67D8C" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ainsi que les documents justificatifs et les informations demandées</w:t>
+      </w:r>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, le Bureau de la déontologie </w:t>
+      </w:r>
+      <w:r w:rsidR="00C67D8C" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s’efforcera d’achever son évaluation indépendante conformément à la Section 7.6 sous 45 jours. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C67D8C" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sur la base de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C67D8C" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>cette</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C67D8C" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C67D8C" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>évaluation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C67D8C" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C67D8C" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>indépendante</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C67D8C" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C67D8C" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>le Bureau de la déontologie</w:t>
+      </w:r>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C250C34" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7451F5DD" w14:textId="0E883E34" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009D52CE" w:rsidP="00C67D8C">
       <w:pPr>
         <w:ind w:left="2124" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>7.8.1</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">détermine si l’enquête corrobore les allégations de </w:t>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C67D8C" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>déterminera</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C67D8C" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">si l’enquête corrobore les allégations de </w:t>
+      </w:r>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>représailles</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...9 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et, dans l’affirmative, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C67D8C" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>transmettra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> l’affaire au Directeur du</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB6077" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Bureau des services juridiques (OLS)</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> à charge pour celui-ci de décider si une procédure disciplinaire doit être engagée contre l’auteur des </w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>représailles</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, conformément aux dispositions du </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidR="00CB6077" w:rsidRPr="0083223A">
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidR="00CB6077" w:rsidRPr="00BE7538">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="18"/>
-            <w:szCs w:val="18"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Cadre juridique du PNUD applicable aux violations des normes de conduite des Nations Unies</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00CB6077" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00CB6077" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ; </w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>et</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07520A5D" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+    <w:p w14:paraId="07520A5D" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="2124" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="716434A0" w14:textId="52A17BC2" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009D52CE" w:rsidP="009C612B">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="716434A0" w14:textId="1BC70EB6" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009D52CE" w:rsidP="00C67D8C">
       <w:pPr>
         <w:ind w:left="2124" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>7.8.2</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">informe le </w:t>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C67D8C" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>informera</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C67D8C" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">le </w:t>
+      </w:r>
+      <w:r w:rsidR="00121942" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>requérant</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> du résultat de l’enquête et lui indique si celle-ci corrobore ses allégations de </w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>représailles</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C43C9B9" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...7 lines deleted...]
-    <w:p w14:paraId="3F9E91C1" w14:textId="44BE5A74" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="00DA34BC" w:rsidP="009C612B">
+    <w:p w14:paraId="2C43C9B9" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F9E91C1" w14:textId="00B3D4F4" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="00DA34BC" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.9</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(a) Si, après avoir examiné le rapport d’enquête, le Bureau de la déontologie estime qu’il est établi qu’une personne a fait l’objet de </w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>représailles</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, il peut également recommander à l’Administrateur des mesures appropriées destinées à corriger les effets négatifs subis ou risquant d’être subis par ladite personne du fait de telles </w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>représailles</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. S’il s’agit d’un fonctionnaire, ces mesures peuvent notamment inclure l’annulation de la décision/mesure prise en </w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>représailles</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, la réintégration du fonctionnaire et, s’il y a lieu et après concertation avec celui-ci, son transfert dans un autre bureau ou à un autre poste correspondant à ses qualifications. </w:t>
       </w:r>
-      <w:r w:rsidR="0018568C" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="0018568C" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Sous réserve de toutes les garanties de procédure applicables, notamment des droits prévus au </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
-        <w:r w:rsidR="0018568C" w:rsidRPr="003F49EB">
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidR="0018568C" w:rsidRPr="00BE7538">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="18"/>
-            <w:szCs w:val="18"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve">chapitre X du </w:t>
         </w:r>
-        <w:r w:rsidR="006A1161" w:rsidRPr="003F49EB">
+        <w:r w:rsidR="006A1161" w:rsidRPr="00BE7538">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="18"/>
-            <w:szCs w:val="18"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve">Statut et </w:t>
         </w:r>
-        <w:r w:rsidR="0018568C" w:rsidRPr="003F49EB">
+        <w:r w:rsidR="0018568C" w:rsidRPr="00BE7538">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="18"/>
-            <w:szCs w:val="18"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve">Règlement du personnel </w:t>
         </w:r>
-        <w:r w:rsidR="006A1161" w:rsidRPr="003F49EB">
+        <w:r w:rsidR="006A1161" w:rsidRPr="00BE7538">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="18"/>
-            <w:szCs w:val="18"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve">de l’Organisation </w:t>
         </w:r>
-        <w:r w:rsidR="0018568C" w:rsidRPr="003F49EB">
+        <w:r w:rsidR="0018568C" w:rsidRPr="00BE7538">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="18"/>
-            <w:szCs w:val="18"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t xml:space="preserve">des Nations </w:t>
+          <w:t>des Nations Unies</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="0018568C" w:rsidRPr="003F49EB">
+      </w:hyperlink>
+      <w:r w:rsidR="0018568C" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, la mutation temporaire ou permanent</w:t>
+      </w:r>
+      <w:r w:rsidR="001D088C" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="0018568C" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la personne accusée d’avoir exercé des représailles peut être recommandée. </w:t>
+      </w:r>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Pour tout autre membre du personnel, les mesures appropriées doivent viser, dans toute la mesure du possible, à donner effet aux conditions de son contrat ou à ses conditions d’emploi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="414A60E5" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AB4997F" w14:textId="626AC2C4" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(b) Bien que le Bureau de la déontologie puisse recommander à l’Administrateur certaines mesures correctrices, telles qu’indiquées ci-dessus, les procédures décrites dans la présente politique sont sans préjudice des droits d’une personne ayant subi des </w:t>
+      </w:r>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>représailles</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de demander réparation par tout autre mécanisme de recours interne prévu par le Statut et Règlement du personnel ou d’autres politiques administratives.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D7193F9" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69469471" w14:textId="6DC10FB7" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="00502BD9" w:rsidP="009C612B">
+      <w:pPr>
+        <w:ind w:left="708" w:hanging="708"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.10</w:t>
+      </w:r>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Si le Bureau de la déontologie juge qu’il existe une présomption de </w:t>
+      </w:r>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>représailles</w:t>
+      </w:r>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ou de menace de </w:t>
+      </w:r>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>représailles</w:t>
+      </w:r>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, mais estime qu’elle résulte d’autres facteurs (par ex. un problème interpersonnel au sein d’un bureau ou avec un manager particulier), il peut indiquer au </w:t>
+      </w:r>
+      <w:r w:rsidR="00121942" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>requérant</w:t>
+      </w:r>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d’autres alternatives permettant de résoudre une telle situation ou d’y remédier, dont la saisine du Bureau de l’ombudsman ou d’autres mécanismes informels de règlement des conflits au sein du PNUD.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53B99CD9" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12C31CF5" w14:textId="59DA441F" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section </w:t>
+      </w:r>
+      <w:r w:rsidR="00502BD9" w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="623A9A99" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D49D73D" w14:textId="5EA475AC" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sécurité et bien-être du </w:t>
+      </w:r>
+      <w:r w:rsidR="00121942" w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>requérant</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14D34270" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6622EB69" w14:textId="5A81D994" w:rsidR="00C63F1B" w:rsidRPr="00BE7538" w:rsidRDefault="00502BD9" w:rsidP="007359C0">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>8.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si le Bureau de la déontologie prend connaissance d’un risque immédiat pour la sécurité du </w:t>
+      </w:r>
+      <w:r w:rsidR="00121942" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>requérant</w:t>
+      </w:r>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ou de </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sa famille lié</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA3662" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">la demande de protection contre </w:t>
+      </w:r>
+      <w:r w:rsidR="00327C9A" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA3662" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>es représailles</w:t>
+      </w:r>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, il doit en notifier le Bureau de la sécurité/BM</w:t>
+      </w:r>
+      <w:r w:rsidR="002D32B7" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du PNUD ou inciter vivement le </w:t>
+      </w:r>
+      <w:r w:rsidR="00121942" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>requérant</w:t>
+      </w:r>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à y procéder directement. Le Bureau de la sécurité du PNUD décidera des mesures les plus appropriées qui devront être prises pour assurer la sécurité personnelle et le bien-être du </w:t>
+      </w:r>
+      <w:r w:rsidR="00121942" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>requérant</w:t>
+      </w:r>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et/ou des membres de sa famille.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C63F1B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1437E681" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64ADF8BA" w14:textId="29D89829" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section </w:t>
+      </w:r>
+      <w:r w:rsidR="000D5FAC" w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="012BF2C2" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E0CA145" w14:textId="510ABFC6" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mesures contre l’auteur des </w:t>
+      </w:r>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>représailles</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15938EAA" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58D4D062" w14:textId="693B5CC8" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="000D5FAC" w:rsidP="009C612B">
+      <w:pPr>
+        <w:ind w:left="708" w:hanging="708"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Les mesures de </w:t>
+      </w:r>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>représailles</w:t>
+      </w:r>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prises contre une personne parce qu’elle s’est livrée à une </w:t>
+      </w:r>
+      <w:r w:rsidR="00615143" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ctivité protégée constituent elles-mêmes un manquement qui, s’il est établi, peut conduire à l’engagement d’une procédure administrative ou à des sanctions disciplinaires contre l’auteur de telles mesures. Ainsi que cela est indiqué dans la section </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.8(a) ci-dessus, si l’existence de mesures de </w:t>
+      </w:r>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>représailles</w:t>
+      </w:r>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> est établie, le Bureau de la déontologie transmet l’affaire au Directeur d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>e l’OLS</w:t>
+      </w:r>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> afin de décider de la procédure disciplinaire à engager, le cas échéant, contre l’auteur allégué des mesures de </w:t>
+      </w:r>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>représailles</w:t>
+      </w:r>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Dans ce cas, la procédure décrite dans le </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidR="00486045" w:rsidRPr="00BE7538">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="18"/>
-[...553 lines deleted...]
-            <w:szCs w:val="18"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Cadre juridique du PNUD applicable aux violations des normes de conduite des Nations Unies</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> s’applique.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="774B1FC5" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...7 lines deleted...]
-    <w:p w14:paraId="180EBAC3" w14:textId="4D793625" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="000D5FAC" w:rsidP="009C612B">
+    <w:p w14:paraId="774B1FC5" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="180EBAC3" w14:textId="4D793625" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="000D5FAC" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.2</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Un fonctionnaire peut faire l’objet d’une procédure disciplinaire pour </w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>représailles</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, même si la personne ayant été victime des mesures ou menaces de </w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>représailles</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> alléguées n’a pas demandé à bénéficier de la protection prévue par la présente politique, conformément à la procédure décrite dans le </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
-        <w:r w:rsidR="005E38E3" w:rsidRPr="0083223A">
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidR="005E38E3" w:rsidRPr="00BE7538">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="18"/>
-            <w:szCs w:val="18"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Cadre juridique du PNUD applicable aux violations des normes de conduite des Nations Unies</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="081F776D" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...19 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w14:paraId="081F776D" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A3546FF" w14:textId="36DAF6D4" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
-      <w:r w:rsidR="005E38E3" w:rsidRPr="0083223A">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="005E38E3" w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28F17988" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...20 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w14:paraId="28F17988" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52D02887" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Mesures contre la personne demandant une protection de manière mensongère ou de mauvaise foi</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16AF9FE2" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...7 lines deleted...]
-    <w:p w14:paraId="6A955699" w14:textId="625818B3" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="005E38E3" w:rsidP="005E38E3">
+    <w:p w14:paraId="16AF9FE2" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A955699" w14:textId="625818B3" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="005E38E3" w:rsidP="005E38E3">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>10.1</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Si, en application de la section 6 ci-dessus, il est établi qu’une personne ayant dénoncé des mesures de </w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>représailles</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> a) a fourni des informations de mauvaise foi, a transmis ou disséminé des rumeurs infondées ou fausses, ou a formulé des allégations dont elle savait ou aurait dû savoir qu’elles étaient fausses ou mensongères, ou b) a violé toute disposition du Statut ou du Règlement du personnel lors de la dénonciation de prétendus manquements ou mesures de </w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>représailles</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, ladite personne pourra faire l’objet d’une procédure disciplinaire ou autre mesure administrative, conformément au </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
-        <w:r w:rsidR="008C28FD" w:rsidRPr="0083223A">
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidR="008C28FD" w:rsidRPr="00BE7538">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="18"/>
-            <w:szCs w:val="18"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Cadre juridique du PNUD applicable aux violations des normes de conduite des Nations Unies ou autres textes administratifs</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1433F7F8" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...19 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w14:paraId="1433F7F8" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28BC9E7E" w14:textId="1CF066E3" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Section 1</w:t>
       </w:r>
-      <w:r w:rsidR="008C28FD" w:rsidRPr="0083223A">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="008C28FD" w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6719007E" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...19 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w14:paraId="6719007E" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4534CEDE" w14:textId="13D38CBE" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Demande d’examen par le </w:t>
       </w:r>
-      <w:r w:rsidR="008001C1" w:rsidRPr="0083223A">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="008001C1" w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Groupe de la</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> déontologie des Nations Unies</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15F10679" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...7 lines deleted...]
-    <w:p w14:paraId="5A92120B" w14:textId="54AAAF41" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="00941451" w:rsidP="00941451">
+    <w:p w14:paraId="15F10679" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A92120B" w14:textId="4A754DB4" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="00941451" w:rsidP="00941451">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>11.1</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Si, postérieurement à la notification de la décision du Bureau de la déontologie du PNUD concernant la plainte pour </w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>représailles</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>de l’intéressé</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, celui-ci souhaite que son affaire fasse l’objet d’un examen supplémentaire, il </w:t>
       </w:r>
-      <w:r w:rsidR="00B54D66">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00B54D66" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>peut</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B54D66">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00B54D66" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">la </w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>transmettre par écrit</w:t>
       </w:r>
-      <w:r w:rsidR="005C4C2A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="005C4C2A" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, dans les 30 jours suivant la réception de cette notification,</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> au Président du </w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Groupe de la</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> déontologie</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> des Nations Unies</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, selon les modalités prévues dans la circulaire </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
-        <w:r w:rsidRPr="0083223A">
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidR="001010EA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="18"/>
-            <w:szCs w:val="18"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>ST/SGB/2007/11</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> et </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
-        <w:r w:rsidRPr="0083223A">
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidRPr="00BE7538">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="18"/>
-            <w:szCs w:val="18"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>ST/SGB/2007/11/Amend.1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30CB11C7" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...19 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w14:paraId="30CB11C7" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7975DAB4" w14:textId="028236CA" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Section 1</w:t>
       </w:r>
-      <w:r w:rsidR="00941451" w:rsidRPr="0083223A">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00941451" w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39541C4F" w14:textId="587CA5C5" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...20 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w14:paraId="39541C4F" w14:textId="587CA5C5" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40F04DDC" w14:textId="1F10F039" w:rsidR="00941451" w:rsidRPr="00EE256A" w:rsidRDefault="00941451" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Interdiction des représailles à l’encontre de parties extérieures</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2190DE8C" w14:textId="3FDC950F" w:rsidR="00941451" w:rsidRPr="0083223A" w:rsidRDefault="00941451" w:rsidP="009C612B">
-[...8 lines deleted...]
-    <w:p w14:paraId="0C4F3DD0" w14:textId="3C9C83AF" w:rsidR="007F3133" w:rsidRPr="0083223A" w:rsidRDefault="004D37D4" w:rsidP="004D37D4">
+    <w:p w14:paraId="2190DE8C" w14:textId="3FDC950F" w:rsidR="00941451" w:rsidRPr="00BE7538" w:rsidRDefault="00941451" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C4F3DD0" w14:textId="3C9C83AF" w:rsidR="007F3133" w:rsidRPr="00BE7538" w:rsidRDefault="004D37D4" w:rsidP="004D37D4">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
-          <w:bCs/>
-[...8 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>12.1</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Toute mesure avérée de représailles à l’encontre d’une entreprise extérieure ou de ses employés, agents ou représentants ou de toute autre personne entretenant des relations avec le PNUD qui serait motivée par le fait que l’entreprise ou la personne en question a dénoncé des manquements peut donner lieu à des mesures disciplinaires ou autres.</w:t>
-[...23 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:t xml:space="preserve">Toute mesure avérée de représailles à l’encontre d’une entreprise extérieure ou de ses employés, agents ou représentants ou de toute autre personne entretenant des relations avec le PNUD qui serait motivée </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>par le fait que l’entreprise ou la personne en question a dénoncé des manquements peut donner lieu à des mesures disciplinaires ou autres.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7570CE2C" w14:textId="77777777" w:rsidR="00941451" w:rsidRPr="00BE7538" w:rsidRDefault="00941451" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69075F4E" w14:textId="23C0F5EE" w:rsidR="00941451" w:rsidRPr="00EE256A" w:rsidRDefault="00941451" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Section 13</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6488196D" w14:textId="77777777" w:rsidR="00941451" w:rsidRPr="0083223A" w:rsidRDefault="00941451" w:rsidP="009C612B">
-[...22 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="6488196D" w14:textId="77777777" w:rsidR="00941451" w:rsidRPr="00EE256A" w:rsidRDefault="00941451" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6ACED259" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>Cadre général et contexte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B687D65" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...7 lines deleted...]
-    <w:p w14:paraId="129F5640" w14:textId="166F272A" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="004D37D4" w:rsidP="004D37D4">
+    <w:p w14:paraId="1B687D65" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="129F5640" w14:textId="1020AA9E" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="004D37D4" w:rsidP="004D37D4">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>13.1</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">La présente politique doit être lue en parallèle avec les dispositions utiles du </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
-        <w:r w:rsidRPr="0083223A">
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidRPr="00BE7538">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="18"/>
-            <w:szCs w:val="18"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Cadre juridique du PNUD applicable aux violations des normes de conduite des Nations Unies</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> et des </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
-        <w:r w:rsidRPr="0083223A">
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidR="00D3206F" w:rsidRPr="00BE7538">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="18"/>
-            <w:szCs w:val="18"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>Directives relatives aux enquêtes de l’OAI</w:t>
+          <w:t>Directives relatives aux enquêtes de l’OAI (en anglais)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05BC7E77" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...7 lines deleted...]
-    <w:p w14:paraId="2B4C4AF6" w14:textId="6CABAED0" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009D3304" w:rsidP="009D3304">
+    <w:p w14:paraId="05BC7E77" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B4C4AF6" w14:textId="6894C7CE" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009D3304" w:rsidP="009D3304">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>13.2</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">L’Administrateur du PNUD, en tant que dépositaire de la politique de protection contre les </w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>représailles</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, approuve la présente politique, concourt à l’indépendance de la fonction de protection contre les </w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>représailles</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, comme le prévoit la section 1.2 de la circulaire </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:history="1">
-        <w:r w:rsidR="008E4963" w:rsidRPr="0083223A">
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidR="008A2CE9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="18"/>
-            <w:szCs w:val="18"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>ST/SGB/2007/11</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="008E4963" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="008E4963" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> (et </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
-        <w:r w:rsidR="008E4963" w:rsidRPr="0083223A">
+      <w:hyperlink r:id="rId27" w:history="1">
+        <w:r w:rsidR="008E4963" w:rsidRPr="00BE7538">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="18"/>
-            <w:szCs w:val="18"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>ST/SGB/2007/11/Amend.1)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="008E4963" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="008E4963" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(Respect de la déontologie à l’échelle du système : organes et programmes ayant une administration distincte) et veille au respect de l’ensemble des dispositions de la présente politique afin de s’assurer que le PNUD fonctionne de manière ouverte, transparente et équitable dans le cadre de la protection des personnes contre les mesures de </w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>représailles</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28E48DE5" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...19 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w14:paraId="28E48DE5" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63244B74" w14:textId="6ADF84B5" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Section 1</w:t>
       </w:r>
-      <w:r w:rsidR="008E4963" w:rsidRPr="0083223A">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="008E4963" w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="026F8300" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...20 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w14:paraId="026F8300" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B015305" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00EE256A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Entrée en vigueur</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CDAAD40" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...7 lines deleted...]
-    <w:p w14:paraId="7C355730" w14:textId="414D05F3" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="008E4963" w:rsidP="008E4963">
+    <w:p w14:paraId="4CDAAD40" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C355730" w14:textId="414D05F3" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="008E4963" w:rsidP="008E4963">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>14.1</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...9 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La présente politique (et les présentes procédures/directives) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>remplacent</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la politique de protection contre les </w:t>
+      </w:r>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>représailles</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> du PNUD du mois d</w:t>
       </w:r>
-      <w:r w:rsidR="00EE2629" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00EE2629" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>’avril 2018 (mise à jour en octobre 2019</w:t>
       </w:r>
-      <w:r w:rsidR="00ED4454">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00ED4454" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, puis en décembre 2021</w:t>
       </w:r>
-      <w:r w:rsidR="00EE2629" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00EE2629" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> et entreront en vigueur à la date de leur adoption par l’Administrateur. Elles seront révisées </w:t>
       </w:r>
-      <w:r w:rsidR="00EE2629" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00EE2629" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">au moins tous les </w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>deux ans après leur date d’adoption.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="255ED363" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...19 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w14:paraId="255ED363" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41E035B0" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE256A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Liens d’accès aux documents</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="517867AB" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...17 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w14:paraId="517867AB" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="132DF6F2" w14:textId="1D9E5A8E" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Les documents utiles</w:t>
       </w:r>
-      <w:r w:rsidR="00CD151A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00CD151A" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> relatifs</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CD151A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00CD151A" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>à</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> la politique de protection contre les </w:t>
       </w:r>
-      <w:r w:rsidR="00C31031" w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C31031" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>représailles</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> peuvent être consultés par l’intermédiaire des liens suivants :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65676400" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...17 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w14:paraId="65676400" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A7435C8" w14:textId="2CB462DE" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>▪</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:hyperlink r:id="rId29" w:history="1">
-        <w:r w:rsidR="006A1161" w:rsidRPr="00D6087B">
+      <w:hyperlink r:id="rId28" w:history="1">
+        <w:r w:rsidR="0086576D" w:rsidRPr="00BE7538">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="18"/>
-            <w:szCs w:val="18"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>Formulaire du PNUD de demande de protection contre les représailles</w:t>
+          <w:t>Formulaire du PNUD de demande de protection contre les représailles (en anglais)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="67401511" w14:textId="6B03BADE" w:rsidR="009C612B" w:rsidRPr="00D6087B" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...9 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w14:paraId="67401511" w14:textId="6B03BADE" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>▪</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D6087B">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:hyperlink r:id="rId30" w:history="1">
-        <w:r w:rsidR="006A1161" w:rsidRPr="00D6087B">
+      <w:hyperlink r:id="rId29" w:history="1">
+        <w:r w:rsidR="006A1161" w:rsidRPr="00BE7538">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="18"/>
-            <w:szCs w:val="18"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Statut et Règlement du personnel de l’Organisation des Nations Unies</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="20751E18" w14:textId="343D9889" w:rsidR="009C612B" w:rsidRPr="00D6087B" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+    <w:p w14:paraId="20751E18" w14:textId="343D9889" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>▪</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D6087B">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:hyperlink r:id="rId31" w:history="1">
-        <w:r w:rsidR="00A76ADA" w:rsidRPr="00D6087B">
+      <w:hyperlink r:id="rId30" w:history="1">
+        <w:r w:rsidR="00A76ADA" w:rsidRPr="00BE7538">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="18"/>
-            <w:szCs w:val="18"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Cadre juridique du PNUD applicable aux violations des normes de conduite des Nations Unies</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3A692493" w14:textId="428878CC" w:rsidR="00D6087B" w:rsidRPr="00D6087B" w:rsidRDefault="00D6087B" w:rsidP="009C612B">
+    <w:p w14:paraId="3A692493" w14:textId="428878CC" w:rsidR="00D6087B" w:rsidRPr="00BE7538" w:rsidRDefault="00D6087B" w:rsidP="009C612B">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">▪              </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32" w:history="1">
-        <w:r w:rsidRPr="000A73FF">
+      <w:hyperlink r:id="rId31" w:history="1">
+        <w:r w:rsidRPr="00BE7538">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="18"/>
-            <w:szCs w:val="18"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve"> Politique du PNUD en matière de fraude et autres pratiques de corruption</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1498D3EC" w14:textId="33180C2E" w:rsidR="001C1946" w:rsidRPr="000C4EF3" w:rsidRDefault="00BD15F4" w:rsidP="009C612B">
+    <w:p w14:paraId="1498D3EC" w14:textId="33180C2E" w:rsidR="001C1946" w:rsidRPr="00BE7538" w:rsidRDefault="00BD15F4" w:rsidP="009C612B">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Hlk114573708"/>
-      <w:r w:rsidRPr="00D6087B">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>▪</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="00D6087B">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">               </w:t>
       </w:r>
-      <w:r w:rsidR="000C4EF3">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="000C4EF3" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="000C4EF3">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="000C4EF3" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> HYPERLINK "https://popp.undp.org/fr/node/10431" </w:instrText>
       </w:r>
-      <w:r w:rsidR="000C4EF3">
-[...8 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="000C4EF3" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="001C1946" w:rsidRPr="000C4EF3">
+      <w:r w:rsidR="001C1946" w:rsidRPr="00BE7538">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Politique du PNUD de lutte contre le blanchiment d'argent et le financement du terrorisme.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48104E4B" w14:textId="0A2C31E7" w:rsidR="009C612B" w:rsidRPr="00A46CF9" w:rsidRDefault="000C4EF3" w:rsidP="009C612B">
+    <w:p w14:paraId="48104E4B" w14:textId="0A2C31E7" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="000C4EF3" w:rsidP="009C612B">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="00D6087B">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>▪</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="00D6087B">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00A46CF9">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00A46CF9" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00A46CF9">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00A46CF9" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> HYPERLINK "https://icsc.un.org/Resources/General/Publications/standardsF.pdf?r=09334324" </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A46CF9">
-[...8 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00A46CF9" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B74A14" w:rsidRPr="00A46CF9">
+      <w:r w:rsidR="00B74A14" w:rsidRPr="00BE7538">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Normes de conduite requises des fonctionnaires internationaux</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34986957" w14:textId="7BB38AE7" w:rsidR="009C612B" w:rsidRPr="00D6087B" w:rsidRDefault="00A46CF9" w:rsidP="009C612B">
+    <w:p w14:paraId="34986957" w14:textId="0235EDC0" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="00A46CF9" w:rsidP="009C612B">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="00D6087B">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>▪</w:t>
       </w:r>
-      <w:r w:rsidR="009C612B" w:rsidRPr="00D6087B">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="009C612B" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Respect de la déontologie à l’échelle du système : organes et programmes ayant une administration distincte </w:t>
       </w:r>
-      <w:r w:rsidR="00B74A14" w:rsidRPr="00D6087B">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00B74A14" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId33" w:history="1">
-        <w:r w:rsidR="00B74A14" w:rsidRPr="00D6087B">
+      <w:hyperlink r:id="rId32" w:history="1">
+        <w:r w:rsidR="001010EA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="18"/>
-            <w:szCs w:val="18"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>ST/SGB/2007/11</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00B74A14" w:rsidRPr="00D6087B">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00B74A14" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> et </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34" w:history="1">
-        <w:r w:rsidR="00B74A14" w:rsidRPr="00D6087B">
+      <w:hyperlink r:id="rId33" w:history="1">
+        <w:r w:rsidR="00B74A14" w:rsidRPr="00BE7538">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="18"/>
-            <w:szCs w:val="18"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>ST/SGB/2007/11/Amend.1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00B74A14" w:rsidRPr="00D6087B">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00B74A14" w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="560DFD21" w14:textId="7FFF52D9" w:rsidR="009C612B" w:rsidRPr="00D6087B" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...9 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w14:paraId="560DFD21" w14:textId="69EE820A" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>▪</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D6087B">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:hyperlink r:id="rId35" w:history="1">
-[...2 lines deleted...]
-            <w:r w:rsidR="002804D0" w:rsidRPr="00D6087B">
+      <w:hyperlink r:id="rId34" w:history="1">
+        <w:hyperlink r:id="rId35">
+          <w:hyperlink r:id="rId36">
+            <w:r w:rsidR="002804D0" w:rsidRPr="00BE7538">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Politique du PNUD en matière de harcèlement, notamment sexuel, discrimination et abus d’autorité</w:t>
             </w:r>
           </w:hyperlink>
         </w:hyperlink>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="71B4C29D" w14:textId="74942F12" w:rsidR="009C612B" w:rsidRPr="00D6087B" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...9 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w14:paraId="71B4C29D" w14:textId="53F6ED08" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>▪</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D6087B">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:hyperlink r:id="rId38" w:history="1">
-        <w:r w:rsidR="00B74A14" w:rsidRPr="00D6087B">
+      <w:hyperlink r:id="rId37" w:history="1">
+        <w:r w:rsidR="00837FB8" w:rsidRPr="00BE7538">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="18"/>
-            <w:szCs w:val="18"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>Directives relatives aux enquêtes de l’OAI</w:t>
+          <w:t>Directives relatives aux enquêtes de l’OAI (en anglais)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5F712BC3" w14:textId="07362793" w:rsidR="00B74A14" w:rsidRPr="00D6087B" w:rsidRDefault="00B74A14" w:rsidP="009C612B">
-[...9 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w14:paraId="5F712BC3" w14:textId="247094D5" w:rsidR="00B74A14" w:rsidRPr="00BE7538" w:rsidRDefault="00B74A14" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>▪</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D6087B">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:hyperlink r:id="rId39" w:history="1">
-        <w:r w:rsidRPr="00D6087B">
+      <w:hyperlink r:id="rId38" w:history="1">
+        <w:r w:rsidR="004A05E7" w:rsidRPr="00BE7538">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="18"/>
-            <w:szCs w:val="18"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t xml:space="preserve">Politique </w:t>
+          <w:t>Politique relative aux PPSA (en anglais)</w:t>
         </w:r>
-        <w:r w:rsidR="002D0E8D" w:rsidRPr="00D6087B">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0354629F" w14:textId="08A43D29" w:rsidR="00B74A14" w:rsidRPr="00BE7538" w:rsidRDefault="00B74A14" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>▪</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:hyperlink r:id="rId39" w:history="1">
+        <w:r w:rsidR="004A05E7" w:rsidRPr="00BE7538">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="18"/>
-            <w:szCs w:val="18"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t xml:space="preserve">relative aux </w:t>
+          <w:t>Politique relative aux IPSA (en anglais)</w:t>
         </w:r>
-        <w:r w:rsidRPr="00D6087B">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5C0FD2FB" w14:textId="4779A848" w:rsidR="002D0E8D" w:rsidRPr="00BE7538" w:rsidRDefault="002D0E8D" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>▪</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:hyperlink r:id="rId40" w:history="1">
+        <w:r w:rsidR="00DB2735" w:rsidRPr="00BE7538">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="18"/>
-            <w:szCs w:val="18"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>PPSA</w:t>
+          <w:t>Politique relative aux NPSA (en anglais)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0354629F" w14:textId="68E4DC64" w:rsidR="00B74A14" w:rsidRPr="00D6087B" w:rsidRDefault="00B74A14" w:rsidP="009C612B">
-[...10 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="3E9AE2E4" w14:textId="2139B211" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>▪</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D6087B">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:hyperlink r:id="rId40" w:history="1">
-        <w:r w:rsidRPr="00D6087B">
+      <w:hyperlink r:id="rId41" w:history="1">
+        <w:r w:rsidR="008312A4" w:rsidRPr="00BE7538">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="18"/>
-[...78 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="4472C4" w:themeColor="accent1"/>
-            <w:sz w:val="18"/>
-            <w:szCs w:val="18"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Politique</w:t>
         </w:r>
-        <w:r w:rsidR="002D0E8D" w:rsidRPr="001D2998">
+        <w:r w:rsidR="002D0E8D" w:rsidRPr="00BE7538">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="4472C4" w:themeColor="accent1"/>
-            <w:sz w:val="18"/>
-            <w:szCs w:val="18"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve"> des contrats de service des RH</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="56FF275C" w14:textId="2F9238B2" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...9 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p w14:paraId="56FF275C" w14:textId="3D70FCD5" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>▪</w:t>
       </w:r>
-      <w:r w:rsidRPr="0083223A">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00BE7538">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:hyperlink r:id="rId43" w:history="1">
-        <w:r w:rsidR="002D0E8D" w:rsidRPr="0083223A">
+      <w:hyperlink r:id="rId42" w:history="1">
+        <w:r w:rsidR="002D0E8D" w:rsidRPr="00BE7538">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="18"/>
-            <w:szCs w:val="18"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>POPP des RH</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1595C8CB" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
-[...17 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId44"/>
+    <w:p w14:paraId="1595C8CB" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E44DB74" w14:textId="77777777" w:rsidR="009C612B" w:rsidRPr="00BE7538" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15A2AED7" w14:textId="77777777" w:rsidR="00BB3963" w:rsidRPr="00BE7538" w:rsidRDefault="00BB3963">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00BB3963" w:rsidRPr="00BE7538">
+      <w:headerReference w:type="default" r:id="rId43"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6D274238" w14:textId="77777777" w:rsidR="0041020B" w:rsidRDefault="0041020B" w:rsidP="009C612B">
+    <w:p w14:paraId="4EF6DF80" w14:textId="77777777" w:rsidR="00CA3D54" w:rsidRDefault="00CA3D54" w:rsidP="009C612B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0C998F31" w14:textId="77777777" w:rsidR="0041020B" w:rsidRDefault="0041020B" w:rsidP="009C612B">
+    <w:p w14:paraId="5BE608F2" w14:textId="77777777" w:rsidR="00CA3D54" w:rsidRDefault="00CA3D54" w:rsidP="009C612B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="01E4BD44" w14:textId="77777777" w:rsidR="0041020B" w:rsidRDefault="0041020B" w:rsidP="009C612B">
+    <w:p w14:paraId="10772554" w14:textId="77777777" w:rsidR="00CA3D54" w:rsidRDefault="00CA3D54" w:rsidP="009C612B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="36165520" w14:textId="77777777" w:rsidR="0041020B" w:rsidRDefault="0041020B" w:rsidP="009C612B">
+    <w:p w14:paraId="3207401A" w14:textId="77777777" w:rsidR="00CA3D54" w:rsidRDefault="00CA3D54" w:rsidP="009C612B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="09D06D30" w14:textId="26E7022C" w:rsidR="00F050DB" w:rsidRPr="0083223A" w:rsidRDefault="00F050DB">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0083223A">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
@@ -7594,551 +9416,541 @@
       </w:r>
       <w:r w:rsidRPr="0083223A">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> de service</w:t>
       </w:r>
       <w:r w:rsidR="00085B94" w:rsidRPr="0083223A">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="0083223A">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> (SC).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="22A3C477" w14:textId="523379FC" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+    <w:p w14:paraId="22A3C477" w14:textId="2B73BAFA" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0083223A">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="0083223A">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Créé par l</w:t>
       </w:r>
       <w:r w:rsidR="004B274E" w:rsidRPr="0083223A">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">es </w:t>
       </w:r>
       <w:r w:rsidRPr="0083223A">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>circulaire</w:t>
       </w:r>
       <w:r w:rsidR="004B274E" w:rsidRPr="0083223A">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
-        <w:r w:rsidR="004B274E" w:rsidRPr="0083223A">
+        <w:r w:rsidR="00810C8E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
-          <w:t>ST/SGB/2007/11</w:t>
+          <w:t>ST/SGB/2007/11 (en anglais)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004B274E" w:rsidRPr="0083223A">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> et </w:t>
       </w:r>
       <w:hyperlink r:id="rId2" w:history="1">
         <w:r w:rsidR="004B274E" w:rsidRPr="0083223A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>ST/SGB/2007/11/Amend.1 :</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0083223A">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Respect de la déontologie à l’échelle du système : organes et programmes ayant une administration distincte.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="15B3CAAE" w14:textId="41033893" w:rsidR="00C01ED4" w:rsidRPr="00C01ED4" w:rsidRDefault="00C01ED4">
+    <w:p w14:paraId="15B3CAAE" w14:textId="43EA53B4" w:rsidR="00C01ED4" w:rsidRPr="00C01ED4" w:rsidRDefault="00C01ED4">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C01ED4">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00C01ED4">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Voir aussi </w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk114573598"/>
       <w:r w:rsidR="00CD151A">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="000C4EF3">
-        <w:instrText>HYPERLINK "https://popp.undp.org/SitePages/POPPSubject.aspx?SBJID=521&amp;Menu=BusinessUnit&amp;Beta=0&amp;lng=French"</w:instrText>
+      <w:r w:rsidR="00BC047B">
+        <w:instrText>HYPERLINK "https://popp.undp.org/fr/document/politique-du-pnud-en-matiere-de-lutte-contre-le-blanchiment-dargent-et-le-financement-du"</w:instrText>
       </w:r>
       <w:r w:rsidR="00CD151A">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00C01ED4">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>La Politique du PNUD de lutte contre le blanchiment d'argent et le financement du terrorisme.</w:t>
       </w:r>
       <w:r w:rsidR="00CD151A">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w14:paraId="7FB4BC1A" w14:textId="55C4733C" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
+    <w:p w14:paraId="7FB4BC1A" w14:textId="1D05FAE3" w:rsidR="009C612B" w:rsidRPr="0083223A" w:rsidRDefault="009C612B" w:rsidP="009C612B">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0083223A">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="0083223A">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId3" w:history="1">
-        <w:r w:rsidR="00121942" w:rsidRPr="0083223A">
+        <w:r w:rsidR="00791217">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
-          <w:t>ST/SGB/2007/11,</w:t>
+          <w:t>ST/SGB/2007/11</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00121942" w:rsidRPr="0083223A">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> section 4 (voir également </w:t>
       </w:r>
       <w:hyperlink r:id="rId4" w:history="1">
         <w:r w:rsidR="00121942" w:rsidRPr="0083223A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>ST/SGB/2007/11/Amend.1)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0083223A">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="223371D3" w14:textId="3319BBCC" w:rsidR="001F13C7" w:rsidRDefault="001F13C7" w:rsidP="001F13C7">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="223371D3" w14:textId="32A05C3C" w:rsidR="001F13C7" w:rsidRDefault="001F13C7" w:rsidP="001F13C7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b/>
         <w:i/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
-[...48 lines deleted...]
-    </w:r>
   </w:p>
   <w:p w14:paraId="51780CE0" w14:textId="7D32D572" w:rsidR="000435DA" w:rsidRPr="000435DA" w:rsidRDefault="000435DA" w:rsidP="00EE2843">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b/>
         <w:i/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="000435DA">
       <w:rPr>
         <w:b/>
         <w:i/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Politique de protection contre les représailles</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="2C09E9A7" w14:textId="53902F90" w:rsidR="000435DA" w:rsidRDefault="000435DA" w:rsidP="00EE2843">
+  <w:p w14:paraId="2C09E9A7" w14:textId="2179B1D6" w:rsidR="000435DA" w:rsidRDefault="000435DA" w:rsidP="00EE2843">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="000435DA">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Décembre 202</w:t>
     </w:r>
-    <w:r w:rsidR="00EE2843">
+    <w:r w:rsidR="009743B8">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>5</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009C612B"/>
     <w:rsid w:val="00020440"/>
     <w:rsid w:val="000435DA"/>
     <w:rsid w:val="00085B94"/>
     <w:rsid w:val="000A35CE"/>
     <w:rsid w:val="000A73FF"/>
     <w:rsid w:val="000B3C14"/>
     <w:rsid w:val="000C4EF3"/>
     <w:rsid w:val="000D5FAC"/>
     <w:rsid w:val="000D63D5"/>
+    <w:rsid w:val="000F7210"/>
+    <w:rsid w:val="001010EA"/>
     <w:rsid w:val="00121942"/>
+    <w:rsid w:val="00167F3C"/>
     <w:rsid w:val="00177CD4"/>
     <w:rsid w:val="0018568C"/>
     <w:rsid w:val="001C1946"/>
     <w:rsid w:val="001D088C"/>
     <w:rsid w:val="001D2998"/>
     <w:rsid w:val="001E25A1"/>
+    <w:rsid w:val="001F09E7"/>
     <w:rsid w:val="001F13C7"/>
     <w:rsid w:val="001F5873"/>
     <w:rsid w:val="00210FF1"/>
     <w:rsid w:val="00226B97"/>
     <w:rsid w:val="00230FD8"/>
     <w:rsid w:val="0025516B"/>
     <w:rsid w:val="002804D0"/>
     <w:rsid w:val="002A0368"/>
     <w:rsid w:val="002D0E8D"/>
     <w:rsid w:val="002D32B7"/>
     <w:rsid w:val="002E6622"/>
     <w:rsid w:val="0031335A"/>
     <w:rsid w:val="00327C9A"/>
     <w:rsid w:val="0034010F"/>
     <w:rsid w:val="003457BA"/>
+    <w:rsid w:val="003A0976"/>
+    <w:rsid w:val="003B1306"/>
     <w:rsid w:val="003B55C8"/>
+    <w:rsid w:val="003C1C85"/>
     <w:rsid w:val="003F49EB"/>
     <w:rsid w:val="0041020B"/>
     <w:rsid w:val="00432F6E"/>
     <w:rsid w:val="00457B16"/>
     <w:rsid w:val="00486045"/>
+    <w:rsid w:val="004A05E7"/>
     <w:rsid w:val="004B274E"/>
     <w:rsid w:val="004D1F4B"/>
     <w:rsid w:val="004D37D4"/>
     <w:rsid w:val="005028A5"/>
     <w:rsid w:val="00502BD9"/>
     <w:rsid w:val="00515DE6"/>
+    <w:rsid w:val="00524025"/>
     <w:rsid w:val="00526327"/>
     <w:rsid w:val="00541EED"/>
+    <w:rsid w:val="0055027A"/>
     <w:rsid w:val="00561BE2"/>
+    <w:rsid w:val="00594447"/>
+    <w:rsid w:val="00595C61"/>
     <w:rsid w:val="005A6720"/>
     <w:rsid w:val="005C4C2A"/>
     <w:rsid w:val="005E38E3"/>
     <w:rsid w:val="00615143"/>
     <w:rsid w:val="00624835"/>
     <w:rsid w:val="006333B9"/>
     <w:rsid w:val="006478A8"/>
+    <w:rsid w:val="0066581F"/>
     <w:rsid w:val="00686B36"/>
     <w:rsid w:val="006A1161"/>
+    <w:rsid w:val="006D34F2"/>
+    <w:rsid w:val="007048DF"/>
     <w:rsid w:val="007236CC"/>
     <w:rsid w:val="00735698"/>
     <w:rsid w:val="007359C0"/>
     <w:rsid w:val="007500FA"/>
     <w:rsid w:val="007728DE"/>
+    <w:rsid w:val="00791217"/>
+    <w:rsid w:val="007A0080"/>
     <w:rsid w:val="007B629A"/>
     <w:rsid w:val="007C401D"/>
     <w:rsid w:val="007C5C58"/>
     <w:rsid w:val="007F3133"/>
     <w:rsid w:val="008001C1"/>
+    <w:rsid w:val="00810C8E"/>
     <w:rsid w:val="008312A4"/>
     <w:rsid w:val="0083223A"/>
+    <w:rsid w:val="00837FB8"/>
     <w:rsid w:val="00846D55"/>
+    <w:rsid w:val="00852CCF"/>
+    <w:rsid w:val="0086576D"/>
     <w:rsid w:val="0086735C"/>
     <w:rsid w:val="008A0246"/>
+    <w:rsid w:val="008A2CE9"/>
     <w:rsid w:val="008C28FD"/>
     <w:rsid w:val="008E4963"/>
     <w:rsid w:val="008F3C70"/>
     <w:rsid w:val="008F778B"/>
     <w:rsid w:val="00915F71"/>
     <w:rsid w:val="00941451"/>
     <w:rsid w:val="00960424"/>
     <w:rsid w:val="00966386"/>
+    <w:rsid w:val="009743B8"/>
     <w:rsid w:val="009A7AF3"/>
     <w:rsid w:val="009C612B"/>
     <w:rsid w:val="009D3304"/>
     <w:rsid w:val="009D52CE"/>
     <w:rsid w:val="009F44C8"/>
     <w:rsid w:val="00A249CE"/>
     <w:rsid w:val="00A2633C"/>
     <w:rsid w:val="00A46CF9"/>
+    <w:rsid w:val="00A53F00"/>
     <w:rsid w:val="00A73DCE"/>
     <w:rsid w:val="00A76ADA"/>
     <w:rsid w:val="00A9799F"/>
+    <w:rsid w:val="00AD395C"/>
     <w:rsid w:val="00AD714A"/>
     <w:rsid w:val="00AE217A"/>
     <w:rsid w:val="00B45397"/>
     <w:rsid w:val="00B54D66"/>
     <w:rsid w:val="00B74A14"/>
+    <w:rsid w:val="00BA0BFE"/>
     <w:rsid w:val="00BB3963"/>
+    <w:rsid w:val="00BC047B"/>
     <w:rsid w:val="00BD15F4"/>
+    <w:rsid w:val="00BE7538"/>
     <w:rsid w:val="00BF240D"/>
     <w:rsid w:val="00C01ED4"/>
     <w:rsid w:val="00C0429E"/>
     <w:rsid w:val="00C31031"/>
+    <w:rsid w:val="00C32A52"/>
     <w:rsid w:val="00C54B7C"/>
     <w:rsid w:val="00C55B15"/>
     <w:rsid w:val="00C63F1B"/>
+    <w:rsid w:val="00C67D8C"/>
     <w:rsid w:val="00C90986"/>
+    <w:rsid w:val="00CA3D54"/>
     <w:rsid w:val="00CB6077"/>
     <w:rsid w:val="00CD151A"/>
     <w:rsid w:val="00CD2C57"/>
     <w:rsid w:val="00CE2AAD"/>
     <w:rsid w:val="00CF3214"/>
     <w:rsid w:val="00D14863"/>
+    <w:rsid w:val="00D3206F"/>
     <w:rsid w:val="00D33C6B"/>
     <w:rsid w:val="00D37E0E"/>
     <w:rsid w:val="00D6087B"/>
     <w:rsid w:val="00D636B8"/>
     <w:rsid w:val="00D835E8"/>
     <w:rsid w:val="00D96804"/>
     <w:rsid w:val="00DA34BC"/>
+    <w:rsid w:val="00DB2735"/>
     <w:rsid w:val="00DC4DA3"/>
+    <w:rsid w:val="00DE10A7"/>
+    <w:rsid w:val="00E6136A"/>
+    <w:rsid w:val="00E70AD6"/>
     <w:rsid w:val="00E729C5"/>
     <w:rsid w:val="00ED4454"/>
+    <w:rsid w:val="00EE256A"/>
     <w:rsid w:val="00EE2629"/>
     <w:rsid w:val="00EE2843"/>
     <w:rsid w:val="00F01365"/>
     <w:rsid w:val="00F050DB"/>
+    <w:rsid w:val="00F43E7E"/>
     <w:rsid w:val="00F51081"/>
     <w:rsid w:val="00F70C03"/>
+    <w:rsid w:val="00F71489"/>
     <w:rsid w:val="00FA3662"/>
     <w:rsid w:val="00FB1D33"/>
     <w:rsid w:val="00FC587B"/>
     <w:rsid w:val="00FF4FE1"/>
+    <w:rsid w:val="00FF76DE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0E05C8A0"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{A5B99E60-2E68-4768-A0C7-ED9160878E80}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
@@ -8665,85 +10477,95 @@
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006478A8"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002804D0"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C67D8C"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="fr-FR"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="699164494">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/2586" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/2586" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.undp.org/sites/g/files/zskgke326/files/2022-02/UNDP-OAI-IS-Investigation-Guidelines-ENG-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2511" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/2586" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undocs.org/Home/Mobile?FinalSymbol=ST/SGB/2007/11/Amend.1&amp;Language=E&amp;DeviceType=Desktop&amp;LangRequested=False?web=1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/226" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1466" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1466" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undocs.org/Home/Mobile?FinalSymbol=ST/SGB/2007/11/Amend.1&amp;Language=E&amp;DeviceType=Desktop&amp;LangRequested=False?web=1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/4021" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1451" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/186" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/2586" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/office/ethics/Documents/St_SGB_2007_11%20Ethics%20UN%20system.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undocs.org/ST/SGB/2007/11/Amend.1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1451" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/4002120?ln=en?web=1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/2586" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/4002120?ln=en?web=1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/2586" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/office/ethics/Documents/St_SGB_2007_11%20Ethics%20UN%20system.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/4002120?ln=en?web=1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp-test.acquia.undp.org/fr/node/10886" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/taxonomy/term/126" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/1326194/files/ST_SGB_2017_2_Rev-1-FR.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ethicsoffice@undp.org" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/2586" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/office/ethics/Documents/St_SGB_2007_11%20Ethics%20UN%20system.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.undp.org/sites/g/files/zskgke326/files/2022-02/UNDP-OAI-IS-Investigation-Guidelines-ENG-2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/2586" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/191" TargetMode="External"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/4002120?ln=en?web=1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/4002120?ln=en?web=1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/612888?ln=fr&amp;v=pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/186" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/2586" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp-test.acquia.undp.org/fr/node/10886" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/human-resources-management" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ethicsoffice@undp.org" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/4002120?ln=en?web=1" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/1326194/files/ST_SGB_2017_2_Rev-1-FR.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/2586" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/612888?ln=fr&amp;v=pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.undp.org/sites/g/files/zskgke326/files/2022-02/UNDP-OAI-IS-Investigation-Guidelines-ENG-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/191" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1466" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undocs.org/Home/Mobile?FinalSymbol=ST/SGB/2007/11/Amend.1&amp;Language=E&amp;DeviceType=Desktop&amp;LangRequested=False?web=1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1466" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/document/harcelement-harcelement-sexuel-discrimination-et-abus-de-pouvoir-0" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/2586" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/4021" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/2586" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/612888?ln=fr&amp;v=pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undocs.org/ST/SGB/2007/11/Amend.1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/2586" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1451" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/2586" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/2586" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.undp.org/sites/g/files/zskgke326/files/2022-02/UNDP-OAI-IS-Investigation-Guidelines-ENG-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undocs.org/Home/Mobile?FinalSymbol=ST/SGB/2007/11/Amend.1&amp;Language=E&amp;DeviceType=Desktop&amp;LangRequested=False?web=1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2511" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/2586" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/document/contrat-de-services-0" TargetMode="External"/></Relationships>
 </file>
 
-<file path=word/_rels/footnotes.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/612888?ln=fr&amp;v=pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undocs.org/Home/Mobile?FinalSymbol=ST/SGB/2007/11/Amend.1&amp;Language=E&amp;DeviceType=Desktop&amp;LangRequested=False?web=1" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/office/ethics/Documents/St_SGB_2007_11%20Ethics%20UN%20system.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undocs.org/Home/Mobile?FinalSymbol=ST/SGB/2007/11/Amend.1&amp;Language=E&amp;DeviceType=Desktop&amp;LangRequested=False?web=1" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -8997,343 +10819,238 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="c26dc373-2944-4fff-a656-1635ba5514b5" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/_rels/item6.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-[...8 lines deleted...]
-    <xsd:import namespace="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DF4E5EB98AFACA49B955F57620F5DD44" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="54d56521cb8b950110d779ecec233d4f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" xmlns:ns3="c26dc373-2944-4fff-a656-1635ba5514b5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="030e562aea712385259f3e9724b3d80f" ns2:_="" ns3:_="">
+    <xsd:import namespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <xsd:import namespace="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:UNDP_POPP_TITLE_EN" minOccurs="0"/>
-[...26 lines deleted...]
-                <xsd:element ref="ns3:POPPIsArchived" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_dlc_Exempt" ma:index="30" nillable="true" ma:displayName="Exempt from Policy" ma:hidden="true" ma:internalName="_dlc_Exempt" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f8ebb0a5-c57d-4c3a-bec7-8a38252dd05c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8264c5cc-ec60-4b56-8111-ce635d3d139a" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c26dc373-2944-4fff-a656-1635ba5514b5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="UNDP_POPP_TITLE_EN" ma:index="1" nillable="true" ma:displayName="Title_EN" ma:indexed="true" ma:internalName="UNDP_POPP_TITLE_EN">
-[...6 lines deleted...]
-    <xsd:element name="UNDP_POPP_FOCALPOINT" ma:index="3" nillable="true" ma:displayName="Focal Point" ma:SharePointGroup="0" ma:internalName="UNDP_POPP_FOCALPOINT" ma:showField="ImnName">
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_DOCUMENT_TYPE" ma:index="5" ma:displayName="Document TYPE" ma:default="Template" ma:format="Dropdown" ma:indexed="true" ma:internalName="UNDP_POPP_DOCUMENT_TYPE" ma:readOnly="false">
-[...29 lines deleted...]
-    <xsd:element name="UNDP_POPP_VERSION_COMMENTS" ma:index="9" nillable="true" ma:displayName="Version Comments" ma:internalName="UNDP_POPP_VERSION_COMMENTS">
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_FILEVERSION" ma:index="10" nillable="true" ma:displayName="FileVersionID" ma:decimals="0" ma:internalName="UNDP_POPP_FILEVERSION">
-[...21 lines deleted...]
-    <xsd:element name="TaxCatchAll" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ee792a02-1c68-437d-afee-526d4eee3bde}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+    <xsd:element name="TaxCatchAll" ma:index="24" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{7fb16e66-a0cf-4293-80d1-ecb3df652669}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c26dc373-2944-4fff-a656-1635ba5514b5">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
-    </xsd:element>
-[...100 lines deleted...]
-      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="24" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -9378,306 +11095,159 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...48 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
-[...48 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CDE9A5D4-BD49-42BA-84F3-D65A9CB07C0E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A950B625-956D-4C31-A0AF-DD3D089298AA}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C2B1326C-353C-4F4B-9C95-D21DAE289625}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9AE20E32-12F4-47CF-9D29-02FEB513CDAF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C7A94B5D-3EC0-4DEC-8035-C97A873BD0D3}">
-[...6 lines deleted...]
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EFF20E76-E51E-4AE3-8F4C-F73858EC3441}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...16 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>29886</Characters>
+  <Pages>11</Pages>
+  <Words>4929</Words>
+  <Characters>28099</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>249</Lines>
-  <Paragraphs>70</Paragraphs>
+  <Lines>234</Lines>
+  <Paragraphs>65</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>35059</CharactersWithSpaces>
+  <CharactersWithSpaces>32963</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>thomas thevenin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="1">
     <vt:lpwstr>Enter Choice #1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
-    <vt:lpwstr>0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39</vt:lpwstr>
+    <vt:lpwstr>0x010100DF4E5EB98AFACA49B955F57620F5DD44</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="POPPBusinessProcess">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>759e9152-c534-4bf9-985e-47b91ab015e3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="UNDP_POPP_BUSINESSUNIT">
     <vt:lpwstr>356;#Accountability|5b42d95a-f181-4192-a566-012e3d461a46</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="docLang">
+    <vt:lpwstr>fr</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>