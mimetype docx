--- v0 (2025-10-08)
+++ v1 (2026-01-01)
@@ -1,133 +1,149 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="646BB5AD" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1325A630" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576">
+    <w:p w14:paraId="1325A630" w14:textId="333FE428" w:rsidR="00F64704" w:rsidRDefault="00BC0DD2">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6DD52725" wp14:editId="254BAC01">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660291" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B9F2B8C" wp14:editId="2C25FBCC">
             <wp:simplePos x="0" y="0"/>
-            <wp:positionH relativeFrom="page">
-              <wp:posOffset>6362700</wp:posOffset>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>5308600</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-42765</wp:posOffset>
+              <wp:posOffset>102235</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="485775" cy="971550"/>
-[...2 lines deleted...]
-            <wp:docPr id="1" name="image1.png" descr="undp_logo.gif"/>
+            <wp:extent cx="489585" cy="996950"/>
+            <wp:effectExtent l="0" t="0" r="5715" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="4" name="Picture 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="2" name="image1.png"/>
-                    <pic:cNvPicPr/>
+                    <pic:cNvPr id="0" name="Picture 6"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13" cstate="print"/>
+                    <a:blip r:embed="rId11" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr>
+                  <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="485775" cy="971550"/>
+                      <a:ext cx="489585" cy="996950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="Policy_for_Protection_against_Retaliatio"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r>
+      <w:r w:rsidR="000B2576">
         <w:rPr>
           <w:color w:val="365F91"/>
         </w:rPr>
         <w:t>POLÍTICA DE PROTECCIÓN CONTRA LAS REPRESALIAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="266527FA" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576">
+    <w:p w14:paraId="266527FA" w14:textId="75A45AA6" w:rsidR="00F64704" w:rsidRDefault="000B2576">
       <w:pPr>
         <w:spacing w:before="276"/>
         <w:ind w:left="771" w:right="1757"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="For_reporting_misconduct_or_cooperating_"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria"/>
           <w:b/>
           <w:color w:val="365F91"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>por denunciar conductas indebidas o por cooperar con una auditor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria"/>
           <w:b/>
@@ -241,66 +257,66 @@
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5ECF8A8B" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>Objetivos:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B02F1E7" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B070AFB" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576">
+    <w:p w14:paraId="1B070AFB" w14:textId="77BBBFC6" w:rsidR="00F64704" w:rsidRDefault="000B2576">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="140" w:right="135"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">En virtud de lo establecido en </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14">
-        <w:r>
+      <w:hyperlink r:id="rId12">
+        <w:r w:rsidR="00BC0DD2">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
-          <w:t>ST/SGB/2017/2/Rev.1</w:t>
+          <w:t>ST/SGB/2017/2/Rev.1 (en inglés)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>, el PNUD ha elaborado la presente Política y los procedimientos y directrices que la acompañan con el objeto de:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="783CED69" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="546CD81E" w14:textId="7F7498B1" w:rsidR="00F64704" w:rsidRDefault="000B2576">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="860"/>
         </w:tabs>
         <w:ind w:right="136" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -555,51 +571,51 @@
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="560"/>
         </w:tabs>
         <w:spacing w:before="59"/>
         <w:ind w:right="135" w:hanging="419"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Actividad Protegida </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">es una denuncia de buena fe de una supuesta conducta indebida y realizada siguiendo el procedimiento establecido en el </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15">
+      <w:hyperlink r:id="rId13">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t xml:space="preserve">Marco jurídico del PNUD para tratar el incumplimiento de las normas de conducta de las Naciones Unidas. </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>La Actividad Protegida también incluye la cooperación de buena fe con una auditoría o investigación debidamente autorizada.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63DCE545" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -625,51 +641,65 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>El Panel de Ética de las Naciones Unidas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r w:rsidR="00A768D0">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>está formado por los directores de las Oficinas de Ética de los fondos y programas de las Naciones Unidas administrados por separado, y la Oficina de Ética de la Secretaría de las Naciones Unidas. El Panel está presidido por el/la Director(a) de la Oficina de Ética de las Naciones Unidas.</w:t>
+        <w:t xml:space="preserve">está formado por los directores de las Oficinas de Ética de los fondos y programas de las Naciones Unidas administrados por separado, y la Oficina de Ética de la Secretaría de las Naciones Unidas. El Panel está presidido por el/la </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Director</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(a) de la Oficina de Ética de las Naciones Unidas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DF77F0A" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="8"/>
         <w:rPr>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5AD16731" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="Section_2"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>Sección 2</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E70A45C" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
@@ -710,61 +740,61 @@
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57A0AFB0" w14:textId="75121B5D" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="00AE2FE4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:right="136" w:firstLine="1"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Como funcionarios públicos internacionales, los miembros del personal del PNUD tienen la obligación de observar los estándares más altos de eficiencia, competencia e integridad. Los funcionarios tienen el deber de denunciar “cualquier infracción de los estatutos y reglamentos de la Organización y de cooperar en auditorías e investigaciones debidamente autorizadas”, tal y como establece la </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16">
+      <w:hyperlink r:id="rId14">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t xml:space="preserve">Regla 1.2 (c) </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId17">
+      <w:hyperlink r:id="rId15">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t xml:space="preserve">del Reglamento del Personal </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">y en concordancia con la </w:t>
       </w:r>
       <w:bookmarkStart w:id="6" w:name="_Hlk114574318"/>
       <w:r w:rsidR="000C24D3">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="000C24D3">
         <w:instrText xml:space="preserve"> HYPERLINK "https://popp.undp.org/es/node/4021" \h </w:instrText>
       </w:r>
       <w:r w:rsidR="000C24D3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
@@ -786,51 +816,51 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC029E">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r w:rsidR="00183DFA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">y el </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18">
+      <w:hyperlink r:id="rId16">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>Marco jurídico del PNUD para tratar el incumplimiento de las normas de conducta de las Naciones Unidas</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>. También se requiere que nuestro personal que no es de plantilla ejerza sus funciones respondiendo a los mejores intereses del PNUD. Asimismo, se espera que guarden y promuevan los más altos estándares éticos y profesionales, que denuncien cualquier falta de conducta y cooperen con las auditorías e investigaciones.</w:t>
       </w:r>
       <w:r w:rsidR="00A768D0">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Para solicitar </w:t>
@@ -1072,51 +1102,65 @@
         <w:spacing w:before="10"/>
         <w:rPr>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="20EE6206" w14:textId="1DD69C82" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="00903D24">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="681"/>
         </w:tabs>
         <w:ind w:left="140" w:right="135" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>No obstante lo dispue</w:t>
+        <w:t xml:space="preserve">No </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>obstante</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lo dispue</w:t>
       </w:r>
       <w:r w:rsidR="00295E70">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>sto en el Artículo 1.2 (i), la Protección contra las R</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>epresalias se extenderá a una persona que denuncia una conducta indebida a una entidad o persona fuera de los mecanismos internos establecidos, cuando se cumplan los criterios establecidos en los incisos a), b) y c) a continuación:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7433566B" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="00BB6E9A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:line="243" w:lineRule="exact"/>
         <w:ind w:left="1080" w:hanging="400"/>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -1449,51 +1493,65 @@
     <w:p w14:paraId="26829526" w14:textId="6778D151" w:rsidR="00F64704" w:rsidRDefault="00AE2FE4" w:rsidP="00903D24">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:right="137" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Este plazo podrá extenderse en el caso en que, a juicio del/la Director(a) de la Oficina de Ética, ello responda al </w:t>
+        <w:t xml:space="preserve">Este plazo podrá extenderse en el caso en que, a juicio del/la </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000B2576">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Director</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000B2576">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(a) de la Oficina de Ética, ello responda al </w:t>
       </w:r>
       <w:bookmarkStart w:id="10" w:name="Section_4"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidR="000B2576">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>interés del PNUD</w:t>
       </w:r>
       <w:r w:rsidR="00A768D0">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>o sea de alguna manera necesario para hacer efectiva la intención y la finalidad generales de esta política.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AA0944A" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
@@ -2126,51 +2184,51 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="4F81BD"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>epresalias ante la Oficina de Ética</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B495442" w14:textId="77777777" w:rsidR="009A7B08" w:rsidRPr="003C7C66" w:rsidRDefault="009A7B08" w:rsidP="003C7C66">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="680"/>
         </w:tabs>
         <w:ind w:right="137"/>
         <w:rPr>
           <w:vanish/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F77B8F4" w14:textId="03D3E17A" w:rsidR="003C7C66" w:rsidRPr="00AE2FE4" w:rsidRDefault="000B2576" w:rsidP="003C7C66">
+    <w:p w14:paraId="2F77B8F4" w14:textId="472FC595" w:rsidR="003C7C66" w:rsidRPr="00AE2FE4" w:rsidRDefault="000B2576" w:rsidP="003C7C66">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="680"/>
         </w:tabs>
         <w:ind w:left="180" w:right="137" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Las personas que crean haber sido amenazadas o haber sufrido represalias por haber</w:t>
       </w:r>
       <w:r w:rsidR="00A768D0">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -2200,60 +2258,68 @@
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>indicados en la Sección 3) y presentando una solicitud formal, escrita (o por correo electrónico), de</w:t>
       </w:r>
       <w:r w:rsidR="00A768D0">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">protección. La Oficina de Ética ha creado un </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19">
-        <w:r>
+      <w:hyperlink r:id="rId17">
+        <w:r w:rsidR="00BC0DD2">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
-          <w:t xml:space="preserve">Formulario de Protección contra Represalias del PNUD </w:t>
+          <w:t>Formulario de Protección contra Represalias del PNUD (en inglés)</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00046959">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single" w:color="0000FF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">para facilitar dichas solicitudes. Sírvanse incluir toda la información y documentación pertinente disponible, y diríjanse a la Sección 3 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>supra</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> para comprobar los plazos establecidos para presentar la solicitud de protección. La dirección de la Oficina de Ética es </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>One</w:t>
@@ -2283,51 +2349,51 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Nations</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Plaza, New York, NY, 10017. También se puede contactar con la Oficina</w:t>
       </w:r>
       <w:r w:rsidR="007600C7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> por teléfono +1(212-909- 7840)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> o por correo electrónico (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId20">
+      <w:hyperlink r:id="rId18">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>ethicsoffice@undp.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="007600C7">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>),</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE2FE4">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> o fax +1(212-906-6153).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16AB64FE" w14:textId="2676FB75" w:rsidR="003C7C66" w:rsidRPr="003C7C66" w:rsidRDefault="003C7C66" w:rsidP="003C7C66">
@@ -2344,52 +2410,58 @@
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="515F4D5F" w14:textId="10F42CCB" w:rsidR="003C7C66" w:rsidRPr="003C7C66" w:rsidRDefault="000B2576" w:rsidP="003C7C66">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="680"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="180" w:right="139" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve">El PNUD anima a la resolución informal de los conflictos. Por tanto, independientemente de cualquier otra disposición de la presente Política, la persona que crea haber sido amenazada o haber sufrido represalias </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">El PNUD anima a la resolución informal de los conflictos. Por tanto, independientemente de cualquier otra disposición de la presente Política, la persona que crea haber sido amenazada o haber sufrido represalias puede, a su discreción, ponerse en contacto inicialmente con la Oficina del Ombudsman con el fin de buscar una solución informal al asunto de fondo (es decir, la cuestión que ha provocado su temor a sufrir represalias). Durante el tiempo que tenga lugar la búsqueda de una resolución informal por vía del Ombudsman, la Oficina de Ética podrá suspender el plazo para la presentación de la denuncia establecido en la Sección 3 por un máximo de 120 días, </w:t>
+        <w:t xml:space="preserve">puede, a su discreción, ponerse en contacto inicialmente con la Oficina del Ombudsman con el fin de buscar una solución informal al asunto de fondo (es decir, la cuestión que ha provocado su temor a sufrir represalias). Durante el tiempo que tenga lugar la búsqueda de una resolución informal por vía del Ombudsman, la Oficina de Ética podrá suspender el plazo para la presentación de la denuncia establecido en la Sección 3 por un máximo de 120 días, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">siempre que </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">la persona a) notifique al/la Director(a) de la Oficina de Ética por escrito que está tratando de lograr una resolución informal del asunto, y b) incluya confirmación escrita de la Oficina del Ombudsman de la implicación de dicha oficina en el proceso informal de la resolución. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D68AFC8" w14:textId="77777777" w:rsidR="003C7C66" w:rsidRDefault="003C7C66" w:rsidP="003C7C66">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="680"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="181" w:right="139"/>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -2425,84 +2497,94 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="47A66B4F" w14:textId="351BC7A8" w:rsidR="00F64704" w:rsidRDefault="000B2576">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="139"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>Sección 7</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="566F9E13" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="131019B8" w14:textId="499A022D" w:rsidR="00F64704" w:rsidRDefault="000B2576">
+    <w:p w14:paraId="131019B8" w14:textId="302E4952" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="002E5A9D">
+      <w:pPr>
+        <w:ind w:left="139"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Tratamiento de las denuncias de represalia (o amenaza de represalia) y de las solicitudes de</w:t>
+      </w:r>
+      <w:r w:rsidR="00A768D0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">protección contra la misma </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ABF9A4E" w14:textId="77777777" w:rsidR="00BC0DD2" w:rsidRDefault="00BC0DD2">
       <w:pPr>
         <w:ind w:left="139"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...23 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="264E02CD" w14:textId="77777777" w:rsidR="009A7B08" w:rsidRPr="007E1318" w:rsidRDefault="009A7B08" w:rsidP="007E1318">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="438"/>
         </w:tabs>
         <w:rPr>
           <w:vanish/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06CF8867" w14:textId="77777777" w:rsidR="007E1318" w:rsidRPr="007E1318" w:rsidRDefault="007E1318" w:rsidP="007E1318">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="438"/>
         </w:tabs>
         <w:ind w:hanging="21"/>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -2736,185 +2818,261 @@
           <w:tab w:val="left" w:pos="438"/>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:hanging="21"/>
         <w:rPr>
           <w:vanish/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">      Nada más recibirla, la Oficina de Ética enviará al denunciante un acuse de recibo de la denuncia presentada y procederá a realizar un examen preliminar del caso dentro de los 30 días siguientes a la recepción de toda la información solicitada e</w:t>
       </w:r>
       <w:r w:rsidR="00295E70">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>n relación con la solicitud de Protección contra R</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>epresalias. Si la Oficina de Ética no examina formalmente la solicitud en dicho plazo, el denunciante podrá elevar el asunto, por escrito, al/la Presidente(a) del Panel de Ética de las Naciones Unidas</w:t>
+        <w:t xml:space="preserve">epresalias. Si la Oficina de Ética no examina formalmente la solicitud en dicho plazo, el denunciante podrá elevar el asunto, por escrito, al/la </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Presidente</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(a) del Panel de Ética de las Naciones Unidas</w:t>
       </w:r>
       <w:hyperlink w:anchor="_bookmark1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman"/>
             <w:position w:val="7"/>
             <w:sz w:val="13"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BA51720" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37751D03" w14:textId="3D608E4B" w:rsidR="00F64704" w:rsidRPr="007E1318" w:rsidRDefault="000B2576" w:rsidP="00BD126F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:right="133" w:hanging="21"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Si el/la Director(a) de la Oficina de Ética estima que puede existir un conflicto potencial de intereses debido a su participación en el examen de una denuncia en particular, o para evitar incluso la apariencia de presiones o influencias indebidas, podrá remitir la denuncia al/</w:t>
+        <w:t xml:space="preserve">Si el/la </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Director</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(a) de la Oficina de Ética estima que puede existir un conflicto potencial de intereses debido a su participación en el examen de una denuncia en particular, o para evitar incluso la apariencia de presiones o influencias indebidas, podrá remitir la denuncia al/</w:t>
       </w:r>
       <w:r w:rsidR="00456708">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>la</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Presidente(a) del Panel de Ética de las Naciones Unidas para su asesoramiento y orientación respecto a la selección de un órgano alternativo que lleve a cabo el examen. Asimismo, el/la Director(a) informará de manera inmediata al Administrador del PNUD de dicha remisión.</w:t>
+        <w:t xml:space="preserve"> Presidente(a) del Panel de Ética de las Naciones Unidas para su asesoramiento y orientación respecto a la selección de un órgano alternativo que lleve a cabo el examen. Asimismo, el/la </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Director</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(a) informará de manera inmediata al Administrador del PNUD de dicha remisión.</w:t>
       </w:r>
       <w:r w:rsidR="00DF2EBF">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="22E6D5A2" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="10"/>
         <w:rPr>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C9E5DA7" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="00BD126F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:right="135" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Si el/la Director(a) de la Oficina de Ética determina que la documentación y las pruebas examinadas acreditan </w:t>
+        <w:t xml:space="preserve">Si el/la </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Director</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(a) de la Oficina de Ética determina que la documentación y las pruebas examinadas acreditan </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">prima facie </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">la existencia de un caso de represalia o amenaza de represalia, el/la Director(a) remitirá el asunto, por escrito, a la OAI para su investigación y lo notificará inmediatamente al denunciante, también por escrito. La OAI tendrá un plazo de 120 días desde la fecha de la remisión del asunto para realizar la investigación y enviar un Informe de Investigación a la Oficina de Ética. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="327B932E" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="49CA1870" w14:textId="6E5BEB8C" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="00BD126F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:right="134" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve">Cuando, en opinión del/la </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Director</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(a) de la Oficina de Ética, exista conflicto de intereses u otra circunstancia que pueda afectar a la independencia de la investigación llevada a cabo por la OAI, la Oficina de Ética podrá recomendar al Administrador que se remita la denuncia a un órgano distinto a fin de llevar a cabo </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Cuando, en opinión del/la Director(a) de la Oficina de Ética, exista conflicto de intereses u otra circunstancia que pueda afectar a la independencia de la investigación llevada a cabo por la OAI, la Oficina de Ética podrá recomendar al Administrador que se remita la denuncia a un órgano distinto a fin de llevar a cabo la investigación.</w:t>
+        <w:t>la investigación.</w:t>
       </w:r>
       <w:r w:rsidR="00A768D0">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>En este caso, a la conclusión de dicha investigación, el investigador enviará un Informe final de la misma a la Oficina de Ética.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69185A86" w14:textId="605688E3" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="10"/>
         <w:rPr>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="72CE4FE4" w14:textId="6FDBDF74" w:rsidR="00DF2EBF" w:rsidRDefault="00DF2EBF">
       <w:pPr>
@@ -2986,92 +3144,135 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> la Oficina de Ética podrá formular recomendaciones a la administración local y/o al Administrador para la adopción de medidas provisionales que sirvan para proteger los intereses de la persona denunciante, incluyendo, entre otras, la suspensión temporal de la implementación de la acción supuestamente constitutiva de represalia y/o, tras consultar con el denunciante, su reasignación laboral temporal o la concesión de una licencia especial retribuida. La reasignación temporal o licencia especial retribuida sólo podrán ser recomendadas cuando el denunciante sea funcionario del PNUD. En aquellos casos que involucren a una persona </w:t>
       </w:r>
       <w:r w:rsidR="00456708">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>que no es personal de plantilla</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> del PNUD (un contratista, por ejemplo), los remedios disponibles pueden estar limitados a lo estipulado en el contrato particular de esa persona con el PNUD.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="760287E9" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A24FEFD" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="002B46F3">
+    <w:p w14:paraId="5A24FEFD" w14:textId="0346A17A" w:rsidR="00F64704" w:rsidRPr="00B11F21" w:rsidRDefault="000B2576" w:rsidP="00B11F21">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="725" w:hanging="545"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Una vez que la Oficina de Ética haya recibido el Informe de la Investigación:</w:t>
+        <w:t xml:space="preserve">Una vez que la Oficina de Ética haya recibido el Informe de la </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Investigación</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B11F21" w:rsidRPr="00B11F21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B11F21" w:rsidRPr="00B11F21">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>así como los documentos de respaldo y la información solicitada, procurará completar su evaluación independiente conforme a la Sección 7.6 dentro de un plazo de 45 días. Con base en dicha evaluación independiente, la Oficina de Ética</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B11F21">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6502BC6F" w14:textId="4044BAFB" w:rsidR="00AE2FE4" w:rsidRDefault="00AE2FE4" w:rsidP="00AE2FE4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:spacing w:before="150"/>
         <w:ind w:left="1399" w:right="136" w:hanging="359"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">determinará si la investigación confirma las denuncias de represalias y, de ser así, la Oficina de Ética remitirá el asunto al/la Director(a) de la LO/BMS para determinar la necesidad o no de iniciar un procedimiento disciplinario en conformidad con lo establecido en el </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId21">
+        <w:t xml:space="preserve">determinará si la investigación confirma las denuncias de represalias y, de ser así, la Oficina de Ética remitirá el asunto al/la </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Director</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(a) de la LO/BMS para determinar la necesidad o no de iniciar un procedimiento disciplinario en conformidad con lo establecido en el </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>Marco jurídico del PNUD para tratar el incumplimiento de las normas de conducta de las Naciones Unidas</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:u w:color="0000FF"/>
         </w:rPr>
         <w:t>; y</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3503DE0B" w14:textId="77777777" w:rsidR="00AE2FE4" w:rsidRDefault="00AE2FE4" w:rsidP="00AE2FE4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="15"/>
@@ -3125,61 +3326,61 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2FEB949A" w14:textId="2EC48B44" w:rsidR="00AE2FE4" w:rsidRDefault="00AE2FE4" w:rsidP="002B46F3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="652"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="180" w:right="137" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(a)    Si, a partir de su análisis del Informe de la Investigación, la Oficina de Ética establece que ha habido represalias contra una persona, la Oficina podrá recomendar al Administrador las medidas apropiadas dirigidas a corregir cualquier consecuencia negativa con la que se haya amenazado o haya efectivamente sufrido el denunciante a consecuencia de la represalia.  En el caso de funcionarios, las medidas a aplicar incluyen, entre otras, la rescisión de la acción/decisión que constituye una represalia, la reintegración al puesto y, cuando sea apropiado, tras consultar con el funcionario afectado, su traslado a otra oficina o función para la que esté cualificado. Sujeto a todas las garantías procesales relevantes, incluidos los derechos de conformidad con el Capítulo X del </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22">
+      <w:hyperlink r:id="rId20">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t xml:space="preserve">Estatuto del Personal y Reglamento del Personal de las Naciones </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId23">
+      <w:hyperlink r:id="rId21">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>Unidas</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>,</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> las medidas recomendadas también pueden incluir la transferencia provisional o permanente del presunto autor de la represalia. Cuando se trate de personas que no tengan la condición de funcionarios, las medidas apropiadas irán dirigidas, en la medida de lo posible, a hacer efectivos los términos y condiciones estipulados en el contrato o las condiciones de servicio fijadas para dicha persona.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BB09A54" w14:textId="77777777" w:rsidR="00AE2FE4" w:rsidRDefault="00AE2FE4" w:rsidP="00AE2FE4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
@@ -3214,58 +3415,58 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="680"/>
         </w:tabs>
         <w:ind w:left="180" w:right="137" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Si la Oficina de Ética establece que no se ha producido </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">prima facie </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">un caso de represalia o amenaza de represalia pero dictamina que el problema tiene su origen en otros factores (como un problema interpersonal </w:t>
+        <w:t xml:space="preserve">un caso de represalia o amenaza de represalia pero dictamina que el problema tiene su origen en otros factores (como un problema interpersonal dentro de una oficina o con un gerente en particular), podrá informar a la persona denunciante de la </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>dentro de una oficina o con un gerente en particular), podrá informar a la persona denunciante de la disponibilidad de otras opciones para poner remedio a la situación, como la remisión del caso a la Oficina del Ombudsman y otros mecanismos informales de resolución de conflictos dentro del PNUD.</w:t>
+        <w:t>disponibilidad de otras opciones para poner remedio a la situación, como la remisión del caso a la Oficina del Ombudsman y otros mecanismos informales de resolución de conflictos dentro del PNUD.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A2872C7" w14:textId="77777777" w:rsidR="00AE2FE4" w:rsidRDefault="00AE2FE4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2"/>
         <w:rPr>
           <w:sz w:val="13"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4CC801AD" w14:textId="77777777" w:rsidR="00AE2FE4" w:rsidRDefault="00AE2FE4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2"/>
         <w:rPr>
           <w:sz w:val="13"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E3CF7E2" w14:textId="275CBF18" w:rsidR="00F64704" w:rsidRDefault="000B2576">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="139"/>
@@ -3400,76 +3601,90 @@
         <w:rPr>
           <w:vanish/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="166FD2A4" w14:textId="6F4E2C2B" w:rsidR="00621CB2" w:rsidRDefault="000B2576" w:rsidP="00903D24">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="180" w:right="137" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Tomar represalias contra una persona a causa de su participación en una Actividad Protegida constituye en sí misma una falta de conducta que, de confirmarse, puede dar lugar a acciones administrativas o sanciones disciplinarias contra el autor de esta.  Tal y como se indica en la Sección 7.8 (a), cuando se confirme la existencia de Represalias, la Oficina de Ética remitirá el caso al/la Director(a) de la LO/BMS a fin de determinar los procedimientos disciplinarios que, si así se acuerda, deberán iniciarse contra la persona acusada de tomar represalias</w:t>
+        <w:t xml:space="preserve">Tomar represalias contra una persona a causa de su participación en una Actividad Protegida constituye en sí misma una falta de conducta que, de confirmarse, puede dar lugar a acciones administrativas o sanciones disciplinarias contra el autor de esta.  Tal y como se indica en la Sección 7.8 (a), cuando se confirme la existencia de Represalias, la Oficina de Ética remitirá el caso al/la </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Director</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(a) de la LO/BMS a fin de determinar los procedimientos disciplinarios que, si así se acuerda, deberán iniciarse contra la persona acusada de tomar represalias</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">En estos casos, será de aplicación el procedimiento descrito en el </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24">
+      <w:hyperlink r:id="rId22">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t xml:space="preserve">Marco jurídico del PNUD para tratar </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId25">
+      <w:hyperlink r:id="rId23">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>el incumplimiento de las normas de conducta de las Naciones Unidas</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="591F2196" w14:textId="77777777" w:rsidR="00621CB2" w:rsidRDefault="00621CB2" w:rsidP="00621CB2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="500"/>
         </w:tabs>
         <w:ind w:left="180" w:right="137"/>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -3478,87 +3693,103 @@
     </w:p>
     <w:p w14:paraId="624A28F9" w14:textId="75D07E90" w:rsidR="00F64704" w:rsidRPr="00903D24" w:rsidRDefault="000B2576" w:rsidP="00903D24">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:before="150"/>
         <w:ind w:left="140" w:right="137" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00903D24">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">En virtud de lo establecido en el </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26">
+      <w:hyperlink r:id="rId24">
         <w:r w:rsidRPr="00903D24">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>Marco jurídico del PNUD para tratar el</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00903D24">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single" w:color="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27">
+      <w:hyperlink r:id="rId25">
         <w:r w:rsidRPr="00903D24">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>incumplimiento de las normas de conducta de las Naciones Unidas</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00903D24">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>, se podrá iniciar un procedimiento disciplinario contra un funcionario aunque la supuesta víctima de la represalia, o de la amenaza de ella, no haya solicitado la protección establecida en la presente Política.</w:t>
+        <w:t xml:space="preserve">, se podrá iniciar un procedimiento disciplinario contra un </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00903D24">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>funcionario</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00903D24">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aunque la supuesta víctima de la represalia, o de la amenaza de ella, no haya solicitado la protección establecida en la presente Política.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5212C3FA" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="34F540C3" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="4"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FC244BE" w14:textId="267D09F2" w:rsidR="00F64704" w:rsidRDefault="000B2576">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="1"/>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="Section_9"/>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
@@ -3585,104 +3816,104 @@
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="Action_against_Individual_Falsely_or_in_"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="4F81BD"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Acción contra la persona que solicita protección con falsedad o mala fe</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D888349" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0921561F" w14:textId="5217CAA3" w:rsidR="00F64704" w:rsidRDefault="00903D24" w:rsidP="00903D24">
+    <w:p w14:paraId="0921561F" w14:textId="0EBBB561" w:rsidR="00F64704" w:rsidRDefault="00903D24" w:rsidP="00903D24">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="139" w:right="136"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">10.1   </w:t>
       </w:r>
       <w:r w:rsidR="00621CB2">
         <w:t>Cuando en virtud de lo establecido en la Sección</w:t>
       </w:r>
       <w:r w:rsidR="0025192B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00621CB2">
         <w:t xml:space="preserve">7 </w:t>
       </w:r>
       <w:r w:rsidR="00621CB2">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>supra</w:t>
       </w:r>
       <w:r w:rsidR="00621CB2">
         <w:t xml:space="preserve"> se compruebe que la persona denunciante</w:t>
       </w:r>
       <w:r w:rsidR="00A768D0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00621CB2">
         <w:br/>
         <w:t xml:space="preserve">a) aportó información de mala fe, transmitió o difundió rumores falsos o sin fundamento, incluyó acusaciones que sabía, o debería haber razonablemente sabido, eran falsas o engañosas, o b) infringió lo dispuesto en el Estatuto y el Reglamento del Personal de las Naciones Unidas durante el proceso de presentación de las alegaciones de conducta indebida o de represalias, dicha persona podrá ser sometida a un procedimiento disciplinario u otra acción administrativa conforme a lo dispuesto en el </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28">
+      <w:hyperlink r:id="rId26">
         <w:r w:rsidR="00621CB2">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>Marco jurídico</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00621CB2">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single" w:color="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29">
+      <w:hyperlink r:id="rId27">
         <w:r w:rsidR="00621CB2">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>del PNUD para tratar el incumplimiento de las normas de conducta de las Naciones Unidas</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00621CB2">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single" w:color="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> u otra disposición administrativa</w:t>
       </w:r>
       <w:r w:rsidR="00621CB2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EF1AB7E" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="6"/>
         <w:rPr>
           <w:sz w:val="11"/>
@@ -3750,66 +3981,66 @@
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="139" w:right="134"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">11.1   </w:t>
       </w:r>
       <w:r w:rsidR="00621CB2">
         <w:t>Si</w:t>
       </w:r>
       <w:r w:rsidR="00DF1AF7">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00621CB2">
         <w:t xml:space="preserve"> una vez efectuada la notificación del fallo de la Oficina de Ética del PNUD sobre la denuncia de represalias presentada por una persona, dicha persona desea que el caso vuelva a ser examinado, podrá</w:t>
       </w:r>
       <w:r w:rsidR="008E3281">
         <w:t>, dentro de los 30 días de ser notificado,</w:t>
       </w:r>
       <w:r w:rsidR="00621CB2">
         <w:t xml:space="preserve"> elevarlo por escrito al/la Presidente(a) del Panel de Ética de las Naciones Unidas, tal y como se recoge en los boletines </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidR="00621CB2" w:rsidRPr="008E3281">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>ST/SGB/2007/11</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00621CB2">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single" w:color="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> y </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31">
+      <w:hyperlink r:id="rId29">
         <w:r w:rsidR="00621CB2">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>ST/SGB/2007/11/Amend.1.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5C21DBF7" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="15"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A008838" w14:textId="0726121E" w:rsidR="00F64704" w:rsidRDefault="000B2576">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="59"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="4F81BD"/>
@@ -3844,55 +4075,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="42570546" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="10"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F721F0E" w14:textId="30B33787" w:rsidR="00F64704" w:rsidRPr="0061746E" w:rsidRDefault="00903D24">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="140" w:right="139"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">12.1   </w:t>
       </w:r>
       <w:r w:rsidR="00DF1AF7">
         <w:t xml:space="preserve">Si se ha confirmado, todo acto </w:t>
       </w:r>
       <w:r w:rsidR="00621CB2">
-        <w:t xml:space="preserve">de represalia contra un contratista o sus empleados, agentes o </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">representantes o cualquier otra persona que forme parte de cualquier trato con el PNUD, </w:t>
+        <w:t xml:space="preserve">de represalia contra un contratista o sus empleados, agentes o representantes o cualquier otra persona que forme parte de cualquier trato con el PNUD, </w:t>
       </w:r>
       <w:r w:rsidR="00DF1AF7">
         <w:t>cuando</w:t>
       </w:r>
       <w:r w:rsidR="00621CB2">
         <w:t xml:space="preserve"> dicha persona ha informado conducta indebida, puede dar lugar a medidas disciplinarias u otra acción apropiada.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="781E20A4" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36D73B80" w14:textId="5A91C06B" w:rsidR="00F64704" w:rsidRDefault="000B2576">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>Sección 13</w:t>
       </w:r>
     </w:p>
@@ -3923,129 +4150,129 @@
         </w:rPr>
         <w:t>Antecedentes y contexto</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46EE9753" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A301422" w14:textId="5EF58228" w:rsidR="00F64704" w:rsidRDefault="00621CB2" w:rsidP="00903D24">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="140"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">13.1    La presente Política deberá interpretarse en conjunción con las disposiciones pertinentes del </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32">
+      <w:hyperlink r:id="rId30">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>Marco jurídico del PNUD para</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single" w:color="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33">
+      <w:hyperlink r:id="rId31">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t xml:space="preserve">tratar el incumplimiento de las normas de conducta de las Naciones Unidas </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">y </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34">
+      <w:hyperlink r:id="rId32">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>la Guía de Investigaciones de la OAI</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3181330B" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="15"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="44900CE8" w14:textId="30ADC45C" w:rsidR="00F64704" w:rsidRDefault="00621CB2" w:rsidP="00903D24">
+    <w:p w14:paraId="44900CE8" w14:textId="522A1252" w:rsidR="00F64704" w:rsidRDefault="00621CB2" w:rsidP="00903D24">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:before="60"/>
         <w:ind w:left="140" w:right="10"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">13.2   El Administrador del PNUD, como garante de la Política de Protección contra las Represalias, aprueba la presente Política, respalda la independencia de la función de Protección contra Represalias en virtud de lo establecido en la Sección 1.2 de </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35">
+      <w:hyperlink r:id="rId33">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>ST/SGB/2007/11</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:spacing w:val="-13"/>
           <w:u w:val="single" w:color="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> (y </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36">
+      <w:hyperlink r:id="rId34">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>ST/SGB/2007/11/Amend.1)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (Aplicación de normas éticas en todo el sistema de las Naciones Unidas: órganos y programas administrados por separado), y exige el cumplimiento íntegro de lo dispuesto en la misma con el objeto garantizar que el PNUD actúa de manera abierta, transparente y justa en la protección de las personas que sufren Represalias.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="654BE6F0" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4BAA5400" w14:textId="77777777" w:rsidR="00DF1AF7" w:rsidRDefault="000B2576" w:rsidP="00DF1AF7">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1710"/>
         </w:tabs>
         <w:spacing w:before="150" w:line="436" w:lineRule="auto"/>
         <w:ind w:right="7570"/>
@@ -4089,54 +4316,62 @@
       </w:r>
       <w:r w:rsidR="00DF1AF7">
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>vi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>gor</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="329544D2" w14:textId="697F2239" w:rsidR="00F64704" w:rsidRDefault="00621CB2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="42"/>
         <w:ind w:left="139" w:right="136"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>14.1    La presente Política (y procedimientos/directrices) sustituye a la Política de Protección contra las Represalias de abril de 2018 (actualizada en octubre de 2019</w:t>
       </w:r>
       <w:r w:rsidR="008E3281">
-        <w:t xml:space="preserve"> y subsecuentemente en Diciembre </w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">) y entrará en vigor en la fecha en que sea adoptada por el Administrador. La Política será </w:t>
+        <w:t xml:space="preserve"> y subsecuentemente en </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008E3281">
+        <w:t xml:space="preserve">Diciembre </w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> y entrará en vigor en la fecha en que sea adoptada por el Administrador. La Política será </w:t>
       </w:r>
       <w:bookmarkStart w:id="25" w:name="Links_to_Documents"/>
       <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:t>revisada al menos cada dos años a partir de la fecha de su adopción.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="237E0143" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="4"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="34031A11" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="139"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
@@ -4155,582 +4390,492 @@
     </w:p>
     <w:p w14:paraId="3F3FC511" w14:textId="4FAFDB26" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="00BD126F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="139" w:right="51" w:hanging="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Los documentos relevantes </w:t>
       </w:r>
       <w:r w:rsidR="000C24D3" w:rsidRPr="000C24D3">
         <w:t>relacionados con</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> la Política de Protección contra las Represalias pueden obtenerse a través de los siguientes enlaces:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="662A94BC" w14:textId="0A98D155" w:rsidR="00947DB9" w:rsidRDefault="00947DB9" w:rsidP="00947DB9">
       <w:pPr>
         <w:spacing w:line="244" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65908D2B" w14:textId="41EA00B6" w:rsidR="00947DB9" w:rsidRDefault="008E3281" w:rsidP="00947DB9">
+    <w:p w14:paraId="65908D2B" w14:textId="72D86C92" w:rsidR="00947DB9" w:rsidRDefault="00CB519A" w:rsidP="00947DB9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
-      <w:hyperlink r:id="rId37">
-        <w:r w:rsidR="00295E70">
+      <w:hyperlink r:id="rId35">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Formulario del PNUD para la P</w:t>
-[...5 lines deleted...]
-          <w:t>rotección contra Represalias</w:t>
+          <w:t>Formulario del PNUD para la Protección contra Represalias (en inglés)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="76C9E194" w14:textId="46762C7C" w:rsidR="00947DB9" w:rsidRPr="0049376D" w:rsidRDefault="0049376D" w:rsidP="00947DB9">
+    <w:p w14:paraId="76C9E194" w14:textId="73CA1AD7" w:rsidR="00947DB9" w:rsidRPr="0049376D" w:rsidRDefault="0049376D" w:rsidP="00947DB9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r>
-        <w:instrText xml:space="preserve"> HYPERLINK "https://undocs.org/Home/Mobile?FinalSymbol=ST%2FSGB%2F2018%2F1&amp;Language=E&amp;DeviceType=Desktop&amp;LangRequested=False" </w:instrText>
+      <w:r w:rsidR="00CB519A">
+        <w:instrText>HYPERLINK "https://docs.un.org/es/ST/SGB/2018/1"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="0024449F" w:rsidRPr="0049376D">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
-        <w:t>Estatuto del Personal y Re</w:t>
-[...11 lines deleted...]
-        <w:t>lamento del Personal de las Naciones Unidas</w:t>
+        <w:t>Estatuto del Personal y Reglamento del Personal de las Naciones Unidas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E51FA26" w14:textId="55BF15B2" w:rsidR="00947DB9" w:rsidRPr="003E391C" w:rsidRDefault="0049376D" w:rsidP="00947DB9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:hyperlink r:id="rId36">
+        <w:r w:rsidR="0024449F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Marco jurídico del PNUD para tratar el incumplimiento de las normas de conducta de las Naciones Unidas</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="47B0C353" w14:textId="54E7EAAD" w:rsidR="003E391C" w:rsidRPr="003E391C" w:rsidRDefault="00B319E6" w:rsidP="00947DB9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId37">
+        <w:r w:rsidR="003E391C" w:rsidRPr="003E391C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Política del PNUD sobre el fraude y otras prácticas corruptas</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="45DA91D7" w14:textId="3758CF78" w:rsidR="003E391C" w:rsidRPr="00CF52F4" w:rsidRDefault="00CF52F4" w:rsidP="00947DB9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://popp.undp.org/es/node/10431" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="003E391C" w:rsidRPr="00CF52F4">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>Política contra el blanqueo de capitales y la financiación del terrorismo del PNUD.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3905D6C3" w14:textId="31FA53B4" w:rsidR="00947DB9" w:rsidRDefault="00CF52F4" w:rsidP="00947DB9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:hyperlink r:id="rId38">
         <w:r w:rsidR="0024449F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Marco jurídico del PNUD para t</w:t>
-[...11 lines deleted...]
-          <w:t>atar el incumplimiento de las normas de conducta de las Naciones Unidas</w:t>
+          <w:t>Normas de conducta de la administración pública internacional</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="47B0C353" w14:textId="54E7EAAD" w:rsidR="003E391C" w:rsidRPr="003E391C" w:rsidRDefault="008E3281" w:rsidP="00947DB9">
+    <w:p w14:paraId="5238C696" w14:textId="5F4FAD2E" w:rsidR="00947DB9" w:rsidRDefault="00947DB9" w:rsidP="00947DB9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr>
-[...103 lines deleted...]
-        </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Aplicación de normas éticas en todo el sistema de las Naciones Unidas: órganos y programas</w:t>
       </w:r>
       <w:r w:rsidR="00A768D0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:br/>
         <w:t>administrados por separado (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId41">
+      <w:hyperlink r:id="rId39">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>ST/SGB/2007/11</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> y </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42">
+      <w:hyperlink r:id="rId40">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>ST/SGB/2007/11/Amend.1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AB58D42" w14:textId="1EE80616" w:rsidR="00947DB9" w:rsidRDefault="008E3281" w:rsidP="00947DB9">
+    <w:p w14:paraId="7AB58D42" w14:textId="1EE80616" w:rsidR="00947DB9" w:rsidRDefault="00B319E6" w:rsidP="00947DB9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
-      <w:hyperlink r:id="rId43">
+      <w:hyperlink r:id="rId41">
         <w:r w:rsidR="00C975EE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Política del PNUD sobre hostigamiento, acoso sexual, discriminación y abuso de autoridad</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1A05B112" w14:textId="0F2CC315" w:rsidR="00947DB9" w:rsidRPr="00257555" w:rsidRDefault="008E3281" w:rsidP="00947DB9">
+    <w:p w14:paraId="1A05B112" w14:textId="06D18116" w:rsidR="00947DB9" w:rsidRPr="00257555" w:rsidRDefault="00CB519A" w:rsidP="00947DB9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId44">
-        <w:r w:rsidR="0024449F">
+      <w:hyperlink r:id="rId42">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Guía de Investigaciones de la OAI</w:t>
+          <w:t>Guía de Investigaciones de la OAI (en inglés)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="217785D5" w14:textId="33D6C0A2" w:rsidR="001C64A3" w:rsidRPr="00257555" w:rsidRDefault="008E3281" w:rsidP="00947DB9">
+    <w:p w14:paraId="217785D5" w14:textId="27101B04" w:rsidR="001C64A3" w:rsidRPr="00257555" w:rsidRDefault="00CB519A" w:rsidP="00947DB9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId45">
-        <w:r w:rsidR="001C64A3">
+      <w:hyperlink r:id="rId43">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t xml:space="preserve">Política </w:t>
-[...11 lines deleted...]
-          <w:t>PPSA</w:t>
+          <w:t>Política de contratación de personal para socios - PPSA (en inglés)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="27A9D40C" w14:textId="4490C0FB" w:rsidR="00BF209C" w:rsidRPr="00257555" w:rsidRDefault="008E3281" w:rsidP="00947DB9">
+    <w:p w14:paraId="27A9D40C" w14:textId="5281C2A4" w:rsidR="00BF209C" w:rsidRPr="00257555" w:rsidRDefault="00CB519A" w:rsidP="00947DB9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId46">
-        <w:r w:rsidR="00BF209C">
+      <w:hyperlink r:id="rId44">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t xml:space="preserve">Política </w:t>
-[...11 lines deleted...]
-          <w:t>IPSA</w:t>
+          <w:t>Política de contratación de personal internacional - IPSA (en inglés)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4072DDCD" w14:textId="38DBD66E" w:rsidR="00BF209C" w:rsidRDefault="008E3281" w:rsidP="00947DB9">
+    <w:p w14:paraId="4072DDCD" w14:textId="38DBD66E" w:rsidR="00BF209C" w:rsidRDefault="00B319E6" w:rsidP="00947DB9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
-      <w:hyperlink r:id="rId47">
+      <w:hyperlink r:id="rId45">
         <w:bookmarkStart w:id="26" w:name="_Hlk114740126"/>
         <w:r w:rsidR="00BF209C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Política</w:t>
         </w:r>
         <w:bookmarkEnd w:id="26"/>
         <w:r w:rsidR="00BF209C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="004A56A1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">de contratación de personal nacional - </w:t>
         </w:r>
         <w:r w:rsidR="00BF209C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NPSA</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00BF209C">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A9BE315" w14:textId="76731BB1" w:rsidR="00947DB9" w:rsidRDefault="008E3281" w:rsidP="00947DB9">
+    <w:p w14:paraId="2A9BE315" w14:textId="76731BB1" w:rsidR="00947DB9" w:rsidRDefault="00B319E6" w:rsidP="00947DB9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
-      <w:hyperlink r:id="rId48">
+      <w:hyperlink r:id="rId46">
         <w:r w:rsidR="00172B05" w:rsidRPr="00172B05">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">Política </w:t>
         </w:r>
         <w:r w:rsidR="0024449F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">para los contratos de servicios (RRHH) </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="096D10DF" w14:textId="77777777" w:rsidR="00475826" w:rsidRDefault="008E3281" w:rsidP="00947DB9">
+    <w:p w14:paraId="096D10DF" w14:textId="5714E6F7" w:rsidR="00475826" w:rsidRDefault="00CB519A" w:rsidP="00947DB9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
-      <w:hyperlink r:id="rId49">
+      <w:hyperlink r:id="rId47">
         <w:r w:rsidR="0024449F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Políticas y Procedimientos de Operaciones y Programas de RRH</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="691E68E8" w14:textId="6643BD9B" w:rsidR="00947DB9" w:rsidRPr="00947DB9" w:rsidRDefault="00947DB9" w:rsidP="0003741F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="244" w:lineRule="exact"/>
         <w:ind w:left="499"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00947DB9" w:rsidRPr="00947DB9">
-      <w:headerReference w:type="default" r:id="rId50"/>
+      <w:headerReference w:type="default" r:id="rId48"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1280" w:right="1300" w:bottom="280" w:left="1660" w:header="728" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="181BED5C" w14:textId="77777777" w:rsidR="00436E34" w:rsidRDefault="00436E34">
+    <w:p w14:paraId="2253E31C" w14:textId="77777777" w:rsidR="00B319E6" w:rsidRDefault="00B319E6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="455AF957" w14:textId="77777777" w:rsidR="00436E34" w:rsidRDefault="00436E34">
+    <w:p w14:paraId="362A8AE5" w14:textId="77777777" w:rsidR="00B319E6" w:rsidRDefault="00B319E6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="32AD5CBE" w14:textId="77777777" w:rsidR="00436E34" w:rsidRDefault="00436E34"/>
+    <w:p w14:paraId="5E4E7AEF" w14:textId="77777777" w:rsidR="00B319E6" w:rsidRDefault="00B319E6"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0D4FAE67" w14:textId="77777777" w:rsidR="00436E34" w:rsidRDefault="00436E34">
+    <w:p w14:paraId="3A95E0CD" w14:textId="77777777" w:rsidR="00B319E6" w:rsidRDefault="00B319E6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="38FDABEF" w14:textId="77777777" w:rsidR="00436E34" w:rsidRDefault="00436E34">
+    <w:p w14:paraId="383E11E2" w14:textId="77777777" w:rsidR="00B319E6" w:rsidRDefault="00B319E6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5171854F" w14:textId="77777777" w:rsidR="00436E34" w:rsidRDefault="00436E34"/>
+    <w:p w14:paraId="108E11EA" w14:textId="77777777" w:rsidR="00B319E6" w:rsidRDefault="00B319E6"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="435177A5" w14:textId="205A787B" w:rsidR="006F2F3B" w:rsidRDefault="006F2F3B">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>El personal que no es de plantilla asignado a trabajar en el PNUD incluye a pasantes</w:t>
       </w:r>
       <w:r w:rsidR="00BD126F">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
@@ -4753,71 +4898,85 @@
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>de las Naciones Unidas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>, titulares de acuerdos de servicios tanto de personal nacional (NPSA) como de personal internacional (IPSA</w:t>
       </w:r>
       <w:r w:rsidR="00BD126F">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>, contratistas particulares (IC, antiguamente SSA) y contratistas de servicios (SC).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="37AB83EA" w14:textId="1DCF0B1C" w:rsidR="009F452C" w:rsidRDefault="009F452C">
+    <w:p w14:paraId="37AB83EA" w14:textId="083320A6" w:rsidR="009F452C" w:rsidRDefault="009F452C">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">Creado por los boletines del Secretario General </w:t>
+        <w:t xml:space="preserve">Creado por los boletines del </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Secretario General</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId1">
-        <w:r>
+        <w:r w:rsidR="00CB519A">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="16"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>ST/SGB/2007/11</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:sz w:val="16"/>
           <w:u w:val="single" w:color="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> y </w:t>
       </w:r>
       <w:hyperlink r:id="rId2">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="16"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>ST/SGB/2007/11/Amend.1</w:t>
         </w:r>
@@ -4836,125 +4995,125 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>sobre la aplicación de normas éticas en todo el sistema de las Naciones Unidas:</w:t>
       </w:r>
       <w:r w:rsidR="00A768D0">
         <w:rPr>
           <w:i/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>órganos y programas administrados por separado.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w14:paraId="2E116A07" w14:textId="49590737" w:rsidR="00BC029E" w:rsidRPr="009D1A5D" w:rsidRDefault="00BC029E">
+    <w:p w14:paraId="2E116A07" w14:textId="2C7833EF" w:rsidR="00BC029E" w:rsidRPr="009D1A5D" w:rsidRDefault="00BC029E">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00183DFA">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00183DFA">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00492163" w:rsidRPr="00183DFA">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00546788" w:rsidRPr="00183DFA">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Véase </w:t>
       </w:r>
       <w:r w:rsidR="00492163" w:rsidRPr="00183DFA">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">también </w:t>
       </w:r>
       <w:bookmarkStart w:id="7" w:name="_Hlk114574288"/>
       <w:r w:rsidR="000C24D3">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00CF52F4">
-        <w:instrText>HYPERLINK "https://popp.undp.org/SitePages/POPPSubject.aspx?SBJID=521&amp;Menu=BusinessUnit&amp;Beta=0&amp;lng=Spanish"</w:instrText>
+      <w:r w:rsidR="00046959">
+        <w:instrText>HYPERLINK "https://popp.undp.org/es/documento/politica-de-lucha-contra-el-blanqueo-de-dinero-y-la-financiacion-del-terrorismo-del"</w:instrText>
       </w:r>
       <w:r w:rsidR="000C24D3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00183DFA" w:rsidRPr="00183DFA">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Política contra el blanqueo de capitales y la financiación del terrorismo del PNUD.</w:t>
       </w:r>
       <w:r w:rsidR="000C24D3">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
-    <w:p w14:paraId="5E1C443D" w14:textId="77777777" w:rsidR="00DF2EBF" w:rsidRDefault="00DF2EBF" w:rsidP="00DF2EBF">
+    <w:p w14:paraId="5E1C443D" w14:textId="1A6D1112" w:rsidR="00DF2EBF" w:rsidRDefault="00DF2EBF" w:rsidP="00DF2EBF">
       <w:pPr>
         <w:spacing w:before="73"/>
         <w:ind w:left="140"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId3">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="16"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>ST/SGB/2007/11</w:t>
         </w:r>
@@ -4976,51 +5135,51 @@
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="16"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>ST/SGB/2007/11/Amend.1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:sz w:val="16"/>
           </w:rPr>
           <w:t>).</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3C3FA3DF" w14:textId="7D72BD03" w:rsidR="00DF2EBF" w:rsidRPr="00642657" w:rsidRDefault="00DF2EBF">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="18B31E47" w14:textId="3EB02658" w:rsidR="0003741F" w:rsidRDefault="0003741F">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6945EBAF" wp14:editId="3B5F6BCD">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>3952875</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>449580</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2920365" cy="349250"/>
               <wp:effectExtent l="0" t="0" r="13335" b="12700"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="Text Box 1"/>
@@ -5108,95 +5267,95 @@
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t>tica de protecci</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman"/>
                               <w:b/>
                               <w:i/>
                               <w:color w:val="1F497D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t>ó</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman"/>
                               <w:b/>
                               <w:i/>
                               <w:color w:val="1F497D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t>n contra las represalias</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="78D0880E" w14:textId="67A27079" w:rsidR="0003741F" w:rsidRDefault="003B60CF">
+                        <w:p w14:paraId="78D0880E" w14:textId="43994E05" w:rsidR="0003741F" w:rsidRDefault="003B60CF">
                           <w:pPr>
                             <w:spacing w:before="147"/>
                             <w:ind w:right="20"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman"/>
                               <w:color w:val="4F81BD"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t>Diciembre de 202</w:t>
                           </w:r>
-                          <w:r w:rsidR="002B7F59">
+                          <w:r w:rsidR="002C1D61">
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman"/>
                               <w:color w:val="4F81BD"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
-                            <w:t>2</w:t>
+                            <w:t>5</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
           <w:pict>
             <v:shapetype w14:anchorId="6945EBAF" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:311.25pt;margin-top:35.4pt;width:229.95pt;height:27.5pt;z-index:-251658239;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBCfT/P1wEAAJEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhx12I14hRdiw4D&#10;ugvQ7QNkWbKN2aJGKrGzrx8lx+kub8NeBIqijs45pLY309CLg0HqwJVys1pLYZyGunNNKb9+eXj1&#10;RgoKytWqB2dKeTQkb3YvX2xHX5gcWuhrg4JBHBWjL2Ubgi+yjHRrBkUr8MbxoQUcVOAtNlmNamT0&#10;oc/y9foqGwFrj6ANEWfv50O5S/jWGh0+WUsmiL6UzC2kFdNaxTXbbVXRoPJtp0801D+wGFTn+NEz&#10;1L0KSuyx+wtq6DQCgQ0rDUMG1nbaJA2sZrP+Q81Tq7xJWtgc8meb6P/B6o+HJ/8ZRZjewsQNTCLI&#10;P4L+RsLBXatcY24RYWyNqvnhTbQsGz0Vp6vRaiooglTjB6i5yWofIAFNFofoCusUjM4NOJ5NN1MQ&#10;mpP5db6+uLqUQvPZxevr/DJ1JVPFctsjhXcGBhGDUiI3NaGrwyOFyEYVS0l8zMFD1/epsb37LcGF&#10;MZPYR8Iz9TBVE1dHFRXUR9aBMM8JzzUHLeAPKUaekVLS971CI0X/3rEXcaCWAJegWgLlNF8tZZBi&#10;Du/CPHh7j13TMvLstoNb9st2ScozixNP7ntSeJrROFi/7lPV80/a/QQAAP//AwBQSwMEFAAGAAgA&#10;AAAhAPYyWw3gAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4sWcVK6ZpO&#10;E4ITEqIrB45pk7XRGqc02VbeHu/Ebrb86ff3F5vZDexkpmA9SlguBDCDrdcWOwlf9dtDBixEhVoN&#10;Ho2EXxNgU97eFCrX/oyVOe1ixygEQ64k9DGOOeeh7Y1TYeFHg3Tb+8mpSOvUcT2pM4W7gSdCpNwp&#10;i/ShV6N56U172B2dhO03Vq/256P5rPaVretnge/pQcr7u3m7BhbNHP9huOiTOpTk1Pgj6sAGCWmS&#10;rAiV8CSowgUQWfIIrKEpWWXAy4Jfdyj/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEJ9&#10;P8/XAQAAkQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;APYyWw3gAAAACwEAAA8AAAAAAAAAAAAAAAAAMQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAA+BQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="65DD609E" w14:textId="463E4898" w:rsidR="0003741F" w:rsidRDefault="0003741F">
                     <w:pPr>
                       <w:spacing w:before="14"/>
                       <w:ind w:right="18"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman"/>
                         <w:b/>
                         <w:i/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman"/>
                         <w:b/>
                         <w:i/>
@@ -5224,75 +5383,75 @@
                         <w:sz w:val="16"/>
                       </w:rPr>
                       <w:t>tica de protecci</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman"/>
                         <w:b/>
                         <w:i/>
                         <w:color w:val="1F497D"/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                       <w:t>ó</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman"/>
                         <w:b/>
                         <w:i/>
                         <w:color w:val="1F497D"/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                       <w:t>n contra las represalias</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="78D0880E" w14:textId="67A27079" w:rsidR="0003741F" w:rsidRDefault="003B60CF">
+                  <w:p w14:paraId="78D0880E" w14:textId="43994E05" w:rsidR="0003741F" w:rsidRDefault="003B60CF">
                     <w:pPr>
                       <w:spacing w:before="147"/>
                       <w:ind w:right="20"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman"/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman"/>
                         <w:color w:val="4F81BD"/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                       <w:t>Diciembre de 202</w:t>
                     </w:r>
-                    <w:r w:rsidR="002B7F59">
+                    <w:r w:rsidR="002C1D61">
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman"/>
                         <w:color w:val="4F81BD"/>
                         <w:sz w:val="16"/>
                       </w:rPr>
-                      <w:t>2</w:t>
+                      <w:t>5</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A6F9614" wp14:editId="26957FCE">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>1124585</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>816610</wp:posOffset>
@@ -5326,65 +5485,65 @@
                         <a:round/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:noFill/>
                           </a14:hiddenFill>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
           <w:pict>
-            <v:line xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:v="urn:schemas-microsoft-com:vml" w14:anchorId="7B6E8272" id="Line 2" o:spid="_x0000_s1026" style="position:absolute;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="88.55pt,64.3pt" to="541.45pt,64.3pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCL/q6QwAEAAGkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2yAQvVfqf0DcGzupNt1acfaQ7faS&#10;tpF2+wMmgG1UYBCQ2Pn3HchHt+2tqg+IYWYe773Bq4fJGnZUIWp0LZ/Pas6UEyi161v+/eXp3T1n&#10;MYGTYNCplp9U5A/rt29Wo2/UAgc0UgVGIC42o2/5kJJvqiqKQVmIM/TKUbLDYCFRGPpKBhgJ3Zpq&#10;UdfLasQgfUChYqTTx3OSrwt+1ymRvnVdVImZlhO3VNZQ1n1eq/UKmj6AH7S40IB/YGFBO7r0BvUI&#10;Cdgh6L+grBYBI3ZpJtBW2HVaqKKB1MzrP9Q8D+BV0ULmRH+zKf4/WPH1uAtMy5YvOHNgaURb7RRb&#10;ZGdGHxsq2LhdyNrE5J79FsWPyBxuBnC9KgxfTp7a5rmj+q0lB9ET/n78gpJq4JCw2DR1wWZIMoBN&#10;ZRqn2zTUlJigw7sPd/P79zQ0cc1V0FwbfYjps0LL8qblhjgXYDhuY8pEoLmW5HscPmljyrCNY2PL&#10;l/XHZWmIaLTMyVwWQ7/fmMCOkJ9L+YoqyrwuC3hwsoANCuSnyz6BNuc9XW7cxYys/+zkHuVpF64m&#10;0TwLy8vbyw/mdVy6f/0h658AAAD//wMAUEsDBBQABgAIAAAAIQAlr70d3wAAAAwBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGb3TSHZhuzKUVR6EHEtnjeJmOSJjsbstsm/fdOQai3&#10;eTOPN9/LVpPtxBkH3zjSMJ9FIJAKVzZUadjv3p4UCB8MlaZzhBou6GGV399lJi3dSF943oZKcAj5&#10;1GioQ+hTKX1RozV+5nokvv24wZrAcqhkOZiRw20n4yhaSGsa4g+16fGlxqLdnqyGDyVf3Wf7XVyO&#10;4+5dqU27TDZ7rR8fpvUziIBTuJnhis/okDPTwZ2o9KJjnSRztvIQqwWIqyNS8RLE4W8l80z+L5H/&#10;AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIv+rpDAAQAAaQMAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACWvvR3fAAAADAEAAA8AAAAAAAAAAAAA&#10;AAAAGgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAmBQAAAAA=&#10;" strokeweight=".48pt">
-              <w10:wrap xmlns:w10="urn:schemas-microsoft-com:office:word" anchorx="page" anchory="page"/>
+            <v:line w14:anchorId="3C1A8C72" id="Line 2" o:spid="_x0000_s1026" style="position:absolute;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="88.55pt,64.3pt" to="541.45pt,64.3pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDJHzFGsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3Y6NOuMOD2k6y7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJWmy3oT4Ikkg+vfdIL28PoxN7Q2zRt3I+q6UwXqG2vm/l76f7TzdS&#10;cASvwaE3rTwalrerjx+WU2jMFQ7otCGRQDw3U2jlEGNoqorVYEbgGQbjU7BDGiGmI/WVJpgS+uiq&#10;q7peVBOSDoTKMKfbu5egXBX8rjMq/uo6NlG4ViZusaxU1m1eq9USmp4gDFadaMB/sBjB+vToBeoO&#10;Iogd2X+gRqsIGbs4UzhW2HVWmaIhqZnXf6l5HCCYoiWZw+FiE78frPq5X/sNZerq4B/DA6pnFh7X&#10;A/jeFAJPx5AaN89WVVPg5lKSDxw2JLbTD9QpB3YRiwuHjsYMmfSJQzH7eDHbHKJQ6fL6y/X85nPq&#10;iTrHKmjOhYE4fjc4irxppbM++wAN7B84ZiLQnFPytcd761zppfNiauWi/rooBYzO6hzMaUz9du1I&#10;7CFPQ/mKqhR5m0a487qADQb0t9M+gnUv+/S48yczsv48bNxsUR83dDYptauwPI1Wnoe351L9+gOs&#10;/gAAAP//AwBQSwMEFAAGAAgAAAAhACWvvR3fAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FL&#10;w0AQhe+C/2EZwZvdNIdmG7MpRVHoQcS2eN4mY5ImOxuy2yb9905BqLd5M48338tWk+3EGQffONIw&#10;n0UgkApXNlRp2O/enhQIHwyVpnOEGi7oYZXf32UmLd1IX3jehkpwCPnUaKhD6FMpfVGjNX7meiS+&#10;/bjBmsByqGQ5mJHDbSfjKFpIaxriD7Xp8aXGot2erIYPJV/dZ/tdXI7j7l2pTbtMNnutHx+m9TOI&#10;gFO4meGKz+iQM9PBnaj0omOdJHO28hCrBYirI1LxEsThbyXzTP4vkf8CAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAyR8xRrABAABIAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAJa+9Hd8AAAAMAQAADwAAAAAAAAAAAAAAAAAKBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" strokeweight=".48pt">
+              <w10:wrap anchorx="page" anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0018416A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="16B09B38"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="139" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="139" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6918,350 +7077,366 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="327" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="168" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1185248620">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="447240936">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1253515092">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1650285575">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1100026944">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="509371539">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="150949556">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1193609310">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1669018140">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="237525126">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="218328935">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1365322521">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="714087544">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="71509229">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F64704"/>
     <w:rsid w:val="000225FA"/>
     <w:rsid w:val="000360F9"/>
     <w:rsid w:val="0003741F"/>
     <w:rsid w:val="00044B1D"/>
+    <w:rsid w:val="00046959"/>
     <w:rsid w:val="000A4D54"/>
     <w:rsid w:val="000B2576"/>
     <w:rsid w:val="000C149A"/>
     <w:rsid w:val="000C24D3"/>
     <w:rsid w:val="000D129B"/>
     <w:rsid w:val="000D68F1"/>
+    <w:rsid w:val="000E7772"/>
     <w:rsid w:val="00122D77"/>
     <w:rsid w:val="001459A8"/>
     <w:rsid w:val="00172B05"/>
     <w:rsid w:val="00183DFA"/>
     <w:rsid w:val="0019479E"/>
     <w:rsid w:val="0019526E"/>
     <w:rsid w:val="001A17F4"/>
     <w:rsid w:val="001C64A3"/>
+    <w:rsid w:val="001E26FF"/>
     <w:rsid w:val="00224AF0"/>
     <w:rsid w:val="0024449F"/>
     <w:rsid w:val="0025192B"/>
     <w:rsid w:val="002529A4"/>
     <w:rsid w:val="00257555"/>
     <w:rsid w:val="002670FD"/>
     <w:rsid w:val="00295E70"/>
     <w:rsid w:val="002A633D"/>
     <w:rsid w:val="002B46F3"/>
     <w:rsid w:val="002B7331"/>
     <w:rsid w:val="002B7F59"/>
+    <w:rsid w:val="002C1D61"/>
+    <w:rsid w:val="002E5A9D"/>
     <w:rsid w:val="00315A71"/>
+    <w:rsid w:val="00317446"/>
     <w:rsid w:val="00336BD1"/>
     <w:rsid w:val="00341660"/>
     <w:rsid w:val="00372290"/>
     <w:rsid w:val="00374AD2"/>
     <w:rsid w:val="00385991"/>
+    <w:rsid w:val="00387A6F"/>
     <w:rsid w:val="003B2D09"/>
     <w:rsid w:val="003B60CF"/>
     <w:rsid w:val="003C3DFA"/>
     <w:rsid w:val="003C7C66"/>
     <w:rsid w:val="003D661A"/>
     <w:rsid w:val="003E2A1D"/>
     <w:rsid w:val="003E391C"/>
     <w:rsid w:val="003F04F5"/>
     <w:rsid w:val="003F48E9"/>
     <w:rsid w:val="0041165F"/>
     <w:rsid w:val="004277C0"/>
     <w:rsid w:val="00436E34"/>
     <w:rsid w:val="00444708"/>
     <w:rsid w:val="00445D5F"/>
     <w:rsid w:val="00456708"/>
     <w:rsid w:val="00457F9E"/>
     <w:rsid w:val="00475826"/>
     <w:rsid w:val="00492163"/>
     <w:rsid w:val="0049376D"/>
     <w:rsid w:val="00495820"/>
     <w:rsid w:val="004A56A1"/>
     <w:rsid w:val="004B34F3"/>
     <w:rsid w:val="004C6B1B"/>
+    <w:rsid w:val="004D6B75"/>
     <w:rsid w:val="004E24A7"/>
     <w:rsid w:val="004F1A68"/>
+    <w:rsid w:val="004F75CE"/>
     <w:rsid w:val="00513759"/>
     <w:rsid w:val="00546788"/>
     <w:rsid w:val="00561FFA"/>
     <w:rsid w:val="00580164"/>
     <w:rsid w:val="00592F52"/>
     <w:rsid w:val="005A4A9D"/>
     <w:rsid w:val="005C15AE"/>
     <w:rsid w:val="005C74DC"/>
     <w:rsid w:val="005D7BB7"/>
     <w:rsid w:val="00614EAD"/>
     <w:rsid w:val="0061746E"/>
     <w:rsid w:val="00621CB2"/>
     <w:rsid w:val="00632D37"/>
     <w:rsid w:val="006335B2"/>
     <w:rsid w:val="00642641"/>
     <w:rsid w:val="00642657"/>
     <w:rsid w:val="0064351D"/>
     <w:rsid w:val="00660D2F"/>
+    <w:rsid w:val="006630E8"/>
     <w:rsid w:val="0067534D"/>
     <w:rsid w:val="00694366"/>
     <w:rsid w:val="006B6CAD"/>
     <w:rsid w:val="006B71FE"/>
     <w:rsid w:val="006C04DF"/>
     <w:rsid w:val="006D09B8"/>
     <w:rsid w:val="006D6275"/>
     <w:rsid w:val="006D641A"/>
     <w:rsid w:val="006E717B"/>
     <w:rsid w:val="006F2F3B"/>
     <w:rsid w:val="00703E4A"/>
     <w:rsid w:val="00720990"/>
     <w:rsid w:val="007600C7"/>
     <w:rsid w:val="0076553B"/>
     <w:rsid w:val="007703D2"/>
     <w:rsid w:val="0077470E"/>
     <w:rsid w:val="007C7347"/>
     <w:rsid w:val="007E1318"/>
+    <w:rsid w:val="007E3758"/>
     <w:rsid w:val="007F22A7"/>
     <w:rsid w:val="007F2CAA"/>
     <w:rsid w:val="00817CB2"/>
     <w:rsid w:val="00821587"/>
     <w:rsid w:val="00837312"/>
     <w:rsid w:val="0084794F"/>
     <w:rsid w:val="00863117"/>
     <w:rsid w:val="00875568"/>
     <w:rsid w:val="008800F5"/>
     <w:rsid w:val="00882606"/>
     <w:rsid w:val="008A3D3E"/>
     <w:rsid w:val="008C17B4"/>
     <w:rsid w:val="008E3281"/>
     <w:rsid w:val="008E4DD4"/>
     <w:rsid w:val="008F3A8C"/>
     <w:rsid w:val="00902A31"/>
     <w:rsid w:val="00903502"/>
     <w:rsid w:val="00903D24"/>
     <w:rsid w:val="00947DB9"/>
     <w:rsid w:val="0098528F"/>
     <w:rsid w:val="00991E7F"/>
     <w:rsid w:val="00997D69"/>
     <w:rsid w:val="009A7B08"/>
     <w:rsid w:val="009C13BA"/>
     <w:rsid w:val="009C61D8"/>
     <w:rsid w:val="009D1A5D"/>
     <w:rsid w:val="009E347E"/>
     <w:rsid w:val="009F452C"/>
     <w:rsid w:val="009F5702"/>
     <w:rsid w:val="00A0418A"/>
     <w:rsid w:val="00A1783D"/>
     <w:rsid w:val="00A21C19"/>
     <w:rsid w:val="00A23363"/>
     <w:rsid w:val="00A46261"/>
     <w:rsid w:val="00A70DE0"/>
     <w:rsid w:val="00A768D0"/>
     <w:rsid w:val="00A81320"/>
     <w:rsid w:val="00A9415A"/>
     <w:rsid w:val="00AE2FE4"/>
     <w:rsid w:val="00B11DB4"/>
+    <w:rsid w:val="00B11F21"/>
+    <w:rsid w:val="00B319E6"/>
     <w:rsid w:val="00B35F02"/>
     <w:rsid w:val="00B54A78"/>
     <w:rsid w:val="00BA0861"/>
     <w:rsid w:val="00BB6E9A"/>
     <w:rsid w:val="00BC029E"/>
+    <w:rsid w:val="00BC0DD2"/>
     <w:rsid w:val="00BD126F"/>
     <w:rsid w:val="00BD3CEE"/>
     <w:rsid w:val="00BF209C"/>
     <w:rsid w:val="00C119A2"/>
     <w:rsid w:val="00C14397"/>
     <w:rsid w:val="00C22C03"/>
     <w:rsid w:val="00C2470E"/>
     <w:rsid w:val="00C60EA5"/>
     <w:rsid w:val="00C86BF2"/>
     <w:rsid w:val="00C93DAC"/>
     <w:rsid w:val="00C975EE"/>
     <w:rsid w:val="00CA5567"/>
+    <w:rsid w:val="00CB519A"/>
     <w:rsid w:val="00CB55BC"/>
     <w:rsid w:val="00CC2440"/>
     <w:rsid w:val="00CE25B5"/>
     <w:rsid w:val="00CF51A5"/>
     <w:rsid w:val="00CF52F4"/>
     <w:rsid w:val="00D16720"/>
     <w:rsid w:val="00D42363"/>
     <w:rsid w:val="00D539AC"/>
     <w:rsid w:val="00D54403"/>
     <w:rsid w:val="00D603E3"/>
     <w:rsid w:val="00D82DF9"/>
     <w:rsid w:val="00DA580E"/>
     <w:rsid w:val="00DB5617"/>
     <w:rsid w:val="00DF1AF7"/>
     <w:rsid w:val="00DF2EBF"/>
     <w:rsid w:val="00E4365C"/>
     <w:rsid w:val="00E61E17"/>
     <w:rsid w:val="00E81960"/>
     <w:rsid w:val="00EA231F"/>
+    <w:rsid w:val="00EC1967"/>
     <w:rsid w:val="00EC3761"/>
     <w:rsid w:val="00EC5C20"/>
     <w:rsid w:val="00ED59A7"/>
     <w:rsid w:val="00EF043F"/>
     <w:rsid w:val="00F038DD"/>
     <w:rsid w:val="00F22200"/>
     <w:rsid w:val="00F30870"/>
     <w:rsid w:val="00F3443D"/>
     <w:rsid w:val="00F34DAA"/>
     <w:rsid w:val="00F36456"/>
     <w:rsid w:val="00F624B8"/>
     <w:rsid w:val="00F63E4D"/>
     <w:rsid w:val="00F64704"/>
     <w:rsid w:val="00F9727E"/>
     <w:rsid w:val="00FA26D9"/>
     <w:rsid w:val="00FC40C4"/>
     <w:rsid w:val="00FC6FFD"/>
     <w:rsid w:val="0BB3F821"/>
     <w:rsid w:val="131AC1B6"/>
     <w:rsid w:val="263FB6A5"/>
     <w:rsid w:val="42E84446"/>
     <w:rsid w:val="4F8B8DEA"/>
     <w:rsid w:val="52BAD607"/>
     <w:rsid w:val="5B03EE6F"/>
     <w:rsid w:val="607FD91A"/>
     <w:rsid w:val="681237F8"/>
     <w:rsid w:val="798A1B37"/>
     <w:rsid w:val="7F79BFC0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="05646F84"/>
   <w15:docId w15:val="{AE08728B-2A85-4522-8341-5223E403CC76}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -7966,105 +8141,133 @@
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="markedcontent">
     <w:name w:val="markedcontent"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00821587"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="highlight">
     <w:name w:val="highlight"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00821587"/>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00183DFA"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B11F21"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B11F21"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="359362016">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1005471567">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1693722341">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/2586" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/2586" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/4021" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/2586" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.undp.org/sites/g/files/zskgke326/files/2022-02/UNDP-OAI-IS-Investigation-Guidelines-ENG-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undocs.org/ST/SGB/2007/11/Amend.1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/191" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/office/ethics/Documents/UN%20Staff%20Rules%20and%20Regulations%202018.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/2586" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/2586" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/2586" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/office/ethics/Documents/Protection%20Against%20Retaliation%20Form%20April%202018.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icsc.un.org/Resources/General/Publications/standardsS.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2511" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/2586" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/office/ethics/Documents/UN%20Staff%20Rules%20and%20Regulations%202018.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2586" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undocs.org/ST/SGB/2007/11/Amend.1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/taxonomy/term/126" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1466" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/747952?ln=es" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.undp.org/sites/g/files/zskgke326/files/2022-02/UNDP-OAI-IS-Investigation-Guidelines-ENG-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.un.org/sites/hr.un.org/files/handbook/SGB%20-%202017%20-%20%202Rev.1%20%20%5bProtection%20agains%20retaliation..%5d.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/1467702?ln=es" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/11686" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/612888?ln=es" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/office/ethics/Documents/St_SGB_2007_11%20Ethics%20UN%20system.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/1451" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/226" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://documents-dds-ny.un.org/doc/UNDOC/GEN/N18/005/77/pdf/N1800577.pdf?OpenElement" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/11686" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/11686" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/2586" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/186" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ethicsoffice@undp.org" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/office/ethics/Documents/St_SGB_2007_11%20Ethics%20UN%20system.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/2586" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ethicsoffice@undp.org" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/documento/marco-juridico-del-pnud-para-tratar-el-incumplimiento-de-las-normas-de-conducta-de-las" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/office/ethics/Documents/St_SGB_2007_11%20Ethics%20UN%20system.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/office/ethics/Documents/UN%20Staff%20Rules%20and%20Regulations%202018.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undocs.org/ST/SGB/2007/11/Amend.1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.undp.org/sites/g/files/zskgke326/files/2022-02/UNDP-OAI-IS-Investigation-Guidelines-ENG-2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/human-resources-management" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/2586" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/747952?ln=es" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/2586" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.undp.org/sites/g/files/zskgke326/files/2022-02/UNDP-OAI-IS-Investigation-Guidelines-ENG-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/4021" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undocs.org/ST/SGB/2007/11/Amend.1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/191" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://documents-dds-ny.un.org/doc/UNDOC/GEN/N18/005/77/pdf/N1800577.pdf?OpenElement" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/11686" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/612888?ln=es" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/2586" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/2586" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/11686" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/186" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/office/ethics/Documents/UN%20Staff%20Rules%20and%20Regulations%202018.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/2586" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/2586" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/2586" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/office/ethics/Documents/Protection%20Against%20Retaliation%20Form%20April%202018.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2511" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.un.org/en/ST/SGB/2017/2/Rev.1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1466" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/11686" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/612888?ln=es" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icsc.un.org/Resources/General/Publications/standardsS.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/226" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/1467702?ln=es" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/1451" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/footnotes.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/office/ethics/Documents/St_SGB_2007_11%20Ethics%20UN%20system.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undocs.org/ST/SGB/2007/11/Amend.1" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/office/ethics/Documents/St_SGB_2007_11%20Ethics%20UN%20system.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undocs.org/ST/SGB/2007/11/Amend.1" TargetMode="External"/></Relationships>
+<file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/612888?ln=es" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undocs.org/ST/SGB/2007/11/Amend.1" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/612888?ln=es" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undocs.org/ST/SGB/2007/11/Amend.1" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8306,420 +8509,231 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-[...6 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...22 lines deleted...]
-</p:Policy>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...53 lines deleted...]
-    <xsd:import namespace="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DF4E5EB98AFACA49B955F57620F5DD44" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="54d56521cb8b950110d779ecec233d4f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" xmlns:ns3="c26dc373-2944-4fff-a656-1635ba5514b5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="030e562aea712385259f3e9724b3d80f" ns2:_="" ns3:_="">
+    <xsd:import namespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <xsd:import namespace="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:UNDP_POPP_TITLE_EN" minOccurs="0"/>
-[...26 lines deleted...]
-                <xsd:element ref="ns3:POPPIsArchived" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_dlc_Exempt" ma:index="30" nillable="true" ma:displayName="Exempt from Policy" ma:hidden="true" ma:internalName="_dlc_Exempt" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f8ebb0a5-c57d-4c3a-bec7-8a38252dd05c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8264c5cc-ec60-4b56-8111-ce635d3d139a" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c26dc373-2944-4fff-a656-1635ba5514b5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="UNDP_POPP_TITLE_EN" ma:index="1" nillable="true" ma:displayName="Title_EN" ma:indexed="true" ma:internalName="UNDP_POPP_TITLE_EN">
-[...6 lines deleted...]
-    <xsd:element name="UNDP_POPP_FOCALPOINT" ma:index="3" nillable="true" ma:displayName="Focal Point" ma:SharePointGroup="0" ma:internalName="UNDP_POPP_FOCALPOINT" ma:showField="ImnName">
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_DOCUMENT_TYPE" ma:index="5" ma:displayName="Document TYPE" ma:default="Template" ma:format="Dropdown" ma:indexed="true" ma:internalName="UNDP_POPP_DOCUMENT_TYPE" ma:readOnly="false">
-[...29 lines deleted...]
-    <xsd:element name="UNDP_POPP_VERSION_COMMENTS" ma:index="9" nillable="true" ma:displayName="Version Comments" ma:internalName="UNDP_POPP_VERSION_COMMENTS">
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_FILEVERSION" ma:index="10" nillable="true" ma:displayName="FileVersionID" ma:decimals="0" ma:internalName="UNDP_POPP_FILEVERSION">
-[...21 lines deleted...]
-    <xsd:element name="TaxCatchAll" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ee792a02-1c68-437d-afee-526d4eee3bde}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+    <xsd:element name="TaxCatchAll" ma:index="24" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{7fb16e66-a0cf-4293-80d1-ecb3df652669}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c26dc373-2944-4fff-a656-1635ba5514b5">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
-    </xsd:element>
-[...100 lines deleted...]
-      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="24" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -8764,264 +8778,198 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...51 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="c26dc373-2944-4fff-a656-1635ba5514b5" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08C75BF3-A1A4-460D-A9A6-3CBA4915AB1E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5D698EC9-F121-4E25-BD6D-846A3E540C29}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="office.server.policy"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{03C1FD93-9182-4EDE-A6E5-D44A977306FF}">
-[...7 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D7876DE2-4B6F-4080-BE25-373224C4CA8A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1A165B8-5E43-4802-BCA1-2B2EF08E4A20}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{803F10C3-4B15-41E1-9D30-C3F1FCC9D308}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5D698EC9-F121-4E25-BD6D-846A3E540C29}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9DCDFA9-943D-4619-978B-542E0CB00BDC}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>5326</Words>
-  <Characters>30359</Characters>
+  <Words>4935</Words>
+  <Characters>28132</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>252</Lines>
-  <Paragraphs>71</Paragraphs>
+  <Lines>234</Lines>
+  <Paragraphs>66</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Revised - Policy for Protection against Retaliation</vt:lpstr>
       <vt:lpstr>Revised - Policy for Protection against Retaliation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>35614</CharactersWithSpaces>
+  <CharactersWithSpaces>33001</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Revised - Policy for Protection against Retaliation</dc:title>
   <dc:subject>April 2018</dc:subject>
   <dc:creator>alayne.frankson-wall</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2018-04-23T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Acrobat PDFMaker 15 for Word</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
     <vt:filetime>2019-02-11T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="TaxKeyword">
     <vt:lpwstr>1901;#retaliation|7e7cf312-170b-4bca-9098-182ae07fff61</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="BusinessUnit">
     <vt:lpwstr>351;#Ethics|129d95d8-3461-4a4b-9e26-7df6e7243cee</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ContentTypeId">
-    <vt:lpwstr>0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39</vt:lpwstr>
+    <vt:lpwstr>0x010100DF4E5EB98AFACA49B955F57620F5DD44</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="POPPBusinessProcess">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>8e744679-45ca-4c18-b351-157864f9e0da</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="UNDP_POPP_BUSINESSUNIT">
     <vt:lpwstr>356;#Accountability|5b42d95a-f181-4192-a566-012e3d461a46</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Subject TYPE">
     <vt:lpwstr>BusinessUnit</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="UNDP_POPP_BUSINESSPROCESS_HIDDEN">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="TaxCatchAll">
     <vt:lpwstr>351;#Ethics|129d95d8-3461-4a4b-9e26-7df6e7243cee</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="l0e6ef0c43e74560bd7f3acd1f5e8571">
     <vt:lpwstr>Ethics|129d95d8-3461-4a4b-9e26-7df6e7243cee</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="DLCPolicyLabelValue">
     <vt:lpwstr>Effective Date: {Effective Date}                                                Version #: {POPPRefItemVersion}</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="1">
     <vt:lpwstr>Enter Choice #1</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>