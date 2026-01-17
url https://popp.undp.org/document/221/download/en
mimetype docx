--- v0 (2025-10-10)
+++ v1 (2026-01-17)
@@ -1,192 +1,212 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="646BB5AD" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
+    <w:p w14:paraId="646BB5AD" w14:textId="7F5059AE" w:rsidR="00F64704" w:rsidRDefault="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6DD52725" wp14:editId="254BAC01">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659267" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="06D8EF95" wp14:editId="73C33E10">
             <wp:simplePos x="0" y="0"/>
-            <wp:positionH relativeFrom="page">
-              <wp:posOffset>6362700</wp:posOffset>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>5346700</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-42765</wp:posOffset>
+              <wp:posOffset>203200</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="485775" cy="971550"/>
-[...2 lines deleted...]
-            <wp:docPr id="1" name="image1.png" descr="undp_logo.gif"/>
+            <wp:extent cx="457200" cy="927100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="5" name="Picture 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="2" name="image1.png"/>
-                    <pic:cNvPicPr/>
+                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13" cstate="print"/>
+                    <a:blip r:embed="rId11" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr>
+                  <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="485775" cy="971550"/>
+                      <a:ext cx="457200" cy="927100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="1325A630" w14:textId="2B5F3A67" w:rsidR="00F64704" w:rsidRPr="0076008C" w:rsidRDefault="000B2576">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
       <w:bookmarkStart w:id="0" w:name="Policy_for_Protection_against_Retaliatio"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="0076008C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="365F91"/>
         </w:rPr>
         <w:t>POLICY FOR PROTECTION AGAINST RETALIATION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="266527FA" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576">
+    <w:p w14:paraId="266527FA" w14:textId="6E969178" w:rsidR="00F64704" w:rsidRPr="0076008C" w:rsidRDefault="000B2576">
       <w:pPr>
         <w:spacing w:before="276"/>
         <w:ind w:left="771" w:right="1757"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="For_reporting_misconduct_or_cooperating_"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria"/>
+      <w:r w:rsidRPr="0076008C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="365F91"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>For reporting misconduct or cooperating with a duly authorized audit or investigation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11BB5F90" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria"/>
           <w:b/>
           <w:sz w:val="47"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C4DE490" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>Policy Statement</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33464C91" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="15"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2AF431DD" w14:textId="6E9222EC" w:rsidR="00F64704" w:rsidRDefault="000B2576">
+    <w:p w14:paraId="2AF431DD" w14:textId="6E9222EC" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="59"/>
-        <w:ind w:left="139" w:right="136"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="-144" w:right="130" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">It is the Policy of UNDP that Retaliation against individuals holding UNDP contracts </w:t>
       </w:r>
       <w:r w:rsidR="0019479E">
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidR="00ED59A7">
         <w:t xml:space="preserve">assigned to </w:t>
       </w:r>
       <w:r w:rsidR="0019479E">
         <w:t xml:space="preserve">work for UNDP </w:t>
       </w:r>
       <w:r>
         <w:t>(i.e., staff members</w:t>
       </w:r>
       <w:r w:rsidR="006F2F3B">
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidR="00445D5F">
         <w:t xml:space="preserve"> non-staff </w:t>
       </w:r>
       <w:r w:rsidR="007F22A7">
         <w:t xml:space="preserve">member </w:t>
       </w:r>
@@ -495,60 +515,59 @@
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5ECF8A8B" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>Objectives</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B02F1E7" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B070AFB" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576">
+    <w:p w14:paraId="1B070AFB" w14:textId="2A62D762" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:ind w:left="140" w:right="135"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="-274" w:right="130" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">In accordance with </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14">
+      <w:hyperlink r:id="rId12">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t xml:space="preserve">ST/SGB/2017/2/Rev.1 </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>UNDP has established this Policy and accompanying procedures and guidelines to:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="783CED69" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="546CD81E" w14:textId="7F7498B1" w:rsidR="00F64704" w:rsidRDefault="000B2576">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
@@ -977,65 +996,76 @@
         <w:t>accountable</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>manner.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="015D85FF" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7BEA2BC0" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576">
+    <w:p w14:paraId="38E9076A" w14:textId="77777777" w:rsidR="00243D36" w:rsidRDefault="000B2576">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:line="436" w:lineRule="auto"/>
         <w:ind w:left="139" w:right="7839"/>
         <w:jc w:val="left"/>
+        <w:rPr>
+          <w:color w:val="4F81BD"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t xml:space="preserve">Section 1 </w:t>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="Definitions"/>
       <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w14:paraId="7BEA2BC0" w14:textId="0B46DF16" w:rsidR="00F64704" w:rsidRDefault="000B2576">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:line="436" w:lineRule="auto"/>
+        <w:ind w:left="139" w:right="7839"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="4F81BD"/>
           <w:w w:val="95"/>
         </w:rPr>
         <w:t>Definitions</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="619D53B8" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="560"/>
         </w:tabs>
         <w:spacing w:before="76"/>
         <w:ind w:right="137" w:hanging="419"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -1375,55 +1405,54 @@
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>constitute</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Retaliation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BA19FAB" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32775D8E" w14:textId="77777777" w:rsidR="00F64704" w:rsidRPr="007423DD" w:rsidRDefault="000B2576">
+    <w:p w14:paraId="32775D8E" w14:textId="77777777" w:rsidR="00F64704" w:rsidRPr="007423DD" w:rsidRDefault="000B2576" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:ind w:left="560" w:right="134"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="560" w:right="134" w:hanging="1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If the individual did not engage in a </w:t>
       </w:r>
       <w:r w:rsidRPr="007423DD">
         <w:t>Protected Activity, any detrimental action recommended, threatened or taken against him/her will not be considered Retaliation under this Policy. Claims concerning conduct not covered under this Policy should be addressed to the Office of Human Resources (OHR) as a potential management issue or, if appropriate, reported directly to the Office of Audit and Investigations (OAI).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="284CE2EF" w14:textId="77777777" w:rsidR="00F64704" w:rsidRPr="007423DD" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28AAB634" w14:textId="310960FC" w:rsidR="00F64704" w:rsidRPr="007423DD" w:rsidRDefault="000B2576">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
@@ -1534,56 +1563,55 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> in accordance with the terms of investigation de</w:t>
       </w:r>
       <w:r w:rsidR="00217729" w:rsidRPr="007423DD">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>scrib</w:t>
       </w:r>
       <w:r w:rsidR="000D1CCF" w:rsidRPr="007423DD">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ed below</w:t>
       </w:r>
       <w:r w:rsidRPr="007423DD">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="381CB864" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="00F64704">
-          <w:headerReference w:type="default" r:id="rId15"/>
+          <w:headerReference w:type="default" r:id="rId13"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1280" w:right="1300" w:bottom="280" w:left="1660" w:header="728" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40DAA374" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="4"/>
         <w:rPr>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1EBD6BCA" w14:textId="7D63567F" w:rsidR="00F64704" w:rsidRDefault="000B2576">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="560"/>
@@ -1781,51 +1809,51 @@
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">procedures set out in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16">
+      <w:hyperlink r:id="rId14">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t xml:space="preserve">UNDP Legal Framework for Addressing Non-Compliance with UN Standards of Conduct. </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Protected</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -2228,86 +2256,85 @@
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="Section_2"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>Section 2</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E70A45C" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="325E23EE" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576">
       <w:pPr>
         <w:spacing w:before="1"/>
         <w:ind w:left="140"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="4F81BD"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Protected Reporting and Cooperation with a Duly Authorized Audit or Investigation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60953860" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="6"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E281890" w14:textId="29BAA85C" w:rsidR="00821587" w:rsidRPr="00D62CED" w:rsidRDefault="000B2576" w:rsidP="00022915">
+    <w:p w14:paraId="0E281890" w14:textId="29BAA85C" w:rsidR="00821587" w:rsidRPr="00D62CED" w:rsidRDefault="000B2576" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="860"/>
         </w:tabs>
-        <w:ind w:left="140" w:right="136" w:firstLine="1"/>
+        <w:ind w:left="562" w:right="130" w:hanging="418"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D62CED">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>As</w:t>
       </w:r>
       <w:r w:rsidRPr="00D62CED">
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D62CED">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>international</w:t>
       </w:r>
       <w:r w:rsidRPr="00D62CED">
         <w:rPr>
@@ -2690,142 +2717,142 @@
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D62CED">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidRPr="00D62CED">
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D62CED">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Organization’s regulations and rules and to cooperate with duly authorized audits and investigations” as provided for by </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17">
+      <w:hyperlink r:id="rId15">
         <w:r w:rsidRPr="00D62CED">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t xml:space="preserve">UN </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId18">
+      <w:hyperlink r:id="rId16">
         <w:r w:rsidRPr="00D62CED">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t xml:space="preserve">Staff Rule 1.2 (c) </w:t>
         </w:r>
       </w:hyperlink>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D62CED">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00A540CD">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>staff</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A540CD">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D62CED">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>nd</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D62CED">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> in accordance with the</w:t>
       </w:r>
       <w:r w:rsidR="00A9415A" w:rsidRPr="00D62CED">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="7F79BFC0" w:rsidRPr="00D62CED">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>UNDP Policy on Fraud and Other Corrupt Practices</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00423B75" w:rsidRPr="00A06BD2">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:color w:val="0000FF" w:themeColor="hyperlink"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r w:rsidR="00A9415A" w:rsidRPr="00D62CED">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00FA26D9" w:rsidRPr="00D62CED">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="00FA26D9" w:rsidRPr="00D62CED">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>UNDP Legal Framework for Addressing Non-Compliance with UN Standards of Conduc</w:t>
         </w:r>
         <w:r w:rsidR="00A9415A" w:rsidRPr="00D62CED">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>t</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00FA26D9" w:rsidRPr="00D62CED">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00561FFA" w:rsidRPr="00D62CED">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -3131,61 +3158,61 @@
         </w:rPr>
         <w:t xml:space="preserve">must be made in </w:t>
       </w:r>
       <w:r w:rsidRPr="00D62CED">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">good faith </w:t>
       </w:r>
       <w:r w:rsidR="00817CB2" w:rsidRPr="00D62CED">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>and must contain information or evidence to support a reasonable belief that misconduct has occurred.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A80D398" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B425432" w14:textId="41C44D94" w:rsidR="00F64704" w:rsidRDefault="000B2576">
+    <w:p w14:paraId="4B425432" w14:textId="41C44D94" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="860"/>
         </w:tabs>
-        <w:ind w:left="140" w:right="133" w:firstLine="0"/>
+        <w:ind w:left="562" w:right="130" w:hanging="418"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>While</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>an</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3468,62 +3495,62 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>retaliatory</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>action.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AA4E42C" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32D235F1" w14:textId="22E0F6DE" w:rsidR="00F64704" w:rsidRDefault="000B2576">
+    <w:p w14:paraId="32D235F1" w14:textId="22E0F6DE" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="876"/>
           <w:tab w:val="left" w:pos="878"/>
         </w:tabs>
-        <w:ind w:left="140" w:right="137" w:firstLine="0"/>
+        <w:ind w:left="562" w:right="100" w:hanging="418"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>The dissemination of unsubstantiated or false rumors, or the submission of intentionally false or misleading allegations of wrongdoing, are not Protected Activities under this Policy. These acts may constitute misconduct for which disciplinary or other appropriate measures, including summary dismissal or termination, may</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>be</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3881,945 +3908,941 @@
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>infra</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="456C1CBE" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
+    <w:p w14:paraId="456C1CBE" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="5F9775B8" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576">
+        <w:ind w:right="100"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F9775B8" w14:textId="641747C7" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="0076008C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="876"/>
+          <w:tab w:val="left" w:pos="878"/>
+        </w:tabs>
+        <w:ind w:left="562" w:right="100" w:hanging="418"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>UNDP</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>management,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>including</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Ethics</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Office,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>strive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>protect</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>identity</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>individuals</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>who</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>allege Retaliation and the confidentiality of all communications made by an individual who is requesting Protection against Retaliation in accordance with this Policy. However, exceptionally, the identity of the complainant and related information may be disclosed in whole or in part a) to persons with a legitimate need-to-know in order to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>resolve</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>complaint</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>assist</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>investigation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>matter</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>OAI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>other</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>duly</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>appointed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>investigative body; b) in circumstances where, as part of legal proceedings, the Ethics Office is required to make such disclosure or; c) when, in the discretion of the Ethics Office, disclosure of such confidential information is required in order to adequately address or remediate the situation alleged to be retaliatory or to attempt to prevent further misconduct. In all such instances, the complainant would be consulted prior to any disclosure being</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>made.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Similarly,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>UNDP</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>management</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>bound</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>maintain</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>confidentiality</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>situations</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>where</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>the individual requesting protection does not maintain confidentiality or acts in such a manner from which it may be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>reasonably</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>inferred</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>individual</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>waives</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>confidentiality.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C297EC6" w14:textId="77777777" w:rsidR="00C51A9C" w:rsidRDefault="00C51A9C" w:rsidP="0076008C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="876"/>
+          <w:tab w:val="left" w:pos="878"/>
+        </w:tabs>
+        <w:ind w:left="562" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="759F68FB" w14:textId="2B6B5CCB" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="0076008C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="876"/>
+          <w:tab w:val="left" w:pos="878"/>
+        </w:tabs>
+        <w:ind w:left="562" w:right="10" w:hanging="418"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">All UNDP offices and </w:t>
+      </w:r>
+      <w:r w:rsidR="002A633D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>UNDP personnel</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall cooperate with the Ethics Office and provide access to all records and documents requested by the Ethics Office, except for medical records that should not be disclosed without the express consent of the individual concerned, and the records of OAI and the Office of the Ombudsman,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>which</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>subject</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>confidentiality</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F8B5FFD" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="10"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20EE6206" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="681"/>
         </w:tabs>
-        <w:ind w:right="135" w:firstLine="1"/>
-[...878 lines deleted...]
-        <w:ind w:left="140" w:right="135" w:firstLine="0"/>
+        <w:ind w:left="562" w:right="130" w:hanging="418"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Notwithstanding staff regulation 1.2 (i), protection against retaliation will be extended to an individual who reports misconduct to an entity or individual outside of the established internal mechanisms, where the criteria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>set</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -5905,151 +5928,151 @@
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="Section_3"/>
       <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>Section 3</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EC5C5A7" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="3"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="543C57E1" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576">
       <w:pPr>
         <w:spacing w:before="1"/>
         <w:ind w:left="140"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="Time_Frame_for_Seeking_Protection_agains"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="4F81BD"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Time Frame for Seeking Protection against Retaliation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A044621" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DB88FA2" w14:textId="4326F740" w:rsidR="00F64704" w:rsidRDefault="00821587">
+    <w:p w14:paraId="7DB88FA2" w14:textId="4326F740" w:rsidR="00F64704" w:rsidRDefault="00821587" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="537"/>
         </w:tabs>
         <w:spacing w:before="1"/>
-        <w:ind w:right="137" w:firstLine="0"/>
+        <w:ind w:left="562" w:right="10" w:hanging="418"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>he individual’s request for protection must be submitted to the Ethics Office no later than six (6) months after the date on which the individual knew, or in the opinion of the Ethics Office should have known, that the alleged Retaliation was threatened or</w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:rPr>
           <w:spacing w:val="-29"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>take</w:t>
       </w:r>
       <w:r w:rsidR="006B71FE">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C6B2BF8" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
+    <w:p w14:paraId="2C6B2BF8" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="11"/>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26829526" w14:textId="0C9D0F4B" w:rsidR="00F64704" w:rsidRDefault="000B2576">
+    <w:p w14:paraId="26829526" w14:textId="0C9D0F4B" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="565"/>
         </w:tabs>
-        <w:ind w:right="137" w:firstLine="0"/>
+        <w:ind w:left="562" w:right="10" w:hanging="418"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Th</w:t>
       </w:r>
       <w:r w:rsidR="00821587">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> time limit may be extended where, in the opinion of the Director of the Ethics Office, it is in the </w:t>
       </w:r>
       <w:bookmarkStart w:id="8" w:name="Section_4"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
@@ -6345,104 +6368,109 @@
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="Scope_of_Application"/>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>Section 4</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46287D09" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="4"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A5190DF" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576">
       <w:pPr>
         <w:ind w:left="140"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="4F81BD"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Scope of Application</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="462F833E" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27CABF43" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576">
+    <w:p w14:paraId="27CABF43" w14:textId="3C084271" w:rsidR="00F64704" w:rsidRDefault="005C2FCB" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="438"/>
         </w:tabs>
-        <w:ind w:firstLine="1"/>
-[...4 lines deleted...]
-      <w:r>
+        <w:ind w:left="562" w:hanging="418"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="000B2576">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>The Protection against Retaliation Policy applies</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="000B2576">
         <w:rPr>
           <w:spacing w:val="-31"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="000B2576">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>to:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="281829BC" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4205D435" w14:textId="0519A32D" w:rsidR="00F64704" w:rsidRDefault="000B2576">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="860"/>
         </w:tabs>
@@ -7169,71 +7197,67 @@
         <w:t>under which the contractor is operating including any other prescriptive content incorporated into their contract directly or by</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-21"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>reference.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23F26B20" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37925ED7" w14:textId="7820A8B8" w:rsidR="005A7032" w:rsidRPr="007423DD" w:rsidRDefault="00580DD4">
+    <w:p w14:paraId="37925ED7" w14:textId="7820A8B8" w:rsidR="005A7032" w:rsidRPr="007423DD" w:rsidRDefault="00580DD4" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:right="138" w:firstLine="0"/>
+        <w:ind w:left="450" w:right="100" w:hanging="418"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Hlk78296158"/>
       <w:r w:rsidRPr="007423DD">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>(a)</w:t>
       </w:r>
       <w:r w:rsidR="005A7032" w:rsidRPr="007423DD">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00810D72" w:rsidRPr="007423DD">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">This section 4.2 shall apply if, and to the extent that, </w:t>
       </w:r>
       <w:r w:rsidR="003A4E2E" w:rsidRPr="007423DD">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">UNDP has reached agreement with the relevant UN Fund, Agency, Programme or Department to </w:t>
       </w:r>
       <w:r w:rsidR="00327AB0" w:rsidRPr="007423DD">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ensure that </w:t>
@@ -7260,68 +7284,74 @@
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>or non-staff member personnel</w:t>
       </w:r>
       <w:r w:rsidR="00327AB0" w:rsidRPr="007423DD">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EECF799" w14:textId="77777777" w:rsidR="005A7032" w:rsidRPr="007423DD" w:rsidRDefault="005A7032" w:rsidP="005A7032">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="613"/>
         </w:tabs>
         <w:ind w:right="138"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2604709C" w14:textId="522B6173" w:rsidR="00F64704" w:rsidRDefault="005A7032" w:rsidP="00CA0BFA">
+    <w:p w14:paraId="2604709C" w14:textId="3C7667B0" w:rsidR="00F64704" w:rsidRDefault="005C2FCB" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="613"/>
+          <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
-        <w:ind w:right="138"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="007423DD">
+        <w:ind w:left="810" w:right="138"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005A7032" w:rsidRPr="007423DD">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(b)</w:t>
       </w:r>
-      <w:r w:rsidRPr="007423DD">
+      <w:r w:rsidR="005A7032" w:rsidRPr="007423DD">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Subject to paragraph (a) above, t</w:t>
       </w:r>
       <w:r w:rsidR="000B2576" w:rsidRPr="007423DD">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>his</w:t>
       </w:r>
       <w:r w:rsidR="000B2576" w:rsidRPr="007423DD">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B2576" w:rsidRPr="007423DD">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Policy</w:t>
       </w:r>
@@ -8113,287 +8143,295 @@
         <w:t>that</w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>agency.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1360DD2D" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C0AE0FC" w14:textId="77777777" w:rsidR="00902A31" w:rsidRPr="003C7C66" w:rsidRDefault="00902A31" w:rsidP="0098528F">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="180"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C7C66">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Section 5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5865F5F8" w14:textId="77777777" w:rsidR="00902A31" w:rsidRPr="003C7C66" w:rsidRDefault="00902A31" w:rsidP="0098528F">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="180"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A99FD70" w14:textId="77777777" w:rsidR="00902A31" w:rsidRPr="003C7C66" w:rsidRDefault="00902A31" w:rsidP="0098528F">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="180"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C7C66">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Prevention actions</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="609CA36D" w14:textId="77777777" w:rsidR="00902A31" w:rsidRDefault="00902A31" w:rsidP="0098528F">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="180"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74368275" w14:textId="1731B6D9" w:rsidR="00902A31" w:rsidRDefault="00902A31" w:rsidP="0098528F">
-      <w:pPr>
+    <w:p w14:paraId="74368275" w14:textId="0C357A00" w:rsidR="00902A31" w:rsidRDefault="00902A31" w:rsidP="0076008C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
         <w:adjustRightInd w:val="0"/>
-        <w:ind w:left="180"/>
-        <w:jc w:val="both"/>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>5.1   Concerning allegation</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005C15AE">
+        <w:t>5.1  Concerning</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>s</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> allegation</w:t>
+      </w:r>
+      <w:r w:rsidR="005C15AE">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of misconduct received by OAI that, if established, would be manifestly harmful to the interests, operations, or governance of UNDP, OAI will inform the Ethics Office where it identifies a retaliation risk against the complainant.  OAI will only provide this information to the Ethics Office upon the consent of the individual making the report. </w:t>
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="769A5DEB" w14:textId="77777777" w:rsidR="00902A31" w:rsidRDefault="00902A31" w:rsidP="0098528F">
+        <w:t xml:space="preserve"> of misconduct received by OAI that, if established, would be manifestly harmful to the interests, operations, or governance of UNDP, OAI will inform the Ethics Office where it identifies a retaliation risk against the complainant.  OAI will only provide this information to the Ethics Office upon the consent of the individual making the report. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A37B7FD" w14:textId="77777777" w:rsidR="00902A31" w:rsidRDefault="00902A31" w:rsidP="0076008C">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
-        <w:ind w:left="180"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="180" w:right="10"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="769A5DEB" w14:textId="77777777" w:rsidR="00902A31" w:rsidRDefault="00902A31" w:rsidP="0076008C">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+        </w:rPr>
         <w:t xml:space="preserve">5.2   When informed by OAI of such a complainant who is at risk of retaliation, the Ethics Office will consult with the individual on appropriate retaliation prevention actions.  With the individual’s consent, such actions may include Ethics Office engagement with the individual’s senior management to ensure monitoring of the individual’s workplace situation with a view to preventing any retaliatory action against the individual as a consequence of their report of misconduct. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="557030BF" w14:textId="77777777" w:rsidR="00902A31" w:rsidRDefault="00902A31">
+    <w:p w14:paraId="557030BF" w14:textId="77777777" w:rsidR="00902A31" w:rsidRDefault="00902A31" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="4"/>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73D6C430" w14:textId="32139057" w:rsidR="00F64704" w:rsidRDefault="000B2576">
+    <w:p w14:paraId="73D6C430" w14:textId="32139057" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:ind w:left="139"/>
+        <w:ind w:left="139" w:right="10"/>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="Section_5"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r w:rsidR="009A7B08">
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11316412" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
+    <w:p w14:paraId="11316412" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="3"/>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2ED8B91E" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576">
+    <w:p w14:paraId="2ED8B91E" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="0076008C">
       <w:pPr>
         <w:spacing w:before="1"/>
-        <w:ind w:left="139"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="139" w:right="10"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="How_to_Submit_a_Request_for_Protection_a"/>
       <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="4F81BD"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>How to Submit a Request for Protection against Retaliation to the Ethics Office</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B495442" w14:textId="77777777" w:rsidR="009A7B08" w:rsidRPr="003C7C66" w:rsidRDefault="009A7B08" w:rsidP="003C7C66">
+    <w:p w14:paraId="4B495442" w14:textId="77777777" w:rsidR="009A7B08" w:rsidRPr="003C7C66" w:rsidRDefault="009A7B08" w:rsidP="0076008C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="680"/>
         </w:tabs>
-        <w:ind w:right="137"/>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:vanish/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F77B8F4" w14:textId="75416DA6" w:rsidR="003C7C66" w:rsidRDefault="000B2576" w:rsidP="003C7C66">
+    <w:p w14:paraId="2F77B8F4" w14:textId="75416DA6" w:rsidR="003C7C66" w:rsidRDefault="000B2576" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="680"/>
         </w:tabs>
-        <w:ind w:left="180" w:right="137" w:firstLine="0"/>
+        <w:ind w:left="562" w:right="10" w:hanging="418"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C7C66">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Individuals who believe that retaliatory action has been threatened or taken against them because they engaged</w:t>
       </w:r>
       <w:r w:rsidRPr="003C7C66">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003C7C66">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
       <w:r w:rsidRPr="003C7C66">
         <w:rPr>
@@ -8692,51 +8730,51 @@
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>created</w:t>
       </w:r>
       <w:r w:rsidRPr="003C7C66">
         <w:rPr>
           <w:spacing w:val="-10"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003C7C66">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="003C7C66">
         <w:rPr>
           <w:spacing w:val="-11"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21">
+      <w:hyperlink r:id="rId19">
         <w:r w:rsidRPr="003C7C66">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>UNDP</w:t>
         </w:r>
         <w:r w:rsidRPr="003C7C66">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:spacing w:val="-11"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidRPr="003C7C66">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>Protection</w:t>
         </w:r>
@@ -9286,872 +9324,909 @@
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">or by </w:t>
       </w:r>
       <w:r w:rsidRPr="003C7C66">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>e-mail</w:t>
       </w:r>
       <w:r w:rsidRPr="003C7C66">
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003C7C66">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId22">
+      <w:hyperlink r:id="rId20">
         <w:r w:rsidRPr="003C7C66">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>ethicsoffice@undp.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003C7C66">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00F22200" w:rsidRPr="003C7C66">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EACBCE9" w14:textId="77777777" w:rsidR="00F13199" w:rsidRDefault="00F13199" w:rsidP="00F13199">
+    <w:p w14:paraId="2EACBCE9" w14:textId="77777777" w:rsidR="00F13199" w:rsidRDefault="00F13199" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="680"/>
         </w:tabs>
-        <w:ind w:left="180" w:right="137"/>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="180" w:right="10"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16AB64FE" w14:textId="7A95FD01" w:rsidR="003C7C66" w:rsidRPr="0076008C" w:rsidRDefault="003C7C66" w:rsidP="0076008C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="680"/>
+        </w:tabs>
+        <w:ind w:left="562" w:right="10" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="515F4D5F" w14:textId="10F42CCB" w:rsidR="003C7C66" w:rsidRPr="003C7C66" w:rsidRDefault="000B2576" w:rsidP="0076008C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="680"/>
+        </w:tabs>
+        <w:ind w:left="562" w:right="10" w:hanging="418"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C7C66">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UNDP encourages the informal resolution of conflicts. Therefore, notwithstanding any other provisions of this Policy, an individual who believes </w:t>
+      </w:r>
+      <w:r w:rsidR="004277C0" w:rsidRPr="003C7C66">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>they</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C7C66">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may have been subjected to, or is threatened with, Retaliation may, at </w:t>
+      </w:r>
+      <w:r w:rsidR="004277C0" w:rsidRPr="003C7C66">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C7C66">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> discretion, initially contact the Office of the Ombudsman to seek an informal resolution of the underlying matter (i.e., the issue that has given rise to the concern about Retaliation). While pursuing informal resolution via the Ombudsman, the time period for filing a complaint of Retaliation with the Ethics Office, as specified under Section 3 above, may be suspended by the Ethics Office for a maximum of 120 days, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076008C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provided that </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C7C66">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the individual a) notifies the Director of the Ethics Office, in writing, that </w:t>
+      </w:r>
+      <w:r w:rsidR="004277C0" w:rsidRPr="003C7C66">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>they</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C7C66">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D42363" w:rsidRPr="003C7C66">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">have </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C7C66">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>sought informal resolution of the matter, and b) includes written confirmation from the Office of the Ombudsman that said office is involved in such informal resolution</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C7C66">
+        <w:rPr>
+          <w:spacing w:val="-28"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C7C66">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>process.</w:t>
+      </w:r>
+      <w:r w:rsidR="003C7C66" w:rsidRPr="003C7C66">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D68AFC8" w14:textId="77777777" w:rsidR="003C7C66" w:rsidRDefault="003C7C66" w:rsidP="0076008C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="680"/>
         </w:tabs>
         <w:spacing w:before="1"/>
-        <w:ind w:right="139"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="515F4D5F" w14:textId="10F42CCB" w:rsidR="003C7C66" w:rsidRPr="003C7C66" w:rsidRDefault="000B2576" w:rsidP="003C7C66">
+        <w:ind w:left="181" w:right="10"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="653E50A7" w14:textId="5028198A" w:rsidR="00F64704" w:rsidRPr="003C7C66" w:rsidRDefault="000B2576" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="680"/>
         </w:tabs>
         <w:spacing w:before="1"/>
-        <w:ind w:left="180" w:right="139" w:firstLine="0"/>
+        <w:ind w:left="562" w:right="10" w:hanging="418"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C7C66">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">UNDP encourages the informal resolution of conflicts. Therefore, notwithstanding any other provisions of this Policy, an individual who believes </w:t>
-[...5 lines deleted...]
-        <w:t>they</w:t>
+        <w:t>Pursuit</w:t>
       </w:r>
       <w:r w:rsidRPr="003C7C66">
         <w:rPr>
-          <w:sz w:val="20"/>
-[...7 lines deleted...]
-        <w:t>their</w:t>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003C7C66">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> discretion, initially contact the Office of the Ombudsman to seek an informal resolution of the underlying matter (i.e., the issue that has given rise to the concern about Retaliation). While pursuing informal resolution via the Ombudsman, the time period for filing a complaint of Retaliation with the Ethics Office, as specified under Section 3 above, may be suspended by the Ethics Office for a maximum of 120 days, </w:t>
+        <w:t>of</w:t>
       </w:r>
       <w:r w:rsidRPr="003C7C66">
         <w:rPr>
-          <w:i/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">provided that </w:t>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003C7C66">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">the individual a) notifies the Director of the Ethics Office, in writing, that </w:t>
-[...5 lines deleted...]
-        <w:t>they</w:t>
+        <w:t>informal</w:t>
       </w:r>
       <w:r w:rsidRPr="003C7C66">
         <w:rPr>
-          <w:sz w:val="20"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">have </w:t>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003C7C66">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>sought informal resolution of the matter, and b) includes written confirmation from the Office of the Ombudsman that said office is involved in such informal resolution</w:t>
+        <w:t>resolution</w:t>
       </w:r>
       <w:r w:rsidRPr="003C7C66">
         <w:rPr>
-          <w:spacing w:val="-28"/>
+          <w:spacing w:val="-5"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003C7C66">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>process.</w:t>
-[...36 lines deleted...]
-      </w:pPr>
+        <w:t>of</w:t>
+      </w:r>
       <w:r w:rsidRPr="003C7C66">
         <w:rPr>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-        <w:t>Pursuit</w:t>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003C7C66">
         <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C7C66">
+        <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003C7C66">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t>matter,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C7C66">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C7C66">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>grievance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C7C66">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C7C66">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C7C66">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C7C66">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>interpersonal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C7C66">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C7C66">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>problem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C7C66">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C7C66">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C7C66">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C7C66">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C7C66">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C7C66">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>form</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C7C66">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C7C66">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C7C66">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C7C66">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>basis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C7C66">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C7C66">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:r w:rsidRPr="003C7C66">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003C7C66">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>informal</w:t>
+        <w:t>a complaint of Retaliation may not prevent or preclude the independent and eventual institution of disciplinary or</w:t>
       </w:r>
       <w:r w:rsidRPr="003C7C66">
         <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C7C66">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>other</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C7C66">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C7C66">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>administrative</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C7C66">
+        <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003C7C66">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>resolution</w:t>
+        <w:t>action</w:t>
       </w:r>
       <w:r w:rsidRPr="003C7C66">
         <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C7C66">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>against</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C7C66">
+        <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003C7C66">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>of</w:t>
+        <w:t>the</w:t>
       </w:r>
       <w:r w:rsidRPr="003C7C66">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003C7C66">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>a</w:t>
+        <w:t>alleged</w:t>
       </w:r>
       <w:r w:rsidRPr="003C7C66">
         <w:rPr>
-          <w:spacing w:val="-5"/>
+          <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003C7C66">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>matter,</w:t>
+        <w:t>retaliator,</w:t>
       </w:r>
       <w:r w:rsidRPr="003C7C66">
         <w:rPr>
-          <w:spacing w:val="-5"/>
+          <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003C7C66">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>grievance</w:t>
+        <w:t>if</w:t>
       </w:r>
       <w:r w:rsidRPr="003C7C66">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003C7C66">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>or</w:t>
-[...232 lines deleted...]
-        </w:rPr>
         <w:t>appropriate.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22A8FAB3" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
+    <w:p w14:paraId="22A8FAB3" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="47A66B4F" w14:textId="351BC7A8" w:rsidR="00F64704" w:rsidRDefault="000B2576">
+        <w:ind w:right="10"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3572DAB9" w14:textId="77777777" w:rsidR="009B2E69" w:rsidRDefault="009B2E69" w:rsidP="009B2E69">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="1"/>
-        <w:ind w:left="139"/>
-[...1 lines deleted...]
-      <w:r>
+        <w:ind w:left="139" w:right="10"/>
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67C5A322" w14:textId="77777777" w:rsidR="009B2E69" w:rsidRDefault="009B2E69" w:rsidP="009B2E69">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="139" w:right="10"/>
+        <w:rPr>
+          <w:color w:val="4F81BD"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BA4477E" w14:textId="77777777" w:rsidR="009B2E69" w:rsidRDefault="009B2E69" w:rsidP="009B2E69">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="139" w:right="10"/>
+        <w:rPr>
+          <w:color w:val="4F81BD"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47A66B4F" w14:textId="24102D3D" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="0076008C">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="139" w:right="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="4F81BD"/>
+        </w:rPr>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r w:rsidR="009A7B08">
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="566F9E13" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
+    <w:p w14:paraId="566F9E13" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="11"/>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="131019B8" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="131019B8" w14:textId="42AD87BE" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="0076008C">
+      <w:pPr>
+        <w:ind w:left="139" w:right="10"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="4F81BD"/>
           <w:sz w:val="20"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t>Addressing Complaints (or Threats) of Retaliation, and Requests for Protection against Retaliation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="264E02CD" w14:textId="77777777" w:rsidR="009A7B08" w:rsidRPr="007E1318" w:rsidRDefault="009A7B08" w:rsidP="007E1318">
+    <w:p w14:paraId="163D55A0" w14:textId="77777777" w:rsidR="00A3009F" w:rsidRDefault="00A3009F" w:rsidP="0076008C">
+      <w:pPr>
+        <w:ind w:left="139" w:right="10"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="264E02CD" w14:textId="77777777" w:rsidR="009A7B08" w:rsidRPr="007E1318" w:rsidRDefault="009A7B08" w:rsidP="0076008C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="438"/>
         </w:tabs>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:vanish/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06CF8867" w14:textId="77777777" w:rsidR="007E1318" w:rsidRPr="007E1318" w:rsidRDefault="007E1318" w:rsidP="007E1318">
+    <w:p w14:paraId="06CF8867" w14:textId="77777777" w:rsidR="007E1318" w:rsidRPr="007E1318" w:rsidRDefault="007E1318" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="438"/>
         </w:tabs>
-        <w:ind w:hanging="21"/>
+        <w:ind w:left="562" w:right="10" w:hanging="418"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidRPr="007E1318">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>The role of the Ethics Office under this Policy</w:t>
       </w:r>
       <w:r w:rsidRPr="007E1318">
         <w:rPr>
           <w:spacing w:val="-28"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007E1318">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>is:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62B079CF" w14:textId="77777777" w:rsidR="007E1318" w:rsidRDefault="007E1318" w:rsidP="007E1318">
+    <w:p w14:paraId="62B079CF" w14:textId="77777777" w:rsidR="007E1318" w:rsidRDefault="007E1318" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="6"/>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="273DE25A" w14:textId="77777777" w:rsidR="007E1318" w:rsidRDefault="007E1318" w:rsidP="007E1318">
+    <w:p w14:paraId="273DE25A" w14:textId="77777777" w:rsidR="007E1318" w:rsidRDefault="007E1318" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="860"/>
         </w:tabs>
-        <w:ind w:right="138" w:hanging="361"/>
+        <w:ind w:right="10" w:hanging="361"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>to receive complaints of Retaliation or threats of Retaliation, and requests for Protection against Retaliation from</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-19"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>complainants;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C215C9B" w14:textId="77777777" w:rsidR="007E1318" w:rsidRDefault="007E1318" w:rsidP="007E1318">
+    <w:p w14:paraId="0C215C9B" w14:textId="77777777" w:rsidR="007E1318" w:rsidRDefault="007E1318" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="8"/>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76EA6BD7" w14:textId="77777777" w:rsidR="007E1318" w:rsidRDefault="007E1318" w:rsidP="007E1318">
+    <w:p w14:paraId="76EA6BD7" w14:textId="77777777" w:rsidR="007E1318" w:rsidRDefault="007E1318" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="861"/>
         </w:tabs>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>to keep a confidential record of all such</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-29"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>complaints;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A380687" w14:textId="77777777" w:rsidR="007E1318" w:rsidRDefault="007E1318" w:rsidP="007E1318">
+    <w:p w14:paraId="1A380687" w14:textId="77777777" w:rsidR="007E1318" w:rsidRDefault="007E1318" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="860"/>
         </w:tabs>
         <w:spacing w:before="150"/>
-        <w:ind w:left="859" w:hanging="359"/>
+        <w:ind w:left="859" w:right="10" w:hanging="359"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>to conduct a preliminary assessment of allegations of Retaliation to determine</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>if:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="725F206A" w14:textId="77777777" w:rsidR="007E1318" w:rsidRDefault="007E1318" w:rsidP="007E1318">
+    <w:p w14:paraId="725F206A" w14:textId="77777777" w:rsidR="007E1318" w:rsidRDefault="007E1318" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="6"/>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="466B6543" w14:textId="77777777" w:rsidR="007E1318" w:rsidRDefault="007E1318" w:rsidP="007E1318">
+    <w:p w14:paraId="466B6543" w14:textId="77777777" w:rsidR="007E1318" w:rsidRDefault="007E1318" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1579"/>
           <w:tab w:val="left" w:pos="1580"/>
         </w:tabs>
-        <w:ind w:firstLine="0"/>
+        <w:ind w:right="10" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>the complainant engaged in a Protected</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-26"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Activity;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2118A4C4" w14:textId="77777777" w:rsidR="007E1318" w:rsidRDefault="007E1318" w:rsidP="007E1318">
+    <w:p w14:paraId="2118A4C4" w14:textId="77777777" w:rsidR="007E1318" w:rsidRDefault="007E1318" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="4975BC7C" w14:textId="77777777" w:rsidR="007E1318" w:rsidRDefault="007E1318" w:rsidP="007E1318">
+        <w:ind w:right="10"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4975BC7C" w14:textId="77777777" w:rsidR="007E1318" w:rsidRDefault="007E1318" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1579"/>
           <w:tab w:val="left" w:pos="1580"/>
         </w:tabs>
-        <w:ind w:left="1579"/>
+        <w:ind w:left="1579" w:right="10"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>action</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -10288,194 +10363,198 @@
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>place;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44CCAD40" w14:textId="77777777" w:rsidR="007E1318" w:rsidRDefault="007E1318" w:rsidP="007E1318">
+    <w:p w14:paraId="44CCAD40" w14:textId="77777777" w:rsidR="007E1318" w:rsidRDefault="007E1318" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="10"/>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B1F3FAC" w14:textId="77777777" w:rsidR="007E1318" w:rsidRDefault="007E1318" w:rsidP="007E1318">
+    <w:p w14:paraId="7B1F3FAC" w14:textId="77777777" w:rsidR="007E1318" w:rsidRDefault="007E1318" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1579"/>
           <w:tab w:val="left" w:pos="1580"/>
         </w:tabs>
         <w:spacing w:before="1"/>
-        <w:ind w:right="137" w:firstLine="0"/>
+        <w:ind w:right="10" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">there is a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">prima facie </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>case that the Protected Activity was a contributing factor in causing the action or threat alleged to be</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-22"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>retaliatory.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78DA9800" w14:textId="77777777" w:rsidR="007E1318" w:rsidRDefault="007E1318" w:rsidP="007E1318">
+    <w:p w14:paraId="78DA9800" w14:textId="77777777" w:rsidR="007E1318" w:rsidRDefault="007E1318" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="650AD548" w14:textId="1D327863" w:rsidR="00F64704" w:rsidRPr="007E1318" w:rsidRDefault="007E1318" w:rsidP="007E1318">
+        <w:ind w:right="10"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="650AD548" w14:textId="6718199B" w:rsidR="00F64704" w:rsidRPr="007E1318" w:rsidRDefault="007E1318" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="438"/>
         </w:tabs>
-        <w:ind w:hanging="21"/>
+        <w:ind w:left="562" w:right="10" w:hanging="418"/>
         <w:rPr>
           <w:vanish/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="000B2576" w:rsidRPr="007E1318">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>The Ethics Office will promptly send the complainant an acknowledgement of receipt of the complaint and seek to complete its preliminary assessment within 30 days of receiving all information requested concerning the request for Protection against Retaliation submitted. If the Ethics Office does not formally consider the request within said 30 days, the complainant may then refer the matter in writing to the Chairperson of the Ethics Panel of the United</w:t>
       </w:r>
       <w:r w:rsidR="000B2576" w:rsidRPr="007E1318">
         <w:rPr>
           <w:spacing w:val="-16"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B2576" w:rsidRPr="007E1318">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Nations</w:t>
       </w:r>
       <w:hyperlink w:anchor="_bookmark1" w:history="1">
         <w:r w:rsidR="000B2576" w:rsidRPr="007E1318">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman"/>
             <w:position w:val="7"/>
             <w:sz w:val="13"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000B2576" w:rsidRPr="007E1318">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BA51720" w14:textId="332A0153" w:rsidR="00F64704" w:rsidRDefault="00F64704">
+    <w:p w14:paraId="6BA51720" w14:textId="332A0153" w:rsidR="00F64704" w:rsidRDefault="00F64704" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="6D819EE6" w14:textId="77777777" w:rsidR="00B24A22" w:rsidRDefault="00B24A22">
+        <w:ind w:right="10"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D819EE6" w14:textId="77777777" w:rsidR="00B24A22" w:rsidRDefault="00B24A22" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="37751D03" w14:textId="44B22270" w:rsidR="00F64704" w:rsidRPr="007E1318" w:rsidRDefault="000B2576" w:rsidP="007E1318">
+        <w:ind w:right="10"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37751D03" w14:textId="44B22270" w:rsidR="00F64704" w:rsidRPr="007E1318" w:rsidRDefault="000B2576" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="767"/>
         </w:tabs>
-        <w:ind w:right="133" w:hanging="21"/>
+        <w:ind w:left="605" w:right="10" w:hanging="418"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E1318">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>If the Director of the Ethics Office is of the opinion that there may be a potential conflict of interest associated</w:t>
       </w:r>
       <w:r w:rsidRPr="007E1318">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007E1318">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
       <w:r w:rsidRPr="007E1318">
         <w:rPr>
@@ -11035,70 +11114,71 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>such</w:t>
       </w:r>
       <w:r w:rsidRPr="007E1318">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007E1318">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>referral.</w:t>
       </w:r>
       <w:r w:rsidR="00B24A22">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22E6D5A2" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
+    <w:p w14:paraId="22E6D5A2" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="10"/>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C9E5DA7" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="007E1318">
+    <w:p w14:paraId="0C9E5DA7" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="584"/>
         </w:tabs>
-        <w:ind w:right="135" w:firstLine="0"/>
+        <w:ind w:left="562" w:right="10" w:hanging="418"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">If the Director of the Ethics Office determines that the documentation and evidence reviewed supports a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">prima facie </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>case of Retaliation or threat of Retaliation, the Director will refer the matter in writing to OAI for investigation and will immediately notify the complainant in writing. OAI will seek to complete its investigation and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -11261,110 +11341,112 @@
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>such</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>referral.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="327B932E" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
+    <w:p w14:paraId="327B932E" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="49CA1870" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="007E1318">
+        <w:ind w:right="10"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49CA1870" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="642"/>
         </w:tabs>
-        <w:ind w:right="134" w:firstLine="0"/>
+        <w:ind w:left="562" w:right="10" w:hanging="418"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Where, in the opinion of the Director of the Ethics Office, there may be a conflict of interest or other extenuating circumstances in relation to the conduct of the investigation by OAI, the Ethics Office may recommend to the Administrator that the complaint be referred to an alternate body to conduct the investigation. If so referred, upon the conclusion of the investigation, the investigator shall issue a final Investigation Report to the Ethics</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-24"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Office.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69185A86" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
+    <w:p w14:paraId="69185A86" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="10"/>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6655BEB6" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="00720990">
+    <w:p w14:paraId="6655BEB6" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="681"/>
         </w:tabs>
-        <w:ind w:left="180" w:right="136" w:firstLine="0"/>
+        <w:ind w:left="562" w:right="10" w:hanging="418"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>investigation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -11657,70 +11739,71 @@
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>contract.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02824BE0" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
+    <w:p w14:paraId="02824BE0" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="10"/>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BA5783C" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="007E1318">
+    <w:p w14:paraId="5BA5783C" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="681"/>
         </w:tabs>
-        <w:ind w:right="136" w:firstLine="1"/>
+        <w:ind w:left="562" w:right="10" w:hanging="418"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Both during the preliminary review stage and pending the completion of the investigation after a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>prima facie</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -11875,58 +11958,58 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Administrator for interim measures to be taken to safeguard the interests of the complainant, including but not limited to, temporary suspension of implementation of the allegedly retaliatory action and/or, in consultation with the </w:t>
+        <w:t xml:space="preserve">Administrator for interim measures to be taken to safeguard the interests of the complainant, including but not limited to, temporary suspension of implementation of the allegedly retaliatory action and/or, in consultation with the complainant, temporary reassignment of the complainant or placement of the complainant on special leave </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>complainant, temporary reassignment of the complainant or placement of the complainant on special leave with pay. Temporary reassignment or placement on special leave with pay can only be recommended where the complainant is a UNDP staff member. In cases involving an individual who is not a staff member of UNDP (e.g.,</w:t>
+        <w:t>with pay. Temporary reassignment or placement on special leave with pay can only be recommended where the complainant is a UNDP staff member. In cases involving an individual who is not a staff member of UNDP (e.g.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>contractor)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -12080,66 +12163,67 @@
           <w:spacing w:val="-14"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>arrangement with</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>UNDP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="760287E9" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
+    <w:p w14:paraId="760287E9" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="5A24FEFD" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="007E1318">
+        <w:ind w:right="10"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A24FEFD" w14:textId="4A447755" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="726"/>
         </w:tabs>
-        <w:ind w:left="725" w:hanging="586"/>
+        <w:ind w:left="562" w:right="10" w:hanging="418"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Once</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -12208,105 +12292,130 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Investigation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Report,</w:t>
+        <w:t>Report</w:t>
+      </w:r>
+      <w:r w:rsidR="002D26EB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as well as supporting documents and requested information</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>it</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>will:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="585707CD" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidR="002D26EB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> seek to complete its independent evaluation under Section 7.6 within 45 days.  Based on this independent evaluation, the Ethics Office will</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="585707CD" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="47773377" w14:textId="6528B881" w:rsidR="00F64704" w:rsidRDefault="00F64704">
+        <w:ind w:right="10"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47773377" w14:textId="6528B881" w:rsidR="00F64704" w:rsidRDefault="00F64704" w:rsidP="0076008C">
       <w:pPr>
         <w:spacing w:before="73"/>
-        <w:ind w:left="140"/>
+        <w:ind w:left="140" w:right="10"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2FF9A4DB" w14:textId="2A5A706E" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="007E1318">
+    <w:p w14:paraId="2FF9A4DB" w14:textId="2A5A706E" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:spacing w:before="150"/>
-        <w:ind w:left="1399" w:right="136" w:hanging="359"/>
+        <w:ind w:left="1584" w:right="10" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Determine</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>whether</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -12470,71 +12579,85 @@
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00341660">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Office of </w:t>
       </w:r>
       <w:r w:rsidR="00580164">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Legal </w:t>
       </w:r>
       <w:r w:rsidR="00341660">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Services</w:t>
       </w:r>
       <w:r w:rsidR="00F9727E">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (OLS)</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F9727E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>OLS)</w:t>
       </w:r>
       <w:r w:rsidR="00341660">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00580164">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">for a determination whether disciplinary proceedings should be initiated against the retaliator in accordance with the provisions of the </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId23" w:history="1">
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a determination whether disciplinary proceedings should be initiated against the retaliator in accordance with the provisions of the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="00772387">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>UNDP</w:t>
         </w:r>
         <w:r w:rsidRPr="00772387">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:spacing w:val="-4"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidRPr="00772387">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>Legal</w:t>
         </w:r>
         <w:r w:rsidRPr="00772387">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -12665,79 +12788,80 @@
         </w:r>
         <w:r w:rsidRPr="00772387">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>Conduct;</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="006B71FE">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="20"/>
           <w:u w:color="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006B71FE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:u w:color="0000FF"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17363031" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
+    <w:p w14:paraId="17363031" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:sz w:val="15"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14E377FC" w14:textId="6AF69DC1" w:rsidR="00F64704" w:rsidRDefault="00374AD2" w:rsidP="00374AD2">
+    <w:p w14:paraId="14E377FC" w14:textId="229B2E18" w:rsidR="00F64704" w:rsidRDefault="00374AD2" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1400"/>
         </w:tabs>
         <w:spacing w:before="59"/>
-        <w:ind w:left="1400" w:right="139" w:hanging="410"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">                  </w:t>
+        <w:ind w:left="1570" w:right="10" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Advise</w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:rPr>
           <w:spacing w:val="-10"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:rPr>
           <w:spacing w:val="-10"/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -12897,67 +13021,68 @@
           <w:spacing w:val="-10"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Retaliation is</w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:rPr>
           <w:spacing w:val="-10"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>supported.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="757EAA27" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
+    <w:p w14:paraId="757EAA27" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="17528F6F" w14:textId="615B28B9" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="007E1318">
+        <w:ind w:right="10"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17528F6F" w14:textId="615B28B9" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="652"/>
         </w:tabs>
         <w:spacing w:before="1"/>
-        <w:ind w:left="140" w:right="137" w:firstLine="0"/>
+        <w:ind w:left="562" w:right="10" w:hanging="418"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(a) If the Ethics Office determines that Retaliation against an individual is established following its consideration of the Investigation Report, the Ethics Office may also recommend to the Administrator appropriate measures aimed at correcting any negative consequences threatened or suffered by the individual as a result of the retaliatory action. In the case of a staff member, such measures may include, but are not limited</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>to,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -13477,51 +13602,51 @@
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24">
+      <w:hyperlink r:id="rId22">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>Staff</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:spacing w:val="-6"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>Regulations</w:t>
         </w:r>
@@ -13589,51 +13714,51 @@
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>the</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:spacing w:val="-6"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t xml:space="preserve">United </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId25">
+      <w:hyperlink r:id="rId23">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>Nations</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>,</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> recommended measures may also include temporary or permanent transfer of the alleged retaliator. In the case of other personnel, appropriate measures will, as far as possible, aim at giving effect to the terms and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
@@ -13768,61 +13893,61 @@
           <w:spacing w:val="-5"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>individual.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55555324" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
+    <w:p w14:paraId="55555324" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="4563604C" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576">
+        <w:ind w:right="10"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4563604C" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:ind w:left="139" w:right="134" w:firstLine="360"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="630" w:right="10" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>(b) While the Ethics Office can recommend to the Administrator certain corrective actions as noted above, the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>procedures</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>set</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
@@ -14009,70 +14134,71 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>other</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>administrative</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>policies.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="107223BF" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
+    <w:p w14:paraId="107223BF" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="10"/>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05D20B97" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="007E1318">
+    <w:p w14:paraId="05D20B97" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="680"/>
         </w:tabs>
-        <w:ind w:right="137" w:firstLine="0"/>
+        <w:ind w:left="562" w:right="10" w:hanging="418"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>If</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -14668,125 +14794,124 @@
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>at</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>UNDP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="661351FB" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
+    <w:p w14:paraId="661351FB" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="3"/>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E3CF7E2" w14:textId="275CBF18" w:rsidR="00F64704" w:rsidRDefault="000B2576">
+    <w:p w14:paraId="0E3CF7E2" w14:textId="229B80CA" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="1"/>
-        <w:ind w:left="139"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="13"/>
+        <w:ind w:left="139" w:right="10"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r w:rsidR="009A7B08">
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53FE4994" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
+    <w:p w14:paraId="53FE4994" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="4"/>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D59A09C" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="5D59A09C" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="0076008C">
+      <w:pPr>
+        <w:ind w:left="139" w:right="10"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="Safety_and_Well-Being_of_Complainant"/>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkStart w:id="13" w:name="Safety_and_Well-Being_of_Complainant"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="4F81BD"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Safety and Well-Being of Complainant</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52736573" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
+    <w:p w14:paraId="52736573" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="7"/>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3007D262" w14:textId="305084A0" w:rsidR="00F64704" w:rsidRDefault="00875568">
+    <w:p w14:paraId="3007D262" w14:textId="305084A0" w:rsidR="00F64704" w:rsidRDefault="00875568" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:ind w:left="140" w:right="138"/>
-        <w:jc w:val="both"/>
+        <w:ind w:right="10"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">8.1 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:t>If</w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -14940,1159 +15065,784 @@
       <w:r w:rsidR="000B2576">
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004277C0">
         <w:t>their</w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:t xml:space="preserve"> family related to the request for Protection against Retaliation, the Ethics Office shall either notify the UNDP Security Office/BMS or urge that the complainant do so directly. The UNDP Security Office will determine the most appropriate measures to be taken in order to secure the personal safety and well-being of the complainant and/or members of </w:t>
       </w:r>
       <w:r w:rsidR="004277C0">
         <w:t>their</w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:rPr>
           <w:spacing w:val="-26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:t>family.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="371EB8C4" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
+    <w:p w14:paraId="371EB8C4" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="4"/>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30A315C4" w14:textId="4C89FBB6" w:rsidR="00F64704" w:rsidRDefault="000B2576">
+    <w:p w14:paraId="30A315C4" w14:textId="4C89FBB6" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="16" w:name="Action_against_the_person_who_engaged_in"/>
+        <w:ind w:right="10"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="Section_8"/>
+      <w:bookmarkStart w:id="15" w:name="Action_against_the_person_who_engaged_in"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
-      <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r w:rsidR="009A7B08">
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B86BC84" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
+    <w:p w14:paraId="7B86BC84" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="4"/>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7AFB1C9E" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7AFB1C9E" w14:textId="1A99F35C" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="0076008C">
+      <w:pPr>
+        <w:ind w:left="140" w:right="10"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="4F81BD"/>
           <w:sz w:val="20"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t>Action against the person who engaged in Retaliation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72C1B094" w14:textId="77777777" w:rsidR="009A7B08" w:rsidRPr="00875568" w:rsidRDefault="009A7B08" w:rsidP="00621CB2">
+    <w:p w14:paraId="1F19C70C" w14:textId="77777777" w:rsidR="00F04C64" w:rsidRDefault="00F04C64" w:rsidP="0076008C">
+      <w:pPr>
+        <w:ind w:left="140" w:right="10"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72C1B094" w14:textId="77777777" w:rsidR="009A7B08" w:rsidRPr="00875568" w:rsidRDefault="009A7B08" w:rsidP="0076008C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="500"/>
         </w:tabs>
-        <w:ind w:left="180" w:right="137"/>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:vanish/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="166FD2A4" w14:textId="6481E762" w:rsidR="00621CB2" w:rsidRDefault="000B2576" w:rsidP="00621CB2">
+    <w:p w14:paraId="2FB174F5" w14:textId="45E0B01F" w:rsidR="00F04C64" w:rsidRPr="0076008C" w:rsidRDefault="000B2576" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="500"/>
         </w:tabs>
-        <w:ind w:left="180" w:right="137" w:firstLine="0"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00875568">
+        <w:ind w:left="562" w:right="10" w:hanging="418"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C656C5">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Retaliation against an individual because </w:t>
       </w:r>
-      <w:r w:rsidR="004277C0" w:rsidRPr="00875568">
+      <w:r w:rsidR="004277C0" w:rsidRPr="00C656C5">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>they</w:t>
       </w:r>
-      <w:r w:rsidRPr="00875568">
+      <w:r w:rsidRPr="00C656C5">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> engaged in a Protected Activity itself constitutes misconduct which, if established, may lead to administrative action or disciplinary sanctions against the retaliator.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00875568">
+      <w:r w:rsidRPr="00C656C5">
         <w:rPr>
           <w:spacing w:val="-8"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00875568">
+      <w:r w:rsidRPr="00C656C5">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>As</w:t>
       </w:r>
-      <w:r w:rsidRPr="00875568">
+      <w:r w:rsidRPr="00C656C5">
         <w:rPr>
           <w:spacing w:val="-9"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00875568">
+      <w:r w:rsidRPr="00C656C5">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>noted</w:t>
       </w:r>
-      <w:r w:rsidRPr="00875568">
+      <w:r w:rsidRPr="00C656C5">
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00875568">
+      <w:r w:rsidRPr="00C656C5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C656C5">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C656C5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Section</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C656C5">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A0418A" w:rsidRPr="00C656C5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C656C5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.8(a)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C656C5">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C656C5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>above,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C656C5">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C656C5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>where</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C656C5">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C656C5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Retaliation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C656C5">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C656C5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C656C5">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C656C5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>established,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C656C5">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C656C5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C656C5">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C656C5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Ethics</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C656C5">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C656C5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Office</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C656C5">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C656C5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C656C5">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C656C5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>refer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C656C5">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C656C5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C656C5">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C656C5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>case to the Director of</w:t>
+      </w:r>
+      <w:r w:rsidR="003B2D09" w:rsidRPr="00C656C5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> OLS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C656C5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for consideration as to what disciplinary proceedings, if any, should be initiated against</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C656C5">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C656C5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C656C5">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C656C5">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>in</w:t>
-[...201 lines deleted...]
-      <w:r w:rsidRPr="00875568">
+        <w:t>alleged</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C656C5">
         <w:rPr>
           <w:spacing w:val="-13"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00875568">
-[...25 lines deleted...]
-      <w:r w:rsidRPr="00875568">
+      <w:r w:rsidRPr="00C656C5">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>retaliator</w:t>
       </w:r>
-      <w:r w:rsidRPr="00875568">
+      <w:r w:rsidRPr="00C656C5">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00875568">
+      <w:r w:rsidRPr="00C656C5">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:spacing w:val="-14"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00875568">
+      <w:r w:rsidRPr="00C656C5">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>In</w:t>
       </w:r>
-      <w:r w:rsidRPr="00875568">
+      <w:r w:rsidRPr="00C656C5">
         <w:rPr>
           <w:spacing w:val="-13"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00875568">
+      <w:r w:rsidRPr="00C656C5">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>such</w:t>
       </w:r>
-      <w:r w:rsidRPr="00875568">
+      <w:r w:rsidRPr="00C656C5">
         <w:rPr>
           <w:spacing w:val="-13"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00875568">
+      <w:r w:rsidRPr="00C656C5">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00875568">
+      <w:r w:rsidRPr="00C656C5">
         <w:rPr>
           <w:spacing w:val="-15"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00875568">
+      <w:r w:rsidRPr="00C656C5">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>case</w:t>
       </w:r>
-      <w:r w:rsidRPr="00875568">
+      <w:r w:rsidRPr="00C656C5">
         <w:rPr>
           <w:spacing w:val="-14"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00875568">
+      <w:r w:rsidRPr="00C656C5">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="00875568">
+      <w:r w:rsidRPr="00C656C5">
         <w:rPr>
           <w:spacing w:val="-14"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00875568">
+      <w:r w:rsidRPr="00C656C5">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>procedure</w:t>
       </w:r>
-      <w:r w:rsidRPr="00875568">
+      <w:r w:rsidRPr="00C656C5">
         <w:rPr>
           <w:spacing w:val="-14"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00875568">
+      <w:r w:rsidRPr="00C656C5">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>outlined</w:t>
       </w:r>
-      <w:r w:rsidRPr="00875568">
+      <w:r w:rsidRPr="00C656C5">
         <w:rPr>
           <w:spacing w:val="-13"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00875568">
+      <w:r w:rsidRPr="00C656C5">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidRPr="00875568">
+      <w:r w:rsidRPr="00C656C5">
         <w:rPr>
           <w:spacing w:val="-13"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00875568">
+      <w:r w:rsidRPr="00C656C5">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="00875568">
+      <w:r w:rsidRPr="00C656C5">
         <w:rPr>
           <w:spacing w:val="-16"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
-        <w:r w:rsidR="00FC5F11" w:rsidRPr="00D62CED">
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidR="00FC5F11" w:rsidRPr="00C656C5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>UNDP Legal Framework for Addressing Non-Compliance with UN Standards of Conduct</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00FC5F11">
+      <w:r w:rsidR="00FC5F11" w:rsidRPr="00C656C5">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00875568">
+      <w:r w:rsidRPr="00C656C5">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>shall</w:t>
       </w:r>
-      <w:r w:rsidRPr="00875568">
+      <w:r w:rsidRPr="00C656C5">
         <w:rPr>
           <w:spacing w:val="-25"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00875568">
+      <w:r w:rsidRPr="00C656C5">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>apply.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="591F2196" w14:textId="0737032F" w:rsidR="00621CB2" w:rsidRDefault="00FC5F11" w:rsidP="00621CB2">
+    <w:p w14:paraId="57D17C49" w14:textId="77777777" w:rsidR="00F04C64" w:rsidRPr="0076008C" w:rsidRDefault="00F04C64" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="500"/>
         </w:tabs>
-        <w:ind w:left="180" w:right="137"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="40B155F1" w14:textId="5AF08B5C" w:rsidR="00F64704" w:rsidRPr="00621CB2" w:rsidRDefault="000B2576" w:rsidP="00621CB2">
+        <w:ind w:left="562" w:right="10"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01B7C951" w14:textId="3DDB615F" w:rsidR="00F04C64" w:rsidRPr="0076008C" w:rsidRDefault="00F04C64" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="500"/>
         </w:tabs>
-        <w:ind w:left="180" w:right="137" w:firstLine="0"/>
-[...414 lines deleted...]
-        <w:r w:rsidR="00407A2C" w:rsidRPr="00D62CED">
+        <w:ind w:left="562" w:right="10" w:hanging="418"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0076008C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A staff member may be subject to disciplinary proceedings for Retaliation, notwithstanding the fact that the individual against whom the Retaliation was allegedly committed or threatened did not apply for protection under this Policy, pursuant to the procedure outlined in the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidRPr="00C656C5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>UNDP Legal Framework for Addressing Non-Compliance with UN Standards of Conduct</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00407A2C">
-[...11 lines deleted...]
-    <w:p w14:paraId="34F540C3" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
+      <w:r w:rsidRPr="0076008C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall apply.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="591F2196" w14:textId="0737032F" w:rsidR="00621CB2" w:rsidRDefault="00FC5F11" w:rsidP="0076008C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="500"/>
+        </w:tabs>
+        <w:ind w:left="562" w:right="10"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34F540C3" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="4"/>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3FC244BE" w14:textId="267D09F2" w:rsidR="00F64704" w:rsidRDefault="000B2576">
+    <w:p w14:paraId="3FC244BE" w14:textId="267D09F2" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="1"/>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="17"/>
+        <w:ind w:right="10"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="Section_9"/>
+      <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r w:rsidR="009A7B08">
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AD406F1" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
+    <w:p w14:paraId="1AD406F1" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="4"/>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="531AFDD4" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="531AFDD4" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="0076008C">
+      <w:pPr>
+        <w:ind w:left="140" w:right="10"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="Action_against_Individual_Falsely_or_in_"/>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkStart w:id="17" w:name="Action_against_Individual_Falsely_or_in_"/>
+      <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="4F81BD"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Action against Individual Falsely or in Bad Faith Requesting Protection</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D888349" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
+    <w:p w14:paraId="4D888349" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="7"/>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0921561F" w14:textId="78E238F9" w:rsidR="00F64704" w:rsidRDefault="00621CB2">
+    <w:p w14:paraId="0921561F" w14:textId="7D3613A0" w:rsidR="00F64704" w:rsidRDefault="00621CB2" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:ind w:left="139" w:right="136"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">10.1     </w:t>
+        <w:ind w:right="10"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">10.1 </w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:t xml:space="preserve">Where, pursuant to section </w:t>
       </w:r>
       <w:r w:rsidR="00A0418A">
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:t xml:space="preserve"> above, it is established that an individual reporting Retaliation a) provided information in bad faith, or transmitted or disseminated unsubstantiated or false rumors, or made allegations which </w:t>
       </w:r>
       <w:r w:rsidR="004277C0">
         <w:t>they</w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:t xml:space="preserve"> knew or should reasonably have known were false or misleading, or b) violated any UN Staff Regulations or Rules in the course of reporting allegations of misconduct or Retaliation, such individual may be subject to disciplinary proceedings, or other administrative action, in accordance with the</w:t>
       </w:r>
       <w:r w:rsidR="007565BF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28">
+      <w:hyperlink r:id="rId26">
         <w:r w:rsidR="006E5D2F" w:rsidRPr="00875568">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>UNDP</w:t>
         </w:r>
         <w:r w:rsidR="006E5D2F" w:rsidRPr="00875568">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:spacing w:val="-13"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="006E5D2F" w:rsidRPr="00875568">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>Legal</w:t>
         </w:r>
         <w:r w:rsidR="006E5D2F" w:rsidRPr="00875568">
           <w:rPr>
             <w:color w:val="0000FF"/>
@@ -16117,146 +15867,148 @@
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="006E5D2F" w:rsidRPr="00875568">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>for</w:t>
         </w:r>
         <w:r w:rsidR="006E5D2F" w:rsidRPr="00875568">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:spacing w:val="-13"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="006E5D2F" w:rsidRPr="00875568">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t xml:space="preserve">Addressing </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId29">
+      <w:hyperlink r:id="rId27">
         <w:r w:rsidR="006E5D2F" w:rsidRPr="00875568">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>Non-Compliance with UN Standards of Conduct</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A825D7">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single" w:color="0000FF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EF1AB7E" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
+    <w:p w14:paraId="5EF1AB7E" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="6"/>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:sz w:val="11"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="784CDE81" w14:textId="066396FB" w:rsidR="00F64704" w:rsidRDefault="000B2576">
+    <w:p w14:paraId="784CDE81" w14:textId="066396FB" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="59"/>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="Request_for_Review_by_Ethics_Panel_of_th"/>
+        <w:ind w:right="10"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="Section_10"/>
+      <w:bookmarkStart w:id="19" w:name="Request_for_Review_by_Ethics_Panel_of_th"/>
+      <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
-      <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>Section 1</w:t>
       </w:r>
       <w:r w:rsidR="009A7B08">
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="380103FC" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
+    <w:p w14:paraId="380103FC" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="3"/>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A029D9C" w14:textId="35A3C320" w:rsidR="00F64704" w:rsidRDefault="000B2576">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="1A029D9C" w14:textId="35A3C320" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="0076008C">
+      <w:pPr>
+        <w:ind w:left="140" w:right="10"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:sz w:val="13"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="4F81BD"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Request for Review by Ethics Panel of the United Nations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="716532F3" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
+    <w:p w14:paraId="716532F3" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="526086D8" w14:textId="42780BE7" w:rsidR="00F64704" w:rsidRDefault="00621CB2">
+    <w:p w14:paraId="526086D8" w14:textId="1E9BD4D1" w:rsidR="00F64704" w:rsidRDefault="00621CB2" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:ind w:left="139" w:right="134"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">11.1     </w:t>
+        <w:ind w:right="10"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">11.1 </w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:t>If, following the notification of a determination by the UNDP Ethics Office on a</w:t>
       </w:r>
       <w:r w:rsidR="00580164">
         <w:t>n individual’s</w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:t xml:space="preserve"> complaint of Retaliation,</w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00580164">
         <w:t>the individual</w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -16430,149 +16182,151 @@
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:t>writing</w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:t>to</w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:t xml:space="preserve">the Chairperson of the Ethics Panel of the United Nations, as provided in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30">
+      <w:hyperlink r:id="rId28">
         <w:r w:rsidR="000B2576">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>ST/SGB/2007/1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000B2576">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single" w:color="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve">1 and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31">
+      <w:hyperlink r:id="rId29">
         <w:r w:rsidR="000B2576">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>ST/SGB/2007/11/Amend.1</w:t>
         </w:r>
         <w:r w:rsidR="000B2576">
           <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5C21DBF7" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
+    <w:p w14:paraId="5C21DBF7" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:sz w:val="15"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A008838" w14:textId="0726121E" w:rsidR="00F64704" w:rsidRDefault="000B2576">
+    <w:p w14:paraId="1A008838" w14:textId="0726121E" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="59"/>
+        <w:ind w:right="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>Section 1</w:t>
       </w:r>
       <w:r w:rsidR="009A7B08">
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21769EFE" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
+    <w:p w14:paraId="21769EFE" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5EBE3729" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="5EBE3729" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="0076008C">
+      <w:pPr>
+        <w:ind w:left="140" w:right="10"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="4F81BD"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Prohibition of retaliation against outside parties</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42570546" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
+    <w:p w14:paraId="42570546" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="10"/>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F721F0E" w14:textId="4E15A71F" w:rsidR="00F64704" w:rsidRPr="0061746E" w:rsidRDefault="00621CB2">
+    <w:p w14:paraId="1F721F0E" w14:textId="5B401AC9" w:rsidR="00F64704" w:rsidRPr="0061746E" w:rsidRDefault="00621CB2" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:ind w:left="140" w:right="139"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">12.1     </w:t>
+        <w:ind w:right="10"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">12.1 </w:t>
       </w:r>
       <w:r w:rsidR="000B2576" w:rsidRPr="0061746E">
         <w:t>If established, any retaliatory measures against a contractor or its employees, agents or representatives or any other</w:t>
       </w:r>
       <w:r w:rsidR="000B2576" w:rsidRPr="0061746E">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B2576" w:rsidRPr="0061746E">
         <w:t>individual</w:t>
       </w:r>
       <w:r w:rsidR="000B2576" w:rsidRPr="0061746E">
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B2576" w:rsidRPr="0061746E">
         <w:t>engaged</w:t>
       </w:r>
       <w:r w:rsidR="000B2576" w:rsidRPr="0061746E">
         <w:rPr>
           <w:spacing w:val="-5"/>
@@ -16687,126 +16441,128 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B2576" w:rsidRPr="0061746E">
         <w:t>lead</w:t>
       </w:r>
       <w:r w:rsidR="000B2576" w:rsidRPr="0061746E">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B2576" w:rsidRPr="0061746E">
         <w:t>to disciplinary or other appropriate</w:t>
       </w:r>
       <w:r w:rsidR="000B2576" w:rsidRPr="0061746E">
         <w:rPr>
           <w:spacing w:val="-23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B2576" w:rsidRPr="0061746E">
         <w:t>action.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="781E20A4" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
+    <w:p w14:paraId="781E20A4" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="36D73B80" w14:textId="5A91C06B" w:rsidR="00F64704" w:rsidRDefault="000B2576">
+        <w:ind w:right="10"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36D73B80" w14:textId="5A91C06B" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="1"/>
+        <w:ind w:right="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>Section 1</w:t>
       </w:r>
       <w:r w:rsidR="009A7B08">
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A126427" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
+    <w:p w14:paraId="7A126427" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="11"/>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E993763" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="2E993763" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="0076008C">
+      <w:pPr>
+        <w:ind w:left="140" w:right="10"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="4F81BD"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Background and Context</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46EE9753" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
+    <w:p w14:paraId="46EE9753" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A301422" w14:textId="2A5E8208" w:rsidR="00F64704" w:rsidRDefault="00621CB2" w:rsidP="00C705CA">
+    <w:p w14:paraId="4A301422" w14:textId="45506816" w:rsidR="00F64704" w:rsidRDefault="00621CB2" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:ind w:left="139" w:right="136"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">13.1    </w:t>
+        <w:ind w:right="10"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">13.1 </w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:t>This Policy should be read in conjunction with the relevant provisions of the</w:t>
       </w:r>
       <w:r w:rsidR="00C705CA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32">
+      <w:hyperlink r:id="rId30">
         <w:r w:rsidR="00C705CA" w:rsidRPr="00875568">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>UNDP</w:t>
         </w:r>
         <w:r w:rsidR="00C705CA" w:rsidRPr="00875568">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:spacing w:val="-13"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00C705CA" w:rsidRPr="00875568">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>Legal</w:t>
         </w:r>
         <w:r w:rsidR="00C705CA" w:rsidRPr="00875568">
           <w:rPr>
             <w:color w:val="0000FF"/>
@@ -16831,141 +16587,139 @@
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00C705CA" w:rsidRPr="00875568">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>for</w:t>
         </w:r>
         <w:r w:rsidR="00C705CA" w:rsidRPr="00875568">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:spacing w:val="-13"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00C705CA" w:rsidRPr="00875568">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t xml:space="preserve">Addressing </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId33">
+      <w:hyperlink r:id="rId31">
         <w:r w:rsidR="00C705CA" w:rsidRPr="00875568">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>Non-Compliance with UN Standards of Conduct</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00C705CA">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single" w:color="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34" w:history="1">
+      <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidR="000B2576" w:rsidRPr="002670FD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">the </w:t>
         </w:r>
         <w:r w:rsidR="002670FD" w:rsidRPr="002670FD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>OAI Investigation Guidelines</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="002670FD">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3181330B" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
+    <w:p w14:paraId="3181330B" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:sz w:val="15"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="44900CE8" w14:textId="30ADC45C" w:rsidR="00F64704" w:rsidRDefault="00621CB2">
+    <w:p w14:paraId="44900CE8" w14:textId="38B5F061" w:rsidR="00F64704" w:rsidRDefault="00621CB2" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="60"/>
-        <w:ind w:left="140" w:right="138"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">13.2   </w:t>
+        <w:ind w:right="10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>13.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00C656C5">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:t xml:space="preserve">The UNDP Administrator, as the custodian of the Protection against Retaliation Policy, approves this Policy, supports the independence of the Protection against Retaliation function as provided by Section 1.2 of </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35">
+      <w:hyperlink r:id="rId33">
         <w:r w:rsidR="000B2576">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>ST/SGB/2007/11</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="000B2576">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="000B2576" w:rsidRPr="0076008C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single" w:color="0000FF"/>
         </w:rPr>
         <w:t>(and</w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:spacing w:val="-14"/>
           <w:u w:val="single" w:color="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36">
+      <w:hyperlink r:id="rId34">
         <w:r w:rsidR="000B2576">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>ST/SGB/2007/11/Amend.1</w:t>
         </w:r>
         <w:r w:rsidR="000B2576">
           <w:t>)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000B2576">
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:t>(United</w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -17258,727 +17012,676 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:t>persons</w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:t>from</w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:t>Retaliation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="654BE6F0" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
+    <w:p w14:paraId="654BE6F0" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-      </w:pPr>
-[...129 lines deleted...]
-        <w:rPr>
+        <w:ind w:right="10"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="294961E1" w14:textId="77777777" w:rsidR="00243D36" w:rsidRDefault="000B2576" w:rsidP="009B2E69">
+      <w:pPr>
+        <w:ind w:left="140" w:right="10"/>
+        <w:rPr>
+          <w:b/>
           <w:color w:val="4F81BD"/>
-        </w:rPr>
-        <w:lastRenderedPageBreak/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="Entry_into_force"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="0076008C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
-      <w:r w:rsidR="00A23363">
-        <w:rPr>
+      <w:r w:rsidR="00A23363" w:rsidRPr="0076008C">
+        <w:rPr>
+          <w:b/>
           <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="009A7B08">
-        <w:rPr>
+      <w:r w:rsidR="009A7B08" w:rsidRPr="0076008C">
+        <w:rPr>
+          <w:b/>
           <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00A23363">
-        <w:rPr>
+      <w:r w:rsidR="00A23363" w:rsidRPr="0076008C">
+        <w:rPr>
+          <w:b/>
           <w:color w:val="4F81BD"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57052105" w14:textId="77777777" w:rsidR="00243D36" w:rsidRDefault="00243D36" w:rsidP="009B2E69">
+      <w:pPr>
+        <w:ind w:left="140" w:right="10"/>
+        <w:rPr>
+          <w:b/>
           <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E4E72C1" w14:textId="7F3CB553" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="0076008C">
+      <w:pPr>
+        <w:ind w:left="140" w:right="10"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0076008C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Entry into force</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="329544D2" w14:textId="5982E3FE" w:rsidR="00F64704" w:rsidRDefault="00621CB2">
+    <w:p w14:paraId="256F6299" w14:textId="77777777" w:rsidR="00C656C5" w:rsidRPr="0076008C" w:rsidRDefault="00C656C5" w:rsidP="0076008C">
+      <w:pPr>
+        <w:ind w:left="140" w:right="10"/>
+        <w:rPr>
+          <w:color w:val="4F81BD"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="329544D2" w14:textId="0ECDDE78" w:rsidR="00F64704" w:rsidRDefault="00621CB2" w:rsidP="009B2E69">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="42"/>
-        <w:ind w:left="139" w:right="136"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">14.1    </w:t>
+        <w:ind w:right="10"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">14.1 </w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
         <w:t>The present Policy (and procedures/</w:t>
       </w:r>
       <w:r w:rsidR="000B2576" w:rsidRPr="007423DD">
         <w:t xml:space="preserve">guidelines) supersedes the UNDP Policy for Protection against Retaliation of </w:t>
       </w:r>
       <w:r w:rsidR="00F22200" w:rsidRPr="007423DD">
         <w:t>April 2018 (updated in October 2019</w:t>
       </w:r>
       <w:r w:rsidR="000C434A" w:rsidRPr="007423DD">
         <w:t xml:space="preserve"> and again in December 202</w:t>
       </w:r>
       <w:r w:rsidR="00C14108" w:rsidRPr="007423DD">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00F22200" w:rsidRPr="007423DD">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="000B2576" w:rsidRPr="007423DD">
         <w:t>, and</w:t>
       </w:r>
       <w:r w:rsidR="000B2576">
-        <w:t xml:space="preserve"> shall enter into force on the date on which it is adopted by the Administrator. It shall be </w:t>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="23"/>
+        <w:t xml:space="preserve"> shall enter into force </w:t>
+      </w:r>
+      <w:r w:rsidR="000B2576">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">on the date on which it is adopted by the Administrator. It shall be </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="21" w:name="Links_to_Documents"/>
+      <w:bookmarkEnd w:id="21"/>
       <w:r w:rsidR="000B2576">
         <w:t>reviewed at least every two years following the date of adoption.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="237E0143" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
+    <w:p w14:paraId="40AE54A5" w14:textId="77777777" w:rsidR="009B2E69" w:rsidRDefault="009B2E69" w:rsidP="0076008C">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="42"/>
+        <w:ind w:right="10"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="237E0143" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="4"/>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34031A11" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576">
+    <w:p w14:paraId="34031A11" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="000B2576" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:ind w:left="139"/>
+        <w:ind w:left="139" w:right="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>Links to Documents</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="760BD6E3" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704">
+    <w:p w14:paraId="760BD6E3" w14:textId="77777777" w:rsidR="00F64704" w:rsidRDefault="00F64704" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="11"/>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F3FC511" w14:textId="372EB829" w:rsidR="00F64704" w:rsidRDefault="000A6161">
+    <w:p w14:paraId="3F3FC511" w14:textId="372EB829" w:rsidR="00F64704" w:rsidRDefault="000A6161" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:ind w:left="139" w:right="51" w:hanging="1"/>
+        <w:ind w:left="139" w:right="10" w:hanging="1"/>
       </w:pPr>
       <w:r w:rsidRPr="00B13818">
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="000B2576" w:rsidRPr="00B13818">
         <w:t xml:space="preserve">elevant documents </w:t>
       </w:r>
       <w:r w:rsidR="00CB6CAD" w:rsidRPr="00B13818">
         <w:t>relating to</w:t>
       </w:r>
       <w:r w:rsidR="000B2576" w:rsidRPr="00B13818">
         <w:t xml:space="preserve"> the Protection against Retaliation Policy can be accessed through the following links:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="662A94BC" w14:textId="0A98D155" w:rsidR="00947DB9" w:rsidRDefault="00947DB9" w:rsidP="00947DB9">
+    <w:p w14:paraId="662A94BC" w14:textId="0A98D155" w:rsidR="00947DB9" w:rsidRDefault="00947DB9" w:rsidP="0076008C">
       <w:pPr>
         <w:spacing w:line="244" w:lineRule="exact"/>
-        <w:rPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="65908D2B" w14:textId="06391351" w:rsidR="00947DB9" w:rsidRDefault="00000000" w:rsidP="00947DB9">
+        <w:ind w:right="10"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65908D2B" w14:textId="06391351" w:rsidR="00947DB9" w:rsidRDefault="006D790A" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-      </w:pPr>
-      <w:hyperlink r:id="rId37" w:history="1">
+        <w:ind w:right="10"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId35" w:history="1">
         <w:r w:rsidR="00947DB9" w:rsidRPr="00947DB9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>UNDP Protection from Retaliation form</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="76C9E194" w14:textId="41397432" w:rsidR="00947DB9" w:rsidRDefault="00000000" w:rsidP="00947DB9">
+    <w:p w14:paraId="76C9E194" w14:textId="41397432" w:rsidR="00947DB9" w:rsidRDefault="006D790A" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-      </w:pPr>
-      <w:hyperlink r:id="rId38" w:history="1">
+        <w:ind w:right="10"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId36" w:history="1">
         <w:r w:rsidR="00947DB9" w:rsidRPr="00947DB9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>UN Staff Regulations and Rules</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4E51FA26" w14:textId="743E30F1" w:rsidR="00947DB9" w:rsidRPr="00F76467" w:rsidRDefault="00000000" w:rsidP="00947DB9">
+    <w:p w14:paraId="4E51FA26" w14:textId="743E30F1" w:rsidR="00947DB9" w:rsidRPr="00F76467" w:rsidRDefault="006D790A" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId39" w:history="1">
+      <w:hyperlink r:id="rId37" w:history="1">
         <w:r w:rsidR="00947DB9" w:rsidRPr="008F3AFF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>UNDP Legal Framework for Addressing Non-Compliance with UN Standards of Conduct</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="22763C5C" w14:textId="7B3DC0EC" w:rsidR="00F76467" w:rsidRPr="00B13818" w:rsidRDefault="00000000" w:rsidP="00947DB9">
+    <w:p w14:paraId="22763C5C" w14:textId="7B3DC0EC" w:rsidR="00F76467" w:rsidRPr="00B13818" w:rsidRDefault="006D790A" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId40" w:history="1">
+      <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidR="00F76467" w:rsidRPr="00B13818">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>UNDP Policy on Fraud and Other Corrupt Practices</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0B1F25F5" w14:textId="44FFE42C" w:rsidR="00141FC8" w:rsidRPr="00B13818" w:rsidRDefault="00000000" w:rsidP="00947DB9">
+    <w:p w14:paraId="0B1F25F5" w14:textId="44FFE42C" w:rsidR="00141FC8" w:rsidRPr="00B13818" w:rsidRDefault="006D790A" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-      </w:pPr>
-      <w:hyperlink r:id="rId41" w:history="1">
+        <w:ind w:right="10"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId39" w:history="1">
         <w:r w:rsidR="00141FC8" w:rsidRPr="00B13818">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>UNDP Anti-Money Laundering and Countering the Financing of Terrorism Policy</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3905D6C3" w14:textId="4E23455D" w:rsidR="00947DB9" w:rsidRDefault="00000000" w:rsidP="00947DB9">
+    <w:p w14:paraId="3905D6C3" w14:textId="4E23455D" w:rsidR="00947DB9" w:rsidRDefault="006D790A" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-      </w:pPr>
-      <w:hyperlink r:id="rId42" w:history="1">
+        <w:ind w:right="10"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId40" w:history="1">
         <w:r w:rsidR="00947DB9" w:rsidRPr="00947DB9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Standards of Conduct for the International Civil Service</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5238C696" w14:textId="6C1BC394" w:rsidR="00947DB9" w:rsidRDefault="00947DB9" w:rsidP="00947DB9">
+    <w:p w14:paraId="5238C696" w14:textId="6C1BC394" w:rsidR="00947DB9" w:rsidRDefault="00947DB9" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
+        <w:ind w:right="10"/>
       </w:pPr>
       <w:r>
         <w:t>United Nations system-wide application of ethics: separately administered organs and programmes (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId43" w:history="1">
+      <w:hyperlink r:id="rId41" w:history="1">
         <w:r w:rsidRPr="00947DB9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>ST/SGB/2007/11</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44" w:history="1">
+      <w:hyperlink r:id="rId42" w:history="1">
         <w:r w:rsidRPr="00947DB9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>ST/SGB/2007/11/Amend.1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AB58D42" w14:textId="1EE80616" w:rsidR="00947DB9" w:rsidRDefault="00000000" w:rsidP="00947DB9">
+    <w:p w14:paraId="7AB58D42" w14:textId="1EE80616" w:rsidR="00947DB9" w:rsidRDefault="006D790A" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-      </w:pPr>
-      <w:hyperlink r:id="rId45" w:history="1">
+        <w:ind w:right="10"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId43" w:history="1">
         <w:r w:rsidR="00947DB9" w:rsidRPr="00947DB9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">UNDP Policy on </w:t>
         </w:r>
         <w:r w:rsidR="004C6B1B" w:rsidRPr="004C6B1B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Harassment, Sexual Harassment, Discrimination, and Abuse of Authority</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1A05B112" w14:textId="3D2E06F7" w:rsidR="00947DB9" w:rsidRPr="00257555" w:rsidRDefault="00000000" w:rsidP="00947DB9">
+    <w:p w14:paraId="1A05B112" w14:textId="3D2E06F7" w:rsidR="00947DB9" w:rsidRPr="00257555" w:rsidRDefault="006D790A" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId46" w:history="1">
+      <w:hyperlink r:id="rId44" w:history="1">
         <w:r w:rsidR="00947DB9" w:rsidRPr="00947DB9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>OAI Investigation Guidelines</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="217785D5" w14:textId="57851F86" w:rsidR="001C64A3" w:rsidRPr="00257555" w:rsidRDefault="00000000" w:rsidP="00947DB9">
+    <w:p w14:paraId="217785D5" w14:textId="57851F86" w:rsidR="001C64A3" w:rsidRPr="00257555" w:rsidRDefault="006D790A" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId47" w:history="1">
+      <w:hyperlink r:id="rId45" w:history="1">
         <w:r w:rsidR="001C64A3" w:rsidRPr="001C64A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>PPSA Policy</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="27A9D40C" w14:textId="7D62A06A" w:rsidR="00BF209C" w:rsidRPr="00185139" w:rsidRDefault="00185139" w:rsidP="00947DB9">
+    <w:p w14:paraId="27A9D40C" w14:textId="7D62A06A" w:rsidR="00BF209C" w:rsidRPr="00185139" w:rsidRDefault="00185139" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> HYPERLINK "https://popp.undp.org/node/186" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00BF209C" w:rsidRPr="00185139">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>IPSA Policy</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4072DDCD" w14:textId="1D5A56E8" w:rsidR="00BF209C" w:rsidRDefault="00185139" w:rsidP="00947DB9">
+    <w:p w14:paraId="4072DDCD" w14:textId="1D5A56E8" w:rsidR="00BF209C" w:rsidRDefault="00185139" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
+        <w:ind w:right="10"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:hyperlink r:id="rId48" w:history="1">
+      <w:hyperlink r:id="rId46" w:history="1">
         <w:r w:rsidR="00BF209C" w:rsidRPr="00BF209C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NPSA Policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00BF209C">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A9BE315" w14:textId="7C6E621C" w:rsidR="00947DB9" w:rsidRPr="00E51FC3" w:rsidRDefault="00E51FC3" w:rsidP="00947DB9">
+    <w:p w14:paraId="2A9BE315" w14:textId="7C6E621C" w:rsidR="00947DB9" w:rsidRPr="00E51FC3" w:rsidRDefault="00E51FC3" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
+        <w:ind w:right="10"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> HYPERLINK "https://popp.undp.org/node/226" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00947DB9" w:rsidRPr="00E51FC3">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Service Contract</w:t>
       </w:r>
       <w:r w:rsidRPr="00E51FC3">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve"> Policy</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="096D10DF" w14:textId="0F743911" w:rsidR="00475826" w:rsidRDefault="00E51FC3" w:rsidP="00947DB9">
+    <w:p w14:paraId="096D10DF" w14:textId="0F743911" w:rsidR="00475826" w:rsidRDefault="00E51FC3" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
+        <w:ind w:right="10"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:hyperlink r:id="rId49" w:history="1">
+      <w:hyperlink r:id="rId47" w:history="1">
         <w:r w:rsidR="00947DB9" w:rsidRPr="00947DB9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>HR POPP</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="691E68E8" w14:textId="6643BD9B" w:rsidR="00947DB9" w:rsidRPr="00947DB9" w:rsidRDefault="00947DB9" w:rsidP="0003741F">
+    <w:p w14:paraId="691E68E8" w14:textId="6643BD9B" w:rsidR="00947DB9" w:rsidRPr="00947DB9" w:rsidRDefault="00947DB9" w:rsidP="0076008C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="244" w:lineRule="exact"/>
-        <w:ind w:left="499"/>
+        <w:ind w:left="499" w:right="10"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00947DB9" w:rsidRPr="00947DB9">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1280" w:right="1300" w:bottom="280" w:left="1660" w:header="728" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5CF88483" w14:textId="77777777" w:rsidR="00D626E4" w:rsidRDefault="00D626E4">
+    <w:p w14:paraId="5A13A6C3" w14:textId="77777777" w:rsidR="00C00028" w:rsidRDefault="00C00028">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3F1E2558" w14:textId="77777777" w:rsidR="00D626E4" w:rsidRDefault="00D626E4">
+    <w:p w14:paraId="4ED450D6" w14:textId="77777777" w:rsidR="00C00028" w:rsidRDefault="00C00028">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3DCD7388" w14:textId="77777777" w:rsidR="00D626E4" w:rsidRDefault="00D626E4"/>
+    <w:p w14:paraId="7B0A9E6D" w14:textId="77777777" w:rsidR="00C00028" w:rsidRDefault="00C00028"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="367C2316" w14:textId="77777777" w:rsidR="00D626E4" w:rsidRDefault="00D626E4">
+    <w:p w14:paraId="1CC041C7" w14:textId="77777777" w:rsidR="00C00028" w:rsidRDefault="00C00028">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5CD16BD7" w14:textId="77777777" w:rsidR="00D626E4" w:rsidRDefault="00D626E4">
+    <w:p w14:paraId="4B591EFA" w14:textId="77777777" w:rsidR="00C00028" w:rsidRDefault="00C00028">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7BD8AD36" w14:textId="77777777" w:rsidR="00D626E4" w:rsidRDefault="00D626E4"/>
+    <w:p w14:paraId="4C4BCD78" w14:textId="77777777" w:rsidR="00C00028" w:rsidRDefault="00C00028"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="435177A5" w14:textId="550C68BF" w:rsidR="006F2F3B" w:rsidRDefault="006F2F3B">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00632D37">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Non-staff member personnel assigned to work for UNDP includes interns, UN Volunteers, National Personnel Service Agreement Holders (NPSAs), International Personnel Service Agreement Holders (IPSAs), Individual Contractors (ICs, formerly SSAs) and Service Contractors (SCs).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
@@ -18133,51 +17836,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> Section 4 (see also </w:t>
       </w:r>
       <w:hyperlink r:id="rId5">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="16"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>ST/SGB/2007/11/Amend.1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:sz w:val="16"/>
           </w:rPr>
           <w:t>)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="18B31E47" w14:textId="3EB02658" w:rsidR="0003741F" w:rsidRDefault="0003741F">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6945EBAF" wp14:editId="3B5F6BCD">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>3952875</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>449580</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2920365" cy="349250"/>
               <wp:effectExtent l="0" t="0" r="13335" b="12700"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="Text Box 1"/>
               <wp:cNvGraphicFramePr>
@@ -18224,167 +17927,183 @@
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w14:paraId="65DD609E" w14:textId="463E4898" w:rsidR="0003741F" w:rsidRDefault="0003741F">
                           <w:pPr>
                             <w:spacing w:before="14"/>
                             <w:ind w:right="18"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman"/>
                               <w:b/>
                               <w:i/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman"/>
                               <w:b/>
                               <w:i/>
                               <w:color w:val="1F497D"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t>Policy for Protection against Retaliation</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="78D0880E" w14:textId="4CC8363F" w:rsidR="0003741F" w:rsidRDefault="003B60CF">
+                        <w:p w14:paraId="78D0880E" w14:textId="0CE3CB33" w:rsidR="0003741F" w:rsidRDefault="003B60CF">
                           <w:pPr>
                             <w:spacing w:before="147"/>
                             <w:ind w:right="20"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman"/>
                               <w:color w:val="4F81BD"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t>December</w:t>
                           </w:r>
                           <w:r w:rsidR="003C3DFA">
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman"/>
                               <w:color w:val="4F81BD"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r w:rsidR="001F320F">
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman"/>
                               <w:color w:val="4F81BD"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
-                            <w:t>2022</w:t>
+                            <w:t>202</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00FA7160">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Times New Roman"/>
+                              <w:color w:val="4F81BD"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>5</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
+        <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="6945EBAF" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:311.25pt;margin-top:35.4pt;width:229.95pt;height:27.5pt;z-index:-251658239;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBCfT/P1wEAAJEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhx12I14hRdiw4D&#10;ugvQ7QNkWbKN2aJGKrGzrx8lx+kub8NeBIqijs45pLY309CLg0HqwJVys1pLYZyGunNNKb9+eXj1&#10;RgoKytWqB2dKeTQkb3YvX2xHX5gcWuhrg4JBHBWjL2Ubgi+yjHRrBkUr8MbxoQUcVOAtNlmNamT0&#10;oc/y9foqGwFrj6ANEWfv50O5S/jWGh0+WUsmiL6UzC2kFdNaxTXbbVXRoPJtp0801D+wGFTn+NEz&#10;1L0KSuyx+wtq6DQCgQ0rDUMG1nbaJA2sZrP+Q81Tq7xJWtgc8meb6P/B6o+HJ/8ZRZjewsQNTCLI&#10;P4L+RsLBXatcY24RYWyNqvnhTbQsGz0Vp6vRaiooglTjB6i5yWofIAFNFofoCusUjM4NOJ5NN1MQ&#10;mpP5db6+uLqUQvPZxevr/DJ1JVPFctsjhXcGBhGDUiI3NaGrwyOFyEYVS0l8zMFD1/epsb37LcGF&#10;MZPYR8Iz9TBVE1dHFRXUR9aBMM8JzzUHLeAPKUaekVLS971CI0X/3rEXcaCWAJegWgLlNF8tZZBi&#10;Du/CPHh7j13TMvLstoNb9st2ScozixNP7ntSeJrROFi/7lPV80/a/QQAAP//AwBQSwMEFAAGAAgA&#10;AAAhAPYyWw3gAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4sWcVK6ZpO&#10;E4ITEqIrB45pk7XRGqc02VbeHu/Ebrb86ff3F5vZDexkpmA9SlguBDCDrdcWOwlf9dtDBixEhVoN&#10;Ho2EXxNgU97eFCrX/oyVOe1ixygEQ64k9DGOOeeh7Y1TYeFHg3Tb+8mpSOvUcT2pM4W7gSdCpNwp&#10;i/ShV6N56U172B2dhO03Vq/256P5rPaVretnge/pQcr7u3m7BhbNHP9huOiTOpTk1Pgj6sAGCWmS&#10;rAiV8CSowgUQWfIIrKEpWWXAy4Jfdyj/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEJ9&#10;P8/XAQAAkQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;APYyWw3gAAAACwEAAA8AAAAAAAAAAAAAAAAAMQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAA+BQAAAAA=&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:311.25pt;margin-top:35.4pt;width:229.95pt;height:27.5pt;z-index:-251658239;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBq10ru6AEAALYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu1DAQvSPxD5bvbLJZWtFos1VpVYRU&#10;KFLLBziOnVgkHjP2brJ8PWNnsxS4IS7WZDzz/N6byfZ6Gnp2UOgN2IqvVzlnykpojG0r/vX5/s07&#10;znwQthE9WFXxo/L8evf61XZ0pSqgg75RyAjE+nJ0Fe9CcGWWedmpQfgVOGXpUgMOItAntlmDYiT0&#10;oc+KPL/MRsDGIUjlPWXv5ku+S/haKxketfYqsL7ixC2kE9NZxzPbbUXZonCdkSca4h9YDMJYevQM&#10;dSeCYHs0f0ENRiJ40GElYchAayNV0kBq1vkfap464VTSQuZ4d7bJ/z9Y+fnwBZlpKr7hzIqBRvSs&#10;psDew8TW0Z3R+ZKKnhyVhYnSNOWk1LsHkN88s3DbCduqG0QYOyUaYpc6sxetM46PIPX4CRp6RuwD&#10;JKBJ4xCtIzMYodOUjufJRCqSksVVkW8uLziTdLd5e1VcpNFloly6HfrwQcHAYlBxpMkndHF48IF0&#10;UOlSEh+zcG/6Pk2/t78lqDBmEvtIeKYepno6uVFDcyQdCPMy0fJT0AH+4GykRaq4/74XqDjrP1ry&#10;Im7dEuAS1EsgrKTWigfO5vA2zNu5d2jajpBnty3ckF/aJCnR2JnFiSctR1J4WuS4fS+/U9Wv3233&#10;EwAA//8DAFBLAwQUAAYACAAAACEA9jJbDeAAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7D&#10;MAyG70i8Q2QkbixZxUrpmk4TghMSoisHjmmTtdEapzTZVt4e78Rutvzp9/cXm9kN7GSmYD1KWC4E&#10;MIOt1xY7CV/120MGLESFWg0ejYRfE2BT3t4UKtf+jJU57WLHKARDriT0MY4556HtjVNh4UeDdNv7&#10;yalI69RxPakzhbuBJ0Kk3CmL9KFXo3npTXvYHZ2E7TdWr/bno/ms9pWt62eB7+lByvu7ebsGFs0c&#10;/2G46JM6lOTU+CPqwAYJaZKsCJXwJKjCBRBZ8gisoSlZZcDLgl93KP8AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAatdK7ugBAAC2AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEA9jJbDeAAAAALAQAADwAAAAAAAAAAAAAAAABCBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAE8FAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="65DD609E" w14:textId="463E4898" w:rsidR="0003741F" w:rsidRDefault="0003741F">
                     <w:pPr>
                       <w:spacing w:before="14"/>
                       <w:ind w:right="18"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman"/>
                         <w:b/>
                         <w:i/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman"/>
                         <w:b/>
                         <w:i/>
                         <w:color w:val="1F497D"/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                       <w:t>Policy for Protection against Retaliation</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="78D0880E" w14:textId="4CC8363F" w:rsidR="0003741F" w:rsidRDefault="003B60CF">
+                  <w:p w14:paraId="78D0880E" w14:textId="0CE3CB33" w:rsidR="0003741F" w:rsidRDefault="003B60CF">
                     <w:pPr>
                       <w:spacing w:before="147"/>
                       <w:ind w:right="20"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman"/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman"/>
                         <w:color w:val="4F81BD"/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                       <w:t>December</w:t>
                     </w:r>
                     <w:r w:rsidR="003C3DFA">
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman"/>
                         <w:color w:val="4F81BD"/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r w:rsidR="001F320F">
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman"/>
                         <w:color w:val="4F81BD"/>
                         <w:sz w:val="16"/>
                       </w:rPr>
-                      <w:t>2022</w:t>
+                      <w:t>202</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00FA7160">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Times New Roman"/>
+                        <w:color w:val="4F81BD"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>5</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A6F9614" wp14:editId="26957FCE">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>1124585</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>816610</wp:posOffset>
               </wp:positionV>
@@ -18417,65 +18136,65 @@
                         <a:round/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:noFill/>
                           </a14:hiddenFill>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
+        <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="6F1357F2" id="Line 2" o:spid="_x0000_s1026" style="position:absolute;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="88.55pt,64.3pt" to="541.45pt,64.3pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDJHzFGsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3Y6NOuMOD2k6y7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJWmy3oT4Ikkg+vfdIL28PoxN7Q2zRt3I+q6UwXqG2vm/l76f7TzdS&#10;cASvwaE3rTwalrerjx+WU2jMFQ7otCGRQDw3U2jlEGNoqorVYEbgGQbjU7BDGiGmI/WVJpgS+uiq&#10;q7peVBOSDoTKMKfbu5egXBX8rjMq/uo6NlG4ViZusaxU1m1eq9USmp4gDFadaMB/sBjB+vToBeoO&#10;Iogd2X+gRqsIGbs4UzhW2HVWmaIhqZnXf6l5HCCYoiWZw+FiE78frPq5X/sNZerq4B/DA6pnFh7X&#10;A/jeFAJPx5AaN89WVVPg5lKSDxw2JLbTD9QpB3YRiwuHjsYMmfSJQzH7eDHbHKJQ6fL6y/X85nPq&#10;iTrHKmjOhYE4fjc4irxppbM++wAN7B84ZiLQnFPytcd761zppfNiauWi/rooBYzO6hzMaUz9du1I&#10;7CFPQ/mKqhR5m0a487qADQb0t9M+gnUv+/S48yczsv48bNxsUR83dDYptauwPI1Wnoe351L9+gOs&#10;/gAAAP//AwBQSwMEFAAGAAgAAAAhACWvvR3fAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FL&#10;w0AQhe+C/2EZwZvdNIdmG7MpRVHoQcS2eN4mY5ImOxuy2yb9905BqLd5M48338tWk+3EGQffONIw&#10;n0UgkApXNlRp2O/enhQIHwyVpnOEGi7oYZXf32UmLd1IX3jehkpwCPnUaKhD6FMpfVGjNX7meiS+&#10;/bjBmsByqGQ5mJHDbSfjKFpIaxriD7Xp8aXGot2erIYPJV/dZ/tdXI7j7l2pTbtMNnutHx+m9TOI&#10;gFO4meGKz+iQM9PBnaj0omOdJHO28hCrBYirI1LxEsThbyXzTP4vkf8CAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAyR8xRrABAABIAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAJa+9Hd8AAAAMAQAADwAAAAAAAAAAAAAAAAAKBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" strokeweight=".48pt">
+            <v:line w14:anchorId="3D6DB200" id="Line 2" o:spid="_x0000_s1026" style="position:absolute;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="88.55pt,64.3pt" to="541.45pt,64.3pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCL/q6QwAEAAGkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2yAQvVfqf0DcGzupNt1acfaQ7faS&#10;tpF2+wMmgG1UYBCQ2Pn3HchHt+2tqg+IYWYe773Bq4fJGnZUIWp0LZ/Pas6UEyi161v+/eXp3T1n&#10;MYGTYNCplp9U5A/rt29Wo2/UAgc0UgVGIC42o2/5kJJvqiqKQVmIM/TKUbLDYCFRGPpKBhgJ3Zpq&#10;UdfLasQgfUChYqTTx3OSrwt+1ymRvnVdVImZlhO3VNZQ1n1eq/UKmj6AH7S40IB/YGFBO7r0BvUI&#10;Cdgh6L+grBYBI3ZpJtBW2HVaqKKB1MzrP9Q8D+BV0ULmRH+zKf4/WPH1uAtMy5YvOHNgaURb7RRb&#10;ZGdGHxsq2LhdyNrE5J79FsWPyBxuBnC9KgxfTp7a5rmj+q0lB9ET/n78gpJq4JCw2DR1wWZIMoBN&#10;ZRqn2zTUlJigw7sPd/P79zQ0cc1V0FwbfYjps0LL8qblhjgXYDhuY8pEoLmW5HscPmljyrCNY2PL&#10;l/XHZWmIaLTMyVwWQ7/fmMCOkJ9L+YoqyrwuC3hwsoANCuSnyz6BNuc9XW7cxYys/+zkHuVpF64m&#10;0TwLy8vbyw/mdVy6f/0h658AAAD//wMAUEsDBBQABgAIAAAAIQAlr70d3wAAAAwBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGb3TSHZhuzKUVR6EHEtnjeJmOSJjsbstsm/fdOQai3&#10;eTOPN9/LVpPtxBkH3zjSMJ9FIJAKVzZUadjv3p4UCB8MlaZzhBou6GGV399lJi3dSF943oZKcAj5&#10;1GioQ+hTKX1RozV+5nokvv24wZrAcqhkOZiRw20n4yhaSGsa4g+16fGlxqLdnqyGDyVf3Wf7XVyO&#10;4+5dqU27TDZ7rR8fpvUziIBTuJnhis/okDPTwZ2o9KJjnSRztvIQqwWIqyNS8RLE4W8l80z+L5H/&#10;AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIv+rpDAAQAAaQMAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACWvvR3fAAAADAEAAA8AAAAAAAAAAAAA&#10;AAAAGgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAmBQAAAAA=&#10;" strokeweight=".48pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0018416A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="16B09B38"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="139" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="139" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -19896,402 +19615,429 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="327" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="168" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="967012877">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1950821078">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1921938877">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="346323774">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="189224522">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="294914613">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="2107384403">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="935021073">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1484004586">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1863205065">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1010716358">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="884683649">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1565602545">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F64704"/>
     <w:rsid w:val="000225FA"/>
     <w:rsid w:val="0003741F"/>
     <w:rsid w:val="00065648"/>
     <w:rsid w:val="000745B9"/>
     <w:rsid w:val="000813CC"/>
     <w:rsid w:val="000A4D54"/>
     <w:rsid w:val="000A6161"/>
     <w:rsid w:val="000B2576"/>
     <w:rsid w:val="000C434A"/>
     <w:rsid w:val="000D1CCF"/>
     <w:rsid w:val="000D68F1"/>
     <w:rsid w:val="00114952"/>
     <w:rsid w:val="00141FC8"/>
     <w:rsid w:val="001459A8"/>
     <w:rsid w:val="00185139"/>
     <w:rsid w:val="0019479E"/>
     <w:rsid w:val="0019526E"/>
     <w:rsid w:val="001C0883"/>
     <w:rsid w:val="001C64A3"/>
     <w:rsid w:val="001D4884"/>
     <w:rsid w:val="001F320F"/>
     <w:rsid w:val="00217729"/>
     <w:rsid w:val="00224AF0"/>
+    <w:rsid w:val="00243D36"/>
     <w:rsid w:val="0024449F"/>
     <w:rsid w:val="002529A4"/>
     <w:rsid w:val="00257555"/>
     <w:rsid w:val="002670FD"/>
     <w:rsid w:val="002A633D"/>
     <w:rsid w:val="002B7331"/>
     <w:rsid w:val="002C5FC6"/>
+    <w:rsid w:val="002D26EB"/>
     <w:rsid w:val="002E7B1F"/>
     <w:rsid w:val="00315A71"/>
     <w:rsid w:val="00327AB0"/>
     <w:rsid w:val="00336BD1"/>
     <w:rsid w:val="00341660"/>
     <w:rsid w:val="00372290"/>
     <w:rsid w:val="00374AD2"/>
     <w:rsid w:val="00385991"/>
     <w:rsid w:val="003A4E2E"/>
     <w:rsid w:val="003B2D09"/>
     <w:rsid w:val="003B60CF"/>
     <w:rsid w:val="003C3DFA"/>
     <w:rsid w:val="003C4933"/>
     <w:rsid w:val="003C7C66"/>
     <w:rsid w:val="003D661A"/>
     <w:rsid w:val="003E2A1D"/>
     <w:rsid w:val="003E6319"/>
     <w:rsid w:val="003E7D5B"/>
     <w:rsid w:val="003F04F5"/>
     <w:rsid w:val="003F48E9"/>
     <w:rsid w:val="00406FA5"/>
     <w:rsid w:val="00407A2C"/>
     <w:rsid w:val="00423B75"/>
     <w:rsid w:val="0042448D"/>
     <w:rsid w:val="00425B35"/>
     <w:rsid w:val="004277C0"/>
     <w:rsid w:val="00444708"/>
     <w:rsid w:val="00445D5F"/>
     <w:rsid w:val="0045618B"/>
     <w:rsid w:val="00457F9E"/>
     <w:rsid w:val="00475826"/>
     <w:rsid w:val="00495820"/>
+    <w:rsid w:val="00495F1C"/>
     <w:rsid w:val="004B34F3"/>
     <w:rsid w:val="004B3D48"/>
     <w:rsid w:val="004C0235"/>
     <w:rsid w:val="004C6B1B"/>
     <w:rsid w:val="004F1A68"/>
     <w:rsid w:val="00513759"/>
     <w:rsid w:val="00516EB8"/>
     <w:rsid w:val="0052267C"/>
     <w:rsid w:val="00561FFA"/>
     <w:rsid w:val="00580164"/>
     <w:rsid w:val="00580DD4"/>
     <w:rsid w:val="00592F52"/>
     <w:rsid w:val="005A7032"/>
     <w:rsid w:val="005C15AE"/>
+    <w:rsid w:val="005C2FCB"/>
     <w:rsid w:val="005C74DC"/>
     <w:rsid w:val="005C7F82"/>
     <w:rsid w:val="005D7BB7"/>
     <w:rsid w:val="005D7C2E"/>
     <w:rsid w:val="005F434F"/>
     <w:rsid w:val="00614EAD"/>
     <w:rsid w:val="0061746E"/>
     <w:rsid w:val="00621CB2"/>
+    <w:rsid w:val="006272D1"/>
     <w:rsid w:val="00632D37"/>
     <w:rsid w:val="006335B2"/>
     <w:rsid w:val="00642641"/>
     <w:rsid w:val="0064351D"/>
+    <w:rsid w:val="00654441"/>
     <w:rsid w:val="00660D2F"/>
     <w:rsid w:val="0067534D"/>
     <w:rsid w:val="006A24D1"/>
     <w:rsid w:val="006B71FE"/>
     <w:rsid w:val="006C04DF"/>
     <w:rsid w:val="006D09B8"/>
     <w:rsid w:val="006D3908"/>
     <w:rsid w:val="006D6275"/>
     <w:rsid w:val="006D641A"/>
+    <w:rsid w:val="006D790A"/>
     <w:rsid w:val="006E5D2F"/>
     <w:rsid w:val="006E717B"/>
     <w:rsid w:val="006F2F3B"/>
+    <w:rsid w:val="0070224B"/>
     <w:rsid w:val="00703E4A"/>
     <w:rsid w:val="00720990"/>
     <w:rsid w:val="007220FA"/>
     <w:rsid w:val="007423DD"/>
     <w:rsid w:val="007565BF"/>
+    <w:rsid w:val="0076008C"/>
     <w:rsid w:val="0076553B"/>
     <w:rsid w:val="007703D2"/>
     <w:rsid w:val="00772387"/>
     <w:rsid w:val="0077470E"/>
+    <w:rsid w:val="007A2B79"/>
     <w:rsid w:val="007B62AF"/>
+    <w:rsid w:val="007C579E"/>
     <w:rsid w:val="007C7347"/>
     <w:rsid w:val="007E1318"/>
     <w:rsid w:val="007F22A7"/>
     <w:rsid w:val="007F2CAA"/>
     <w:rsid w:val="00802B0D"/>
     <w:rsid w:val="00810D72"/>
     <w:rsid w:val="00815671"/>
     <w:rsid w:val="00817CB2"/>
     <w:rsid w:val="00821587"/>
     <w:rsid w:val="0084794F"/>
     <w:rsid w:val="008556F3"/>
     <w:rsid w:val="00875568"/>
     <w:rsid w:val="00875CE4"/>
     <w:rsid w:val="008800F5"/>
     <w:rsid w:val="00882606"/>
     <w:rsid w:val="008A3D3E"/>
     <w:rsid w:val="008C17B4"/>
+    <w:rsid w:val="008C3C05"/>
     <w:rsid w:val="008C732A"/>
     <w:rsid w:val="008F3A8C"/>
     <w:rsid w:val="008F3AFF"/>
     <w:rsid w:val="00902A31"/>
     <w:rsid w:val="00903502"/>
     <w:rsid w:val="00940038"/>
     <w:rsid w:val="009439A5"/>
     <w:rsid w:val="00947DB9"/>
     <w:rsid w:val="0098528F"/>
     <w:rsid w:val="00991E7F"/>
     <w:rsid w:val="00992E24"/>
     <w:rsid w:val="009A48F2"/>
     <w:rsid w:val="009A7B08"/>
+    <w:rsid w:val="009B2E69"/>
     <w:rsid w:val="009C61D8"/>
     <w:rsid w:val="009F452C"/>
     <w:rsid w:val="009F5702"/>
     <w:rsid w:val="00A0418A"/>
     <w:rsid w:val="00A06BD2"/>
     <w:rsid w:val="00A1783D"/>
     <w:rsid w:val="00A21C19"/>
     <w:rsid w:val="00A23363"/>
+    <w:rsid w:val="00A3009F"/>
     <w:rsid w:val="00A540CD"/>
     <w:rsid w:val="00A70DE0"/>
     <w:rsid w:val="00A81320"/>
     <w:rsid w:val="00A825D7"/>
     <w:rsid w:val="00A9390D"/>
     <w:rsid w:val="00A9415A"/>
+    <w:rsid w:val="00AD395C"/>
     <w:rsid w:val="00B11DB4"/>
     <w:rsid w:val="00B13818"/>
     <w:rsid w:val="00B24A22"/>
     <w:rsid w:val="00B31546"/>
     <w:rsid w:val="00B35F02"/>
     <w:rsid w:val="00B54868"/>
     <w:rsid w:val="00B54A78"/>
     <w:rsid w:val="00B7266C"/>
     <w:rsid w:val="00B779F2"/>
+    <w:rsid w:val="00B864DC"/>
     <w:rsid w:val="00BA0861"/>
     <w:rsid w:val="00BA096E"/>
     <w:rsid w:val="00BB6E9A"/>
     <w:rsid w:val="00BE1748"/>
     <w:rsid w:val="00BF209C"/>
+    <w:rsid w:val="00C00028"/>
     <w:rsid w:val="00C14108"/>
     <w:rsid w:val="00C14397"/>
     <w:rsid w:val="00C22C03"/>
+    <w:rsid w:val="00C51A9C"/>
     <w:rsid w:val="00C570CB"/>
+    <w:rsid w:val="00C656C5"/>
+    <w:rsid w:val="00C65E49"/>
     <w:rsid w:val="00C705CA"/>
     <w:rsid w:val="00C82EF8"/>
     <w:rsid w:val="00C93DAC"/>
     <w:rsid w:val="00C975EE"/>
     <w:rsid w:val="00CA0BFA"/>
     <w:rsid w:val="00CA5567"/>
     <w:rsid w:val="00CB4B0D"/>
     <w:rsid w:val="00CB55BC"/>
     <w:rsid w:val="00CB6CAD"/>
     <w:rsid w:val="00CF51A5"/>
+    <w:rsid w:val="00D120AE"/>
     <w:rsid w:val="00D42363"/>
+    <w:rsid w:val="00D5348F"/>
     <w:rsid w:val="00D539AC"/>
     <w:rsid w:val="00D54403"/>
     <w:rsid w:val="00D603E3"/>
     <w:rsid w:val="00D626E4"/>
     <w:rsid w:val="00D62CED"/>
+    <w:rsid w:val="00D94DE0"/>
     <w:rsid w:val="00DA3780"/>
     <w:rsid w:val="00DA580E"/>
     <w:rsid w:val="00DB5617"/>
     <w:rsid w:val="00E02B80"/>
+    <w:rsid w:val="00E32EC6"/>
     <w:rsid w:val="00E51FC3"/>
     <w:rsid w:val="00E61E17"/>
     <w:rsid w:val="00E81960"/>
     <w:rsid w:val="00EA231F"/>
     <w:rsid w:val="00EC3761"/>
     <w:rsid w:val="00EC5C20"/>
     <w:rsid w:val="00ED3AEB"/>
     <w:rsid w:val="00ED59A7"/>
     <w:rsid w:val="00EE7628"/>
     <w:rsid w:val="00EF043F"/>
     <w:rsid w:val="00F038DD"/>
+    <w:rsid w:val="00F04C64"/>
     <w:rsid w:val="00F07ED0"/>
     <w:rsid w:val="00F13199"/>
     <w:rsid w:val="00F22200"/>
+    <w:rsid w:val="00F22B79"/>
     <w:rsid w:val="00F23D84"/>
     <w:rsid w:val="00F3443D"/>
     <w:rsid w:val="00F34DAA"/>
     <w:rsid w:val="00F36456"/>
     <w:rsid w:val="00F624B8"/>
     <w:rsid w:val="00F63E4D"/>
     <w:rsid w:val="00F64704"/>
+    <w:rsid w:val="00F70E57"/>
     <w:rsid w:val="00F76467"/>
     <w:rsid w:val="00F9727E"/>
     <w:rsid w:val="00FA26D9"/>
+    <w:rsid w:val="00FA7160"/>
     <w:rsid w:val="00FC40C4"/>
     <w:rsid w:val="00FC5F11"/>
     <w:rsid w:val="00FC6FFD"/>
     <w:rsid w:val="00FD0DDD"/>
     <w:rsid w:val="00FD4796"/>
     <w:rsid w:val="0BB3F821"/>
     <w:rsid w:val="131AC1B6"/>
     <w:rsid w:val="263FB6A5"/>
     <w:rsid w:val="42E84446"/>
     <w:rsid w:val="4F8B8DEA"/>
     <w:rsid w:val="52BAD607"/>
     <w:rsid w:val="5B03EE6F"/>
     <w:rsid w:val="607FD91A"/>
     <w:rsid w:val="681237F8"/>
     <w:rsid w:val="798A1B37"/>
     <w:rsid w:val="7F79BFC0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="05646F84"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...1 lines deleted...]
-        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="562" w:right="1296" w:hanging="418"/>
+        <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -20663,51 +20409,50 @@
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="101"/>
       <w:ind w:left="771" w:right="1754"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="140"/>
-      <w:jc w:val="both"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
@@ -20717,51 +20462,50 @@
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="139"/>
-      <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BB6E9A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
@@ -20966,55 +20710,50 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00315A71"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="markedcontent">
     <w:name w:val="markedcontent"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00821587"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="highlight">
     <w:name w:val="highlight"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00821587"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001F320F"/>
-    <w:pPr>
-[...3 lines deleted...]
-    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="359362016">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1005471567">
       <w:bodyDiv w:val="1"/>
@@ -21025,51 +20764,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1693722341">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/4002120?ln=en?web=1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2586" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2586" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1466" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.undp.org/sites/g/files/zskgke326/files/2022-02/UNDP-OAI-IS-Investigation-Guidelines-ENG-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icsc.un.org/Resources/General/Publications/standardsE.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2511" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2586" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2586" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/4002120?ln=en?web=1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2586" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1466" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/4021" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1451" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2586" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2586" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undocs.org/ST/SGB/2007/11/Amend.1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/taxonomy/term/126" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/4021" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undocs.org/ST/SGB/2007/11/Amend.1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undocs.org/ST/SGB/2007/11/Amend.1" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.un.org/sites/hr.un.org/files/handbook/SGB%20-%202017%20-%20%202Rev.1%20%20%5BProtection%20agains%20retaliation..%5D.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ethicsoffice@undp.org" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2586" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/office/ethics/Documents/St_SGB_2007_11%20Ethics%20UN%20system.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/office/ethics/Documents/St_SGB_2007_11%20Ethics%20UN%20system.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/office/ethics/Documents/St_SGB_2007_11%20Ethics%20UN%20system.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/191" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/office/ethics/Documents/UN%20Staff%20Rules%20and%20Regulations%202018.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/4002120?ln=en?web=1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2586" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/4002120?ln=en?web=1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.undp.org/sites/g/files/zskgke326/files/2022-02/UNDP-OAI-IS-Investigation-Guidelines-ENG-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2586" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1571" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2586" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2586" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1571" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2586" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undocs.org/ST/SGB/2007/11/Amend.1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undocs.org/ST/SGB/2007/11/Amend.1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/taxonomy/term/126" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/4002120?ln=en?web=1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undocs.org/ST/SGB/2007/11/Amend.1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2586" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.undp.org/sites/g/files/zskgke326/files/2022-02/UNDP-OAI-IS-Investigation-Guidelines-ENG-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2586" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icsc.un.org/Resources/General/Publications/standardsE.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2511" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/office/ethics/Documents/UN%20Staff%20Rules%20and%20Regulations%202018.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/4002120?ln=en?web=1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/office/ethics/Documents/St_SGB_2007_11%20Ethics%20UN%20system.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/4002120?ln=en?web=1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1466" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2586" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.undp.org/sites/g/files/zskgke326/files/2022-02/UNDP-OAI-IS-Investigation-Guidelines-ENG-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2586" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/4002120?ln=en?web=1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2586" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2586" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1466" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1451" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.un.org/en/ST/SGB/2017/2/Rev.1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/4021" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2586" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/office/ethics/Documents/St_SGB_2007_11%20Ethics%20UN%20system.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/4021" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/191" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ethicsoffice@undp.org" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/office/ethics/Documents/St_SGB_2007_11%20Ethics%20UN%20system.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/undp-anti-money-laundering-and-countering-financing-terrorism-policy-amlcft-policy" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undocs.org/ST/SGB/2007/11/Amend.1" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/office/ethics/Documents/St_SGB_2007_11%20Ethics%20UN%20system.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undocs.org/ST/SGB/2007/11/Amend.1" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/office/ethics/Documents/St_SGB_2007_11%20Ethics%20UN%20system.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -21331,377 +21070,211 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...53 lines deleted...]
-    <xsd:import namespace="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DF4E5EB98AFACA49B955F57620F5DD44" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="54d56521cb8b950110d779ecec233d4f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" xmlns:ns3="c26dc373-2944-4fff-a656-1635ba5514b5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="030e562aea712385259f3e9724b3d80f" ns2:_="" ns3:_="">
+    <xsd:import namespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <xsd:import namespace="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:UNDP_POPP_TITLE_EN" minOccurs="0"/>
-[...26 lines deleted...]
-                <xsd:element ref="ns3:POPPIsArchived" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_dlc_Exempt" ma:index="30" nillable="true" ma:displayName="Exempt from Policy" ma:hidden="true" ma:internalName="_dlc_Exempt" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f8ebb0a5-c57d-4c3a-bec7-8a38252dd05c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8264c5cc-ec60-4b56-8111-ce635d3d139a" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c26dc373-2944-4fff-a656-1635ba5514b5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="UNDP_POPP_TITLE_EN" ma:index="1" nillable="true" ma:displayName="Title_EN" ma:indexed="true" ma:internalName="UNDP_POPP_TITLE_EN">
-[...6 lines deleted...]
-    <xsd:element name="UNDP_POPP_FOCALPOINT" ma:index="3" nillable="true" ma:displayName="Focal Point" ma:SharePointGroup="0" ma:internalName="UNDP_POPP_FOCALPOINT" ma:showField="ImnName">
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_DOCUMENT_TYPE" ma:index="5" ma:displayName="Document TYPE" ma:default="Template" ma:format="Dropdown" ma:indexed="true" ma:internalName="UNDP_POPP_DOCUMENT_TYPE" ma:readOnly="false">
-[...29 lines deleted...]
-    <xsd:element name="UNDP_POPP_VERSION_COMMENTS" ma:index="9" nillable="true" ma:displayName="Version Comments" ma:internalName="UNDP_POPP_VERSION_COMMENTS">
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_FILEVERSION" ma:index="10" nillable="true" ma:displayName="FileVersionID" ma:decimals="0" ma:internalName="UNDP_POPP_FILEVERSION">
-[...21 lines deleted...]
-    <xsd:element name="TaxCatchAll" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ee792a02-1c68-437d-afee-526d4eee3bde}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+    <xsd:element name="TaxCatchAll" ma:index="24" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{7fb16e66-a0cf-4293-80d1-ecb3df652669}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c26dc373-2944-4fff-a656-1635ba5514b5">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
-    </xsd:element>
-[...100 lines deleted...]
-      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="24" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -21746,262 +21319,183 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...82 lines deleted...]
-<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A677FABB-5BF9-46FB-B9F5-53F739A7E21B}">
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="c26dc373-2944-4fff-a656-1635ba5514b5" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4177EBFC-D4AB-4037-8F95-DD436C861898}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1E39ED7C-59BE-4D18-BA47-0F7BC9312740}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7AE13482-C9AF-4B2A-B885-95A68C05AC5C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BB2F93-7B40-4F23-8C6E-9D7AEC17F4A3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="8264c5cc-ec60-4b56-8111-ce635d3d139a"/>
-[...16 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>24552</Characters>
+  <Pages>8</Pages>
+  <Words>4323</Words>
+  <Characters>24644</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>204</Lines>
+  <Lines>205</Lines>
   <Paragraphs>57</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>28802</CharactersWithSpaces>
+  <CharactersWithSpaces>28910</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="TaxKeyword">
     <vt:lpwstr>1901;#retaliation|7e7cf312-170b-4bca-9098-182ae07fff61</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LastSaved">
     <vt:filetime>2019-02-11T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Created">
     <vt:filetime>2018-04-23T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="BusinessUnit">
     <vt:lpwstr>351;#Ethics|129d95d8-3461-4a4b-9e26-7df6e7243cee</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ContentTypeId">
-    <vt:lpwstr>0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39</vt:lpwstr>
+    <vt:lpwstr>0x010100DF4E5EB98AFACA49B955F57620F5DD44</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="POPPBusinessProcess">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>6f0d0190-8a82-4513-9de9-4d627b3671dc</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="UNDP_POPP_BUSINESSUNIT">
     <vt:lpwstr>356;#Accountability|5b42d95a-f181-4192-a566-012e3d461a46</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Creator">
     <vt:lpwstr>Acrobat PDFMaker 15 for Word</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Subject TYPE">
     <vt:lpwstr>BusinessUnit</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>