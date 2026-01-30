--- v0 (2025-10-17)
+++ v1 (2026-01-30)
@@ -1,2327 +1,2159 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4BC48240" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="40758BF4" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:spacing w:after="275" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Lista Universal de Precios (UPL) y Lista Local de Precios (LPL)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48241" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="7886ED5F" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">La Junta Ejecutiva enfatizó en la Decisión 2012/27 el principio de recuperación total de gastos estipulado en la resolución 62/208 de la Asamblea General y en la Decisión 2013/9, la necesidad de ejecutar la resolución 67/226 de la Asamblea General sobre la revisión cuadrienal amplia de la política de las actividades operacionales para el desarrollo del sistema de las Naciones Unidas, en particular el capítulo II, sección D, sobre garantizar la recuperación total de gastos. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48242" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="6B4D5EA1" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:spacing w:after="19" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48243" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="12342FEA" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">El PNUD se compromete a brindar servicios administrativos a los organismos y los programas de la ONU a través de su red mundial de oficinas, en línea con las solicitudes de los organismos de la ONU y la capacidad de la oficina del PNUD para responder a estas. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Todos los costos asociados con los servicios para los organismos de la ONU a nivel del país en que se ejecuta un programa deben ser completamente reembolsados por los organismos respectivos de la ONU.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48244" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="771EED5C" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:spacing w:after="44" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48245" w14:textId="360DE1D7" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="7884DBF4" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>A nivel corporativo, los Memorandos de Entendimiento (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>MoU</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t>) concluyen con la regulación de los organismos de la ONU del marco global de la relación. Estos acuerdos especifican que el PNUD proveerá servicios con recuperación de gastos y que no se requieren contratos locales o cartas de acuerdo adicionales (si bien un acuerdo de prestación de servicios [</w:t>
-[...5 lines deleted...]
-        <w:t>] local puede ser útil para aclarar los niveles y las expectativas de prestación de servicios).</w:t>
+        <w:t xml:space="preserve">) concluyen con la regulación de los organismos de la ONU del marco global de la relación. Estos acuerdos especifican que el PNUD proveerá servicios con recuperación de gastos y que no se requieren contratos locales o cartas de acuerdo adicionales (si bien un acuerdo de prestación de servicios [SLA por sus siglas en </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Inglés</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>)] local puede ser útil para aclarar los niveles y las expectativas de prestación de servicios).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Se ha establecido un proceso corporativo para la revisión de estos </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>MoU</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> a través del Grupo de Revisión de Asociaciones (Dirección de Promoción y Relaciones Externas [BERA]/Asociaciones). Los </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>MoU</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> firmados se cargan en la biblioteca corporativa: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00013B8F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t>MoU</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="00013B8F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve"> de Asociaciones</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48246" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="1BF71176" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:spacing w:after="45" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48247" w14:textId="79426023" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="70658C0B" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t>Si una oficina del PNUD determina que no puede proporcionar servicios de calidad</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="4BC48248" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+        <w:t xml:space="preserve">Si una oficina del PNUD determina que no puede proporcionar servicios de calidad o en el tiempo requerido, o que carece de la capacidad requerida para esto, puede informar a los organismos de la ONU con anticipación y negarse a prestar los servicios solicitados. Sin embargo, las oficinas del PNUD deben hacer todo lo posible por brindar los servicios solicitados. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02BA7A56" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:spacing w:after="41" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48249" w14:textId="0CE1863D" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="1495BF25" w14:textId="15E1A3A5" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="00480470">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>Dentro de los parámetros de las políticas y los procedimientos del PNUD, como se expresa en este capítulo de las POPP (Políticas y Procedimientos de Operaciones y Programas), las oficinas del PNUD no deben negarse a prestar servicios a</w:t>
       </w:r>
-      <w:r w:rsidR="00194E5C">
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> las Agencias que utilizan </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> las Agencias que utilizan Quantum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> sin la aprobación de la Oficina de Gestión de Recursos Financieros (BMS/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>OFM)  (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0563C1"/>
+        </w:rPr>
+        <w:t>bms.ofm.fbp@undp.org</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FD2A417" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="0099436D" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="-5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-        </w:rPr>
-[...15 lines deleted...]
-        <w:t>)  (</w:t>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0099436D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lista Universal de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0099436D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="fr-FR"/>
+        </w:rPr>
+        <w:t>Precios</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0099436D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (UPL) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EEDE24A" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="670F2C36" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Para asegurar el reembolso de todos los costos asociados, se ha establecido una tarifa basada en transacciones a través de la </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Lista Universal de Precios</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, que contiene un menú de servicios estandarizados disponibles para los organismos de la ONU de todas las oficinas del PNUD. La UPL es actualizada anualmente por BMS/OFM. Las tarifas de la UPL representan un resumen de la lista estándar de servicios ofrecidos a los organismos asociados y sus costos correspondientes. Las oficinas que deseen brindar comentarios sobre los servicios y las tarifas, o que requieran aclaraciones adicionales, deben comunicarse con el punto focal de BMS/OFM Business </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00377BB2">
+        <w:rPr>
+          <w:lang w:val="es-UY"/>
+        </w:rPr>
+        <w:t>Partnering</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C201312" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05887242" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Los inductores de los costos de servicios de la UPL son: (a) salarios del personal; (b) tiempo dedicado por el personal </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005148F0">
+        <w:t xml:space="preserve">en la provisión de servicios transaccionales; y (c) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005148F0">
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">parte de los gastos generales de funcionamiento, como el espacio de oficinas y el uso de la oficina esencial de equipos y suministros. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005148F0">
+        <w:t>Las UPL reflejan</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> los últimos costos de salarios </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>pro forma</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> disponibles para cada ubicación correspondiente de la oficina del PNUD al momento de su publicación. Además, la asignación de tiempo del personal refleja los costos totales al incluir los derechos de licencia. El cálculo de la UPL se basa en una serie de servicios estándares previstos (actualmente 26). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E9403D9" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:spacing w:after="46" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F648CAC" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Hay cuatro categorías de la UPL disponibles para que las utilicen las oficinas del PNUD según la clasificación de oficinas: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F759173" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:right="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Oficinas en países que experimentan situaciones de desarrollo generales  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C59E96E" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:right="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Oficinas en países que experimentan situaciones de desarrollo especiales  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="005CF629" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:right="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Oficinas de representación  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="095C242B" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:right="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">VNU de Alemania </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EE42B9D" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0269EB6A" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">BMS/OFM, en consulta con las direcciones regionales, examina y revisa todos los años la lista de países que experimentan situaciones de desarrollo especiales e incluye los países en crisis u otras circunstancias rigurosas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3478ED61" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E37765A" w14:textId="56BB2CC8" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Se carga a cada transacción de servicios el costo indicado en la UPL, según la clasificación de países de desarrollo general (los países se designan como de costo Alto, Medio-Alto, Medio-Bajo o Bajo) o desarrollo especial. Consulte </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="003E19D0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Oficina de Gestión de Recursos Financieros - Lista Universal de Precios (UPL) (en inglés)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">para obtener una descripción detallada de los servicios incluidos en la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00377BB2">
+        <w:t>UPL, instrucciones para su uso y clasificaciones de las oficinas del PNUD.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0072BC"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50C40DD5" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:spacing w:after="42" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C53903E" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Si bien fue diseñada específicamente para fijar los precios de servicios estándares específicos para los organismos de la ONU, la UPL puede utilizarse para el reembolso de costos de cualquier servicio basado en transacciones (véanse los párrafos 21 a 23 a continuación). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CD14CDF" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="047F099E" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">La UPL está destinada a cubrir los servicios estándares (a diferencia de las situaciones excesivamente complejas o novedosas, que están cubiertas por la LPL como se describe a continuación). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18A09697" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:spacing w:after="46" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63BDEE6D" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Las desviaciones de las tarifas publicadas en la UPL para los servicios </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>estándares</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> de la UPL están sujetas a la aprobación de BMS/OFM </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0563C1"/>
         </w:rPr>
-        <w:t>bms.</w:t>
-[...17 lines deleted...]
-    <w:p w14:paraId="2754C18E" w14:textId="597A653A" w:rsidR="000C0D76" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00377BB2">
+        <w:t>bms.ofm.fbp@undp.org</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">).  Dada la preferencia de los organismos de la ONU por las tarifas estandarizadas, las desviaciones solo se considerarán de manera excepcional sobre la base de información claramente justificada y articulada que haya sido debatida de antemano con el organismo del UNCT/solicitante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0870C80F" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:spacing w:after="44" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69B78F9C" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Como parte de su responsabilidad de supervisión, las direcciones regionales son responsables de supervisar la aplicación de las UPL por parte de las oficinas en el país y de evaluar las desviaciones propuestas. Una vez autorizada por la Dirección Regional, la desviación está sujeta a la aprobación de BMS/OFM. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="420D3B4C" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48255" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="10A8B478" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="0099436D" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-5"/>
-      </w:pPr>
-[...12 lines deleted...]
-        <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0099436D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="fr-FR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Lista Local de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0099436D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="fr-FR"/>
+        </w:rPr>
+        <w:t>Precios</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0099436D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (LPL) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33201B9D" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:spacing w:after="18" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48257" w14:textId="1DA871DE" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00377BB2">
+    <w:p w14:paraId="71D01C77" w14:textId="1A1F34FD" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Para asegurar el reembolso de todos los costos asociados, se ha establecido una tarifa basada en transacciones a través de la </w:t>
+        <w:t xml:space="preserve">Además de los servicios estándares contenidos en la UPL, por lo general se solicita al PNUD que proporcione servicios adicionales que no están estandarizados en las diferentes oficinas en el país ni incluidos en la UPL. Como en el pasado, la provisión de servicios especiales o no estándares debe acordarse de manera local, con sujeción a las consideraciones de capacidad y cálculo de precios en el país antes de la provisión de servicios. Para recuperar los costos totales de estos servicios, la Oficina del PNUD puede establecer una Lista Local de Precios (LPL) para servicios recurrentes, que debe ser </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:i/>
-[...36 lines deleted...]
-    <w:p w14:paraId="4BC48258" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+        </w:rPr>
+        <w:t>negociada y acordada localmente por los organismos participantes con antelación a la provisión de los servicios.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Se encuentra disponible una herramienta independiente para facilitar la formulación de precios locales, cuya negociación es responsabilidad de la oficina involucrada del PNUD con los organismos solicitantes/UNCT (véase </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="0014520E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Oficina de Gestión de Recursos Financieros - Lista Universal de Precios (UPL) (en inglés)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">). Los inductores de costos, como se indica en UPL más arriba, deben reflejarse en las LPL. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57E0F78B" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48259" w14:textId="68FC492B" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00377BB2">
+    <w:p w14:paraId="6C856224" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="36"/>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
+        <w:t xml:space="preserve">La recuperación de los costos de servicios de apoyo basada en porcentajes predeterminados puede garantizarse en ciertas circunstancias. Si bien estos casos no deben ser comunes, este tratamiento puede justificarse siempre que la oficina del PNUD haya realizado lo siguiente:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5412E654" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:right="0" w:hanging="396"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">calculado y documentado su determinación del cargo basado en el porcentaje; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="741B0A0A" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:right="0" w:hanging="396"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">revisado su adecuación en forma periódica; y </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C5D268E" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:right="0" w:hanging="396"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">consultado con antelación con los asociados sobre el enfoque. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C9CF86B" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CF2EAC1" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="35"/>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Los siguientes servicios se consideran no estándares: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E24A556" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:right="0" w:hanging="396"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">La UPL no cubre servicios especializados o especiales prestados a nivel local.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EE7A90F" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:right="0" w:hanging="396"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">La UPL no cubre servicios locales relacionados con la seguridad que pueden ser necesarios en ciertos países sin servicios bancarios. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="284D95F8" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="437F05B0" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="38"/>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Tanto los servicios especiales como los servicios locales de seguridad, y sus costos estimados, deben estar cubiertos a través de acuerdos negociados a nivel local entre las oficinas del PNUD y los organismos correspondientes de la ONU.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B0A0C6C" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:spacing w:after="38"/>
+        <w:ind w:left="705" w:right="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B8B831F" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="38"/>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Las solicitudes de servicios en las siguientes circunstancias excepcionales están sujetas a un recargo del 25 % (recargo del 50 % vigente desde el 1 de enero de 2016) sobre el costo/el precio estándar: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="423207B7" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:right="0" w:hanging="396"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Solicitudes urgentes que requieren un plazo de ejecución de menos de 3 días hábiles. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="145ECDF3" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:right="0" w:hanging="396"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Solicitudes de servicios antes o después del horario de trabajo normal. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="140FAE49" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="38"/>
+        <w:ind w:right="0" w:hanging="396"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Cuando la parte del proceso de adquisición que ocurre fuera de Quantum es de una naturaleza claramente compleja (especial) que involucra procesos de especializados de gestión de la cadena de suministro, personal de adquisiciones especializado, etc., las oficinas deben determinar el costo real del ejercicio y llegar a un acuerdo sobre la recuperación total de gastos. Deberá considerarse cargar el costo de componentes específicos (p. ej., personal especializado), en forma total o parcial, al presupuesto del proyecto como insumo directo para la ejecución del proyecto (es decir, tasas vigentes y transparentes negociadas utilizando la UPL como referencia). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="389DD32D" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:right="0" w:hanging="396"/>
+      </w:pPr>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Los inductores de los costos de servicios de la UPL son: (a) salarios del personal; (b) tiempo dedicado por el personal </w:t>
-[...19 lines deleted...]
-        <w:spacing w:after="46" w:line="259" w:lineRule="auto"/>
+        <w:t>Si, debido a su tamaño y/o complejidad, un proceso de adquisición debe presentarse a un Comité Consultivo sobre Adquisiciones (ACP) Regional (o a un ACP ordinario), deberá tratarse como un servicio</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">especial sujeto a la recuperación total de gastos a las tasas de mercado vigentes y transparentes. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19BB4914" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40EF550A" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Si la oficina del PNUD determina que la UPL no cubre la totalidad de los costos para la prestación de servicios estándares, puede establecer también una Lista Local de Precios (LPL) para estos servicios, que deberá negociarse y acordarse localmente entre los organismos participantes con anticipación a la provisión de los servicios. Las desviaciones de las tarifas publicadas en la UPL para los servicios estándares de la UPL son excepcionales y están sujetas a la aprobación previa de BMS/OFM (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0563C1"/>
+        </w:rPr>
+        <w:t>bms.ofm.fbp@undp.org</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="389E3321" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC4825B" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00377BB2">
+    <w:p w14:paraId="281C524E" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Hay cuatro categorías de la UPL disponibles para que las utilicen las oficinas del PNUD según la clasificación de oficinas: </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4BC4825C" w14:textId="655B864F" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+        <w:t xml:space="preserve">Cuando los costos no puedan recuperarse totalmente para los servicios no estándares, la oficina del PNUD puede negarse a prestar los servicios. Dentro de los parámetros de las políticas y los procedimientos del PNUD, como se expresa en este capítulo de las POPP, las oficinas del PNUD no deben negarse a prestar servicios a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>las Agencias que utilizan Quantum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> sin la aprobación de BMS/OFM (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0563C1"/>
+        </w:rPr>
+        <w:t>bms.ofm.fbp@undp.org</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="618E4197" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:spacing w:after="43" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29773418" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="36"/>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Los </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7B01">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Servicios de </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7B01">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">poyo a la </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7B01">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>restación</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">antes conocidos </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">como </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7B01">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74DD7">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Costos</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C74DD7">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Directos del Proyecto</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00377BB2">
+        <w:t xml:space="preserve">(DPC, Direct Project </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00377BB2">
+        <w:t>Costs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00377BB2">
+        <w:t xml:space="preserve">, por sus siglas en </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00377BB2">
+        <w:t>inglés)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74DD7" w:rsidDel="00C74DD7">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>incluyen</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> los costos de las actividades de ejecución y apoyo a la ejecución de programas incurridos por el PNUD para apoyar la ejecución de los proyectos. El cálculo de los precios de los insumos para los proyectos y los programas del PNUD debe basarse en los costos reales para servicios claramente identificables. Hay tres opciones principales para ejecutar los DPC: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D164852" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:ind w:right="0" w:firstLine="0"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="4BC4825D" w14:textId="2F79294C" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+        <w:ind w:right="0" w:hanging="396"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Aplicación de los resultados del estudio del volumen de trabajo de la oficina en el país, combinados con múltiples líneas de financiación para los puestos </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AE15632" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:ind w:right="0" w:firstLine="0"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="661DD32C" w14:textId="3AAC8441" w:rsidR="00E4753C" w:rsidRDefault="00E4753C">
+        <w:spacing w:after="36"/>
+        <w:ind w:right="0" w:hanging="396"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Aplicación de las Listas Universales de Pecios (UPL) o una Lista Local de Precios (LPL) para la recuperación de costos transaccionales </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71B47EEC" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:ind w:right="0" w:firstLine="0"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="4BC4825F" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+        <w:ind w:right="0" w:hanging="396"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Creación y gestión de un proyecto de DPC independiente. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34761DDE" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48260" w14:textId="43A6B2C0" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="00B62FF3" w:rsidP="00377BB2">
+    <w:p w14:paraId="3264AA7C" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
-      </w:pPr>
-[...51 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...225 lines deleted...]
-        <w:t xml:space="preserve"> Se encuentra disponible una herramienta independiente para facilitar la formulación de precios locales, cuya negociación es responsabilidad de la oficina involucrada del PNUD con los organismos solicitantes/UNCT (véase </w:t>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">La opción de UPL/LPL puede ser recomendable para el personal de apoyo a las operaciones que presta servicios para una gama completa de proyectos de las oficinas en el país (a diferencia del personal de los programas que, por lo general, brinda apoyo para una cartera más estrecha de proyectos limitados). Las tarifas de estos servicios ya no se acreditan como ingresos extrapresupuestarios. Véase </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidRPr="00013B8F">
-[...535 lines deleted...]
-        <w:r w:rsidR="00583C4F" w:rsidRPr="00583C4F">
+        <w:r w:rsidRPr="00583C4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>P</w:t>
         </w:r>
-        <w:r w:rsidR="00583C4F">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>lanificación y pago de la prestación de servicios de apoyo a proyectos</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00583C4F">
-[...5 lines deleted...]
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:r>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00013B8F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>U</w:t>
         </w:r>
-        <w:r w:rsidR="00F85013">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>tilización</w:t>
         </w:r>
         <w:r w:rsidRPr="00013B8F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> de la Lista Universal de Precios (UPL) o de una Lista Local de Precios (LPL) para la Atribución de los Costos Directos del Proyecto.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48289" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="5AED32E8" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC4828A" w14:textId="4AB67092" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00377BB2">
+    <w:p w14:paraId="58C6E2A5" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Los </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Servicios Comunes/Compartidos </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">se relacionan en su mayoría con instalaciones comunes y servicios relacionados acordados en forma local entre organismos residentes de la ONU. El costo de los servicios comunes/compartidos se divide de manera proporcional entre los organismos participantes. Según los acuerdos con los organismos residentes de la ONU, las oficinas en el país del PNUD pueden brindar cualquier servicio como servicio común o compartido si las condiciones locales de servicio son adecuadas. Debe destacarse en este contexto que el enfoque de servicios comunes/compartidos es el enfoque preferido para la provisión efectiva de servicios locales en el </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">sistema de la ONU. (Consulte la </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="000B3A52">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t xml:space="preserve">POPP sobre Recuperación </w:t>
-[...11 lines deleted...]
-          <w:t>e Costos de Organismos a Nivel de la Oficina en el País</w:t>
+          <w:t>POPP sobre Recuperación de Costos de Organismos a Nivel de la Oficina en el País</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> y las Pautas para Servicios Comunes y Compartidos). Sin embargo, cuando no haya un acuerdo local con los organismos residentes de la ONU, la UPL es el mecanismo predeterminado para imponer los cargos para todos los servicios estandarizados. Todos los costos asociados con la gestión de los Servicios Comunes/Compartidos deben reembolsarse completamente a través de la UPL o la LPL. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC4828B" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="60F1B127" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:spacing w:after="51" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC4828C" w14:textId="3F875461" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00377BB2">
+    <w:p w14:paraId="3325FD82" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="31"/>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Para resumir los párrafos anteriores, se requiere la autorización específica de </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> (</w:t>
+        <w:t>Para resumir los párrafos anteriores, se requiere la autorización específica de BMS/OFM (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0563C1"/>
         </w:rPr>
-        <w:t>bms.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CA600B">
+        <w:t>bms.ofm.fbp@undp.org</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">) en las siguientes circunstancias: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="537B43FC" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:right="0" w:hanging="396"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Las oficinas del PNUD no deben negarse a prestar servicios a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>las Agencias que utilizan Quantum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> sin la aprobación de la OGRF de la DG.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AEBF9A2" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:right="0" w:hanging="396"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Las desviaciones de las tarifas publicadas en la UPL para los servicios </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>estándares</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> de la UPL están sujetas a la aprobación de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>lBMS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">/OFM </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="0563C1"/>
         </w:rPr>
-        <w:t>ofm</w:t>
-[...94 lines deleted...]
-        <w:t>.fbp@undp.org</w:t>
+        <w:t>(bms.ofm.fbp@undp.org</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC4828F" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="09D48296" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1080" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="113B1E32" w14:textId="1C99D763" w:rsidR="00CD1C20" w:rsidRDefault="002C2248" w:rsidP="00377BB2">
+    <w:p w14:paraId="38A279F4" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">La recuperación de costos de las oficinas del PNUD para los servicios prestados a VNU se cubren en la </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="000B3A52">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>nota orientativa</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> adjunta. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02FAD618" w14:textId="77777777" w:rsidR="00CD1C20" w:rsidRDefault="00CD1C20" w:rsidP="00377BB2">
+    <w:p w14:paraId="4C2D47BA" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:ind w:left="705" w:right="0" w:firstLine="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="092821ED" w14:textId="77777777" w:rsidR="00CD1C20" w:rsidRDefault="00CD1C20" w:rsidP="00377BB2">
+    <w:p w14:paraId="00258C5B" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00CD1C20">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>La Nota de Asesoría de 2016 para los Fondos de Costo Compartido de UNDG para el Sistema de RC que rige los acuerdos administrativos para las RCO en todo el mundo, a partir del 1 de enero de 2019, ha sido revocada y ya no es aplicable. Todas las posiciones y procesos financiados para las RCO de fuentes distintas al SPTF estarán sujetas a las políticas normales de recuperación de costos del PNUD. Por consiguiente, se debe hacer una provisión presupuestaria dentro de los respectivos presupuestos RCO no SPTF para costos directos, indirectos y operativos, por ejemplo, espacio de oficina, equipo, recuperación de costos (GMS) y UPL / LPL según corresponda.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="131A43CD" w14:textId="77777777" w:rsidR="00CD1C20" w:rsidRDefault="00CD1C20" w:rsidP="00377BB2">
+    <w:p w14:paraId="3B86341C" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:ind w:left="705" w:right="0" w:firstLine="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72661136" w14:textId="63AA30AD" w:rsidR="00CD1C20" w:rsidRDefault="00CD1C20" w:rsidP="00377BB2">
+    <w:p w14:paraId="2689E0BB" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:ind w:left="705" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD1C20">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Las tarifas de UPL / LPL para el soporte de RC se aplican a:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71A7D8F9" w14:textId="77777777" w:rsidR="00CD1C20" w:rsidRPr="00377BB2" w:rsidRDefault="00CD1C20" w:rsidP="00377BB2">
+    <w:p w14:paraId="127F1D89" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="00377BB2" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:ind w:left="705" w:right="0" w:firstLine="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50AF4C63" w14:textId="77777777" w:rsidR="00CD1C20" w:rsidRPr="008A4622" w:rsidRDefault="00CD1C20" w:rsidP="00CD1C20">
+    <w:p w14:paraId="319CBBB4" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="008A4622" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A4622">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>La campaña de reclutamiento bajo la Actividad 5 (Fondo 13816) - Las tarifas de UPL / LPL por los costos directos del PNUD para apoyar el reclutamiento se aplican además de los GMS;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="701250E5" w14:textId="77777777" w:rsidR="00CD1C20" w:rsidRPr="008A4622" w:rsidRDefault="00CD1C20" w:rsidP="00CD1C20">
+    <w:p w14:paraId="64D9C54D" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="008A4622" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09B666B8" w14:textId="77777777" w:rsidR="00CD1C20" w:rsidRPr="008A4622" w:rsidRDefault="00CD1C20" w:rsidP="00CD1C20">
+    <w:p w14:paraId="1172FDCE" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="008A4622" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A4622">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>El fondo de coordinación en la Actividad 7 (fondo 13825): los costos directos del PNUD asociados con el apoyo a las actividades del Fondo de coordinación se recuperarán completamente utilizando el UPL / LPL;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="358F4855" w14:textId="77777777" w:rsidR="00CD1C20" w:rsidRPr="008A4622" w:rsidRDefault="00CD1C20" w:rsidP="00CD1C20">
+    <w:p w14:paraId="037F91B8" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="008A4622" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78A3299F" w14:textId="77777777" w:rsidR="00CD1C20" w:rsidRDefault="00CD1C20" w:rsidP="00377BB2">
+    <w:p w14:paraId="5005F711" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A4622">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Cualquier otro servicio solicitado por el RC que no forme parte de las soluciones llave en mano se debe recuperar en una base de "Pago por uso", incurriendo en UPL / LPL, costos directos y GMS según corresponda.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F87789E" w14:textId="77777777" w:rsidR="00CD1C20" w:rsidRDefault="00CD1C20" w:rsidP="00377BB2">
+    <w:p w14:paraId="0FE41BFF" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="23BDD0C3" w14:textId="2680A004" w:rsidR="00CD1C20" w:rsidRPr="00CD1C20" w:rsidRDefault="00CD1C20" w:rsidP="00377BB2">
+    <w:p w14:paraId="3D12D0CA" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="00CD1C20" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD1C20">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Para obtener una nota de orientación más detallada, consulte </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00CD1C20">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>el sitio de Reforma del Sistema de Desarrollo de la ONU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00CD1C20">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3188E9C9" w14:textId="77777777" w:rsidR="004943D9" w:rsidRPr="00377BB2" w:rsidRDefault="004943D9" w:rsidP="00377BB2">
+    <w:p w14:paraId="15E0B658" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="00377BB2" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:ind w:left="705" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BC48291" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="00377BB2" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="68C00317" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="00377BB2" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00377BB2">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69B274AE" w14:textId="77777777" w:rsidR="00A825A1" w:rsidRDefault="00A825A1" w:rsidP="00A825A1">
+    <w:p w14:paraId="2943813E" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="00480470" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00480470">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="212121"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Disclaimer: This document was translated from English into Spanish. In the event of any discrepancy between this translation and the original English document, the original English document shall prevail.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E333217" w14:textId="77777777" w:rsidR="00A825A1" w:rsidRDefault="00A825A1" w:rsidP="00A825A1">
+    <w:p w14:paraId="1DC1F2FB" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="00480470" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00480470">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="212121"/>
-        </w:rPr>
-        <w:lastRenderedPageBreak/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D15985D" w14:textId="77777777" w:rsidR="00A825A1" w:rsidRPr="00F834A0" w:rsidRDefault="00A825A1" w:rsidP="00A825A1">
+    <w:p w14:paraId="3BC7ECDE" w14:textId="7A914AFD" w:rsidR="007E2152" w:rsidRPr="00480470" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F834A0">
+      <w:r w:rsidRPr="00480470">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="212121"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Descargo de responsabilidad: esta es una traducción de un documento original en Inglés. </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Descargo de responsabilidad: esta es una traducción de un documento original en </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00480470">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="212121"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Inglés</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00480470">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00480470">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-UY"/>
         </w:rPr>
         <w:t>En caso de discrepancias entre esta traducción y el documento original en inglés, prevalecerá el documento original en inglés.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="133B6C32" w14:textId="77777777" w:rsidR="00A825A1" w:rsidRPr="00A825A1" w:rsidRDefault="00A825A1">
-[...15 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId25"/>
+    <w:sectPr w:rsidR="007E2152" w:rsidRPr="00480470" w:rsidSect="003C66AF">
+      <w:headerReference w:type="default" r:id="rId19"/>
+      <w:footerReference w:type="even" r:id="rId20"/>
+      <w:footerReference w:type="default" r:id="rId21"/>
+      <w:footerReference w:type="first" r:id="rId22"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1483" w:right="1433" w:bottom="1441" w:left="1440" w:header="720" w:footer="721" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7445E67D" w14:textId="77777777" w:rsidR="0092586B" w:rsidRDefault="0092586B">
+    <w:p w14:paraId="516F6B0E" w14:textId="77777777" w:rsidR="00CE6A61" w:rsidRDefault="00CE6A61">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2953D246" w14:textId="77777777" w:rsidR="0092586B" w:rsidRDefault="0092586B">
+    <w:p w14:paraId="2DB6D1C6" w14:textId="77777777" w:rsidR="00CE6A61" w:rsidRDefault="00CE6A61">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Mincho">
-[...5 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-[...14 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="4BC48292" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRDefault="002C2248">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="522EB32D" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRDefault="003C66AF">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="3" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4BC48293" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRDefault="002C2248">
+  <w:p w14:paraId="649CA2B5" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRDefault="003C66AF">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="4BC48295" w14:textId="46D5EA7A" w:rsidR="001C77BC" w:rsidRDefault="001F4C10">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6A116A6C" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRDefault="003C66AF">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Página </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00572870">
+    <w:r>
       <w:rPr>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> de </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00572870">
+    <w:r>
       <w:rPr>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r>
-      <w:t xml:space="preserve">Fecha de entrada en vigor: </w:t>
-[...2 lines deleted...]
-      <w:t>23/11/2022</w:t>
+      <w:t>Fecha de entrada en vigor: 23/11/2022</w:t>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">Versión </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r>
       <w:t>n.°</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r>
-      <w:t xml:space="preserve">: </w:t>
-[...2 lines deleted...]
-      <w:t>11</w:t>
+      <w:t>: 11</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="4BC48296" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRDefault="002C2248">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4D34DB44" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRDefault="003C66AF">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="3" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4BC48297" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRDefault="002C2248">
+  <w:p w14:paraId="7FCCAB99" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRDefault="003C66AF">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5661CCAB" w14:textId="77777777" w:rsidR="0092586B" w:rsidRDefault="0092586B">
+    <w:p w14:paraId="68DD2ADB" w14:textId="77777777" w:rsidR="00CE6A61" w:rsidRDefault="00CE6A61">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="689DCF01" w14:textId="77777777" w:rsidR="0092586B" w:rsidRDefault="0092586B">
+    <w:p w14:paraId="3ADBF8C1" w14:textId="77777777" w:rsidR="00CE6A61" w:rsidRDefault="00CE6A61">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...10 lines deleted...]
-  <w:p w14:paraId="2BB31596" w14:textId="119E88B9" w:rsidR="00084473" w:rsidRDefault="00A13749" w:rsidP="00A13749">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="207B5625" w14:textId="77C90A43" w:rsidR="003C66AF" w:rsidRDefault="00627C82" w:rsidP="00A13749">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="09EFE193" wp14:editId="52AD7900">
-[...2 lines deleted...]
-          <wp:docPr id="288971844" name="Picture 24" descr="Icon&#10;&#10;Description automatically generated"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7DC0610B" wp14:editId="5857DC9B">
+          <wp:extent cx="287366" cy="584200"/>
+          <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+          <wp:docPr id="3" name="Picture 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="288971844" name="Picture 24" descr="Icon&#10;&#10;Description automatically generated"/>
+                  <pic:cNvPr id="0" name="Picture 6"/>
                   <pic:cNvPicPr>
-                    <a:picLocks noChangeAspect="1"/>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
-                <pic:blipFill rotWithShape="1">
+                <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect r="3554" b="17704"/>
-                  <a:stretch/>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="293370" cy="578485"/>
+                    <a:ext cx="303898" cy="617808"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
-                  <a:extLst>
-[...3 lines deleted...]
-                  </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00CE0522"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="347CDE4C"/>
     <w:lvl w:ilvl="0" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -2365,262 +2197,50 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1E5971BD"/>
-[...210 lines deleted...]
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="201F72D9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8536E898"/>
     <w:lvl w:ilvl="0" w:tplc="9D6244A2">
       <w:start w:val="10"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -2788,137 +2408,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="68E6C9F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-[...85 lines deleted...]
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4CC5541E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DCEE2586"/>
     <w:lvl w:ilvl="0" w:tplc="0116FD76">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -3086,51 +2620,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="AFE450D4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70E84D65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AE405354"/>
     <w:lvl w:ilvl="0" w:tplc="584E27FC">
       <w:start w:val="19"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -3299,256 +2833,160 @@
     <w:lvl w:ilvl="8" w:tplc="891437B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="131604508">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="654332433">
+  <w:num w:numId="2" w16cid:durableId="495731020">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="495731020">
-[...5 lines deleted...]
-  <w:num w:numId="5" w16cid:durableId="346450589">
+  <w:num w:numId="3" w16cid:durableId="51120586">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="238253685">
+  <w:num w:numId="4" w16cid:durableId="238253685">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
-  <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="001C77BC"/>
-[...113 lines deleted...]
-    <w:rsid w:val="00FE3F9A"/>
+    <w:rsidRoot w:val="003C66AF"/>
+    <w:rsid w:val="00071902"/>
+    <w:rsid w:val="000B32B4"/>
+    <w:rsid w:val="000D26E4"/>
+    <w:rsid w:val="0014520E"/>
+    <w:rsid w:val="003C66AF"/>
+    <w:rsid w:val="003E19D0"/>
+    <w:rsid w:val="00480470"/>
+    <w:rsid w:val="00522EF7"/>
+    <w:rsid w:val="0057020C"/>
+    <w:rsid w:val="00627C82"/>
+    <w:rsid w:val="007139D2"/>
+    <w:rsid w:val="0074660A"/>
+    <w:rsid w:val="007B44B8"/>
+    <w:rsid w:val="007D460D"/>
+    <w:rsid w:val="007E2152"/>
+    <w:rsid w:val="00823455"/>
+    <w:rsid w:val="00870413"/>
+    <w:rsid w:val="008E0EE5"/>
+    <w:rsid w:val="0095595B"/>
+    <w:rsid w:val="00991BBD"/>
+    <w:rsid w:val="0099436D"/>
+    <w:rsid w:val="00A92788"/>
+    <w:rsid w:val="00B93729"/>
+    <w:rsid w:val="00CE6A61"/>
+    <w:rsid w:val="00D822CD"/>
+    <w:rsid w:val="00DA2F70"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="4BC48240"/>
-  <w15:docId w15:val="{6D3F997D-B517-4258-BDBE-EB51153E2613}"/>
+  <w14:docId w14:val="2F17B95F"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{DF24CB16-D3DB-40DE-A1D9-1A63793307E6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3663,51 +3101,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -3889,1095 +3327,1199 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="003C66AF"/>
     <w:pPr>
       <w:spacing w:after="5" w:line="247" w:lineRule="auto"/>
       <w:ind w:left="730" w:right="6" w:hanging="370"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="333333"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
-    <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="003C66AF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-      <w:ind w:left="10" w:hanging="10"/>
+      <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-      <w:color w:val="333333"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003C66AF"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003C66AF"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003C66AF"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003C66AF"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003C66AF"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003C66AF"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003C66AF"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003C66AF"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
+    <w:rsid w:val="003C66AF"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...2 lines deleted...]
-      <w:sz w:val="22"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
-    <w:name w:val="Hyperlink"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:uiPriority w:val="99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000C0D76"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003C66AF"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003C66AF"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003C66AF"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003C66AF"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003C66AF"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003C66AF"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003C66AF"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003C66AF"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="003C66AF"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="003C66AF"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="003C66AF"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:ind w:left="730" w:hanging="370"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="003C66AF"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="003C66AF"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="003C66AF"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:aliases w:val="Bullets,List Paragraph1,WB Para,List Paragraph (numbered (a)),Lapis Bulleted List,Dot pt,F5 List Paragraph,No Spacing1,List Paragraph Char Char Char,Indicator Text,Numbered Para 1,Bullet 1,List Paragraph12,Bullet Points,MAIN CONTENT,L"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="ListParagraphChar"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="000C0D76"/>
+    <w:rsid w:val="003C66AF"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="003C66AF"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="003C66AF"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="003C66AF"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="003C66AF"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003C66AF"/>
+    <w:rPr>
+      <w:color w:val="467886" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00084473"/>
+    <w:rsid w:val="003C66AF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00084473"/>
+    <w:rsid w:val="003C66AF"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="333333"/>
-    </w:rPr>
-[...51 lines deleted...]
-      <w:u w:val="single"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A825A1"/>
+    <w:rsid w:val="003C66AF"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
-[...70 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
     <w:name w:val="List Paragraph Char"/>
     <w:aliases w:val="Bullets Char,List Paragraph1 Char,WB Para Char,List Paragraph (numbered (a)) Char,Lapis Bulleted List Char,Dot pt Char,F5 List Paragraph Char,No Spacing1 Char,List Paragraph Char Char Char Char,Indicator Text Char,Bullet 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="ListParagraph"/>
     <w:uiPriority w:val="34"/>
     <w:locked/>
-    <w:rsid w:val="004943D9"/>
-[...3 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="003C66AF"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="002124A4"/>
+    <w:rsid w:val="00627C82"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="333333"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00583C4F"/>
+    <w:rsid w:val="000B32B4"/>
     <w:rPr>
-      <w:color w:val="605E5C"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:color w:val="96607D" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...41 lines deleted...]
-  <w:relyOnVML/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/ofrm/Financial%20Resource%20Management%20Policies/Forms/By%20FBP%20Document%20Category.aspx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/unv-guidelines-cost-recovery" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/pb/Partnerships%20Library/Forms/AllItems.aspx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/11671" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/11736" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/planning-and-paying-delivery-enabling-services-projects" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/UNDSreform/SitePages/OverviewRef.aspx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/ofrm/Financial%20Resource%20Management%20Policies/Forms/By%20FBP%20Document%20Category.aspx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/OFM/Shared%20Documents/Forms/AllItems.aspx?CT=1767824807160&amp;OR=OWA%2DNT%2DMail&amp;CID=a21d8058%2D4b9a%2D3ebf%2D07df%2D5596192099d0&amp;FolderCTID=0x01200000BF6763B005D14682430E0814FFD5DE&amp;id=%2Fteams%2FOFM%2FShared%20Documents%2FPDI%20%2D%20Costing%20and%20Cost%20Recovery%20Documents%2FUPL" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/UNDSreform/SitePages/OverviewRef.aspx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/OFM/Shared%20Documents/Forms/AllItems.aspx?CT=1767824807160&amp;OR=OWA%2DNT%2DMail&amp;CID=a21d8058%2D4b9a%2D3ebf%2D07df%2D5596192099d0&amp;FolderCTID=0x01200000BF6763B005D14682430E0814FFD5DE&amp;id=%2Fteams%2FOFM%2FShared%20Documents%2FPDI%20%2D%20Costing%20and%20Cost%20Recovery%20Documents%2FUPL" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/unv-guidelines-cost-recovery" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/11671" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/pb/Partnerships%20Library/Forms/AllItems.aspx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/11736" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/planning-and-paying-delivery-enabling-services-projects" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <TaxCatchAll xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
-[...16 lines deleted...]
-    <UNDP_POPP_BUSINESSPROCESS_HIDDEN xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+    <TaxCatchAll xmlns="c26dc373-2944-4fff-a656-1635ba5514b5" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    </UNDP_POPP_BUSINESSPROCESS_HIDDEN>
-[...24 lines deleted...]
-    <POPPIsArchived xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">false</POPPIsArchived>
+    </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...45 lines deleted...]
-</spe:Receivers>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="UNDP_POPP_DOCUMENTLIB_CONTENTTYPE" ma:contentTypeID="0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39" ma:contentTypeVersion="39" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fdd275df63d45dd4ab3810418e4e53bb">
-[...3 lines deleted...]
-    <xsd:import namespace="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DF4E5EB98AFACA49B955F57620F5DD44" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="16e62f017f053e4187bce02c358b6be9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" xmlns:ns3="c26dc373-2944-4fff-a656-1635ba5514b5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="822fc6e30ad0aba92acdc39408158171" ns2:_="" ns3:_="">
+    <xsd:import namespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <xsd:import namespace="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:UNDP_POPP_TITLE_EN" minOccurs="0"/>
-[...26 lines deleted...]
-                <xsd:element ref="ns3:POPPIsArchived" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_dlc_Exempt" ma:index="30" nillable="true" ma:displayName="Exempt from Policy" ma:hidden="true" ma:internalName="_dlc_Exempt" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f8ebb0a5-c57d-4c3a-bec7-8a38252dd05c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8264c5cc-ec60-4b56-8111-ce635d3d139a" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c26dc373-2944-4fff-a656-1635ba5514b5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="UNDP_POPP_TITLE_EN" ma:index="1" nillable="true" ma:displayName="Title_EN" ma:indexed="true" ma:internalName="UNDP_POPP_TITLE_EN">
-[...6 lines deleted...]
-    <xsd:element name="UNDP_POPP_FOCALPOINT" ma:index="3" nillable="true" ma:displayName="Focal Point" ma:SharePointGroup="0" ma:internalName="UNDP_POPP_FOCALPOINT" ma:showField="ImnName">
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_DOCUMENT_TYPE" ma:index="5" ma:displayName="Document TYPE" ma:default="Template" ma:format="Dropdown" ma:indexed="true" ma:internalName="UNDP_POPP_DOCUMENT_TYPE" ma:readOnly="false">
-[...29 lines deleted...]
-    <xsd:element name="UNDP_POPP_VERSION_COMMENTS" ma:index="9" nillable="true" ma:displayName="Version Comments" ma:internalName="UNDP_POPP_VERSION_COMMENTS">
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_FILEVERSION" ma:index="10" nillable="true" ma:displayName="FileVersionID" ma:decimals="0" ma:internalName="UNDP_POPP_FILEVERSION">
-[...21 lines deleted...]
-    <xsd:element name="TaxCatchAll" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ee792a02-1c68-437d-afee-526d4eee3bde}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+    <xsd:element name="TaxCatchAll" ma:index="24" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{7fb16e66-a0cf-4293-80d1-ecb3df652669}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c26dc373-2944-4fff-a656-1635ba5514b5">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
-    </xsd:element>
-[...100 lines deleted...]
-      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="24" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -5022,200 +4564,119 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB187ED6-8771-4857-A2F3-8162629D96AD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BF09A6A6-CDDC-47D6-A299-57D946D42CAA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6BA8D37D-F2C6-49FB-8F3D-4887803CF0F5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2BBF888D-8C18-42B2-99C6-95F201BE0E48}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="8264c5cc-ec60-4b56-8111-ce635d3d139a"/>
-    <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{760C7751-C439-43F9-B7A2-AE3CBC5120C9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{566224F2-61E8-4556-9F5F-2B6E0467253E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B0DBE539-8397-424D-9A22-2B8D4774A49C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7B7BFF2D-98D0-465A-BFB9-440A9DD9D86E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>2415</Words>
-  <Characters>13767</Characters>
+  <Words>2493</Words>
+  <Characters>14216</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>114</Lines>
-  <Paragraphs>32</Paragraphs>
+  <Lines>118</Lines>
+  <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...20 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16150</CharactersWithSpaces>
+  <CharactersWithSpaces>16676</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Tatiana Rybarova</dc:creator>
+  <dc:creator>Arilda Dragjoshi</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>e9ad26e5-2fc8-4347-836d-fc745bc0a4a3</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>ba186903-319e-4950-b2a2-73048619cfac</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
+    <vt:lpwstr>0x010100DF4E5EB98AFACA49B955F57620F5DD44</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="UNDP_POPP_BUSINESSUNIT">
-[...23 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="eRegFilingCodeMM">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>