--- v1 (2026-01-30)
+++ v2 (2026-03-15)
@@ -10,51 +10,51 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="40758BF4" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:spacing w:after="275" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Lista Universal de Precios (UPL) y Lista Local de Precios (LPL)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7886ED5F" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:numPr>
@@ -86,188 +86,181 @@
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">El PNUD se compromete a brindar servicios administrativos a los organismos y los programas de la ONU a través de su red mundial de oficinas, en línea con las solicitudes de los organismos de la ONU y la capacidad de la oficina del PNUD para responder a estas. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Todos los costos asociados con los servicios para los organismos de la ONU a nivel del país en que se ejecuta un programa deben ser completamente reembolsados por los organismos respectivos de la ONU.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="771EED5C" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:spacing w:after="44" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7884DBF4" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+    <w:p w14:paraId="7884DBF4" w14:textId="1D974DDF" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>A nivel corporativo, los Memorandos de Entendimiento (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>MoU</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">) concluyen con la regulación de los organismos de la ONU del marco global de la relación. Estos acuerdos especifican que el PNUD proveerá servicios con recuperación de gastos y que no se requieren contratos locales o cartas de acuerdo adicionales (si bien un acuerdo de prestación de servicios [SLA por sus siglas en </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>Inglés</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t>)] local puede ser útil para aclarar los niveles y las expectativas de prestación de servicios).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="008A173C" w:rsidRPr="008A173C">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> firmados se cargan en la biblioteca corporativa: </w:t>
+        <w:t xml:space="preserve">Para más detalles sobre la política y el procedimiento institucionales relativos a los servicios prestados a los organismos de las Naciones Unidas, consulte los </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="00013B8F">
+        <w:r w:rsidR="008A173C" w:rsidRPr="008A173C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:b/>
           </w:rPr>
-          <w:t>MoU</w:t>
-[...7 lines deleted...]
-          <w:t xml:space="preserve"> de Asociaciones</w:t>
+          <w:t>Servicios a los organismos de las Naciones Unidas</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidR="008A173C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="008A173C" w:rsidRPr="008A173C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="008A173C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="008A173C" w:rsidRPr="008A173C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BF71176" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:spacing w:after="45" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70658C0B" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Si una oficina del PNUD determina que no puede proporcionar servicios de calidad o en el tiempo requerido, o que carece de la capacidad requerida para esto, puede informar a los organismos de la ONU con anticipación y negarse a prestar los servicios solicitados. Sin embargo, las oficinas del PNUD deben hacer todo lo posible por brindar los servicios solicitados. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02BA7A56" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:spacing w:after="41" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1495BF25" w14:textId="15E1A3A5" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="00480470">
+    <w:p w14:paraId="1495BF25" w14:textId="253441FB" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="00480470">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>Dentro de los parámetros de las políticas y los procedimientos del PNUD, como se expresa en este capítulo de las POPP (Políticas y Procedimientos de Operaciones y Programas), las oficinas del PNUD no deben negarse a prestar servicios a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> las Agencias que utilizan Quantum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> sin la aprobación de la Oficina de Gestión de Recursos Financieros (BMS/</w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> sin la aprobación de la Oficina de Gestión de Recursos Financieros (BMS/OF</w:t>
+      </w:r>
+      <w:r w:rsidR="000246D9">
+        <w:t>R</w:t>
+      </w:r>
+      <w:r>
+        <w:t>M) (</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0563C1"/>
         </w:rPr>
         <w:t>bms.ofm.fbp@undp.org</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FD2A417" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="0099436D" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-5"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0099436D">
@@ -297,127 +290,137 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0099436D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> (UPL) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EEDE24A" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="670F2C36" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+    <w:p w14:paraId="670F2C36" w14:textId="3C11BB8F" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Para asegurar el reembolso de todos los costos asociados, se ha establecido una tarifa basada en transacciones a través de la </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>Lista Universal de Precios</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, que contiene un menú de servicios estandarizados disponibles para los organismos de la ONU de todas las oficinas del PNUD. La UPL es actualizada anualmente por BMS/OFM. Las tarifas de la UPL representan un resumen de la lista estándar de servicios ofrecidos a los organismos asociados y sus costos correspondientes. Las oficinas que deseen brindar comentarios sobre los servicios y las tarifas, o que requieran aclaraciones adicionales, deben comunicarse con el punto focal de BMS/OFM Business </w:t>
+        <w:t>, que contiene un menú de servicios estandarizados disponibles para los organismos de la ONU de todas las oficinas del PNUD. La UPL es actualizada anualmente por BMS/OF</w:t>
+      </w:r>
+      <w:r w:rsidR="000246D9">
+        <w:t>R</w:t>
+      </w:r>
+      <w:r>
+        <w:t>M. Las tarifas de la UPL representan un resumen de la lista estándar de servicios ofrecidos a los organismos asociados y sus costos correspondientes. Las oficinas que deseen brindar comentarios sobre los servicios y las tarifas, o que requieran aclaraciones adicionales, deben comunicarse con el punto focal de BMS/OF</w:t>
+      </w:r>
+      <w:r w:rsidR="000246D9">
+        <w:t>R</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">M Business </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00377BB2">
         <w:rPr>
           <w:lang w:val="es-UY"/>
         </w:rPr>
         <w:t>Partnering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C201312" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05887242" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+    <w:p w14:paraId="05887242" w14:textId="6DA2DA77" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Los inductores de los costos de servicios de la UPL son: (a) salarios del personal; (b) tiempo dedicado por el personal </w:t>
       </w:r>
       <w:r w:rsidRPr="005148F0">
         <w:t xml:space="preserve">en la provisión de servicios transaccionales; y (c) </w:t>
       </w:r>
       <w:r w:rsidRPr="005148F0">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">parte de los gastos generales de funcionamiento, como el espacio de oficinas y el uso de la oficina esencial de equipos y suministros. </w:t>
       </w:r>
       <w:r w:rsidRPr="005148F0">
         <w:t>Las UPL reflejan</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> los últimos costos de salarios </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> disponibles para cada ubicación correspondiente de la oficina del PNUD al momento de su publicación. Además, la asignación de tiempo del personal refleja los costos totales al incluir los derechos de licencia. El cálculo de la UPL se basa en una serie de servicios estándares previstos (actualmente 26). </w:t>
+        <w:t xml:space="preserve"> los últimos costos de salarios pro forma disponibles para cada ubicación correspondiente de la oficina del PNUD al momento de su publicación. Además, la asignación de tiempo del personal refleja los costos totales al incluir </w:t>
+      </w:r>
+      <w:r w:rsidR="000246D9" w:rsidRPr="000246D9">
+        <w:t>las prestaciones del personal</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. El cálculo de la UPL se basa en una serie de servicios estándares previstos. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E9403D9" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:spacing w:after="46" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F648CAC" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Hay cuatro categorías de la UPL disponibles para que las utilicen las oficinas del PNUD según la clasificación de oficinas: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F759173" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
@@ -456,60 +459,66 @@
         <w:t xml:space="preserve">Oficinas de representación  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="095C242B" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">VNU de Alemania </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EE42B9D" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0269EB6A" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+    <w:p w14:paraId="0269EB6A" w14:textId="0F553E96" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">BMS/OFM, en consulta con las direcciones regionales, examina y revisa todos los años la lista de países que experimentan situaciones de desarrollo especiales e incluye los países en crisis u otras circunstancias rigurosas. </w:t>
+        <w:t>BMS/OF</w:t>
+      </w:r>
+      <w:r w:rsidR="000246D9">
+        <w:t>R</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">M, en consulta con las direcciones regionales, examina y revisa todos los años la lista de países que experimentan situaciones de desarrollo especiales e incluye los países en crisis u otras circunstancias rigurosas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3478ED61" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E37765A" w14:textId="56BB2CC8" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Se carga a cada transacción de servicios el costo indicado en la UPL, según la clasificación de países de desarrollo general (los países se designan como de costo Alto, Medio-Alto, Medio-Bajo o Bajo) o desarrollo especial. Consulte </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="003E19D0">
@@ -573,106 +582,118 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="047F099E" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">La UPL está destinada a cubrir los servicios estándares (a diferencia de las situaciones excesivamente complejas o novedosas, que están cubiertas por la LPL como se describe a continuación). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18A09697" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:spacing w:after="46" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63BDEE6D" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+    <w:p w14:paraId="63BDEE6D" w14:textId="544EA79B" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Las desviaciones de las tarifas publicadas en la UPL para los servicios </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>estándares</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> de la UPL están sujetas a la aprobación de BMS/OFM </w:t>
+        <w:t xml:space="preserve"> de la UPL están sujetas a la aprobación de BMS/OF</w:t>
+      </w:r>
+      <w:r w:rsidR="000246D9">
+        <w:t>R</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">M </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0563C1"/>
         </w:rPr>
         <w:t>bms.ofm.fbp@undp.org</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">).  Dada la preferencia de los organismos de la ONU por las tarifas estandarizadas, las desviaciones solo se considerarán de manera excepcional sobre la base de información claramente justificada y articulada que haya sido debatida de antemano con el organismo del UNCT/solicitante. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0870C80F" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:spacing w:after="44" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69B78F9C" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+    <w:p w14:paraId="69B78F9C" w14:textId="6880B81A" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Como parte de su responsabilidad de supervisión, las direcciones regionales son responsables de supervisar la aplicación de las UPL por parte de las oficinas en el país y de evaluar las desviaciones propuestas. Una vez autorizada por la Dirección Regional, la desviación está sujeta a la aprobación de BMS/OFM. </w:t>
+        <w:t>Como parte de su responsabilidad de supervisión, las direcciones regionales son responsables de supervisar la aplicación de las UPL por parte de las oficinas en el país y de evaluar las desviaciones propuestas. Una vez autorizada por la Dirección Regional, la desviación está sujeta a la aprobación de BMS/OF</w:t>
+      </w:r>
+      <w:r w:rsidR="000246D9">
+        <w:t>R</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">M. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="420D3B4C" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10A8B478" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="0099436D" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-5"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="fr-FR"/>
         </w:rPr>
@@ -954,100 +975,112 @@
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Si, debido a su tamaño y/o complejidad, un proceso de adquisición debe presentarse a un Comité Consultivo sobre Adquisiciones (ACP) Regional (o a un ACP ordinario), deberá tratarse como un servicio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">especial sujeto a la recuperación total de gastos a las tasas de mercado vigentes y transparentes. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19BB4914" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1080" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40EF550A" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+    <w:p w14:paraId="40EF550A" w14:textId="2D23B2A2" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t>Si la oficina del PNUD determina que la UPL no cubre la totalidad de los costos para la prestación de servicios estándares, puede establecer también una Lista Local de Precios (LPL) para estos servicios, que deberá negociarse y acordarse localmente entre los organismos participantes con anticipación a la provisión de los servicios. Las desviaciones de las tarifas publicadas en la UPL para los servicios estándares de la UPL son excepcionales y están sujetas a la aprobación previa de BMS/OFM (</w:t>
+        <w:t>Si la oficina del PNUD determina que la UPL no cubre la totalidad de los costos para la prestación de servicios estándares, puede establecer también una Lista Local de Precios (LPL) para estos servicios, que deberá negociarse y acordarse localmente entre los organismos participantes con anticipación a la provisión de los servicios. Las desviaciones de las tarifas publicadas en la UPL para los servicios estándares de la UPL son excepcionales y están sujetas a la aprobación previa de BMS/OF</w:t>
+      </w:r>
+      <w:r w:rsidR="000246D9">
+        <w:t>R</w:t>
+      </w:r>
+      <w:r>
+        <w:t>M (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0563C1"/>
         </w:rPr>
         <w:t>bms.ofm.fbp@undp.org</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="389E3321" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="281C524E" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+    <w:p w14:paraId="281C524E" w14:textId="4D88CDFD" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Cuando los costos no puedan recuperarse totalmente para los servicios no estándares, la oficina del PNUD puede negarse a prestar los servicios. Dentro de los parámetros de las políticas y los procedimientos del PNUD, como se expresa en este capítulo de las POPP, las oficinas del PNUD no deben negarse a prestar servicios a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>las Agencias que utilizan Quantum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> sin la aprobación de BMS/OFM (</w:t>
+        <w:t xml:space="preserve"> sin la aprobación de BMS/OF</w:t>
+      </w:r>
+      <w:r w:rsidR="000246D9">
+        <w:t>R</w:t>
+      </w:r>
+      <w:r>
+        <w:t>M (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0563C1"/>
         </w:rPr>
         <w:t>bms.ofm.fbp@undp.org</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">).  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="618E4197" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:spacing w:after="43" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29773418" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
@@ -1124,349 +1157,391 @@
         </w:rPr>
         <w:t>Costos</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00C74DD7">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Directos del Proyecto</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00377BB2">
         <w:t xml:space="preserve">(DPC, Direct Project </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00377BB2">
         <w:t>Costs</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00377BB2">
-        <w:t xml:space="preserve">, por sus siglas en </w:t>
-[...3 lines deleted...]
-        <w:t>inglés)</w:t>
+        <w:t>, por sus siglas en inglés)</w:t>
       </w:r>
       <w:r w:rsidRPr="00C74DD7" w:rsidDel="00C74DD7">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>incluyen</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> los costos de las actividades de ejecución y apoyo a la ejecución de programas incurridos por el PNUD para apoyar la ejecución de los proyectos. El cálculo de los precios de los insumos para los proyectos y los programas del PNUD debe basarse en los costos reales para servicios claramente identificables. Hay tres opciones principales para ejecutar los DPC: </w:t>
+        <w:t xml:space="preserve">incluyen los costos de las actividades de ejecución y apoyo a la ejecución de programas incurridos por el PNUD para apoyar la ejecución de los proyectos. El cálculo de los precios de los insumos para los proyectos y los programas del PNUD debe basarse en los costos reales para servicios claramente identificables. Hay tres opciones principales para ejecutar los DPC: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D164852" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="396"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Aplicación de los resultados del estudio del volumen de trabajo de la oficina en el país, combinados con múltiples líneas de financiación para los puestos </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AE15632" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="36"/>
         <w:ind w:right="0" w:hanging="396"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Aplicación de las Listas Universales de Pecios (UPL) o una Lista Local de Precios (LPL) para la recuperación de costos transaccionales </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71B47EEC" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="396"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Creación y gestión de un proyecto de DPC independiente. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34761DDE" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3264AA7C" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+    <w:p w14:paraId="3264AA7C" w14:textId="62BE2D38" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">La opción de UPL/LPL puede ser recomendable para el personal de apoyo a las operaciones que presta servicios para una gama completa de proyectos de las oficinas en el país (a diferencia del personal de los programas que, por lo general, brinda apoyo para una cartera más estrecha de proyectos limitados). Las tarifas de estos servicios ya no se acreditan como ingresos extrapresupuestarios. Véase </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00583C4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>P</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>lanificación y pago de la prestación de servicios de apoyo a proyectos</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve"> y </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00473693">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00473693" w:rsidRPr="00473693">
+        <w:t>en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="00473693">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">y </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00013B8F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>U</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>tilización</w:t>
         </w:r>
         <w:r w:rsidRPr="00013B8F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> de la Lista Universal de Precios (UPL) o de una Lista Local de Precios (LPL) para la Atribución de los Costos Directos del Proyecto.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AED32E8" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58C6E2A5" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+    <w:p w14:paraId="4635FCA2" w14:textId="20299F21" w:rsidR="008A173C" w:rsidRDefault="003C66AF" w:rsidP="008A173C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:right="0" w:hanging="360"/>
+        <w:spacing w:after="31" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Los </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="008A173C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Servicios Comunes/Compartidos </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">se relacionan en su mayoría con instalaciones comunes y servicios relacionados acordados en forma local entre organismos residentes de la ONU. El costo de los servicios comunes/compartidos se divide de manera proporcional entre los organismos participantes. Según los acuerdos con los organismos residentes de la ONU, las oficinas en el país del PNUD pueden brindar cualquier servicio como servicio común o compartido si las condiciones locales de servicio son adecuadas. Debe destacarse en este contexto que el enfoque de servicios comunes/compartidos es el enfoque preferido para la provisión efectiva de servicios locales en el </w:t>
+        <w:t xml:space="preserve">se relacionan en su mayoría con instalaciones comunes y servicios relacionados acordados en forma local entre organismos residentes de la ONU. El costo de los servicios comunes/compartidos se divide de manera proporcional entre los organismos participantes. Según los acuerdos con los organismos residentes de la ONU, las oficinas en el país del PNUD pueden brindar cualquier servicio como servicio común o compartido si las condiciones locales de servicio son adecuadas. Debe destacarse en este </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">sistema de la ONU. (Consulte la </w:t>
+        <w:t xml:space="preserve">contexto que el enfoque de servicios comunes/compartidos es el enfoque preferido para la provisión efectiva de servicios locales en el sistema de la ONU. (Consulte la </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="000B3A52">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>POPP sobre Recuperación de Costos de Organismos a Nivel de la Oficina en el País</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve"> y las Pautas para Servicios Comunes y Compartidos). Sin embargo, cuando no haya un acuerdo local con los organismos residentes de la ONU, la UPL es el mecanismo predeterminado para imponer los cargos para todos los servicios estandarizados. Todos los costos asociados con la gestión de los Servicios Comunes/Compartidos deben reembolsarse completamente a través de la UPL o la LPL. </w:t>
-[...5 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:firstLine="0"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00473693">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00473693" w:rsidRPr="00473693">
+        <w:t>en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="00473693">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:t>y las Pautas para Servicios Comunes y Compartidos). Sin embargo, cuando no haya un acuerdo local con los organismos residentes de la ONU, la UPL es el mecanismo predeterminado para imponer los cargos para todos los servicios estandarizados. Todos los costos asociados con la gestión de los Servicios Comunes/Compartidos deben reembolsarse completamente a través de la UPL o la LPL.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77CA8B61" w14:textId="77777777" w:rsidR="008A173C" w:rsidRDefault="008A173C" w:rsidP="008A173C">
+      <w:pPr>
+        <w:spacing w:after="31" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="705" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="3325FD82" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+    </w:p>
+    <w:p w14:paraId="3325FD82" w14:textId="5306C810" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="008A173C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="31"/>
-[...5 lines deleted...]
-      <w:r>
+        <w:spacing w:after="31" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Para resumir los párrafos anteriores, se requiere la autorización específica de BMS/OF</w:t>
+      </w:r>
+      <w:r w:rsidR="000246D9">
+        <w:t>R</w:t>
+      </w:r>
+      <w:r>
+        <w:t>M (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A173C">
         <w:rPr>
           <w:color w:val="0563C1"/>
         </w:rPr>
         <w:t>bms.ofm.fbp@undp.org</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">) en las siguientes circunstancias: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="537B43FC" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
-      <w:pPr>
+    <w:p w14:paraId="537B43FC" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="008A173C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:ind w:right="0" w:hanging="396"/>
+        <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Las oficinas del PNUD no deben negarse a prestar servicios a </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="008A173C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>las Agencias que utilizan Quantum</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> sin la aprobación de la OGRF de la DG.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AEBF9A2" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
-      <w:pPr>
+    <w:p w14:paraId="3AEBF9A2" w14:textId="57099209" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="008A173C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:ind w:right="0" w:hanging="396"/>
+        <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Las desviaciones de las tarifas publicadas en la UPL para los servicios </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="008A173C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>estándares</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> de la UPL están sujetas a la aprobación de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>lBMS</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve">/OFM </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>/OF</w:t>
+      </w:r>
+      <w:r w:rsidR="000246D9">
+        <w:t>R</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">M </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A173C">
         <w:rPr>
           <w:color w:val="0563C1"/>
         </w:rPr>
         <w:t>(bms.ofm.fbp@undp.org</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09D48296" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="001F4C10" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1080" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38A279F4" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+    <w:p w14:paraId="38A279F4" w14:textId="41DF8235" w:rsidR="003C66AF" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">La recuperación de costos de las oficinas del PNUD para los servicios prestados a VNU se cubren en la </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="000B3A52">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>nota orientativa</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve"> adjunta. </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00473693">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00473693" w:rsidRPr="00473693">
+        <w:t>en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="00473693">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">adjunta. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C2D47BA" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:ind w:left="705" w:right="0" w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00258C5B" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00CD1C20">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>La Nota de Asesoría de 2016 para los Fondos de Costo Compartido de UNDG para el Sistema de RC que rige los acuerdos administrativos para las RCO en todo el mundo, a partir del 1 de enero de 2019, ha sido revocada y ya no es aplicable. Todas las posiciones y procesos financiados para las RCO de fuentes distintas al SPTF estarán sujetas a las políticas normales de recuperación de costos del PNUD. Por consiguiente, se debe hacer una provisión presupuestaria dentro de los respectivos presupuestos RCO no SPTF para costos directos, indirectos y operativos, por ejemplo, espacio de oficina, equipo, recuperación de costos (GMS) y UPL / LPL según corresponda.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
@@ -1526,341 +1601,349 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A4622">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>El fondo de coordinación en la Actividad 7 (fondo 13825): los costos directos del PNUD asociados con el apoyo a las actividades del Fondo de coordinación se recuperarán completamente utilizando el UPL / LPL;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="037F91B8" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="008A4622" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5005F711" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+    <w:p w14:paraId="15E0B658" w14:textId="44EBFA58" w:rsidR="003C66AF" w:rsidRDefault="003C66AF" w:rsidP="008A173C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A4622">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Cualquier otro servicio solicitado por el RC que no forme parte de las soluciones llave en mano se debe recuperar en una base de "Pago por uso", incurriendo en UPL / LPL, costos directos y GMS según corresponda.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FE41BFF" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+    <w:p w14:paraId="2E93860F" w14:textId="77777777" w:rsidR="008A173C" w:rsidRPr="008A173C" w:rsidRDefault="008A173C" w:rsidP="008A173C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BEFEE3E" w14:textId="77777777" w:rsidR="008A173C" w:rsidRPr="008A173C" w:rsidRDefault="008A173C" w:rsidP="008A173C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D12D0CA" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="00CD1C20" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
-[...38 lines deleted...]
-    <w:p w14:paraId="68C00317" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="00377BB2" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+    <w:p w14:paraId="68C00317" w14:textId="311D9F74" w:rsidR="003C66AF" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00377BB2">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2943813E" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="00480470" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+    <w:p w14:paraId="587AF3D0" w14:textId="77777777" w:rsidR="00473693" w:rsidRPr="00377BB2" w:rsidRDefault="00473693" w:rsidP="003C66AF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="354620F2" w14:textId="77777777" w:rsidR="00473693" w:rsidRPr="006F1ABC" w:rsidRDefault="00473693" w:rsidP="00AB40CE">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="201F1E"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F1ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Descargo de responsabilidad:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F1ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="212121"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w14:paraId="1DC1F2FB" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRPr="00480470" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> esta es una traducción de un documento original en inglés. En caso de discrepancias entre esta traducción y el documento original en inglés, prevalecerá el documento original en inglés.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E6AC1A6" w14:textId="77777777" w:rsidR="00473693" w:rsidRPr="006F1ABC" w:rsidRDefault="00473693" w:rsidP="00AB40CE">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:hAnsi="inherit" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...13 lines deleted...]
-    <w:p w14:paraId="3BC7ECDE" w14:textId="7A914AFD" w:rsidR="007E2152" w:rsidRPr="00480470" w:rsidRDefault="003C66AF" w:rsidP="003C66AF">
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4093E00F" w14:textId="77777777" w:rsidR="00473693" w:rsidRPr="006F1ABC" w:rsidRDefault="00473693" w:rsidP="00AB40CE">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="201F1E"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F1ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Disclaimer:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F1ABC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> This document was translated from English into Spanish. In the event of any discrepancy between this translation and the original English document, the original English document shall prevail.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BC7ECDE" w14:textId="684EE222" w:rsidR="007E2152" w:rsidRPr="00480470" w:rsidRDefault="007E2152" w:rsidP="00473693">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00480470">
-[...53 lines deleted...]
-      </w:r>
     </w:p>
     <w:sectPr w:rsidR="007E2152" w:rsidRPr="00480470" w:rsidSect="003C66AF">
-      <w:headerReference w:type="default" r:id="rId19"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId22"/>
+      <w:headerReference w:type="default" r:id="rId18"/>
+      <w:footerReference w:type="even" r:id="rId19"/>
+      <w:footerReference w:type="default" r:id="rId20"/>
+      <w:footerReference w:type="first" r:id="rId21"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1483" w:right="1433" w:bottom="1441" w:left="1440" w:header="720" w:footer="721" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="516F6B0E" w14:textId="77777777" w:rsidR="00CE6A61" w:rsidRDefault="00CE6A61">
+    <w:p w14:paraId="63AF7D2D" w14:textId="77777777" w:rsidR="00050895" w:rsidRDefault="00050895">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2DB6D1C6" w14:textId="77777777" w:rsidR="00CE6A61" w:rsidRDefault="00CE6A61">
+    <w:p w14:paraId="72B46A82" w14:textId="77777777" w:rsidR="00050895" w:rsidRDefault="00050895">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
+    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Aptos Display">
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="inherit">
+    <w:altName w:val="Cambria"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="522EB32D" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRDefault="003C66AF">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="3" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
@@ -1868,52 +1951,52 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="649CA2B5" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRDefault="003C66AF">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6A116A6C" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRDefault="003C66AF">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="6A116A6C" w14:textId="1DFB8F05" w:rsidR="003C66AF" w:rsidRDefault="003C66AF">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Página </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
@@ -1947,72 +2030,88 @@
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r>
-      <w:t>Fecha de entrada en vigor: 23/11/2022</w:t>
+      <w:t xml:space="preserve">Fecha de entrada en vigor: </w:t>
+    </w:r>
+    <w:r w:rsidR="000246D9">
+      <w:t>02</w:t>
+    </w:r>
+    <w:r>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="000246D9">
+      <w:t>02</w:t>
+    </w:r>
+    <w:r>
+      <w:t>/202</w:t>
+    </w:r>
+    <w:r w:rsidR="000246D9">
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">Versión </w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidR="000246D9">
+      <w:t>#:</w:t>
+    </w:r>
     <w:r>
-      <w:t>n.°</w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-      <w:t>: 11</w:t>
+    <w:r w:rsidR="000246D9">
+      <w:t>2</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="4D34DB44" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRDefault="003C66AF">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="3" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
@@ -2020,76 +2119,76 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7FCCAB99" w14:textId="77777777" w:rsidR="003C66AF" w:rsidRDefault="003C66AF">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="68DD2ADB" w14:textId="77777777" w:rsidR="00CE6A61" w:rsidRDefault="00CE6A61">
+    <w:p w14:paraId="7E4E9095" w14:textId="77777777" w:rsidR="00050895" w:rsidRDefault="00050895">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3ADBF8C1" w14:textId="77777777" w:rsidR="00CE6A61" w:rsidRDefault="00CE6A61">
+    <w:p w14:paraId="520C7F1D" w14:textId="77777777" w:rsidR="00050895" w:rsidRDefault="00050895">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="207B5625" w14:textId="77C90A43" w:rsidR="003C66AF" w:rsidRDefault="00627C82" w:rsidP="00A13749">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7DC0610B" wp14:editId="5857DC9B">
           <wp:extent cx="287366" cy="584200"/>
           <wp:effectExtent l="0" t="0" r="0" b="6350"/>
           <wp:docPr id="3" name="Picture 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 6"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
@@ -2109,51 +2208,51 @@
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="303898" cy="617808"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00CE0522"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="347CDE4C"/>
     <w:lvl w:ilvl="0" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -2409,50 +2508,163 @@
     <w:lvl w:ilvl="8" w:tplc="68E6C9F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="36713DEE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="03F05784"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4CC5541E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DCEE2586"/>
     <w:lvl w:ilvl="0" w:tplc="0116FD76">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -2620,51 +2832,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="AFE450D4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70E84D65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AE405354"/>
     <w:lvl w:ilvl="0" w:tplc="584E27FC">
       <w:start w:val="19"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -2832,147 +3044,160 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="891437B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="131604508">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="495731020">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="51120586">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="238253685">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003C66AF"/>
+    <w:rsid w:val="000246D9"/>
+    <w:rsid w:val="00050895"/>
     <w:rsid w:val="00071902"/>
     <w:rsid w:val="000B32B4"/>
+    <w:rsid w:val="000C739D"/>
     <w:rsid w:val="000D26E4"/>
     <w:rsid w:val="0014520E"/>
     <w:rsid w:val="003C66AF"/>
     <w:rsid w:val="003E19D0"/>
+    <w:rsid w:val="00473693"/>
     <w:rsid w:val="00480470"/>
+    <w:rsid w:val="004918A9"/>
     <w:rsid w:val="00522EF7"/>
     <w:rsid w:val="0057020C"/>
     <w:rsid w:val="00627C82"/>
     <w:rsid w:val="007139D2"/>
     <w:rsid w:val="0074660A"/>
     <w:rsid w:val="007B44B8"/>
     <w:rsid w:val="007D460D"/>
     <w:rsid w:val="007E2152"/>
     <w:rsid w:val="00823455"/>
     <w:rsid w:val="00870413"/>
+    <w:rsid w:val="008A173C"/>
     <w:rsid w:val="008E0EE5"/>
+    <w:rsid w:val="008F1854"/>
     <w:rsid w:val="0095595B"/>
     <w:rsid w:val="00991BBD"/>
     <w:rsid w:val="0099436D"/>
     <w:rsid w:val="00A92788"/>
+    <w:rsid w:val="00AB40CE"/>
     <w:rsid w:val="00B93729"/>
+    <w:rsid w:val="00C242A9"/>
     <w:rsid w:val="00CE6A61"/>
+    <w:rsid w:val="00D770D8"/>
     <w:rsid w:val="00D822CD"/>
     <w:rsid w:val="00DA2F70"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2F17B95F"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{DF24CB16-D3DB-40DE-A1D9-1A63793307E6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3962,62 +4187,74 @@
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="333333"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000B32B4"/>
     <w:rPr>
       <w:color w:val="96607D" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008A173C"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/OFM/Shared%20Documents/Forms/AllItems.aspx?CT=1767824807160&amp;OR=OWA%2DNT%2DMail&amp;CID=a21d8058%2D4b9a%2D3ebf%2D07df%2D5596192099d0&amp;FolderCTID=0x01200000BF6763B005D14682430E0814FFD5DE&amp;id=%2Fteams%2FOFM%2FShared%20Documents%2FPDI%20%2D%20Costing%20and%20Cost%20Recovery%20Documents%2FUPL" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/UNDSreform/SitePages/OverviewRef.aspx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/OFM/Shared%20Documents/Forms/AllItems.aspx?CT=1767824807160&amp;OR=OWA%2DNT%2DMail&amp;CID=a21d8058%2D4b9a%2D3ebf%2D07df%2D5596192099d0&amp;FolderCTID=0x01200000BF6763B005D14682430E0814FFD5DE&amp;id=%2Fteams%2FOFM%2FShared%20Documents%2FPDI%20%2D%20Costing%20and%20Cost%20Recovery%20Documents%2FUPL" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/unv-guidelines-cost-recovery" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/11671" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/pb/Partnerships%20Library/Forms/AllItems.aspx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/11736" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/planning-and-paying-delivery-enabling-services-projects" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/OFM/Shared%20Documents/Forms/AllItems.aspx?CT=1767824807160&amp;OR=OWA%2DNT%2DMail&amp;CID=a21d8058%2D4b9a%2D3ebf%2D07df%2D5596192099d0&amp;FolderCTID=0x01200000BF6763B005D14682430E0814FFD5DE&amp;id=%2Fteams%2FOFM%2FShared%20Documents%2FPDI%20%2D%20Costing%20and%20Cost%20Recovery%20Documents%2FUPL" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/OFM/Shared%20Documents/Forms/AllItems.aspx?CT=1767824807160&amp;OR=OWA%2DNT%2DMail&amp;CID=a21d8058%2D4b9a%2D3ebf%2D07df%2D5596192099d0&amp;FolderCTID=0x01200000BF6763B005D14682430E0814FFD5DE&amp;id=%2Fteams%2FOFM%2FShared%20Documents%2FPDI%20%2D%20Costing%20and%20Cost%20Recovery%20Documents%2FUPL" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/unv-guidelines-cost-recovery" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/policy-page/un-agency-services" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/policy-page/un-agency-services" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/11736" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/planning-and-paying-delivery-enabling-services-projects" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
@@ -4615,60 +4852,75 @@
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7B7BFF2D-98D0-465A-BFB9-440A9DD9D86E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
     <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>2493</Words>
-  <Characters>14216</Characters>
+  <Words>2462</Words>
+  <Characters>14040</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>118</Lines>
-  <Paragraphs>33</Paragraphs>
+  <Lines>117</Lines>
+  <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16676</CharactersWithSpaces>
+  <CharactersWithSpaces>16470</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Arilda Dragjoshi</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>e9ad26e5-2fc8-4347-836d-fc745bc0a4a3</vt:lpwstr>
   </property>