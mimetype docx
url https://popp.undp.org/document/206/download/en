--- v0 (2025-10-19)
+++ v1 (2026-01-29)
@@ -1,3389 +1,2430 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4BC48240" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="52D1ECD8" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:spacing w:after="275" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Universal Price List (UPL) and Local Price List (LPL)</w:t>
       </w:r>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48241" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="5A77FCEC" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The Executive Board has emphasized in Decision 2012/27, the principle of full cost recovery as stipulated in General Assembly resolution 62/208 and in Decision 2013/9, the need to implement General Assembly resolution 67/226 on the quadrennial comprehensive policy review of operational activities for development of the United Nations system, in particular chapter II, section D, on ensuring full cost recovery. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48242" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="482EDD80" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:spacing w:after="19" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48243" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="48F44354" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">UNDP is committed to providing administrative services to UN agencies and programmes through its global office network, in line with UN agency requests and the UNDP office’s ability to respond to them. </w:t>
       </w:r>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> All costs associated with services to UN agencies at the programme country level are to be fully reimbursed</w:t>
       </w:r>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>by the respective UN agencies</w:t>
       </w:r>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48244" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="5DC7C076" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:spacing w:after="44" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48245" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="532F4BA1" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>At the corporate level, Memoranda of Understanding (MoU) are concluded with UN Agencies regulating the overall framework of the relationship. These agreements specify that UNDP will provide services on a cost recovery basis and that no additional local contracts or letters of agreements are required (although, a local service level agreement (SLA) may be useful in clarifying service provision levels and expectations).</w:t>
       </w:r>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001F4C10">
-[...6 lines deleted...]
-        <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A corporate process for review of these </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>MoUs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has been established through the Partnership Review Group (BERA/Partnerships). Signed </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>MoUs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are uploaded to the corporate library:</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10">
+        <w:r w:rsidRPr="00ED6B3F">
           <w:rPr>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId13">
-        <w:r w:rsidRPr="001F4C10">
+      <w:hyperlink r:id="rId11">
+        <w:r w:rsidRPr="00ED6B3F">
           <w:rPr>
             <w:b/>
             <w:color w:val="0072BC"/>
             <w:u w:val="single"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>Partnership MoUs</w:t>
+          <w:t xml:space="preserve">Partnership </w:t>
         </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00ED6B3F">
+          <w:rPr>
+            <w:b/>
+            <w:color w:val="0072BC"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>MoUs</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
-      <w:hyperlink r:id="rId14">
-        <w:r w:rsidRPr="001F4C10">
+      <w:hyperlink r:id="rId12">
+        <w:r w:rsidRPr="00ED6B3F">
           <w:rPr>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48246" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="58753462" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:spacing w:after="45" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48247" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="236765BA" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">If a UNDP office assesses that it cannot provide quality or timely services, or lacks the requisite capacity for such, it can inform the UN agencies in advance and decline to provide the requested services. However, UNDP offices should make every effort to provide requested services. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48248" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="50B6470B" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:spacing w:after="41" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48249" w14:textId="7D658B5B" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="55E7A429">
+    <w:p w14:paraId="7BD04CDB" w14:textId="080341DB" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="3450AD03">
-[...17 lines deleted...]
-      <w:r w:rsidR="785B0F30" w:rsidRPr="3450AD03">
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Within the parameters of UNDP’s policies and procedures, as articulated in this POPP chapter, UNDP offices should not decline to provide services to Quantum </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>agencies</w:t>
       </w:r>
-      <w:r w:rsidRPr="3450AD03">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="3450AD03">
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> without BMS/OFM approval (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:color w:val="0563C1"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>bms.ofm.fbp@undp.org</w:t>
       </w:r>
-      <w:r w:rsidRPr="3450AD03">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC4824A" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="012161ED" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48255" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="78B67804" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-5"/>
         <w:rPr>
-          <w:lang w:val="en-GB"/>
-[...16 lines deleted...]
-    <w:p w14:paraId="4BC48256" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Universal Price List (UPL) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B273721" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48257" w14:textId="3CF2FBEE" w:rsidR="001C77BC" w:rsidRPr="003C6DE9" w:rsidRDefault="002C2248" w:rsidP="00E778EF">
+    <w:p w14:paraId="7A7AADCC" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EE43A2">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">To ensure reimbursement of all associated costs, a transaction-based fee has been established through the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE43A2">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Universal Price List</w:t>
       </w:r>
-      <w:r w:rsidRPr="00133A93">
-[...36 lines deleted...]
-    <w:p w14:paraId="4BC48258" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, which contains a menu of standardized services available to UN entities from all UNDP’s Offices. The UPL is updated by BMS/OFM on an annual basis. The UPL rates represent a summary of the standard list of services offered to partner agencies and their corresponding costs. Offices wishing to provide feedback on services and fees, or requiring further clarifications, should contact their BMS/OFM Financial Business Partnering focal point. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F6A6FE2" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48259" w14:textId="10C9736B" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00E778EF">
+    <w:p w14:paraId="415305D9" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
-[...29 lines deleted...]
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The UPL service cost drivers are: (a) staff salaries; (b) time spent by personnel in providing transactional services, and (c) share of general operating expenses such as office space and use of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">allocation reflects full costs by including leave entitlements. The UPL calculation is based on a number of prescribed standard services (currently 26). </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4BC4825A" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+        <w:t xml:space="preserve">essential office of equipment and supplies. UPLs reflect the last available pro-forma salary costs for each applicable UNDP office location at the time of their publication. In addition, the staff time allocation reflects full costs by including leave entitlements. The UPL calculation is based on </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>a number of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prescribed standard services (currently 26). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29141A05" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:spacing w:after="46" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC4825B" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00E778EF">
+    <w:p w14:paraId="0336F089" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">There are four UPL categories available for use by UNDP offices based on the office classification: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC4825C" w14:textId="655B864F" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00E778EF">
+    <w:p w14:paraId="6DB66C84" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
-[...18 lines deleted...]
-    <w:p w14:paraId="4BC4825D" w14:textId="2F79294C" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00E778EF">
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">General Development Situation country offices  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A6DFF5E" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
-[...18 lines deleted...]
-    <w:p w14:paraId="661DD32C" w14:textId="3AAC8441" w:rsidR="00E4753C" w:rsidRDefault="00E4753C" w:rsidP="00E778EF">
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Special Development Situation country offices  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38EA637C" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-    <w:p w14:paraId="4BC4825E" w14:textId="51D4F05A" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="00E4753C" w:rsidP="00E778EF">
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Representation offices  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12F75794" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-    <w:p w14:paraId="4BC4825F" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UNV Germany </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35E77FD7" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48260" w14:textId="50B7B0E7" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00E778EF">
+    <w:p w14:paraId="0D2021FE" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
-[...18 lines deleted...]
-    <w:p w14:paraId="4BC48261" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The list of Special Development Situation countries is reviewed and revised annually by BMS/OFM in consultation with Regional Bureaus and includes countries in crisis or other strenuous circumstances. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24C4BA4F" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48262" w14:textId="320A66C9" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00E778EF">
+    <w:p w14:paraId="2A2C228C" w14:textId="0AF30FB2" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
-[...12 lines deleted...]
-        <w:r w:rsidR="000C0D76" w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Each service transaction is charged the cost indicated in the UPL, based on the country classification of General Development (countries are designated as High, Mid-High, Mid-Low or Low Cost) or Special Development. See </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="00033C90">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="0070C0"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>BMS/OFM/FBP UPL</w:t>
+          <w:t>Office of Financial Resources Management - UPL</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="000C0D76" w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000C0D76" w:rsidRPr="001F4C10">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>for a detailed description of services included in the UPL, instructions for their use and UNDP office classifications.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:color w:val="0072BC"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48263" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="7A361106" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:spacing w:after="42" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48264" w14:textId="69F55D01" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00E778EF">
+    <w:p w14:paraId="07380DEB" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
-[...24 lines deleted...]
-    <w:p w14:paraId="4BC48265" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Although specifically designed to price specified standard services to UN agencies, the UPL may be used for cost reimbursement of any </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>transaction based</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> services (see paragraphs 21-23 below). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C7A91DE" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48266" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00E778EF">
+    <w:p w14:paraId="553AAC8B" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The UPL is intended to cover standard services (as opposed to overly complex or novel scenarios which are covered under LPL as described below). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48267" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="46FA217E" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:spacing w:after="46" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48268" w14:textId="0EF97A55" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00E778EF">
+    <w:p w14:paraId="04E3C62E" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Deviations from published UPL rates for </w:t>
       </w:r>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>standard</w:t>
       </w:r>
-      <w:r w:rsidRPr="001F4C10">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> UPL services are subject to BMS/OFM approval </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:color w:val="0563C1"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>bms.ofm.fbp@undp.org</w:t>
       </w:r>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">).  Given UN Agencies preference for standardized rates, deviations will only be exceptionally considered based on clearly justifiable and articulated information that has been discussed in advance with the UNCT/requesting agency. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48269" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="3136794D" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:spacing w:after="44" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC4826A" w14:textId="13D6CE59" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00E778EF">
+    <w:p w14:paraId="3136335E" w14:textId="3E6AA13E" w:rsidR="00ED6B3F" w:rsidRPr="00B43A4D" w:rsidRDefault="00ED6B3F" w:rsidP="008D46E0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
-[...34 lines deleted...]
-    <w:p w14:paraId="4BC4826C" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">As part of their oversight responsibility, Regional Bureaus are responsible for overseeing the application of UPLs by country offices and assessing any proposed deviations. Once cleared by the Regional Bureau, the deviation is subject to BMS/OFM approval. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="075D77AA" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-5"/>
         <w:rPr>
-          <w:lang w:val="en-GB"/>
-[...16 lines deleted...]
-    <w:p w14:paraId="4BC4826D" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Local Price List (LPL) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27C4786B" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:spacing w:after="18" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC4826E" w14:textId="7568FE29" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="55E7A429" w:rsidP="00637C5C">
+    <w:p w14:paraId="374C7B89" w14:textId="3E23DDB6" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="3450AD03">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="3450AD03">
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In addition to the standard services contained within the UPL, UNDP is often requested to provide additional services that are not standardized across different country offices or included in the UPL. As in the past the provision of ad hoc or non-standard services should be agreed upon locally, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">subject to capacity and pricing considerations in-country prior to the provision of services. To recover the full costs of these services, the UNDP Office can establish a Local Price List (LPL) for recurrent services, to be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>negotiated and agreed to locally by participating Agencies in advance of the service provision</w:t>
       </w:r>
-      <w:r w:rsidRPr="3450AD03">
-[...19 lines deleted...]
-        <w:r w:rsidR="4ACBB4F6" w:rsidRPr="3450AD03">
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. A separate tool is available to facilitate local price formulation, the negotiation of which is the responsibility of the concerned UNDP office with the requesting agencies/UNCT (See </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14">
+        <w:r w:rsidR="00033C90">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="0070C0"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>BMS/OFM/FBP UPL</w:t>
+          <w:t>Office of Financial Resources Management - UPL</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId17">
-        <w:r w:rsidRPr="3450AD03">
+      <w:hyperlink r:id="rId15">
+        <w:r w:rsidRPr="00ED6B3F">
           <w:rPr>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="3450AD03">
-[...18 lines deleted...]
-    <w:p w14:paraId="4BC4826F" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The cost drivers, as indicated under UPL above, should be reflected in the LPLs. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C2C085F" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48270" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00637C5C">
+    <w:p w14:paraId="1049D093" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="36"/>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Recovery of support service costs based on pre-determined percentages may be warranted under certain circumstances. Although these cases should be rare, this treatment may be justified provided the UNDP office has:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AB116C4" w14:textId="77777777" w:rsidR="000C0D76" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="7AD34362" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="396"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
-[...6 lines deleted...]
-    <w:p w14:paraId="4BC48271" w14:textId="36C32C54" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">calculated and documented its determination of the % based </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>charge;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15CCF858" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="396"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">reviewed its appropriateness periodically; and </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48272" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="7360179D" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="396"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">consulted in advance with partners on the approach. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48273" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="4876E576" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48274" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00637C5C">
+    <w:p w14:paraId="144DAA6D" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="35"/>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The following services are deemed non-standard: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48275" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="028FC0D0" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="396"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The UPL does not cover specialized or locally provided ad-hoc services.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48276" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="5FE49B4A" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="396"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The UPL does not cover local security-related services that may be necessary in certain countries without banking facilities. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48277" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="60265AC6" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1080" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48278" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00637C5C">
+    <w:p w14:paraId="3A753632" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="38"/>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Both ad-hoc and local security services, and their estimated costs, should be covered through locally negotiated agreements between UNDP offices and concerned UN agencies.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="456A15F6" w14:textId="77777777" w:rsidR="003C6DE9" w:rsidRDefault="003C6DE9" w:rsidP="00E778EF">
+    <w:p w14:paraId="3DACF4F4" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:spacing w:after="36"/>
         <w:ind w:left="360" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BC48279" w14:textId="5767D9F6" w:rsidR="001C77BC" w:rsidRPr="003C6DE9" w:rsidRDefault="002C2248" w:rsidP="00637C5C">
+    <w:p w14:paraId="2F3E17D9" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="36"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C6DE9">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Requests for services under the following exceptional circumstances are subject to a 25% surcharge (50% surcharge effective January 1, 2016) on top of the standard cost/price: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC4827A" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00E778EF">
+    <w:p w14:paraId="7C25A630" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="396"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Urgent requests requiring a turnaround of less than 3 business days. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC4827B" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00E778EF">
+    <w:p w14:paraId="4B656EC8" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="396"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Requests for services before/after normal working hours. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC4827C" w14:textId="0A0FE46E" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="55E7A429" w:rsidP="00E778EF">
+    <w:p w14:paraId="0D57C580" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="38"/>
         <w:ind w:right="0" w:hanging="396"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="3450AD03">
-[...30 lines deleted...]
-    <w:p w14:paraId="4BC4827D" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00E778EF">
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Where the portion of the procurement process that takes place outside Quantum is of a clearly complex (ad-hoc) nature involving specialized supply chain management processes, dedicated procurement staff, etc., offices must determine the actual cost of the exercise and reach agreement on full cost recovery. Charging the cost of specific components (e.g., dedicated staff) – in full or in part – to the project budget as a direct input to project delivery (i.e., negotiated transparent, prevailing rates using the UPL as a baseline) should be considered. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B4086FA" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="396"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">If, due to its size and/or complexity, a procurement process must be submitted to a Regional ACP (or regular ACP), it should be treated like ad-hoc service subject to full cost recovery at transparent, prevailing market rates. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC4827E" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="75872FF6" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1080" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC4827F" w14:textId="32B6DA0A" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00637C5C">
+    <w:p w14:paraId="04EB5092" w14:textId="438F20A2" w:rsidR="00ED6B3F" w:rsidRPr="00B43A4D" w:rsidRDefault="00ED6B3F" w:rsidP="008D46E0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If the UNDP office assesses that the UPL does not cover fully the total costs for providing standard services, it may also establish a Local Price List (LPL) for these services, to be negotiated and agreed to locally by participating Agencies in advance of the service provision. Deviations from published </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>UPL rates for standard UPL services are exceptional and subject to prior BMS/OFM approval (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:color w:val="0563C1"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>bms.ofm.fbp@undp.org</w:t>
       </w:r>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48280" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
-[...15 lines deleted...]
-    <w:p w14:paraId="4BC48281" w14:textId="05FBA2D2" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="55E7A429" w:rsidP="00637C5C">
+    <w:p w14:paraId="527EAC15" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="3450AD03">
-[...18 lines deleted...]
-      <w:r w:rsidR="33FFF535" w:rsidRPr="3450AD03">
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Where costs cannot be fully recovered for non-standard services, the UNDP office can decline to provide the services. Within the parameters of UNDP policies and procedures, as articulated in this POPP chapter, UNDP offices should not decline to provide services to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quantum </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...27 lines deleted...]
-      <w:r w:rsidRPr="3450AD03">
+        <w:t xml:space="preserve"> agencies</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> without BMS/OFM approval (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:color w:val="0563C1"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>bms.ofm.fbp@undp.org</w:t>
       </w:r>
-      <w:r w:rsidRPr="3450AD03">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">).  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48282" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="609C8090" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:spacing w:after="43" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48283" w14:textId="2D698AAF" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="007020A4" w:rsidP="00637C5C">
+    <w:p w14:paraId="6EFCF378" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="36"/>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Delivery Enabling Service</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EF7145">
+        <w:t xml:space="preserve">Delivery Enabling Service Costing, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>formerly known as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Cost</w:t>
-[...92 lines deleted...]
-      <w:r w:rsidR="002C2248" w:rsidRPr="001F4C10">
+        <w:t xml:space="preserve"> “Direct Project Costing”, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">includes programme implementation and implementation support activities, costs incurred by UNDP to support project implementation. The pricing of inputs to UNDP projects &amp; programmes should be based on actual costs for clearly identifiable services. There are three main options for implementing DPC: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48284" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="791536A8" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="396"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Application of the CO workload study results, combined with multiple funding lines for posts </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48285" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="3DDEB2CF" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="36"/>
         <w:ind w:right="0" w:hanging="396"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Application of the Universal Price Lists (UPL) or Local Price List (LPL) for transactional costs recovery </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48286" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="237E78B5" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="396"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Creation and management of a stand-alone DPC project. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48287" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="45E9727F" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48288" w14:textId="7B704A79" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00637C5C">
+    <w:p w14:paraId="27DA5B90" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
-[...42 lines deleted...]
-        <w:r w:rsidR="00994DE1" w:rsidRPr="00994DE1">
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The UPL/LPL option may be preferred for operations support staff providing services to a full range of country office projects (as opposed to programme staff that typically support a narrower portfolio of limited projects). These services fees are no longer credited as income to XB. See </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="008D46E0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:b/>
-            <w:bCs/>
+            <w:color w:val="0070C0"/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Planning and Paying for Delivery Enabling Services to Projects</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="000C0D76" w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
-        <w:r w:rsidRPr="001F4C10">
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="00ED6B3F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="0070C0"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Use of the Universal Price List (UPL) or Local Price List (LPL) for Attributing Direct Project Costs</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48289" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="7EF76C97" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC4828A" w14:textId="59BCD2CD" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00637C5C">
+    <w:p w14:paraId="750DCF6B" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Common/Shared Services </w:t>
       </w:r>
-      <w:r w:rsidRPr="001F4C10">
-[...12 lines deleted...]
-        <w:r w:rsidR="003218CD" w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mostly relate to common premises and related services agreed on locally among the resident UN agencies. The cost for common/shared services is split proportionately among participating agencies. Based on agreements with resident UN agencies, UNDP COs can provide any service as a common/shared service if local service conditions are suitable. It should be noted in this context, that the common/shared service approach is the preferred approach to effective local service provision in the UN system. (Refer to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidRPr="00ED6B3F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="0070C0"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>POPP Cost Recovery from Agencies at the Country Office Level</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="003218CD" w:rsidRPr="001F4C10">
-[...12 lines deleted...]
-    <w:p w14:paraId="4BC4828B" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Common and Shared Services Guidelines). However, wherever there is no local agreement with resident UN agencies, the UPL is the default mechanism for charging for all standardized services. All costs associated with managing Common/Shared Services are to be fully reimbursed through the UPL or LPL. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DDB31BC" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:spacing w:after="51" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC4828C" w14:textId="42E1082F" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00637C5C">
+    <w:p w14:paraId="4D0FC87F" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="31"/>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>To summarize the above paragraphs, specific BMS authorization (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:color w:val="0563C1"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>bms.ofm.fbp@undp.org</w:t>
       </w:r>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">) is required under the following circumstances: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC4828D" w14:textId="6295816A" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="55E7A429">
+    <w:p w14:paraId="718B89C0" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="396"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="3450AD03">
-[...42 lines deleted...]
-    <w:p w14:paraId="4BC4828E" w14:textId="717ACC38" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UNDP offices should not decline to provide services to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Quantum  agencies</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> without BMS/OFM approval  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11306DE2" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="396"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Deviations from published UPL rates for </w:t>
       </w:r>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>standard</w:t>
       </w:r>
-      <w:r w:rsidRPr="001F4C10">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> UPL services are subject to BMS/OFM approval (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:color w:val="0563C1"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>bms.ofm.fbp@undp.org</w:t>
       </w:r>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC4828F" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+    <w:p w14:paraId="09F43692" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1080" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC48290" w14:textId="1C929A53" w:rsidR="001C77BC" w:rsidRDefault="002C2248" w:rsidP="00637C5C">
+    <w:p w14:paraId="78DE2CBE" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4C10">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Cost recovery by UNDP offices for services provided to UNV are covered in the attached </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
-        <w:r w:rsidR="00701120" w:rsidRPr="001D0A51">
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="00ED6B3F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="0070C0"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>guidance note</w:t>
+          <w:t xml:space="preserve">guidance </w:t>
         </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00ED6B3F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="0070C0"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>note</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
-      <w:r w:rsidR="00701120" w:rsidRPr="001D0A51">
-[...12 lines deleted...]
-    <w:p w14:paraId="6DD4B100" w14:textId="77777777" w:rsidR="008F150B" w:rsidRDefault="008F150B" w:rsidP="008F150B">
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E676D94" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:ind w:left="705" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5999891E" w14:textId="5A49086F" w:rsidR="00EE43A2" w:rsidRPr="00527C5F" w:rsidRDefault="00EE43A2" w:rsidP="00637C5C">
+    <w:p w14:paraId="60E3D102" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0070540B">
-[...31 lines deleted...]
-    <w:p w14:paraId="3894ED51" w14:textId="77777777" w:rsidR="00EE43A2" w:rsidRPr="00527C5F" w:rsidRDefault="00EE43A2" w:rsidP="00E778EF">
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>The 2016 Advisory Note for the UNDG Cost Sharing Funds for the RC System which governed administrative arrangements for RCO’s around the world, as of 1 January 2019, has been revoked and no longer is applicable.  All positions and processes funded for RCO from sources other than the SPTF will be subject to normal UNDP cost recovery policies.  Accordingly, a budget provision must be made within respective RCO non SPTF budgets for direct, indirect and operational costs for example, office space, equipment, cost recovery (GMS) and UPL/LPL as appropriate.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ED61883" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:ind w:left="705" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C8EFE05" w14:textId="77777777" w:rsidR="00133A93" w:rsidRPr="00527C5F" w:rsidRDefault="00133A93" w:rsidP="00E778EF">
+    <w:p w14:paraId="16772AD1" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:ind w:firstLine="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00527C5F">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:t xml:space="preserve">UPL/LPL fees for the RC support are applicable to: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14B3EECB" w14:textId="77777777" w:rsidR="00133A93" w:rsidRPr="00527C5F" w:rsidRDefault="00133A93" w:rsidP="00E778EF">
+    <w:p w14:paraId="74B24381" w14:textId="64E3BBD1" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1090" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00527C5F">
-[...3 lines deleted...]
-    <w:p w14:paraId="55DCA7A7" w14:textId="77777777" w:rsidR="00133A93" w:rsidRPr="00527C5F" w:rsidRDefault="00133A93" w:rsidP="00E778EF">
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:t xml:space="preserve">Recruitment Campaign under Activity 5 (Fund 13816) – UPL/LPL fees for UNDP’s direct costs in supporting recruitment is applicable in additional to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:t>GMS;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75D492D0" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1090"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D189D91" w14:textId="77777777" w:rsidR="00133A93" w:rsidRPr="00527C5F" w:rsidRDefault="00133A93" w:rsidP="00E778EF">
+    <w:p w14:paraId="77112594" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1090" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00527C5F">
-[...3 lines deleted...]
-    <w:p w14:paraId="04618CBC" w14:textId="77777777" w:rsidR="00133A93" w:rsidRPr="00527C5F" w:rsidRDefault="00133A93" w:rsidP="00E778EF">
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:t>Coordination Fund under Activity 7 (fund 13825) – UNDP’s direct costs associated with support of the Coordination fund activities is to be fully recovered using the UPL/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:t>LPL;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED6B3F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67DB8DE2" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1090"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D60BF98" w14:textId="77777777" w:rsidR="00133A93" w:rsidRPr="00527C5F" w:rsidRDefault="00133A93" w:rsidP="00E778EF">
+    <w:p w14:paraId="6CDEFF53" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1090" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00527C5F">
+      <w:r w:rsidRPr="00ED6B3F">
         <w:t xml:space="preserve">Any other services requested by the RC that are not part of the turnkey solutions must be recovered on a “Pay as you go” basis, incurring UPL/LPL, direct costs and GMS as applicable. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76001769" w14:textId="150197C7" w:rsidR="00133A93" w:rsidRPr="00E778EF" w:rsidRDefault="00133A93" w:rsidP="00E778EF">
+    <w:p w14:paraId="47627716" w14:textId="0EECC2DF" w:rsidR="007E2152" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="008D46E0">
       <w:pPr>
         <w:ind w:left="705" w:right="0" w:firstLine="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00ED6B3F">
         <w:t xml:space="preserve">For more detailed guidance note, please refer to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
-        <w:r w:rsidRPr="00133A93">
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="00ED6B3F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>UN Development System Reform site.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4BC48291" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
-[...23 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId28"/>
+    <w:sectPr w:rsidR="007E2152" w:rsidRPr="00ED6B3F" w:rsidSect="00ED6B3F">
+      <w:headerReference w:type="even" r:id="rId21"/>
+      <w:headerReference w:type="default" r:id="rId22"/>
+      <w:footerReference w:type="even" r:id="rId23"/>
+      <w:footerReference w:type="default" r:id="rId24"/>
+      <w:headerReference w:type="first" r:id="rId25"/>
+      <w:footerReference w:type="first" r:id="rId26"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1483" w:right="1433" w:bottom="1441" w:left="1440" w:header="720" w:footer="721" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4F241F35" w14:textId="77777777" w:rsidR="00162921" w:rsidRDefault="00162921">
+    <w:p w14:paraId="64B6DDB5" w14:textId="77777777" w:rsidR="00BE1D55" w:rsidRDefault="00BE1D55">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="776F9B58" w14:textId="77777777" w:rsidR="00162921" w:rsidRDefault="00162921">
+    <w:p w14:paraId="62B70C38" w14:textId="77777777" w:rsidR="00BE1D55" w:rsidRDefault="00BE1D55">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Mincho">
-[...9 lines deleted...]
-    <w:charset w:val="DE"/>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
-[...21 lines deleted...]
-    <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="4BC48292" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRDefault="002C2248">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5889701B" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRDefault="00ED6B3F">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="3" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4BC48293" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRDefault="002C2248">
+  <w:p w14:paraId="2B9EA323" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRDefault="00ED6B3F">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="4BC48295" w14:textId="52E2939B" w:rsidR="001C77BC" w:rsidRDefault="001F4C10">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="18300E88" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRDefault="00ED6B3F">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00825D92">
+    <w:r>
       <w:rPr>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00825D92">
+    <w:r>
       <w:rPr>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="001F4C10">
       <w:t>Effective Date:</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="007F650F" w:rsidRPr="007F650F">
+    <w:r w:rsidRPr="007F650F">
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="00850A00">
+    <w:r>
       <w:t>3</w:t>
     </w:r>
-    <w:r w:rsidR="007F650F" w:rsidRPr="007F650F">
-[...3 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+    <w:r w:rsidRPr="007F650F">
+      <w:t xml:space="preserve">/11/2022 </w:t>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="001F4C10">
       <w:t>Version #:</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="POPPRefItemVersion"/>
         <w:tag w:val="UNDP_POPP_REFITEM_VERSION"/>
         <w:id w:val="-703706547"/>
-        <w:placeholder>
-[...1 lines deleted...]
-        </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='e560140e-7b2f-4392-90df-e7567e3021a3' xmlns:ns4='8264c5cc-ec60-4b56-8111-ce635d3d139a' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns4:UNDP_POPP_REFITEM_VERSION[1]" w:storeItemID="{6BA8D37D-F2C6-49FB-8F3D-4887803CF0F5}"/>
         <w:text/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00637C5C">
+        <w:r>
           <w:t>11</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="4BC48296" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRDefault="002C2248">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5D07F176" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRDefault="00ED6B3F">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="3" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4BC48297" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRDefault="002C2248">
+  <w:p w14:paraId="14C71B8E" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRDefault="00ED6B3F">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1CC95D85" w14:textId="77777777" w:rsidR="00162921" w:rsidRDefault="00162921">
+    <w:p w14:paraId="7911F16E" w14:textId="77777777" w:rsidR="00BE1D55" w:rsidRDefault="00BE1D55">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="796BC8D7" w14:textId="77777777" w:rsidR="00162921" w:rsidRDefault="00162921">
+    <w:p w14:paraId="6E578E7D" w14:textId="77777777" w:rsidR="00BE1D55" w:rsidRDefault="00BE1D55">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="01AE6E29" w14:textId="77777777" w:rsidR="000A3995" w:rsidRDefault="000A3995">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7EA91EFA" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRDefault="00ED6B3F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="62C88051" w14:textId="63BA90A1" w:rsidR="00084473" w:rsidRDefault="00084473" w:rsidP="00084473">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="28CACEA3" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00084473">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:ind w:left="9730" w:right="43"/>
     </w:pPr>
     <w:r w:rsidRPr="00084473">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6902D778" wp14:editId="750B602D">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3376CDB0" wp14:editId="6FBD9EFE">
           <wp:extent cx="304800" cy="632460"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2" name="logo-undp-300.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect r="-18" b="14433"/>
                   <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="304800" cy="632460"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="2BB31596" w14:textId="77777777" w:rsidR="00084473" w:rsidRDefault="00084473">
+  <w:p w14:paraId="07660C0D" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRDefault="00ED6B3F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="6983F4CB" w14:textId="77777777" w:rsidR="000A3995" w:rsidRDefault="000A3995">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4BDC9383" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRDefault="00ED6B3F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1E5971BD"/>
-[...508 lines deleted...]
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A3A6427"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1284C562"/>
     <w:lvl w:ilvl="0" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -3425,51 +2466,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4CC5541E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5E3A67D2"/>
     <w:lvl w:ilvl="0" w:tplc="0116FD76">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -3637,51 +2678,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="AFE450D4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70E84D65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AE405354"/>
     <w:lvl w:ilvl="0" w:tplc="584E27FC">
       <w:start w:val="19"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -3850,1179 +2891,149 @@
     <w:lvl w:ilvl="8" w:tplc="891437B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="911160568">
-    <w:abstractNumId w:val="4"/>
-[...4 lines deleted...]
-  <w:num w:numId="3" w16cid:durableId="1791588152">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1087389347">
-[...2 lines deleted...]
-  <w:num w:numId="5" w16cid:durableId="57748623">
+  <w:num w:numId="2" w16cid:durableId="1087389347">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="2075157152">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="3" w16cid:durableId="2075157152">
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="129"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="001C77BC"/>
-[...97 lines deleted...]
-    <w:rsid w:val="785B0F30"/>
+    <w:rsidRoot w:val="00ED6B3F"/>
+    <w:rsid w:val="00033C90"/>
+    <w:rsid w:val="003B7F65"/>
+    <w:rsid w:val="006464E9"/>
+    <w:rsid w:val="006C0140"/>
+    <w:rsid w:val="007A0E88"/>
+    <w:rsid w:val="007B44B8"/>
+    <w:rsid w:val="007E2152"/>
+    <w:rsid w:val="00870413"/>
+    <w:rsid w:val="008D46E0"/>
+    <w:rsid w:val="00937485"/>
+    <w:rsid w:val="00A046ED"/>
+    <w:rsid w:val="00B43A4D"/>
+    <w:rsid w:val="00B61428"/>
+    <w:rsid w:val="00B93729"/>
+    <w:rsid w:val="00BE1D55"/>
+    <w:rsid w:val="00DA2F70"/>
+    <w:rsid w:val="00E57B0F"/>
+    <w:rsid w:val="00ED6B3F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="th-TH"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="4BC48240"/>
-  <w15:docId w15:val="{6D3F997D-B517-4258-BDBE-EB51153E2613}"/>
+  <w14:docId w14:val="5EEEB6C3"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{0EE4B338-45A9-47E5-B3DD-3BBAABB45D7F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-        <w:szCs w:val="22"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...940 lines deleted...]
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5363,724 +3374,1169 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00ED6B3F"/>
+    <w:pPr>
+      <w:spacing w:after="5" w:line="247" w:lineRule="auto"/>
+      <w:ind w:left="730" w:right="6" w:hanging="370"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="333333"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ED6B3F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00ED6B3F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00ED6B3F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00ED6B3F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00ED6B3F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00ED6B3F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00ED6B3F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00ED6B3F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00ED6B3F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
-    <w:name w:val="Placeholder Text"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:rsid w:val="00ED6B3F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00ED6B3F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00ED6B3F"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00ED6B3F"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00ED6B3F"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00ED6B3F"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00ED6B3F"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00ED6B3F"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00ED6B3F"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ED6B3F"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00ED6B3F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ED6B3F"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:ind w:left="730" w:hanging="370"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00ED6B3F"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ED6B3F"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00ED6B3F"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:aliases w:val="Bullets,List Paragraph1,WB Para,List Paragraph (numbered (a)),Lapis Bulleted List,Dot pt,F5 List Paragraph,No Spacing1,List Paragraph Char Char Char,Indicator Text,Numbered Para 1,Bullet 1,List Paragraph12,Bullet Points,MAIN CONTENT,L"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ListParagraphChar"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ED6B3F"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ED6B3F"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ED6B3F"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00ED6B3F"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ED6B3F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00ED6B3F"/>
+    <w:rPr>
+      <w:color w:val="467886" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00ED6B3F"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00ED6B3F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="333333"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
+    <w:name w:val="List Paragraph Char"/>
+    <w:aliases w:val="Bullets Char,List Paragraph1 Char,WB Para Char,List Paragraph (numbered (a)) Char,Lapis Bulleted List Char,Dot pt Char,F5 List Paragraph Char,No Spacing1 Char,List Paragraph Char Char Char Char,Indicator Text Char,Bullet 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="ListParagraph"/>
+    <w:uiPriority w:val="34"/>
+    <w:locked/>
+    <w:rsid w:val="00ED6B3F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B43A4D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="333333"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="006C312C"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B43A4D"/>
     <w:rPr>
-      <w:color w:val="808080"/>
+      <w:color w:val="96607D" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/OFM/Shared%20Documents/Forms/AllItems.aspx?CT=1767823911164&amp;OR=OWA%2DNT%2DMail&amp;CID=5ae22417%2D5795%2D9c62%2D00c5%2D10fc09a2726e&amp;FolderCTID=0x01200000BF6763B005D14682430E0814FFD5DE&amp;id=%2Fteams%2FOFM%2FShared%20Documents%2FPDI%20%2D%20Costing%20and%20Cost%20Recovery%20Documents%2FUPL" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11671" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/pb/Partnerships%20Library/Forms/AllItems.aspx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11736" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2996" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/UNDSreform/SitePages/OverviewRef.aspx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/pb/Partnerships%20Library/Forms/AllItems.aspx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/ofrm/Financial%20Resource%20Management%20Policies/Forms/By%20FBP%20Document%20Category.aspx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/pb/Partnerships%20Library/Forms/AllItems.aspx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/4766" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/OFM/Shared%20Documents/Forms/AllItems.aspx?CT=1767823911164&amp;OR=OWA%2DNT%2DMail&amp;CID=5ae22417%2D5795%2D9c62%2D00c5%2D10fc09a2726e&amp;FolderCTID=0x01200000BF6763B005D14682430E0814FFD5DE&amp;id=%2Fteams%2FOFM%2FShared%20Documents%2FPDI%20%2D%20Costing%20and%20Cost%20Recovery%20Documents%2FUPL" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...3 lines deleted...]
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <UNDP_POPP_BUSINESSPROCESS_HIDDEN xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+    <TaxCatchAll xmlns="c26dc373-2944-4fff-a656-1635ba5514b5" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    </UNDP_POPP_BUSINESSPROCESS_HIDDEN>
-[...41 lines deleted...]
-    </_dlc_DocIdUrl>
+    </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-    <xsd:import namespace="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DF4E5EB98AFACA49B955F57620F5DD44" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="16e62f017f053e4187bce02c358b6be9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" xmlns:ns3="c26dc373-2944-4fff-a656-1635ba5514b5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="822fc6e30ad0aba92acdc39408158171" ns2:_="" ns3:_="">
+    <xsd:import namespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <xsd:import namespace="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:UNDP_POPP_TITLE_EN" minOccurs="0"/>
-[...26 lines deleted...]
-                <xsd:element ref="ns3:POPPIsArchived" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_dlc_Exempt" ma:index="30" nillable="true" ma:displayName="Exempt from Policy" ma:hidden="true" ma:internalName="_dlc_Exempt" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f8ebb0a5-c57d-4c3a-bec7-8a38252dd05c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8264c5cc-ec60-4b56-8111-ce635d3d139a" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c26dc373-2944-4fff-a656-1635ba5514b5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="UNDP_POPP_TITLE_EN" ma:index="1" nillable="true" ma:displayName="Title_EN" ma:indexed="true" ma:internalName="UNDP_POPP_TITLE_EN">
-[...6 lines deleted...]
-    <xsd:element name="UNDP_POPP_FOCALPOINT" ma:index="3" nillable="true" ma:displayName="Focal Point" ma:SharePointGroup="0" ma:internalName="UNDP_POPP_FOCALPOINT" ma:showField="ImnName">
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_DOCUMENT_TYPE" ma:index="5" ma:displayName="Document TYPE" ma:default="Template" ma:format="Dropdown" ma:indexed="true" ma:internalName="UNDP_POPP_DOCUMENT_TYPE" ma:readOnly="false">
-[...29 lines deleted...]
-    <xsd:element name="UNDP_POPP_VERSION_COMMENTS" ma:index="9" nillable="true" ma:displayName="Version Comments" ma:internalName="UNDP_POPP_VERSION_COMMENTS">
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_FILEVERSION" ma:index="10" nillable="true" ma:displayName="FileVersionID" ma:decimals="0" ma:internalName="UNDP_POPP_FILEVERSION">
-[...21 lines deleted...]
-    <xsd:element name="TaxCatchAll" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ee792a02-1c68-437d-afee-526d4eee3bde}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+    <xsd:element name="TaxCatchAll" ma:index="24" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{7fb16e66-a0cf-4293-80d1-ecb3df652669}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c26dc373-2944-4fff-a656-1635ba5514b5">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
-    </xsd:element>
-[...100 lines deleted...]
-      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="24" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -6125,226 +4581,108 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...84 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6BA8D37D-F2C6-49FB-8F3D-4887803CF0F5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BC527F3C-1D70-4880-B73E-BDA62844F2D9}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{273A61C3-E4EE-45F9-964C-99860CDBDDD6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9C764126-09D5-466E-99E8-95DEA51D00CF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4E4FE79B-161A-4068-B681-E77A4816A0C3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...22 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1953</Words>
-  <Characters>11134</Characters>
+  <Words>1841</Words>
+  <Characters>10332</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>92</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>181</Lines>
+  <Paragraphs>53</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13061</CharactersWithSpaces>
+  <CharactersWithSpaces>12229</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Tatiana Rybarova</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Arilda Dragjoshi</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>efc6d634-1e97-4b8d-9da1-aa0d59e76604</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
-[...18 lines deleted...]
-    <vt:lpwstr>Effective Date: {Effective Date}                                                Version #: {POPPRefItemVersion}</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
+    <vt:lpwstr>0x010100DF4E5EB98AFACA49B955F57620F5DD44</vt:lpwstr>
   </property>
 </Properties>
 </file>