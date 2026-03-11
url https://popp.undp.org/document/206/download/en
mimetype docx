--- v1 (2026-01-29)
+++ v2 (2026-03-11)
@@ -1,2430 +1,3409 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="52D1ECD8" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC48240" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
       <w:pPr>
         <w:spacing w:after="275" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Universal Price List (UPL) and Local Price List (LPL)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A77FCEC" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC48241" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The Executive Board has emphasized in Decision 2012/27, the principle of full cost recovery as stipulated in General Assembly resolution 62/208 and in Decision 2013/9, the need to implement General Assembly resolution 67/226 on the quadrennial comprehensive policy review of operational activities for development of the United Nations system, in particular chapter II, section D, on ensuring full cost recovery. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="482EDD80" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC48242" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
       <w:pPr>
         <w:spacing w:after="19" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48F44354" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC48243" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">UNDP is committed to providing administrative services to UN agencies and programmes through its global office network, in line with UN agency requests and the UNDP office’s ability to respond to them. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> All costs associated with services to UN agencies at the programme country level are to be fully reimbursed</w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>by the respective UN agencies</w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DC7C076" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC48244" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
       <w:pPr>
         <w:spacing w:after="44" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="532F4BA1" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC48245" w14:textId="0A16945A" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>At the corporate level, Memoranda of Understanding (MoU) are concluded with UN Agencies regulating the overall framework of the relationship. These agreements specify that UNDP will provide services on a cost recovery basis and that no additional local contracts or letters of agreements are required (although, a local service level agreement (SLA) may be useful in clarifying service provision levels and expectations).</w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED6B3F">
-[...41 lines deleted...]
-        <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidR="00CF2825">
+        <w:t xml:space="preserve">For details on the corporate policy and procedure for UN Agency Services, please refer to the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:tgtFrame="_blank" w:tooltip="https://popp.undp.org/policy-page/un-agency-services" w:history="1">
+        <w:r w:rsidR="00CF2825">
           <w:rPr>
-            <w:lang w:val="en-GB"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t xml:space="preserve"> </w:t>
+          <w:t>UN Agency Services</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId11">
-[...36 lines deleted...]
-    <w:p w14:paraId="58753462" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+      <w:r w:rsidR="00CF2825">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC48246" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
       <w:pPr>
         <w:spacing w:after="45" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="236765BA" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC48247" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">If a UNDP office assesses that it cannot provide quality or timely services, or lacks the requisite capacity for such, it can inform the UN agencies in advance and decline to provide the requested services. However, UNDP offices should make every effort to provide requested services. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50B6470B" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC48248" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
       <w:pPr>
         <w:spacing w:after="41" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BD04CDB" w14:textId="080341DB" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC48249" w14:textId="1F4609C1" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="55E7A429">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="3450AD03">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Within the parameters of UNDP’s policies and procedures, as articulated in this POPP chapter, UNDP offices should not decline to provide services to</w:t>
+      </w:r>
+      <w:r w:rsidR="3EB77B58" w:rsidRPr="3450AD03">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Quantum</w:t>
+      </w:r>
+      <w:r w:rsidR="785B0F30" w:rsidRPr="3450AD03">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3450AD03">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t>agencies</w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED6B3F">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="3450AD03">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> without BM</w:t>
+      </w:r>
+      <w:r w:rsidR="2C9CE8F9" w:rsidRPr="3450AD03">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3450AD03">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>/OF</w:t>
+      </w:r>
+      <w:r w:rsidR="005E57A2">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3450AD03">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>M approval (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00AF3290">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>bms.ofm.fbp@undp.org</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="3450AD03">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="012161ED" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC4824A" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78B67804" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC48255" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...19 lines deleted...]
-    <w:p w14:paraId="0B273721" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Universal Price List (UPL)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC48256" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A7AADCC" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC48257" w14:textId="0B93D8F1" w:rsidR="001C77BC" w:rsidRPr="003C6DE9" w:rsidRDefault="002C2248" w:rsidP="00E778EF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="00EE43A2">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">To ensure reimbursement of all associated costs, a transaction-based fee has been established through the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="00EE43A2">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Universal Price List</w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED6B3F">
-[...6 lines deleted...]
-    <w:p w14:paraId="4F6A6FE2" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+      <w:r w:rsidRPr="00133A93">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>, which contains a menu of standardized services available to UN entities from all UNDP’s Offices. The UPL is updated by BM</w:t>
+      </w:r>
+      <w:r w:rsidR="007C1B00" w:rsidRPr="00133A93">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E94C64">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>/OF</w:t>
+      </w:r>
+      <w:r w:rsidR="008F274C">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E94C64">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>M on an annual basis. The UPL rates represent a summary of the standard list of services offered to partner agencies and their corresponding costs. Offices wishing to provide feedback on services and fees, or requiring further clarifications, should contact</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C6DE9">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> their BM</w:t>
+      </w:r>
+      <w:r w:rsidR="00902B3E" w:rsidRPr="003C6DE9">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C6DE9">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>/OF</w:t>
+      </w:r>
+      <w:r w:rsidR="0062656B">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C6DE9">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">M Financial Business Partnering focal point. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC48258" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="415305D9" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC48259" w14:textId="456296CB" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00E778EF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>The UPL service cost drivers are: (a) staff salaries; (b) time spent by personnel in providing transactional services, and (c)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B82BE6">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> share of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>general operating expenses</w:t>
+      </w:r>
+      <w:r w:rsidR="00B82BE6">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> such as office space and use of essential office of equipment and supplies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. UPLs reflect the last available pro-forma salary costs for each applicable UNDP office location at the time of their publication. In addition, the staff time </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">essential office of equipment and supplies. UPLs reflect the last available pro-forma salary costs for each applicable UNDP office location at the time of their publication. In addition, the staff time allocation reflects full costs by including leave entitlements. The UPL calculation is based on </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="29141A05" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+        <w:t xml:space="preserve">allocation reflects full costs by including </w:t>
+      </w:r>
+      <w:r w:rsidR="00286F90">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>staff</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> entitlements. The UPL calculation is based on a number of prescribed standard services. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC4825A" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
       <w:pPr>
         <w:spacing w:after="46" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0336F089" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC4825B" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00E778EF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">There are four UPL categories available for use by UNDP offices based on the office classification: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DB66C84" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC4825C" w14:textId="655B864F" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00E778EF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
-[...6 lines deleted...]
-    <w:p w14:paraId="0A6DFF5E" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>General Develo</w:t>
+      </w:r>
+      <w:r w:rsidR="00E4753C">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>pment Situation country offices</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC4825D" w14:textId="2F79294C" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00E778EF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
-[...6 lines deleted...]
-    <w:p w14:paraId="38EA637C" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Special Development Situation country</w:t>
+      </w:r>
+      <w:r w:rsidR="00E4753C">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> offices</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="661DD32C" w14:textId="3AAC8441" w:rsidR="00E4753C" w:rsidRDefault="00E4753C" w:rsidP="00E778EF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
-[...6 lines deleted...]
-    <w:p w14:paraId="12F75794" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Representation offices</w:t>
+      </w:r>
+      <w:r w:rsidR="002C2248" w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC4825E" w14:textId="51D4F05A" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="00E4753C" w:rsidP="00E778EF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
-[...6 lines deleted...]
-    <w:p w14:paraId="35E77FD7" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>UNV Germany</w:t>
+      </w:r>
+      <w:r w:rsidR="002C2248" w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC4825F" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D2021FE" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC48260" w14:textId="4D938E34" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00E778EF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
-[...6 lines deleted...]
-    <w:p w14:paraId="24C4BA4F" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>The list of Special Development Situation countries is reviewed and revised annually by BM</w:t>
+      </w:r>
+      <w:r w:rsidR="00902B3E">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>/OF</w:t>
+      </w:r>
+      <w:r w:rsidR="00F95B06">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">M in consultation with Regional Bureaus and includes countries in crisis or other strenuous circumstances. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC48261" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A2C228C" w14:textId="0AF30FB2" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC48262" w14:textId="14AF129D" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00E778EF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
-[...6 lines deleted...]
-        <w:r w:rsidR="00033C90">
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Each service transaction is charged the cost indicated in the UPL, based on the country classification of General Development (countries are designated as High, Mid-High, Mid-Low or Low Cost) or Special Development. </w:t>
+      </w:r>
+      <w:r w:rsidR="000C0D76" w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>See</w:t>
+      </w:r>
+      <w:r w:rsidR="00356F58">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="00356F58" w:rsidRPr="00356F58">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="0070C0"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>Office of Financial Resources Management - UPL</w:t>
+          <w:t>link HERE</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00ED6B3F">
-[...1 lines deleted...]
-          <w:color w:val="0070C0"/>
+      <w:r w:rsidR="000C0D76" w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0070540B">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>a detailed description of services included in the UPL, instructions for their use and UNDP office classifications.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:color w:val="0072BC"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED6B3F">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A361106" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC48263" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
       <w:pPr>
         <w:spacing w:after="42" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07380DEB" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC48264" w14:textId="71387CB7" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00E778EF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Although specifically designed to price specified standard services to UN agencies, the UPL may be used for cost reimbursement of any </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="0C7A91DE" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+      <w:r w:rsidR="00970517" w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>transaction-based</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> services (see paragraphs </w:t>
+      </w:r>
+      <w:r w:rsidR="00825D92">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>21-23</w:t>
+      </w:r>
+      <w:r w:rsidR="00E4753C">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">below). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC48265" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="553AAC8B" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC48266" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00E778EF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The UPL is intended to cover standard services (as opposed to overly complex or novel scenarios which are covered under LPL as described below). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46FA217E" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC48267" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
       <w:pPr>
         <w:spacing w:after="46" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04E3C62E" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC48268" w14:textId="1F603F0B" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00E778EF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Deviations from published UPL rates for </w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>standard</w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED6B3F">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> UPL services are subject to BM</w:t>
+      </w:r>
+      <w:r w:rsidR="007C1B00">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>/OF</w:t>
+      </w:r>
+      <w:r w:rsidR="000F0384">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">M approval </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED6B3F">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="00AF3290">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>bms.ofm.fbp@undp.org</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">).  Given UN Agencies preference for standardized rates, deviations will only be exceptionally considered based on clearly justifiable and articulated information that has been discussed in advance with the UNCT/requesting agency. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3136794D" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC48269" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
       <w:pPr>
         <w:spacing w:after="44" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3136335E" w14:textId="3E6AA13E" w:rsidR="00ED6B3F" w:rsidRPr="00B43A4D" w:rsidRDefault="00ED6B3F" w:rsidP="008D46E0">
+    <w:p w14:paraId="4BC4826A" w14:textId="4377C683" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00E778EF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
-[...6 lines deleted...]
-    <w:p w14:paraId="075D77AA" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>As part of their oversight responsibility, Regional Bureaus are responsible for overseeing the application of UPLs by country offices and assessing any proposed deviations. Once cleared by the Regional Bureau, the deviation is subject to BM</w:t>
+      </w:r>
+      <w:r w:rsidR="007C1B00">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>/OF</w:t>
+      </w:r>
+      <w:r w:rsidR="008D3A6B">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">M approval. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC4826B" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC4826C" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...19 lines deleted...]
-    <w:p w14:paraId="27C4786B" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Local Price List (LPL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC4826D" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
       <w:pPr>
         <w:spacing w:after="18" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="374C7B89" w14:textId="3E23DDB6" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC4826E" w14:textId="08CCD92D" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="55E7A429" w:rsidP="00637C5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="3450AD03">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In addition to the standard services contained within the UPL, UNDP is often requested to provide additional services that are not standardized across different country offices or included in the UPL. As in the past the provision of ad hoc or non-standard services should be agreed upon locally, subject to capacity and pricing considerations in-country prior to the provision of services. To recover the full costs of these services, the UNDP Office can establish a Local Price List (LPL) for recurrent services, to be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3450AD03">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>negotiated and agreed to locally by participating Agencies in advance of the service provision</w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED6B3F">
-[...6 lines deleted...]
-        <w:r w:rsidR="00033C90">
+      <w:r w:rsidRPr="3450AD03">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. A separate tool is available to facilitate local price formulation, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3450AD03">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>negotiation of which is the responsibility of the concerned UNDP office with the requesting agencies/UNCT (</w:t>
+      </w:r>
+      <w:r w:rsidR="4ACBB4F6" w:rsidRPr="3450AD03">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>See</w:t>
+      </w:r>
+      <w:r w:rsidR="00F360C0">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidR="00F360C0" w:rsidRPr="00F360C0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="0070C0"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>Office of Financial Resources Management - UPL</w:t>
+          <w:t>link HERE</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId15">
-[...14 lines deleted...]
-    <w:p w14:paraId="0C2C085F" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+      <w:r w:rsidRPr="3450AD03">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="33EE3A28" w:rsidRPr="3450AD03">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3450AD03">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The cost drivers, as indicated under UPL above, should be reflected in the LPLs. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC4826F" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1049D093" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC48270" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00637C5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="36"/>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Recovery of support service costs based on pre-determined percentages may be warranted under certain circumstances. Although these cases should be rare, this treatment may be justified provided the UNDP office has:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AD34362" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="3AB116C4" w14:textId="77777777" w:rsidR="000C0D76" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="396"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
-[...20 lines deleted...]
-    <w:p w14:paraId="15CCF858" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">calculated and documented its determination of the % based charge; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC48271" w14:textId="36C32C54" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="396"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">reviewed its appropriateness periodically; and </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7360179D" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC48272" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="396"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">consulted in advance with partners on the approach. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4876E576" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC48273" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="144DAA6D" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC48274" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00637C5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="35"/>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The following services are deemed non-standard: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="028FC0D0" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC48275" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="396"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The UPL does not cover specialized or locally provided ad-hoc services.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FE49B4A" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC48276" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="396"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The UPL does not cover local security-related services that may be necessary in certain countries without banking facilities. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60265AC6" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC48277" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1080" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A753632" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC48278" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00637C5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="38"/>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Both ad-hoc and local security services, and their estimated costs, should be covered through locally negotiated agreements between UNDP offices and concerned UN agencies.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DACF4F4" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="456A15F6" w14:textId="77777777" w:rsidR="003C6DE9" w:rsidRDefault="003C6DE9" w:rsidP="00E778EF">
       <w:pPr>
         <w:spacing w:after="36"/>
         <w:ind w:left="360" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F3E17D9" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC48279" w14:textId="5767D9F6" w:rsidR="001C77BC" w:rsidRPr="003C6DE9" w:rsidRDefault="002C2248" w:rsidP="00637C5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="36"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="003C6DE9">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Requests for services under the following exceptional circumstances are subject to a 25% surcharge (50% surcharge effective January 1, 2016) on top of the standard cost/price: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C25A630" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC4827A" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00E778EF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="396"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Urgent requests requiring a turnaround of less than 3 business days. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B656EC8" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC4827B" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00E778EF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="396"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Requests for services before/after normal working hours. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D57C580" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC4827C" w14:textId="0A0FE46E" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="55E7A429" w:rsidP="00E778EF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="38"/>
         <w:ind w:right="0" w:hanging="396"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
-[...6 lines deleted...]
-    <w:p w14:paraId="7B4086FA" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+      <w:r w:rsidRPr="3450AD03">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Where the portion of the procurement process that takes place outside </w:t>
+      </w:r>
+      <w:r w:rsidR="1E2A89DE" w:rsidRPr="3450AD03">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quantum </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3450AD03">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>is of a clearly complex (ad-hoc) nature involving specialized supply chain management processes, dedicated procurement staff, etc., offices must determine the actual cost of the exercise and reach agreement on full cost recovery. Charging the cost of specific components (</w:t>
+      </w:r>
+      <w:r w:rsidR="5D0FF19A" w:rsidRPr="3450AD03">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>e.g.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3450AD03">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dedicated staff) – in full or in part – to the project budget as a direct input to project delivery (i.e., negotiated transparent, prevailing rates using the UPL as a baseline) should be considered. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC4827D" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00E778EF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="396"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">If, due to its size and/or complexity, a procurement process must be submitted to a Regional ACP (or regular ACP), it should be treated like ad-hoc service subject to full cost recovery at transparent, prevailing market rates. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75872FF6" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC4827E" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1080" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04EB5092" w14:textId="438F20A2" w:rsidR="00ED6B3F" w:rsidRPr="00B43A4D" w:rsidRDefault="00ED6B3F" w:rsidP="008D46E0">
+    <w:p w14:paraId="4BC4827F" w14:textId="56A2647D" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00637C5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
-[...19 lines deleted...]
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>If the UNDP office assesses that the UPL does not cover fully the total costs for providing standard services, it may also establish a Local Price List (LPL) for these services, to be negotiated and agreed to locally by participating Agencies in advance of the service provision. Deviations from published UPL rates for standard UPL services are exceptional and subject to prior BM</w:t>
+      </w:r>
+      <w:r w:rsidR="00D84D68">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>/OF</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1F4E">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>M approval (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="00AF3290">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>bms.ofm.fbp@undp.org</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="527EAC15" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC48280" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+      <w:pPr>
+        <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC48281" w14:textId="35B4434D" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="55E7A429" w:rsidP="3EBD98CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
-        <w:rPr>
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00ED6B3F">
+      </w:pPr>
+      <w:r w:rsidRPr="3EBD98CC">
+        <w:lastRenderedPageBreak/>
+        <w:t>Where costs cannot be fully recovered for non-standard services, the UNDP office can decline to provide the services. Within the parameters of UNDP policies and procedures, as articulated in this POPP chapter, UNDP offices should not decline to provide services to</w:t>
+      </w:r>
+      <w:r w:rsidR="49ABF1F7" w:rsidRPr="3EBD98CC">
+        <w:t xml:space="preserve"> Quantum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3EBD98CC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3EBD98CC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="en-GB"/>
-[...20 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t>agencies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3EBD98CC">
+        <w:t xml:space="preserve"> without BM</w:t>
+      </w:r>
+      <w:r w:rsidR="2C9CE8F9" w:rsidRPr="3EBD98CC">
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3EBD98CC">
+        <w:t>/OF</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8236B" w:rsidRPr="3EBD98CC">
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3EBD98CC">
+        <w:t>M approval (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="002A41AC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>bms.ofm.fbp@undp.org</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="3EBD98CC">
         <w:t xml:space="preserve">).  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="609C8090" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC48282" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
       <w:pPr>
         <w:spacing w:after="43" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EFCF378" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC48283" w14:textId="4940CDC4" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="007020A4" w:rsidP="6999E313">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="36"/>
         <w:ind w:right="0" w:hanging="360"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00ED6B3F">
+      </w:pPr>
+      <w:r w:rsidRPr="6999E313">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="en-GB"/>
-[...4 lines deleted...]
-        <w:rPr>
           <w:bCs/>
-          <w:lang w:val="en-GB"/>
-        </w:rPr>
+        </w:rPr>
+        <w:t>Delivery Enabling Service</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7145" w:rsidRPr="6999E313">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Cost</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE74C6" w:rsidRPr="6999E313">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7145" w:rsidRPr="6999E313">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7145" w:rsidRPr="6999E313">
         <w:t>formerly known as</w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidR="00EF7145" w:rsidRPr="6999E313">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="en-GB"/>
-[...6 lines deleted...]
-        </w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “</w:t>
+      </w:r>
+      <w:r w:rsidR="002C2248" w:rsidRPr="6999E313">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00E94C64" w:rsidRPr="6999E313">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">irect </w:t>
+      </w:r>
+      <w:r w:rsidR="002C2248" w:rsidRPr="6999E313">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00E94C64" w:rsidRPr="6999E313">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">roject </w:t>
+      </w:r>
+      <w:r w:rsidR="002C2248" w:rsidRPr="6999E313">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00E94C64" w:rsidRPr="6999E313">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>osting</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7D27" w:rsidRPr="6999E313">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>/DPC</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7145" w:rsidRPr="6999E313">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00F25AA5" w:rsidRPr="6999E313">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="002C2248" w:rsidRPr="6999E313">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002C2248" w:rsidRPr="6999E313">
         <w:t xml:space="preserve">includes programme implementation and implementation support activities, costs incurred by UNDP to support project implementation. The pricing of inputs to UNDP projects &amp; programmes should be based on actual costs for clearly identifiable services. There are three main options for implementing DPC: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="791536A8" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC48284" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="396"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Application of the CO workload study results, combined with multiple funding lines for posts </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DDEB2CF" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC48285" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="36"/>
         <w:ind w:right="0" w:hanging="396"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Application of the Universal Price Lists (UPL) or Local Price List (LPL) for transactional costs recovery </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="237E78B5" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC48286" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="396"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Creation and management of a stand-alone DPC project. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45E9727F" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC48287" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27DA5B90" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="4BC48288" w14:textId="7B704A79" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248" w:rsidP="00637C5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
-[...6 lines deleted...]
-        <w:r w:rsidRPr="008D46E0">
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The UPL/LPL option may be preferred for operations support staff providing services to a full range of country office projects (as opposed to programme staff that typically support a narrower portfolio of limited projects). </w:t>
+      </w:r>
+      <w:r w:rsidR="00E4753C">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">These services </w:t>
+      </w:r>
+      <w:r w:rsidR="00936B3B">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fees </w:t>
+      </w:r>
+      <w:r w:rsidR="00E4753C">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are no longer credited as </w:t>
+      </w:r>
+      <w:r w:rsidR="00936B3B">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">income </w:t>
+      </w:r>
+      <w:r w:rsidR="00E4753C">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to XB. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">See </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidR="00994DE1" w:rsidRPr="002A41AC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="0070C0"/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Planning and Paying for Delivery Enabling Services to Projects</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00ED6B3F">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="000C0D76" w:rsidRPr="002A41AC">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidRPr="00ED6B3F">
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidRPr="002A41AC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="0070C0"/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Use of the Universal Price List (UPL) or Local Price List (LPL) for Attributing Direct Project Costs</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="002A41AC">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7EF76C97" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC48289" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="750DCF6B" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="46C4D8F3" w14:textId="77777777" w:rsidR="00CF2825" w:rsidRPr="00CF2825" w:rsidRDefault="002C2248" w:rsidP="00DC4AB6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="360" w:right="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF2825">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Common/Shared Services </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF2825">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mostly relate to common premises and related services agreed on locally among the resident UN agencies. The cost for common/shared services is split proportionately among participating agencies. Based on agreements with resident UN agencies, UNDP COs can provide any service as a common/shared service if local service conditions are suitable. It should be noted in this context, that the common/shared service approach is the preferred approach to effective local service provision in the UN system. (Refer </w:t>
+      </w:r>
+      <w:r w:rsidR="003218CD" w:rsidRPr="00CF2825">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidR="003218CD" w:rsidRPr="002A41AC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>POPP Cost Recovery from Agencies at the Country Office Level</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="003218CD" w:rsidRPr="00CF2825">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF2825">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Common and Shared Services Guidelines). However, wherever there is no local agreement with resident UN agencies, the UPL is the default mechanism for charging for all standardized services. All costs associated with managing Common/Shared Services are to be fully reimbursed through the UPL or LPL. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08C3CFD4" w14:textId="77777777" w:rsidR="00CF2825" w:rsidRDefault="00CF2825" w:rsidP="00CF2825">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BC4828C" w14:textId="12E06D11" w:rsidR="001C77BC" w:rsidRPr="002A41AC" w:rsidRDefault="002C2248" w:rsidP="00CF2825">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="360" w:right="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF2825">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>To summarize the above paragraphs, specific BM</w:t>
+      </w:r>
+      <w:r w:rsidR="00D84D68" w:rsidRPr="00CF2825">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF2825">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> authorization (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="002A41AC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>bms.ofm.fbp@undp.org</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00CF2825">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) is required under the following circumstances: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC4828D" w14:textId="50297EAE" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="55E7A429">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:right="0" w:hanging="396"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3450AD03">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>UNDP offices should not decline to provide services to</w:t>
+      </w:r>
+      <w:r w:rsidR="556AF8F3" w:rsidRPr="3450AD03">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Quantum</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3290">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3450AD03">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>agencies without BM</w:t>
+      </w:r>
+      <w:r w:rsidR="50BBCDA9" w:rsidRPr="3450AD03">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3450AD03">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>/OF</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED71D6">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3450AD03">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">M approval  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC4828E" w14:textId="2897EB5C" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:right="0" w:hanging="396"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Deviations from published UPL rates for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>standard</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> UPL services are subject to BM</w:t>
+      </w:r>
+      <w:r w:rsidR="00D84D68">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>/OF</w:t>
+      </w:r>
+      <w:r w:rsidR="002337B7">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>M approval (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="002A41AC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>bms.ofm.fbp@undp.org</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC4828F" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="002C2248">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC48290" w14:textId="1C16ED7E" w:rsidR="001C77BC" w:rsidRDefault="002C2248" w:rsidP="00637C5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
-[...13 lines deleted...]
-        <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="001F4C10">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Cost recovery by UNDP offices for services provided to UNV are covered in the attached</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00511372">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidR="00701120" w:rsidRPr="002A41AC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="0070C0"/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>POPP Cost Recovery from Agencies at the Country Office Level</w:t>
+          <w:t>guidance</w:t>
         </w:r>
+        <w:r w:rsidR="00511372">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidR="00701120" w:rsidRPr="002A41AC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>note</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="00ED6B3F">
-[...146 lines deleted...]
-    <w:p w14:paraId="78DE2CBE" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+      <w:r w:rsidR="00701120" w:rsidRPr="002A41AC">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DD4B100" w14:textId="77777777" w:rsidR="008F150B" w:rsidRDefault="008F150B" w:rsidP="008F150B">
+      <w:pPr>
+        <w:ind w:left="705" w:right="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5999891E" w14:textId="62EDBC30" w:rsidR="00EE43A2" w:rsidRPr="00527C5F" w:rsidRDefault="00EE43A2" w:rsidP="00637C5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="14A00ECD">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Cost recovery by UNDP offices for services provided to UNV are covered in the attached </w:t>
-[...28 lines deleted...]
-    <w:p w14:paraId="7E676D94" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+        <w:t xml:space="preserve">The 2016 Advisory Note for the UNDG Cost Sharing Funds for the RC System which governed administrative arrangements for RCO’s around the world, as of 1 January 2019, has been revoked and </w:t>
+      </w:r>
+      <w:r w:rsidR="491834F0" w:rsidRPr="14A00ECD">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="14A00ECD">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">no longer applicable.  All positions and processes funded for RCO from sources other than the SPTF will be subject to normal UNDP cost recovery policies.  Accordingly, </w:t>
+      </w:r>
+      <w:r w:rsidR="00133A93" w:rsidRPr="14A00ECD">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a budget </w:t>
+      </w:r>
+      <w:r w:rsidRPr="14A00ECD">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>provision must be made within respective RCO non SPTF budgets for direct, indirect and operational costs for example, office space, equipment, cost recovery (GMS) and UPL/LPL as appropriate.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3894ED51" w14:textId="77777777" w:rsidR="00EE43A2" w:rsidRPr="00527C5F" w:rsidRDefault="00EE43A2" w:rsidP="00E778EF">
       <w:pPr>
         <w:ind w:left="705" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60E3D102" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
-[...25 lines deleted...]
-    <w:p w14:paraId="16772AD1" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="7C8EFE05" w14:textId="74EF838B" w:rsidR="00133A93" w:rsidRDefault="00133A93" w:rsidP="00E778EF">
       <w:pPr>
         <w:ind w:firstLine="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="00527C5F">
         <w:t xml:space="preserve">UPL/LPL fees for the RC support are applicable to: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74B24381" w14:textId="64E3BBD1" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="23966EB3" w14:textId="07E96F41" w:rsidR="00335898" w:rsidRDefault="00335898" w:rsidP="00E778EF">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="215DBE3F" w14:textId="77777777" w:rsidR="00335898" w:rsidRPr="00527C5F" w:rsidRDefault="00335898" w:rsidP="00E778EF">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14B3EECB" w14:textId="55597B9E" w:rsidR="00133A93" w:rsidRPr="00527C5F" w:rsidRDefault="00133A93" w:rsidP="00E778EF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1090" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
-[...11 lines deleted...]
-    <w:p w14:paraId="75D492D0" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+      <w:r w:rsidRPr="00527C5F">
+        <w:t xml:space="preserve">Recruitment Campaign under Activity 5 (Fund 13816) – UPL/LPL fees for UNDP’s direct costs in supporting recruitment is applicable in additional to GMS; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55DCA7A7" w14:textId="77777777" w:rsidR="00133A93" w:rsidRPr="00527C5F" w:rsidRDefault="00133A93" w:rsidP="00E778EF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1090"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77112594" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="0D189D91" w14:textId="77777777" w:rsidR="00133A93" w:rsidRPr="00527C5F" w:rsidRDefault="00133A93" w:rsidP="00E778EF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1090" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
-[...11 lines deleted...]
-    <w:p w14:paraId="67DB8DE2" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+      <w:r w:rsidRPr="00527C5F">
+        <w:t xml:space="preserve">Coordination Fund under Activity 7 (fund 13825) – UNDP’s direct costs associated with support of the Coordination fund activities is to be fully recovered using the UPL/LPL; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04618CBC" w14:textId="77777777" w:rsidR="00133A93" w:rsidRPr="00527C5F" w:rsidRDefault="00133A93" w:rsidP="00E778EF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1090"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CDEFF53" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00ED6B3F">
+    <w:p w14:paraId="2D60BF98" w14:textId="77777777" w:rsidR="00133A93" w:rsidRPr="00527C5F" w:rsidRDefault="00133A93" w:rsidP="00E778EF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1090" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00ED6B3F">
+      <w:r w:rsidRPr="00527C5F">
         <w:t xml:space="preserve">Any other services requested by the RC that are not part of the turnkey solutions must be recovered on a “Pay as you go” basis, incurring UPL/LPL, direct costs and GMS as applicable. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47627716" w14:textId="0EECC2DF" w:rsidR="007E2152" w:rsidRPr="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="008D46E0">
-[...20 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId25"/>
+    <w:p w14:paraId="4BC48291" w14:textId="50345A54" w:rsidR="001C77BC" w:rsidRPr="001F4C10" w:rsidRDefault="001C77BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="001C77BC" w:rsidRPr="001F4C10">
+      <w:headerReference w:type="default" r:id="rId23"/>
+      <w:footerReference w:type="even" r:id="rId24"/>
+      <w:footerReference w:type="default" r:id="rId25"/>
       <w:footerReference w:type="first" r:id="rId26"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1483" w:right="1433" w:bottom="1441" w:left="1440" w:header="720" w:footer="721" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="64B6DDB5" w14:textId="77777777" w:rsidR="00BE1D55" w:rsidRDefault="00BE1D55">
+    <w:p w14:paraId="5ACBA6F4" w14:textId="77777777" w:rsidR="00E26311" w:rsidRDefault="00E26311">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="62B70C38" w14:textId="77777777" w:rsidR="00BE1D55" w:rsidRDefault="00BE1D55">
+    <w:p w14:paraId="4FBDB2CB" w14:textId="77777777" w:rsidR="00E26311" w:rsidRDefault="00E26311">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos">
-    <w:charset w:val="00"/>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cordia New">
+    <w:panose1 w:val="020B0304020202020204"/>
+    <w:charset w:val="DE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Angsana New">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="DE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos Display">
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5889701B" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRDefault="00ED6B3F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="4BC48292" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRDefault="002C2248">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="3" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="2B9EA323" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRDefault="00ED6B3F">
+  <w:p w14:paraId="4BC48293" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRDefault="002C2248">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="18300E88" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRDefault="00ED6B3F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="4BC48295" w14:textId="0F958813" w:rsidR="001C77BC" w:rsidRDefault="001F4C10">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00825D92">
       <w:rPr>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00825D92">
       <w:rPr>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="001F4C10">
       <w:t>Effective Date:</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidRPr="007F650F">
+    <w:r w:rsidR="008E32CE">
+      <w:t>0</w:t>
+    </w:r>
+    <w:r w:rsidR="00D14271">
       <w:t>2</w:t>
     </w:r>
-    <w:r>
-      <w:t>3</w:t>
+    <w:r w:rsidR="007F650F" w:rsidRPr="007F650F">
+      <w:t>/</w:t>
     </w:r>
-    <w:r w:rsidRPr="007F650F">
-      <w:t xml:space="preserve">/11/2022 </w:t>
+    <w:r w:rsidR="008E32CE">
+      <w:t>0</w:t>
+    </w:r>
+    <w:r w:rsidR="00D14271">
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidR="007F650F" w:rsidRPr="007F650F">
+      <w:t>/202</w:t>
+    </w:r>
+    <w:r w:rsidR="008E32CE">
+      <w:t>6</w:t>
+    </w:r>
+    <w:r w:rsidR="007F650F" w:rsidRPr="007F650F">
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="001F4C10">
       <w:t>Version #:</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="POPPRefItemVersion"/>
         <w:tag w:val="UNDP_POPP_REFITEM_VERSION"/>
         <w:id w:val="-703706547"/>
+        <w:placeholder>
+          <w:docPart w:val="FFE12E6A81AD4A14AA71649F9D58AA0F"/>
+        </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='e560140e-7b2f-4392-90df-e7567e3021a3' xmlns:ns4='8264c5cc-ec60-4b56-8111-ce635d3d139a' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns4:UNDP_POPP_REFITEM_VERSION[1]" w:storeItemID="{6BA8D37D-F2C6-49FB-8F3D-4887803CF0F5}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r>
-          <w:t>11</w:t>
+        <w:r w:rsidR="00415374">
+          <w:t>2</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5D07F176" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRDefault="00ED6B3F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="4BC48296" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRDefault="002C2248">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="3" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="14C71B8E" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRDefault="00ED6B3F">
+  <w:p w14:paraId="4BC48297" w14:textId="77777777" w:rsidR="001C77BC" w:rsidRDefault="002C2248">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7911F16E" w14:textId="77777777" w:rsidR="00BE1D55" w:rsidRDefault="00BE1D55">
+    <w:p w14:paraId="5FFAEF98" w14:textId="77777777" w:rsidR="00E26311" w:rsidRDefault="00E26311">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6E578E7D" w14:textId="77777777" w:rsidR="00BE1D55" w:rsidRDefault="00BE1D55">
+    <w:p w14:paraId="33DD2CE7" w14:textId="77777777" w:rsidR="00E26311" w:rsidRDefault="00E26311">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...10 lines deleted...]
-  <w:p w14:paraId="28CACEA3" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRDefault="00ED6B3F" w:rsidP="00084473">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="62C88051" w14:textId="63BA90A1" w:rsidR="00084473" w:rsidRDefault="00084473" w:rsidP="00084473">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:ind w:left="9730" w:right="43"/>
     </w:pPr>
     <w:r w:rsidRPr="00084473">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3376CDB0" wp14:editId="6FBD9EFE">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6902D778" wp14:editId="750B602D">
           <wp:extent cx="304800" cy="632460"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2" name="logo-undp-300.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect r="-18" b="14433"/>
                   <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="304800" cy="632460"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="07660C0D" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRDefault="00ED6B3F">
-[...9 lines deleted...]
-  <w:p w14:paraId="4BDC9383" w14:textId="77777777" w:rsidR="00ED6B3F" w:rsidRDefault="00ED6B3F">
+  <w:p w14:paraId="2BB31596" w14:textId="77777777" w:rsidR="00084473" w:rsidRDefault="00084473">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1E5971BD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="86166EDA"/>
+    <w:lvl w:ilvl="0" w:tplc="3C9EF58C">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="705"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="B694FD06">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="9AA2A1CE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="F1364B30">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="DBD88258">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="DABC1098">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C3EEA14">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="8F1EFC60">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="78421134">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="201F72D9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8536E898"/>
+    <w:lvl w:ilvl="0" w:tplc="9D6244A2">
+      <w:start w:val="10"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="705"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="4E94F166">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="59F81424">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2730B6BC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="EDB03E58">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="044ACB6E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="D4344658">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0242DD82">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="68E6C9F8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="36105242"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D36A26F4"/>
+    <w:lvl w:ilvl="0" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A3A6427"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1284C562"/>
     <w:lvl w:ilvl="0" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -2466,51 +3445,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4CC5541E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5E3A67D2"/>
     <w:lvl w:ilvl="0" w:tplc="0116FD76">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -2678,51 +3657,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="AFE450D4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70E84D65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AE405354"/>
     <w:lvl w:ilvl="0" w:tplc="584E27FC">
       <w:start w:val="19"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -2890,150 +3869,1277 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="891437B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="911160568">
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1087389347">
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="5">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="2075157152">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="129"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00ED6B3F"/>
-[...17 lines deleted...]
-    <w:rsid w:val="00ED6B3F"/>
+    <w:rsidRoot w:val="001C77BC"/>
+    <w:rsid w:val="00017F21"/>
+    <w:rsid w:val="00025F29"/>
+    <w:rsid w:val="00044486"/>
+    <w:rsid w:val="00084473"/>
+    <w:rsid w:val="000A3995"/>
+    <w:rsid w:val="000B1B09"/>
+    <w:rsid w:val="000C0D76"/>
+    <w:rsid w:val="000F0384"/>
+    <w:rsid w:val="00133A93"/>
+    <w:rsid w:val="001405CC"/>
+    <w:rsid w:val="00162921"/>
+    <w:rsid w:val="001752BB"/>
+    <w:rsid w:val="001B2658"/>
+    <w:rsid w:val="001C77BC"/>
+    <w:rsid w:val="001D0A51"/>
+    <w:rsid w:val="001E22D3"/>
+    <w:rsid w:val="001F1E53"/>
+    <w:rsid w:val="001F39F1"/>
+    <w:rsid w:val="001F492D"/>
+    <w:rsid w:val="001F4C10"/>
+    <w:rsid w:val="002337B7"/>
+    <w:rsid w:val="00251E6B"/>
+    <w:rsid w:val="00263E99"/>
+    <w:rsid w:val="002747FE"/>
+    <w:rsid w:val="00286F90"/>
+    <w:rsid w:val="002A41AC"/>
+    <w:rsid w:val="002B5E43"/>
+    <w:rsid w:val="002C2248"/>
+    <w:rsid w:val="002D69FD"/>
+    <w:rsid w:val="002E2931"/>
+    <w:rsid w:val="002F2D3E"/>
+    <w:rsid w:val="00303111"/>
+    <w:rsid w:val="003177AE"/>
+    <w:rsid w:val="003218CD"/>
+    <w:rsid w:val="00335898"/>
+    <w:rsid w:val="00356F58"/>
+    <w:rsid w:val="003C6DE9"/>
+    <w:rsid w:val="00415374"/>
+    <w:rsid w:val="0041557E"/>
+    <w:rsid w:val="00421F80"/>
+    <w:rsid w:val="00440F49"/>
+    <w:rsid w:val="004556E1"/>
+    <w:rsid w:val="0047202B"/>
+    <w:rsid w:val="004D1F4E"/>
+    <w:rsid w:val="00511372"/>
+    <w:rsid w:val="00527C5F"/>
+    <w:rsid w:val="00531D3C"/>
+    <w:rsid w:val="00531F57"/>
+    <w:rsid w:val="005E57A2"/>
+    <w:rsid w:val="006134FE"/>
+    <w:rsid w:val="0062656B"/>
+    <w:rsid w:val="006266AC"/>
+    <w:rsid w:val="00637C5C"/>
+    <w:rsid w:val="00641385"/>
+    <w:rsid w:val="00671BA5"/>
+    <w:rsid w:val="0069727C"/>
+    <w:rsid w:val="006A1B05"/>
+    <w:rsid w:val="006C312C"/>
+    <w:rsid w:val="006F713D"/>
+    <w:rsid w:val="00701120"/>
+    <w:rsid w:val="007020A4"/>
+    <w:rsid w:val="0070540B"/>
+    <w:rsid w:val="00750E43"/>
+    <w:rsid w:val="007B780E"/>
+    <w:rsid w:val="007C1B00"/>
+    <w:rsid w:val="007E192C"/>
+    <w:rsid w:val="007E44E6"/>
+    <w:rsid w:val="007F650F"/>
+    <w:rsid w:val="00825D92"/>
+    <w:rsid w:val="00850A00"/>
+    <w:rsid w:val="00894A9D"/>
+    <w:rsid w:val="008D3A6B"/>
+    <w:rsid w:val="008E11CB"/>
+    <w:rsid w:val="008E32CE"/>
+    <w:rsid w:val="008F150B"/>
+    <w:rsid w:val="008F274C"/>
+    <w:rsid w:val="00902B3E"/>
+    <w:rsid w:val="00913614"/>
+    <w:rsid w:val="0092115E"/>
+    <w:rsid w:val="00936B3B"/>
+    <w:rsid w:val="00970517"/>
+    <w:rsid w:val="00994DE1"/>
+    <w:rsid w:val="009E7884"/>
+    <w:rsid w:val="00A213D5"/>
+    <w:rsid w:val="00A32E86"/>
+    <w:rsid w:val="00AF0A96"/>
+    <w:rsid w:val="00AF3290"/>
+    <w:rsid w:val="00B07606"/>
+    <w:rsid w:val="00B47C49"/>
+    <w:rsid w:val="00B8236B"/>
+    <w:rsid w:val="00B82BE6"/>
+    <w:rsid w:val="00BB117C"/>
+    <w:rsid w:val="00C546B8"/>
+    <w:rsid w:val="00C61884"/>
+    <w:rsid w:val="00C67453"/>
+    <w:rsid w:val="00CA75AC"/>
+    <w:rsid w:val="00CB7B56"/>
+    <w:rsid w:val="00CD50F8"/>
+    <w:rsid w:val="00CD516B"/>
+    <w:rsid w:val="00CE57FB"/>
+    <w:rsid w:val="00CF2825"/>
+    <w:rsid w:val="00D10B52"/>
+    <w:rsid w:val="00D14271"/>
+    <w:rsid w:val="00D23099"/>
+    <w:rsid w:val="00D27D71"/>
+    <w:rsid w:val="00D558A0"/>
+    <w:rsid w:val="00D84D68"/>
+    <w:rsid w:val="00DA3337"/>
+    <w:rsid w:val="00DD7D27"/>
+    <w:rsid w:val="00E0303C"/>
+    <w:rsid w:val="00E040DA"/>
+    <w:rsid w:val="00E17EB7"/>
+    <w:rsid w:val="00E17F98"/>
+    <w:rsid w:val="00E26311"/>
+    <w:rsid w:val="00E4753C"/>
+    <w:rsid w:val="00E739D4"/>
+    <w:rsid w:val="00E73A77"/>
+    <w:rsid w:val="00E76023"/>
+    <w:rsid w:val="00E778EF"/>
+    <w:rsid w:val="00E94C64"/>
+    <w:rsid w:val="00EC350E"/>
+    <w:rsid w:val="00ED71D6"/>
+    <w:rsid w:val="00EE43A2"/>
+    <w:rsid w:val="00EF2140"/>
+    <w:rsid w:val="00EF7145"/>
+    <w:rsid w:val="00F1477E"/>
+    <w:rsid w:val="00F147F2"/>
+    <w:rsid w:val="00F15407"/>
+    <w:rsid w:val="00F25AA5"/>
+    <w:rsid w:val="00F360C0"/>
+    <w:rsid w:val="00F62FC5"/>
+    <w:rsid w:val="00F72507"/>
+    <w:rsid w:val="00F84261"/>
+    <w:rsid w:val="00F95B06"/>
+    <w:rsid w:val="00FA1853"/>
+    <w:rsid w:val="00FB4A63"/>
+    <w:rsid w:val="00FC3BA4"/>
+    <w:rsid w:val="00FE74C6"/>
+    <w:rsid w:val="14A00ECD"/>
+    <w:rsid w:val="1E2A89DE"/>
+    <w:rsid w:val="258CDAB7"/>
+    <w:rsid w:val="2C9CE8F9"/>
+    <w:rsid w:val="33EE3A28"/>
+    <w:rsid w:val="33FFF535"/>
+    <w:rsid w:val="3450AD03"/>
+    <w:rsid w:val="3EB77B58"/>
+    <w:rsid w:val="3EBD98CC"/>
+    <w:rsid w:val="481664E5"/>
+    <w:rsid w:val="488ED6B9"/>
+    <w:rsid w:val="491834F0"/>
+    <w:rsid w:val="49ABF1F7"/>
+    <w:rsid w:val="4ACBB4F6"/>
+    <w:rsid w:val="4C502EA3"/>
+    <w:rsid w:val="50BBCDA9"/>
+    <w:rsid w:val="52922579"/>
+    <w:rsid w:val="556AF8F3"/>
+    <w:rsid w:val="55E7A429"/>
+    <w:rsid w:val="5C0AC53C"/>
+    <w:rsid w:val="5D0FF19A"/>
+    <w:rsid w:val="603F881A"/>
+    <w:rsid w:val="6999E313"/>
+    <w:rsid w:val="750A1705"/>
+    <w:rsid w:val="785B0F30"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="5EEEB6C3"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{0EE4B338-45A9-47E5-B3DD-3BBAABB45D7F}"/>
+  <w14:docId w14:val="4BC48240"/>
+  <w15:docId w15:val="{C8E03240-EC2C-4059-981F-7F8626A09F3A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:szCs w:val="24"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
-        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:after="5" w:line="247" w:lineRule="auto"/>
+      <w:ind w:left="730" w:right="6" w:hanging="370"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="333333"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="10" w:hanging="10"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:b/>
+      <w:color w:val="333333"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00EE43A2"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:link w:val="Heading1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:b/>
+      <w:color w:val="333333"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000C0D76"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:aliases w:val="Bullets,List Paragraph1,WB Para,List Paragraph (numbered (a)),Lapis Bulleted List,Dot pt,F5 List Paragraph,No Spacing1,List Paragraph Char Char Char,Indicator Text,Numbered Para 1,Bullet 1,List Paragraph12,Bullet Points,MAIN CONTENT,L"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ListParagraphChar"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="000C0D76"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00084473"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00084473"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="333333"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00084473"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001F4C10"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001F4C10"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:color w:val="333333"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00894A9D"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00894A9D"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00894A9D"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00894A9D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="333333"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00894A9D"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00894A9D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="333333"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EE43A2"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
+    <w:name w:val="List Paragraph Char"/>
+    <w:aliases w:val="Bullets Char,List Paragraph1 Char,WB Para Char,List Paragraph (numbered (a)) Char,Lapis Bulleted List Char,Dot pt Char,F5 List Paragraph Char,No Spacing1 Char,List Paragraph Char Char Char Char,Indicator Text Char,Bullet 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="ListParagraph"/>
+    <w:uiPriority w:val="34"/>
+    <w:locked/>
+    <w:rsid w:val="00133A93"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="333333"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000A3995"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="333333"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00994DE1"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B07606"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B07606"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="333333"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:divs>
+    <w:div w:id="1469542781">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="bms.ofm.fbp@undp.org" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11736" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="bms.ofm.fbp@undp.org" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/OFM/Shared%20Documents/Forms/AllItems.aspx?id=%2Fteams%2FOFM%2FShared%20Documents%2FPDI%20%2D%20Costing%20and%20Cost%20Recovery%20Documents%2FUPL&amp;viewid=d3211020%2D86e1%2D4f49%2Dab1b%2Db08df0afa1ad&amp;FolderCTID=0x01200000BF6763B005D14682430E0814FFD5DE" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2996" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="bms.ofm.fbp@undp.org" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="bms.ofm.fbp@undp.org" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="bms.ofm.fbp@undp.org" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="bms.ofm.fbp@undp.org" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/policy-page/un-agency-services" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11671" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:x:/r/teams/OFM/_layouts/15/Doc.aspx?sourcedoc=%7BDD5348E6-FCB3-40CD-9FBB-07B63A006FCC%7D&amp;file=2026%20LPL%20calculator_29Oct2025.xlsx&amp;action=default&amp;mobileredirect=true" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/4766" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FFE12E6A81AD4A14AA71649F9D58AA0F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{77584CD5-5E57-487E-B86B-F381C736BEA6}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00CE70BA" w:rsidRDefault="006C312C">
+          <w:r w:rsidRPr="00EC38FF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>[POPPRefItemVersion]</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cordia New">
+    <w:panose1 w:val="020B0304020202020204"/>
+    <w:charset w:val="DE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Angsana New">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="DE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Mincho">
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:view w:val="normal"/>
+  <w:revisionView w:inkAnnotations="0"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="006A0049"/>
+    <w:rsid w:val="00053600"/>
+    <w:rsid w:val="000A6D6D"/>
+    <w:rsid w:val="001860A8"/>
+    <w:rsid w:val="00467289"/>
+    <w:rsid w:val="00544F95"/>
+    <w:rsid w:val="006A0049"/>
+    <w:rsid w:val="006C312C"/>
+    <w:rsid w:val="00805E92"/>
+    <w:rsid w:val="008B0AE7"/>
+    <w:rsid w:val="0092233E"/>
+    <w:rsid w:val="009E28B9"/>
+    <w:rsid w:val="009E7884"/>
+    <w:rsid w:val="009F3973"/>
+    <w:rsid w:val="00A522DA"/>
+    <w:rsid w:val="00AD6E6E"/>
+    <w:rsid w:val="00BC1A56"/>
+    <w:rsid w:val="00BE01EE"/>
+    <w:rsid w:val="00C62B12"/>
+    <w:rsid w:val="00CE70BA"/>
+    <w:rsid w:val="00D558A0"/>
+    <w:rsid w:val="00DA1A33"/>
+    <w:rsid w:val="00DA6F42"/>
+    <w:rsid w:val="00E0303C"/>
+    <w:rsid w:val="00E040DA"/>
+    <w:rsid w:val="00E61D38"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="th-TH"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w14:docId w14:val="51910B5A"/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3374,1147 +5480,554 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00ED6B3F"/>
-[...211 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-[...360 lines deleted...]
-    <w:name w:val="FollowedHyperlink"/>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00B43A4D"/>
+    <w:rsid w:val="006C312C"/>
     <w:rPr>
-      <w:color w:val="96607D" w:themeColor="followedHyperlink"/>
-      <w:u w:val="single"/>
+      <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
-</file>
-[...6 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <TaxCatchAll xmlns="c26dc373-2944-4fff-a656-1635ba5514b5" xsi:nil="true"/>
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd">
+    <TaxCatchAll xmlns="7ef5284c-a724-486d-9c6e-6b46d35db2dd" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="9c9e5014-7273-40ba-95fc-e628b777c505">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DF4E5EB98AFACA49B955F57620F5DD44" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="16e62f017f053e4187bce02c358b6be9">
-[...2 lines deleted...]
-    <xsd:import namespace="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C70F24FAA7BA5249BDEB0641E59DC52A" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d971145f1b56e9c13361b9e0ab868cd7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9c9e5014-7273-40ba-95fc-e628b777c505" xmlns:ns3="7ef5284c-a724-486d-9c6e-6b46d35db2dd" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f55cf61d224918266b7d54861f14722c" ns2:_="" ns3:_="">
+    <xsd:import namespace="9c9e5014-7273-40ba-95fc-e628b777c505"/>
+    <xsd:import namespace="7ef5284c-a724-486d-9c6e-6b46d35db2dd"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
-[...5 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9c9e5014-7273-40ba-95fc-e628b777c505" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="16" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f8ebb0a5-c57d-4c3a-bec7-8a38252dd05c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="23" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
-[...9 lines deleted...]
-    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="24" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f8ebb0a5-c57d-4c3a-bec7-8a38252dd05c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
-[...5 lines deleted...]
-    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c26dc373-2944-4fff-a656-1635ba5514b5" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7ef5284c-a724-486d-9c6e-6b46d35db2dd" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="TaxCatchAll" ma:index="24" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{7fb16e66-a0cf-4293-80d1-ecb3df652669}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c26dc373-2944-4fff-a656-1635ba5514b5">
+    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{795fc9f7-b0fa-4401-b58e-16dde1209691}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="7ef5284c-a724-486d-9c6e-6b46d35db2dd">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -4582,107 +6095,146 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BC527F3C-1D70-4880-B73E-BDA62844F2D9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB187ED6-8771-4857-A2F3-8162629D96AD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9C764126-09D5-466E-99E8-95DEA51D00CF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6BA8D37D-F2C6-49FB-8F3D-4887803CF0F5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
-    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <ds:schemaRef ds:uri="7ef5284c-a724-486d-9c6e-6b46d35db2dd"/>
+    <ds:schemaRef ds:uri="9c9e5014-7273-40ba-95fc-e628b777c505"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4E4FE79B-161A-4068-B681-E77A4816A0C3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{80A9EF65-C0D8-4B45-BDD4-3BB4A072A1A6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
-    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <ds:schemaRef ds:uri="9c9e5014-7273-40ba-95fc-e628b777c505"/>
+    <ds:schemaRef ds:uri="7ef5284c-a724-486d-9c6e-6b46d35db2dd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1841</Words>
-  <Characters>10332</Characters>
+  <Words>1940</Words>
+  <Characters>11058</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>181</Lines>
-  <Paragraphs>53</Paragraphs>
+  <Lines>92</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12229</CharactersWithSpaces>
+  <CharactersWithSpaces>12973</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Arilda Dragjoshi</dc:creator>
+  <dc:creator>Tatiana Rybarova</dc:creator>
   <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
-    <vt:lpwstr>efc6d634-1e97-4b8d-9da1-aa0d59e76604</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100C70F24FAA7BA5249BDEB0641E59DC52A</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
-    <vt:lpwstr>0x010100DF4E5EB98AFACA49B955F57620F5DD44</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
+    <vt:lpwstr>fd66cea4-3f24-444a-a054-b5473e094a4c</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="UNDP_POPP_BUSINESSUNIT">
+    <vt:lpwstr>350;#Financial Resources Management|682d4c54-a288-412d-bfec-ce5587bbd25c</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="POPPBusinessProcess">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="UNDP_POPP_BUSINESSPROCESS_HIDDEN">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="TaxCatchAll">
+    <vt:lpwstr>350;#Financial Resources Management|682d4c54-a288-412d-bfec-ce5587bbd25c</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="l0e6ef0c43e74560bd7f3acd1f5e8571">
+    <vt:lpwstr>Financial Resources Management|682d4c54-a288-412d-bfec-ce5587bbd25c</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="DLCPolicyLabelValue">
+    <vt:lpwstr>Effective Date: {Effective Date}                                                Version #: {POPPRefItemVersion}</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>