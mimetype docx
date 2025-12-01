--- v0 (2025-10-18)
+++ v1 (2025-12-01)
@@ -6,82 +6,81 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="46D1ABCD" w14:textId="758211C9" w:rsidR="00560CD9" w:rsidRDefault="00560CD9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpXSpec="right" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="10165" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1530"/>
         <w:gridCol w:w="414"/>
         <w:gridCol w:w="2389"/>
         <w:gridCol w:w="1944"/>
         <w:gridCol w:w="1548"/>
         <w:gridCol w:w="396"/>
         <w:gridCol w:w="684"/>
-        <w:gridCol w:w="90"/>
-        <w:gridCol w:w="1170"/>
+        <w:gridCol w:w="1260"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="000D7A9B" w14:paraId="068D72B0" w14:textId="77777777" w:rsidTr="00EB630F">
+      <w:tr w:rsidR="00560CD9" w:rsidRPr="000D7A9B" w14:paraId="068D72B0" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
           <w:trHeight w:val="440"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10165" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39D39F27" w14:textId="418514B4" w:rsidR="00560CD9" w:rsidRPr="000D7A9B" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7020"/>
               </w:tabs>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D7A9B">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="20"/>
@@ -99,1201 +98,593 @@
               <w:t>rogramme</w:t>
             </w:r>
             <w:r w:rsidRPr="000D7A9B">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">QA Assessment: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="000D7A9B" w14:paraId="663F12D5" w14:textId="77777777" w:rsidTr="00EB630F">
+      <w:tr w:rsidR="00B3699F" w:rsidRPr="000D7A9B" w14:paraId="663F12D5" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10165" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B758367" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="000D7A9B" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+          <w:p w14:paraId="7B758367" w14:textId="384F6F6B" w:rsidR="00B3699F" w:rsidRPr="000D7A9B" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7020"/>
               </w:tabs>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0BD76D6C">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="28"/>
-                <w:szCs w:val="20"/>
-[...1 lines deleted...]
-              <w:t>Overall Programme</w:t>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Overall Programme:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="000D7A9B" w14:paraId="6AFF2E42" w14:textId="77777777" w:rsidTr="00E34877">
+      <w:tr w:rsidR="00B3699F" w:rsidRPr="000D7A9B" w14:paraId="6AFF2E42" w14:textId="77777777" w:rsidTr="00DD5EA4">
         <w:trPr>
           <w:trHeight w:val="503"/>
-        </w:trPr>
-[...496 lines deleted...]
-          <w:trHeight w:val="462"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1944" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A9E9289" w14:textId="27BAD688" w:rsidR="00560CD9" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+          <w:p w14:paraId="55CC2D47" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0BD76D6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Satisfactory</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14F1D9C8" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0BD76D6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>40+ points</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67B04EA2" w14:textId="474FA726" w:rsidR="00B3699F" w:rsidRPr="000D7A9B" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7020"/>
               </w:tabs>
-              <w:spacing w:before="120" w:after="20"/>
+              <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:b/>
+                <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...31 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2389" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="106875A7" w14:textId="2F6C71AC" w:rsidR="00560CD9" w:rsidRDefault="00ED572B" w:rsidP="00EB630F">
+          <w:p w14:paraId="3FD4710F" w14:textId="1D3C9118" w:rsidR="00B3699F" w:rsidRPr="000D7A9B" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7020"/>
               </w:tabs>
-              <w:spacing w:before="120" w:after="20"/>
+              <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:b/>
+                <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...21 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1944" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="12764004" w14:textId="6149A424" w:rsidR="00560CD9" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+          <w:p w14:paraId="38A02548" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0BD76D6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Needs Improvement</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72C30C73" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
+            <w:pPr>
+              <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0BD76D6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>0-39 points</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70F9BCC2" w14:textId="37970B7A" w:rsidR="00B3699F" w:rsidRPr="000D7A9B" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7020"/>
               </w:tabs>
-              <w:spacing w:before="120" w:after="20"/>
+              <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:b/>
+                <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...31 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1944" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5D82A3B5" w14:textId="494DB024" w:rsidR="00560CD9" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+          <w:p w14:paraId="10D0C164" w14:textId="3FC19B0D" w:rsidR="00B3699F" w:rsidRPr="000D7A9B" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7020"/>
               </w:tabs>
-              <w:spacing w:before="120" w:after="20"/>
+              <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:b/>
+                <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...51 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1944" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="77CF30D1" w14:textId="662A7372" w:rsidR="00560CD9" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+          <w:p w14:paraId="62DD9DE4" w14:textId="0166248F" w:rsidR="00B3699F" w:rsidRPr="000D7A9B" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7020"/>
               </w:tabs>
-              <w:spacing w:before="120" w:after="20"/>
+              <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:b/>
+                <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...51 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="000D7A9B" w14:paraId="425FBF0C" w14:textId="77777777" w:rsidTr="00EB630F">
+      <w:tr w:rsidR="00B3699F" w:rsidRPr="000D7A9B" w14:paraId="425FBF0C" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
           <w:trHeight w:val="387"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10165" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="629D29F6" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="000D7A9B" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+          <w:p w14:paraId="629D29F6" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRPr="000D7A9B" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D7A9B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DECISION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="000D7A9B" w14:paraId="6B891B5D" w14:textId="77777777" w:rsidTr="00EB630F">
+      <w:tr w:rsidR="00B3699F" w:rsidRPr="000D7A9B" w14:paraId="6B891B5D" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10165" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6E3112C9" w14:textId="70031E31" w:rsidR="00560CD9" w:rsidRPr="00E34877" w:rsidRDefault="00E34877" w:rsidP="00EB630F">
+          <w:p w14:paraId="6E3112C9" w14:textId="70031E31" w:rsidR="00B3699F" w:rsidRPr="00E34877" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:ind w:left="180" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E34877">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">APPROVE </w:t>
             </w:r>
             <w:r w:rsidRPr="00E34877">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>– the programme is of sufficient quality to continue as planned, taking</w:t>
             </w:r>
-            <w:r w:rsidR="0012471C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> the</w:t>
             </w:r>
             <w:r w:rsidRPr="00E34877">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> PAC feedback into account</w:t>
-[...11 lines deleted...]
-          <w:p w14:paraId="6BAAAAA5" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00E34877" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+              <w:t xml:space="preserve"> PAC feedback into account.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BAAAAA5" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRPr="00E34877" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:ind w:left="180" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E34877">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>APPROVE WITH QUALIFICATIONS</w:t>
             </w:r>
             <w:r w:rsidRPr="00E34877">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> – the programme has issues that must be addressed before the country programme document can be cleared for submission to the Executive Board. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D615F13" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00E34877" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+          <w:p w14:paraId="0D615F13" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRPr="00E34877" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:ind w:left="180" w:hanging="180"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E34877">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">DISAPPROVE </w:t>
             </w:r>
             <w:r w:rsidRPr="00E34877">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>– the programme has significant issues that require substantial revision before it is reviewed again.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="000D7A9B" w14:paraId="4C8930AE" w14:textId="77777777" w:rsidTr="00EB630F">
+      <w:tr w:rsidR="00B3699F" w:rsidRPr="000D7A9B" w14:paraId="4C8930AE" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
           <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10165" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F2D6BB1" w14:textId="6B803451" w:rsidR="00560CD9" w:rsidRPr="00560CD9" w:rsidRDefault="00560CD9" w:rsidP="00560CD9">
+          <w:p w14:paraId="3F2D6BB1" w14:textId="6B803451" w:rsidR="00B3699F" w:rsidRPr="00560CD9" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D7A9B">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RATING CRITERIA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="000D7A9B" w14:paraId="4C53202B" w14:textId="77777777" w:rsidTr="00EB630F">
+      <w:tr w:rsidR="00B3699F" w:rsidRPr="000D7A9B" w14:paraId="4C53202B" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
           <w:trHeight w:val="464"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="461D52B6" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="000D7A9B" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+          <w:p w14:paraId="461D52B6" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRPr="000D7A9B" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7020"/>
               </w:tabs>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D7A9B">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Strategic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8635" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DFADF3D" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="0086327E" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+          <w:p w14:paraId="6DFADF3D" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRPr="0086327E" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="000D7A9B" w14:paraId="31E852C6" w14:textId="77777777" w:rsidTr="00DC64D3">
+      <w:tr w:rsidR="00B3699F" w:rsidRPr="000D7A9B" w14:paraId="31E852C6" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
           <w:trHeight w:val="239"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7825" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2C05F8F3" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="0005102B" w:rsidRDefault="00560CD9" w:rsidP="00560CD9">
+          <w:p w14:paraId="2C05F8F3" w14:textId="4C6E0658" w:rsidR="00B3699F" w:rsidRPr="0005102B" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="60"/>
               <w:ind w:left="245" w:hanging="274"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the programme’s analysis</w:t>
             </w:r>
             <w:r w:rsidRPr="0005102B">
@@ -1308,925 +699,861 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">of the issues rigorous and credible, and does the </w:t>
             </w:r>
             <w:r w:rsidRPr="0005102B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Theory of Change specify </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">an evidence-based and plausible change process/pathway? </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7C2C4842" w14:textId="7BD48FCE" w:rsidR="00560CD9" w:rsidRPr="00A94B4B" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+              <w:t xml:space="preserve">an evidence-based and plausible hypothesis of change? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C2C4842" w14:textId="50528FBE" w:rsidR="00B3699F" w:rsidRPr="00A94B4B" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="60"/>
               <w:ind w:left="515" w:hanging="247"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F20F4">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="1DF437F1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>3:</w:t>
             </w:r>
-            <w:r>
-[...80 lines deleted...]
-          <w:p w14:paraId="49DCFED7" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00A94B4B" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+            <w:r w:rsidRPr="1DF437F1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The programme has an analysis and theory of change with a clear and plausible hypothesis of change backed by credible evidence, such as from evaluation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1DF437F1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, research and analysis by UNDP or other stakeholders, that has been used to define the programme priorities. The CPD describes why the programme’s strategy is the best approach to support UNCT and partners to achieve the SDGs.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49DCFED7" w14:textId="4535917F" w:rsidR="00B3699F" w:rsidRPr="00A94B4B" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="60"/>
               <w:ind w:left="515" w:hanging="247"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007B6910">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="1DF437F1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>2:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A94B4B">
-[...32 lines deleted...]
-          <w:p w14:paraId="3E29697A" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00405139" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+            <w:r w:rsidRPr="1DF437F1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The programme has an analysis and theory of change backed by some evidence, such as from evaluation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1DF437F1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, research and analysis by UNDP or other stakeholders, that has been used to define the programme priorities. It is clear how the programme will contribute to the SDGs.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E29697A" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRPr="00405139" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="60"/>
               <w:ind w:left="515" w:hanging="245"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B6910">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>1:</w:t>
             </w:r>
             <w:r w:rsidRPr="00A94B4B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> The programme is described in generic terms and </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">analysis </w:t>
             </w:r>
             <w:r w:rsidRPr="00A94B4B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">is not backed by credible evidence. There are no citations of evaluations, assessments, </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> or data. </w:t>
+              <w:t xml:space="preserve">is not backed by credible evidence. There are no citations of evaluations, assessments, research or data. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Programme priorities are poorly articulated</w:t>
             </w:r>
             <w:r w:rsidRPr="00A94B4B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="55C05253" w14:textId="0EF3FBD1" w:rsidR="00560CD9" w:rsidRPr="00423F0C" w:rsidRDefault="00560CD9" w:rsidP="00DC64D3">
+          <w:p w14:paraId="55C05253" w14:textId="0EF3FBD1" w:rsidR="00B3699F" w:rsidRPr="00423F0C" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="162"/>
               </w:tabs>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="4E230E4C" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00423F0C" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+          <w:p w14:paraId="4E230E4C" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRPr="00423F0C" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="000D7A9B" w14:paraId="5F02E305" w14:textId="77777777" w:rsidTr="00DC64D3">
+      <w:tr w:rsidR="00B3699F" w:rsidRPr="000D7A9B" w14:paraId="5F02E305" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
           <w:trHeight w:val="257"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7825" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="38BC559D" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+          <w:p w14:paraId="38BC559D" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2C2D4027" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00423F0C" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+          <w:p w14:paraId="2C2D4027" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRPr="00423F0C" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="000D7A9B" w14:paraId="7A54DD15" w14:textId="77777777" w:rsidTr="00DC64D3">
+      <w:tr w:rsidR="00B3699F" w:rsidRPr="000D7A9B" w14:paraId="7A54DD15" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
           <w:trHeight w:val="1257"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7825" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0CCC2244" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+          <w:p w14:paraId="0CCC2244" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5ABE562E" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+          <w:p w14:paraId="5ABE562E" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001661B0">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Evidence</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E4B5051" w14:textId="3B56D66D" w:rsidR="00062E46" w:rsidRPr="00062E46" w:rsidRDefault="00062E46" w:rsidP="00EB630F">
+          <w:p w14:paraId="0E4B5051" w14:textId="3B56D66D" w:rsidR="00B3699F" w:rsidRPr="00062E46" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="000D7A9B" w14:paraId="72144609" w14:textId="77777777" w:rsidTr="00DC64D3">
+      <w:tr w:rsidR="00B3699F" w:rsidRPr="000D7A9B" w14:paraId="72144609" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
           <w:trHeight w:val="241"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7825" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="24B26E89" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00E55243" w:rsidRDefault="00560CD9" w:rsidP="00560CD9">
+          <w:p w14:paraId="24B26E89" w14:textId="4119B0E8" w:rsidR="00B3699F" w:rsidRPr="00E55243" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="60"/>
               <w:ind w:left="245" w:hanging="274"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the CPD adequately describe </w:t>
             </w:r>
             <w:r w:rsidRPr="00B137B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>UNDP</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">’s comparative advantage in the chosen programme priorities? </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="6C4733A4" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="000F6CAD" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+              <w:t xml:space="preserve">’s comparative advantage and the role of partners in the chosen programme priorities? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C4733A4" w14:textId="42FDCDD7" w:rsidR="00B3699F" w:rsidRPr="000F6CAD" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="60"/>
               <w:ind w:left="515" w:hanging="247"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F20F4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>3:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Analysis has been conducted on the role of other partners, including funding partners, in the areas that the programme intends to work, and </w:t>
+              <w:t xml:space="preserve"> Analysis has been conducted on the role of UNDP and other partners, including funding partners and UN agencies/entities, in the areas that the programme intends to work, and </w:t>
             </w:r>
             <w:r w:rsidRPr="007B6910">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>credible evidence</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> supports the proposed engagement of UNDP and these partners through the programme, </w:t>
             </w:r>
             <w:r w:rsidRPr="007B6910">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>including through evaluations and past lessons learned</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (i.e., what has worked in similar contexts.) </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="02950B6D" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="000F6CAD" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+              <w:t xml:space="preserve"> (i.e., what has worked in similar contexts.). </w:t>
+            </w:r>
+            <w:r w:rsidRPr="6E161A77">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Priorities on strengthening partnerships with other UN agencies and entities are clearly identified. Resource mobilization opportunities have been identified and planned for.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02950B6D" w14:textId="11C1EC77" w:rsidR="00B3699F" w:rsidRPr="000F6CAD" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="60"/>
               <w:ind w:left="515" w:hanging="247"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F20F4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>2:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Some analysis has been conducted on the role of other partners, including funding partners, in the areas that the programme intends to work, and </w:t>
+              <w:t xml:space="preserve"> Some analysis has been conducted on the role of UNDP and other partners, including funding partners and UN agencies/entities, in the areas that the programme intends to work, and </w:t>
             </w:r>
             <w:r w:rsidRPr="007B6910">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>relatively limited evidence</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> supports the proposed engagement of UNDP and partners through the programme. </w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="2AE3F6FE" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00763C8D" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+            <w:r w:rsidRPr="6E161A77">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Resource mobilization is considered but with little detail.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AE3F6FE" w14:textId="52F83ED0" w:rsidR="00B3699F" w:rsidRPr="00763C8D" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5715"/>
               </w:tabs>
               <w:spacing w:before="20" w:after="60"/>
               <w:ind w:left="515" w:hanging="245"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F20F4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>1:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007B6910">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>No analysis has been conducted on</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> the role of other partners, including funding partners, in the areas that the programme intends to work to inform the design of the role envisioned by UNDP and other partners through the programme.</w:t>
+              <w:t xml:space="preserve"> the role of UNDP and other partners, including funding partners and UN agencies/entities, in the areas that the programme intends to work to inform the design of the role envisioned by UNDP and other partners through the programme.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="06873011" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00BE2E56" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+          <w:p w14:paraId="06873011" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRPr="00BE2E56" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE2E56">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0B4BB2BA" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00BE2E56" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+          <w:p w14:paraId="0B4BB2BA" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRPr="00BE2E56" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE2E56">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="000D7A9B" w14:paraId="4CF324E8" w14:textId="77777777" w:rsidTr="00DC64D3">
+      <w:tr w:rsidR="00B3699F" w:rsidRPr="000D7A9B" w14:paraId="4CF324E8" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
           <w:trHeight w:val="248"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7825" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0ECFB784" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRDefault="00560CD9" w:rsidP="00560CD9">
+          <w:p w14:paraId="0ECFB784" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="20"/>
               <w:ind w:left="245" w:hanging="274"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="51BFFA53" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00BE2E56" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+          <w:p w14:paraId="51BFFA53" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRPr="00BE2E56" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE2E56">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="000D7A9B" w14:paraId="0507DC47" w14:textId="77777777" w:rsidTr="00DC64D3">
+      <w:tr w:rsidR="00B3699F" w:rsidRPr="000D7A9B" w14:paraId="0507DC47" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
           <w:trHeight w:val="955"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7825" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="26DBC18F" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRDefault="00560CD9" w:rsidP="00560CD9">
+          <w:p w14:paraId="26DBC18F" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="20"/>
               <w:ind w:left="245" w:hanging="274"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="40CE3D17" w14:textId="0FD5A5D0" w:rsidR="00560CD9" w:rsidRDefault="009067CC" w:rsidP="00EB630F">
+          <w:p w14:paraId="40CE3D17" w14:textId="0FD5A5D0" w:rsidR="00B3699F" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Evidence</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="430A811C" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="001661B0" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+          <w:p w14:paraId="430A811C" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRPr="001661B0" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="000D7A9B" w14:paraId="589562B9" w14:textId="77777777" w:rsidTr="00DC64D3">
+      <w:tr w:rsidR="00B3699F" w:rsidRPr="000D7A9B" w14:paraId="589562B9" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7825" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="199A3FC0" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00385E41" w:rsidRDefault="00560CD9" w:rsidP="00560CD9">
+          <w:p w14:paraId="199A3FC0" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRPr="00385E41" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5715"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="60"/>
               <w:ind w:left="245" w:hanging="274"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00385E41">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">programme </w:t>
             </w:r>
             <w:r w:rsidRPr="00385E41">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">aligned with the UNDP Strategic Plan? </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D8C65D1" w14:textId="39E89FFE" w:rsidR="00560CD9" w:rsidRPr="00310723" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+          <w:p w14:paraId="4D8C65D1" w14:textId="3A8B7142" w:rsidR="00B3699F" w:rsidRPr="00310723" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="515" w:hanging="247"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00310723">
               <w:rPr>
@@ -2235,303 +1562,262 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00310723">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Programme priorities </w:t>
             </w:r>
             <w:r w:rsidRPr="00733044">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">explicitly </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">reflect one or more of the development </w:t>
-[...6 lines deleted...]
-              <w:t>outcomes</w:t>
+              <w:t>reflect one or more of the development outcomes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:footnoteReference w:id="1"/>
             </w:r>
             <w:r w:rsidRPr="00733044" w:rsidDel="00D8676F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00733044">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>as specified</w:t>
             </w:r>
             <w:r w:rsidRPr="00310723">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> in the Strategic Plan (SP)</w:t>
             </w:r>
-            <w:r w:rsidR="00AE496E">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00310723">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00733044">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">It integrates among programme priorities one or more of the </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Signature Solutions</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:footnoteReference w:id="2"/>
             </w:r>
-            <w:r w:rsidR="00896142">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> , Enablers, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00310723">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>and the programme’s RRF includes at least one SP out</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>put</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00310723">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> indicator per programme outcome.</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00F166D6">
-[...44 lines deleted...]
-          <w:p w14:paraId="1E2ADE31" w14:textId="5550E7F0" w:rsidR="00560CD9" w:rsidRPr="00310723" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+            <w:r w:rsidRPr="002C141E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> It also identifies how the enablers contribute to the potential scale and impact of the Programme.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E2ADE31" w14:textId="5E36C0FB" w:rsidR="00B3699F" w:rsidRPr="00310723" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="515" w:hanging="247"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00310723">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>2:</w:t>
             </w:r>
             <w:r w:rsidRPr="00310723">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Programme priorities are </w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>aligned</w:t>
+            </w:r>
             <w:r w:rsidRPr="00733044">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>consistent with</w:t>
+              <w:t xml:space="preserve"> with</w:t>
             </w:r>
             <w:r w:rsidRPr="00310723">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t xml:space="preserve"> the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">at least one </w:t>
+            </w:r>
             <w:r w:rsidRPr="00310723">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">the </w:t>
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> least one </w:t>
+              <w:t xml:space="preserve">development </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>outcome</w:t>
             </w:r>
             <w:r w:rsidRPr="00310723">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">development </w:t>
-[...13 lines deleted...]
-              <w:t>put</w:t>
+              <w:t xml:space="preserve"> as specified in the SP. The programme’s RRF includes at least one SP ou</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>tput</w:t>
             </w:r>
             <w:r w:rsidRPr="00310723">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> as specified in the SP. The </w:t>
-[...28 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> indicator per programme outcome. </w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="6D9ABA6A" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00931AF6" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Enablers have been integrated.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D9ABA6A" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRPr="00931AF6" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="515" w:hanging="247"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00310723">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>1:</w:t>
             </w:r>
             <w:r w:rsidRPr="00310723">
               <w:rPr>
                 <w:sz w:val="18"/>
@@ -2556,821 +1842,352 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>UNDP Strategic Plan</w:t>
             </w:r>
             <w:r w:rsidRPr="00310723">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="63EE72AF" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00423F0C" w:rsidRDefault="00560CD9" w:rsidP="00560CD9">
+          <w:p w14:paraId="63EE72AF" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRPr="00423F0C" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE2E56">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="4DB29F48" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00423F0C" w:rsidRDefault="00560CD9" w:rsidP="00560CD9">
+          <w:p w14:paraId="4DB29F48" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRPr="00423F0C" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE2E56">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="000D7A9B" w14:paraId="65BE9B05" w14:textId="77777777" w:rsidTr="00DC64D3">
+      <w:tr w:rsidR="00B3699F" w:rsidRPr="000D7A9B" w14:paraId="65BE9B05" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7825" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="75F93DAD" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00323561" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+          <w:p w14:paraId="75F93DAD" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRPr="00323561" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5715"/>
               </w:tabs>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="75C01A51" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00423F0C" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+          <w:p w14:paraId="75C01A51" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRPr="00423F0C" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE2E56">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="000D7A9B" w14:paraId="733BE83B" w14:textId="77777777" w:rsidTr="00DC64D3">
+      <w:tr w:rsidR="00B3699F" w:rsidRPr="000D7A9B" w14:paraId="733BE83B" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
           <w:trHeight w:val="593"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7825" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5C4E09EC" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00323561" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+          <w:p w14:paraId="5C4E09EC" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRPr="00323561" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5715"/>
               </w:tabs>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="48DEE243" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+          <w:p w14:paraId="48DEE243" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001661B0">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Evidence</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38DF8D48" w14:textId="16E9F625" w:rsidR="00916DB4" w:rsidRPr="00916DB4" w:rsidRDefault="00916DB4" w:rsidP="00EB630F">
+          <w:p w14:paraId="38DF8D48" w14:textId="16E9F625" w:rsidR="00B3699F" w:rsidRPr="00916DB4" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="000D7A9B" w14:paraId="1F53F232" w14:textId="77777777" w:rsidTr="00DC64D3">
-[...497 lines deleted...]
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="000D7A9B" w14:paraId="400D2C4D" w14:textId="77777777" w:rsidTr="00EB630F">
+      <w:tr w:rsidR="00B3699F" w:rsidRPr="000D7A9B" w14:paraId="400D2C4D" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E77EF33" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="000D7A9B" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+          <w:p w14:paraId="1E77EF33" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRPr="000D7A9B" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7020"/>
               </w:tabs>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D7A9B">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Relevant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8635" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A203138" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="000D7A9B" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+          <w:p w14:paraId="7A203138" w14:textId="6B7EE6E7" w:rsidR="00B3699F" w:rsidRPr="000D7A9B" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="20" w:after="20"/>
               <w:ind w:left="158"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(incl. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A90131">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Sustainability &amp; National Ownership)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="000D7A9B" w14:paraId="541AE96D" w14:textId="77777777" w:rsidTr="00DC64D3">
+      <w:tr w:rsidR="00B3699F" w:rsidRPr="000D7A9B" w14:paraId="541AE96D" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
           <w:trHeight w:val="152"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7825" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="546962A8" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00385E41" w:rsidRDefault="00560CD9" w:rsidP="00560CD9">
+          <w:p w14:paraId="546962A8" w14:textId="2BDF2B1A" w:rsidR="00B3699F" w:rsidRPr="00385E41" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5715"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="60"/>
               <w:ind w:left="245" w:hanging="274"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1DF437F1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the proposed programme responsive to national priorities</w:t>
             </w:r>
-            <w:r w:rsidRPr="00385E41">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, and have national partners been engaged in its design</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1DF437F1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">? </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69FABB51" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="000F6CAD" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+          <w:p w14:paraId="69FABB51" w14:textId="5ADCDE13" w:rsidR="00B3699F" w:rsidRPr="000F6CAD" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="60"/>
               <w:ind w:left="605" w:hanging="247"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="006F20F4">
@@ -3385,78 +2202,118 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  There is </w:t>
             </w:r>
             <w:r w:rsidRPr="003219C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>credible</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> evidence that </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="003219C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>all</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> of</w:t>
-[...11 lines deleted...]
-          <w:p w14:paraId="52F10F08" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+              <w:t xml:space="preserve"> of the proposed programme outcomes and indicative outputs are fully responsive to national priorities. The programme has been developed </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002476D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>jointly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> by UNDP and a range of national partners (government, technical and financial partners, civil society, beneficiaries, etc.), with </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002476D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>credible evidence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of this provided in the CPD. (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A90131">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>both must be true</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52F10F08" w14:textId="2A249B7C" w:rsidR="00B3699F" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="60"/>
               <w:ind w:left="605" w:hanging="247"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="006F20F4">
@@ -3469,460 +2326,527 @@
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> There is </w:t>
             </w:r>
             <w:r w:rsidRPr="003219C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>some</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> evidence that the proposed programme outcomes and indicative outputs contribute to national priorities.</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="04DA825F" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="006C461A" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+              <w:t xml:space="preserve"> evidence that the proposed programme outcomes and indicative outputs contribute to national priorities. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009460E1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">programme has been developed by UNDP </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002476D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>in consultation with</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> national partners (esp. government), with </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002476D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>some evidence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of this mentioned in the CPD.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04DA825F" w14:textId="58722591" w:rsidR="00B3699F" w:rsidRPr="006C461A" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="120"/>
               <w:ind w:left="605" w:hanging="245"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006C461A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">1: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> There is </w:t>
             </w:r>
             <w:r w:rsidRPr="003219C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>no</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> evidence that the programme responds to national priorities.</w:t>
+              <w:t xml:space="preserve"> evidence that the programme responds to national priorities. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009460E1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">e programme has been developed by UNDP with </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002476D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>limited or no engagement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> with national partners. There is </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002476D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>little to no mention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of engagement with national partners on the programme design in the CPD.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="4DC82F88" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00BE2E56" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+          <w:p w14:paraId="4DC82F88" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRPr="00BE2E56" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE2E56">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="13D45704" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00BE2E56" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+          <w:p w14:paraId="13D45704" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRPr="00BE2E56" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE2E56">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="000D7A9B" w14:paraId="1305F74F" w14:textId="77777777" w:rsidTr="00DC64D3">
+      <w:tr w:rsidR="00B3699F" w:rsidRPr="000D7A9B" w14:paraId="1305F74F" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
           <w:trHeight w:val="152"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7825" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2779E48C" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRDefault="00560CD9" w:rsidP="00560CD9">
+          <w:p w14:paraId="2779E48C" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5715"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="20"/>
               <w:ind w:left="245" w:hanging="274"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0A41A28F" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00BE2E56" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+          <w:p w14:paraId="0A41A28F" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRPr="00BE2E56" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE2E56">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="000D7A9B" w14:paraId="032A1195" w14:textId="77777777" w:rsidTr="00DC64D3">
+      <w:tr w:rsidR="00B3699F" w:rsidRPr="000D7A9B" w14:paraId="032A1195" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7825" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="66ED3D61" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRDefault="00560CD9" w:rsidP="00560CD9">
+          <w:p w14:paraId="66ED3D61" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5715"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="20"/>
               <w:ind w:left="245" w:hanging="274"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="53D0D9EE" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+          <w:p w14:paraId="53D0D9EE" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001661B0">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Evidence</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3658AE78" w14:textId="01C9FD42" w:rsidR="0069751F" w:rsidRPr="00EA05AA" w:rsidRDefault="0069751F" w:rsidP="00EB630F">
+          <w:p w14:paraId="3658AE78" w14:textId="01C9FD42" w:rsidR="00B3699F" w:rsidRPr="00EA05AA" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="000D7A9B" w14:paraId="1252087E" w14:textId="77777777" w:rsidTr="00DC64D3">
+      <w:tr w:rsidR="00B3699F" w:rsidRPr="000D7A9B" w14:paraId="1252087E" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
           <w:trHeight w:val="232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7825" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="7FF12863" w14:textId="574422E1" w:rsidR="00560CD9" w:rsidRDefault="00560CD9" w:rsidP="00C07A83">
+          <w:p w14:paraId="7FF12863" w14:textId="02C04FDC" w:rsidR="00B3699F" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5715"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="60"/>
               <w:ind w:left="337"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Does the CPD consistently apply an issue-based </w:t>
-[...8 lines deleted...]
-              <w:t>approach to its rationale</w:t>
+              <w:t>Does the CPD consistently apply an issue-based approach to its rationale</w:t>
             </w:r>
             <w:r w:rsidRPr="00C07A83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> programme priorities, partnerships, communications, and monitoring and evaluation? </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="61A76510" w14:textId="2693EB10" w:rsidR="00560CD9" w:rsidRPr="000F6CAD" w:rsidRDefault="00560CD9" w:rsidP="00C07A83">
+              <w:t xml:space="preserve"> programme priorities, and partnerships? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61A76510" w14:textId="06D15701" w:rsidR="00B3699F" w:rsidRPr="000F6CAD" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:after="60"/>
               <w:ind w:left="607" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00C07A83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00C07A83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C07A83">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t xml:space="preserve">The programme rationale </w:t>
             </w:r>
             <w:r w:rsidRPr="00C07A83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t>elaborates</w:t>
             </w:r>
             <w:r w:rsidRPr="003219C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> on multidimensional development issues</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> in describing the development context of the country. Programme priorities involve collaborative and integrated multi-sectoral work (e.g., around target groups or geographic areas) and the engagement of partners, including funding partners, to complement UNDP expertise. Communication activities are adequately resourced and strategically planned. M&amp;E frameworks </w:t>
-[...18 lines deleted...]
-          <w:p w14:paraId="6DDCF465" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRDefault="00560CD9" w:rsidP="00C07A83">
+              <w:t xml:space="preserve"> in describing the development context of the country. Programme priorities involve collaborative and integrated multi-sectoral work (e.g., around target groups or geographic areas) and the engagement of partners, including funding partners and South-South and Triangular Cooperation, to complement UNDP expertise. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DDCF465" w14:textId="47BE4DEC" w:rsidR="00B3699F" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="20" w:after="60"/>
               <w:ind w:left="607" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
@@ -3936,405 +2860,801 @@
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> The programme rational describes the development context of the country, </w:t>
             </w:r>
             <w:r w:rsidRPr="003219C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>exploring at least some interconnections among identified development challenges</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">. Programme priorities are defined as collaborative and multi-sectoral areas of work, including by engaging partners for funding and engagement to complement UNDP expertise and using communication methods to reach out to external stakeholders. M&amp;E frameworks </w:t>
-[...18 lines deleted...]
-          <w:p w14:paraId="5098C1DF" w14:textId="5E1E2DA8" w:rsidR="00560CD9" w:rsidRPr="00D85B88" w:rsidRDefault="00560CD9" w:rsidP="00C07A83">
+              <w:t>. Programme priorities are defined as collaborative and multi-sectoral areas of work, including by engaging partners for funding and engagement, and South-South and Triangular Cooperation to complement UNDP expertise.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5098C1DF" w14:textId="33A2BFB6" w:rsidR="00B3699F" w:rsidRPr="00D85B88" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5715"/>
               </w:tabs>
               <w:spacing w:after="240"/>
               <w:ind w:left="605" w:hanging="274"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006C461A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>1:</w:t>
             </w:r>
             <w:r w:rsidRPr="00904962">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>The</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">mostly describes a list of development challenges, </w:t>
+              <w:t xml:space="preserve">The programme rationale mostly describes a list of development challenges, </w:t>
             </w:r>
             <w:r w:rsidRPr="003219C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>without exploring their interconnections</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">, and the country profile is not clear. Programme priorities are </w:t>
-[...24 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>, and the country profile is not clear. Programme priorities are mostly formulated on a sectoral/practice base and without a clear role for partners. No mention of South-South and Triangular Cooperation.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0F527988" w14:textId="4AFA9C9D" w:rsidR="00560CD9" w:rsidRPr="001661B0" w:rsidRDefault="00560CD9" w:rsidP="0012471C">
+          <w:p w14:paraId="0F527988" w14:textId="4AFA9C9D" w:rsidR="00B3699F" w:rsidRPr="001661B0" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="145"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE2E56">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6A0D10FF" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="001661B0" w:rsidRDefault="00560CD9" w:rsidP="00560CD9">
+          <w:p w14:paraId="6A0D10FF" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRPr="001661B0" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE2E56">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="000D7A9B" w14:paraId="46E33A56" w14:textId="77777777" w:rsidTr="00DC64D3">
+      <w:tr w:rsidR="00B3699F" w:rsidRPr="000D7A9B" w14:paraId="46E33A56" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
           <w:trHeight w:val="58"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7825" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="701C74EE" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRDefault="00560CD9" w:rsidP="00560CD9">
+          <w:p w14:paraId="701C74EE" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5715"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="20"/>
               <w:ind w:left="337"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0EBEC048" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="001661B0" w:rsidRDefault="00560CD9" w:rsidP="00560CD9">
+          <w:p w14:paraId="0EBEC048" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRPr="001661B0" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE2E56">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="000D7A9B" w14:paraId="142C36D8" w14:textId="77777777" w:rsidTr="00DC64D3">
+      <w:tr w:rsidR="00B3699F" w:rsidRPr="000D7A9B" w14:paraId="142C36D8" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
           <w:trHeight w:val="411"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7825" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1641C737" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRDefault="00560CD9" w:rsidP="00560CD9">
+          <w:p w14:paraId="1641C737" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5715"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="20"/>
               <w:ind w:left="337"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3B1FBBF9" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00971DB6" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+          <w:p w14:paraId="3B1FBBF9" w14:textId="77777777" w:rsidR="00B3699F" w:rsidRPr="00971DB6" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00971DB6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Evidence</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="748457E1" w14:textId="18A80B66" w:rsidR="00F148B6" w:rsidRPr="00D377EC" w:rsidRDefault="00F148B6" w:rsidP="00EB630F">
+          <w:p w14:paraId="748457E1" w14:textId="18A80B66" w:rsidR="00B3699F" w:rsidRPr="00D377EC" w:rsidRDefault="00B3699F" w:rsidP="00B3699F">
             <w:pPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="000D7A9B" w14:paraId="5D430B07" w14:textId="77777777" w:rsidTr="00DC64D3">
+    </w:tbl>
+    <w:p w14:paraId="2C06338E" w14:textId="77777777" w:rsidR="00A90131" w:rsidRDefault="00A90131">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpXSpec="right" w:tblpY="1"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblW w:w="10165" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7825"/>
+        <w:gridCol w:w="1080"/>
+        <w:gridCol w:w="1260"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00560CD9" w:rsidRPr="000D7A9B" w14:paraId="5D430B07" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7825" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="7F40C9B7" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00B66FB5" w:rsidRDefault="00560CD9" w:rsidP="00560CD9">
+          <w:p w14:paraId="48BBC275" w14:textId="738AB9C8" w:rsidR="002D7F73" w:rsidRPr="002D7F73" w:rsidRDefault="002D7F73" w:rsidP="002D7F73">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5715"/>
+              </w:tabs>
+              <w:spacing w:before="120" w:after="60"/>
+              <w:ind w:left="337"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7F73">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Are key institutions and actors identified, and is there a strategy to ensure the sustainability of results (i.e., to ensure that results last and even grow beyond UNDP’s engagement?) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="661FD1DA" w14:textId="77777777" w:rsidR="002D7F73" w:rsidRPr="00BF1119" w:rsidRDefault="002D7F73" w:rsidP="002D7F73">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:ind w:left="607" w:hanging="270"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E3C16">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The programme has a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002476D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>strategy for strengthening capacities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of national institutions and/or actors integrated throughout the programme, which is reflected in the identification of outcomes, indicative outputs, indicators and funding sources.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="125CF4F9" w14:textId="56D0A396" w:rsidR="002D7F73" w:rsidRDefault="002D7F73" w:rsidP="002D7F73">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:ind w:left="607" w:hanging="270"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E3C16">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E3C16">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The CPD has </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002476D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>identified indicative outputs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> that will be undertaken to strengthen capacity of national institutions and/or actors, but these outputs are </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002476D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">not part of a comprehensive </w:t>
+            </w:r>
+            <w:r w:rsidR="00A90131" w:rsidRPr="002476D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>strategy,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002476D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and it is not clear how capacity and sustainability of results will be measured</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26ED40E5" w14:textId="4B3D4A52" w:rsidR="00560CD9" w:rsidRPr="00A90131" w:rsidRDefault="002D7F73" w:rsidP="002D7F73">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:ind w:left="607" w:hanging="270"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7F73">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>1:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D7F73">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> There is mention in the programme document of capacities of national institutions and/or actors to be strengthened through the programme, but there is no evidence of a specific strategy, measurement or incorporation into the results framework.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="76DF6BDA" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="002B7DE2" w:rsidRDefault="00560CD9" w:rsidP="00560CD9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="74398227" w14:textId="2076F61E" w:rsidR="00560CD9" w:rsidRPr="002B7DE2" w:rsidRDefault="00560CD9" w:rsidP="00724D64">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="145"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00560CD9" w:rsidRPr="000D7A9B" w14:paraId="52338579" w14:textId="77777777" w:rsidTr="1DF437F1">
+        <w:trPr>
+          <w:trHeight w:val="143"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="700AE4EE" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRDefault="00560CD9" w:rsidP="00560CD9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:after="20"/>
+              <w:ind w:left="247" w:hanging="270"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CFD730C" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="002B7DE2" w:rsidRDefault="00560CD9" w:rsidP="00560CD9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00560CD9" w:rsidRPr="000D7A9B" w14:paraId="1E632130" w14:textId="77777777" w:rsidTr="1DF437F1">
+        <w:trPr>
+          <w:trHeight w:val="845"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1D946560" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRDefault="00560CD9" w:rsidP="00560CD9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:after="20"/>
+              <w:ind w:left="247" w:hanging="270"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="173EC554" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001661B0">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Evidence</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6101D55C" w14:textId="68BC3E1F" w:rsidR="002A0ACC" w:rsidRPr="002A0ACC" w:rsidRDefault="002A0ACC" w:rsidP="002A0ACC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00560CD9" w:rsidRPr="002E6A60" w14:paraId="0EE10647" w14:textId="77777777" w:rsidTr="1DF437F1">
+        <w:trPr>
+          <w:trHeight w:val="440"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10165" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BFCDE17" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="002E6A60" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:ind w:left="162"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Principled</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F2C7F" w:rsidRPr="00423F0C" w14:paraId="2C8A80FA" w14:textId="77777777" w:rsidTr="1DF437F1">
+        <w:trPr>
+          <w:trHeight w:val="281"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D6C627E" w14:textId="040F1046" w:rsidR="008F2C7F" w:rsidRPr="008F2C7F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="60"/>
               <w:ind w:left="247" w:hanging="270"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Has adequate gender analysis been conducted for the proposed programme, and has the design of the programme addressed the results of the gender analysis? </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73877C18" w14:textId="17225591" w:rsidR="00560CD9" w:rsidRPr="00FB7BEC" w:rsidRDefault="00560CD9" w:rsidP="00560CD9">
+          <w:p w14:paraId="71E20324" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="00FB7BEC" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="60"/>
               <w:ind w:left="605" w:hanging="245"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84FC6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>3:</w:t>
             </w:r>
             <w:r w:rsidRPr="0015400F">
@@ -4409,54 +3729,78 @@
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">where appropriate, </w:t>
             </w:r>
             <w:r w:rsidRPr="00F84FC6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>and at least 15% of the budget allocated for gender specific results</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="2FB0A66C" w14:textId="74C70495" w:rsidR="00560CD9" w:rsidRDefault="00560CD9" w:rsidP="00560CD9">
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="27136E20">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The risk analysis considers relevant risks and opportunities to women and girls with mitigation action</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="27136E20">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> also considered.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F62C046" w14:textId="77777777" w:rsidR="0012548D" w:rsidRDefault="008F2C7F" w:rsidP="0012548D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="60"/>
               <w:ind w:left="605" w:hanging="245"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F84FC6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>2:</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB7BEC">
@@ -4475,5010 +3819,3967 @@
               </w:rPr>
               <w:t>Gen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">der analysis has been partially conducted, and gender equality concerns </w:t>
             </w:r>
             <w:r w:rsidRPr="00342F81">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>are reflected</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> in the programme rationale, priority areas and corresponding RRF</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">ative </w:t>
+              <w:t xml:space="preserve"> in the programme rationale, priority areas and corresponding RRF indicative </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB7BEC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>outputs</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and indicators</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB7BEC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, where appropriate</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="26ED40E5" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="006530DA" w:rsidRDefault="00560CD9" w:rsidP="00560CD9">
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="27136E20">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The risk analysis highlights risks and opportunities to women and girls with no mitigation activities mentioned.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="470D9E69" w14:textId="206F0D6D" w:rsidR="008F2C7F" w:rsidRPr="0012548D" w:rsidRDefault="008F2C7F" w:rsidP="0012548D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="60"/>
               <w:ind w:left="605" w:hanging="245"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...6 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0012548D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>1:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00382DE3">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Programme priorities do not consider gender-specific needs or issues. </w:t>
+            <w:r w:rsidRPr="0012548D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Programme priorities do not consider gender-specific needs or issues.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="7082F038" w14:textId="5C38801A" w:rsidR="008F2C7F" w:rsidRPr="00423F0C" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A467885" w14:textId="0EDBDD3C" w:rsidR="008F2C7F" w:rsidRPr="00423F0C" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="145"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F2C7F" w:rsidRPr="00423F0C" w14:paraId="15899532" w14:textId="77777777" w:rsidTr="1DF437F1">
+        <w:trPr>
+          <w:trHeight w:val="152"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5882B78F" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:pStyle w:val="SEQSbodynumbered"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:xAlign="left" w:yAlign="inline"/>
+              <w:suppressOverlap w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="76DF6BDA" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="002B7DE2" w:rsidRDefault="00560CD9" w:rsidP="00560CD9">
+          <w:p w14:paraId="29C8C064" w14:textId="08DD2E8E" w:rsidR="008F2C7F" w:rsidRPr="00423F0C" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F2C7F" w:rsidRPr="00423F0C" w14:paraId="5DBFAFCD" w14:textId="77777777" w:rsidTr="1DF437F1">
+        <w:trPr>
+          <w:trHeight w:val="815"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5A2D62F9" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:pStyle w:val="SEQSbodynumbered"/>
+              <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:xAlign="left" w:yAlign="inline"/>
+              <w:suppressOverlap w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="04C29DCC" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001661B0">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Evidence</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A3AD30F" w14:textId="4053C513" w:rsidR="008F2C7F" w:rsidRPr="00D377EC" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F2C7F" w:rsidRPr="00423F0C" w14:paraId="34892E65" w14:textId="77777777" w:rsidTr="1DF437F1">
+        <w:trPr>
+          <w:trHeight w:val="197"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DC84502" w14:textId="255483F3" w:rsidR="008F2C7F" w:rsidRPr="00AD16C6" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:after="60"/>
+              <w:ind w:left="310"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD16C6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Does the programme apply a human rights-based approach adequately and evenly across the programme?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="270C2908" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="00FC436C" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:before="20" w:after="60"/>
+              <w:ind w:left="607" w:hanging="270"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E3C16">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E3C16">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B4C3C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Strong</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> evidence that the programme </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B4C3C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>actively promotes the fulfilment of human rights</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and prioritizes</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00643369">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the principles of accountability, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">meaningful </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00643369">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">participation, and </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00643369">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>on-discrimination</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Any potential adverse impacts on enjoyment of human rights were </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B4C3C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>rigorously</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> identified and assessed and any relevant appropriate mitigation and management measures incorporated into programme rational, strategy, and results and resource framework.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008355A3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="188EE071" w14:textId="4EBAE65C" w:rsidR="008F2C7F" w:rsidRPr="008308AA" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:before="20" w:after="60"/>
+              <w:ind w:left="605" w:hanging="274"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008355A3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008355A3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B4C3C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Partial</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> evidence that the programme promotes the fulfilment of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00193AF0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>human rights</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB5BC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00193AF0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and the principles of accountability, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">meaningful </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00193AF0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>participation, and non-discrimination</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B4C3C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>were considered</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Potential adverse impacts on enjoyment of human rights were identified and assessed and any relevant appropriate mitigation and management measures incorporated into the programme rationale, strategy, and results and resources framework. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C44FBEF" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="00650777" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:before="20" w:after="60"/>
+              <w:ind w:left="605" w:hanging="274"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E6576">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>1:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E6576">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B4C3C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> evidence that opportunities to promote the fulfilment of human rights were considered in the programme, including consideration of the principles of accountability, meaningful participation and non-discrimination. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B4C3C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Limited</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> evidence that potential adverse impacts on enjoyment of human rights were considered.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D81D219" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="00423F0C" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="3865CD7E" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="00423F0C" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F2C7F" w:rsidRPr="00423F0C" w14:paraId="359EE9D7" w14:textId="77777777" w:rsidTr="1DF437F1">
+        <w:trPr>
+          <w:trHeight w:val="242"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0DC5A772" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="006B549E" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="245" w:hanging="245"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="72B57037" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="00423F0C" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F2C7F" w:rsidRPr="00423F0C" w14:paraId="4015D8A6" w14:textId="77777777" w:rsidTr="1DF437F1">
+        <w:trPr>
+          <w:trHeight w:val="1565"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2C7D9A53" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="006B549E" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="245" w:hanging="245"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="48E10CA4" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001661B0">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Evidence</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="699624FC" w14:textId="453FEC29" w:rsidR="008F2C7F" w:rsidRPr="002A0ACC" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="45404914" w14:textId="77777777" w:rsidR="00105D41" w:rsidRDefault="00105D41">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpXSpec="right" w:tblpY="1"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblW w:w="10165" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1530"/>
+        <w:gridCol w:w="6295"/>
+        <w:gridCol w:w="1080"/>
+        <w:gridCol w:w="90"/>
+        <w:gridCol w:w="1170"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008F2C7F" w:rsidRPr="00423F0C" w14:paraId="04DC55F6" w14:textId="77777777" w:rsidTr="1DF437F1">
+        <w:trPr>
+          <w:trHeight w:val="60"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="50537BF3" w14:textId="52F9690F" w:rsidR="008F2C7F" w:rsidRPr="00AD16C6" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:left="310"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD16C6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Does the programme support the resilience and sustainability of societies and/or ecosystems? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DC6EB40" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="002352B9" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:ind w:left="607" w:hanging="270"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002352B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>3:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002352B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Credible evidence that </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>the programme addresses sustainability and resilience dimensions of development challenges, which are</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002352B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> integrated in </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>the programme priorities and RRF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002352B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The programme priorities reflect the interconnections between the social, economic and environmental dimensions of sustainable development, including poverty-environment linkages. Relevant shocks, hazards and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002352B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">adverse </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">social and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002352B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">environmental impacts </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">have been </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002352B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>identified and rigorously assessed with appropriate management and mitiga</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>tion measures incorporated</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002352B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002352B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009075FD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>all</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002352B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> must be true)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002352B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="433BC526" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="002352B9" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:ind w:left="607" w:hanging="270"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002352B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>2:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002352B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The programme design integrates sustainability and resilience dimensions of development challenges, including poverty-environment linkages, as relevant</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002352B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Relevant</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002352B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">shocks, hazards and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002352B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">adverse </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">social and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002352B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">environmental impacts </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">have been identified and assessed, and relevant </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002352B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>management and mitig</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ation measures incorporated</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002352B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B53B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(both must be true)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="186C85E6" w14:textId="68FB453B" w:rsidR="008F2C7F" w:rsidRPr="00EB630F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:before="20" w:after="60"/>
+              <w:ind w:left="605" w:hanging="274"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002352B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>1:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002352B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sustainability and resilience dimensions and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002352B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">impacts were </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">not </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002352B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">adequately considered.  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="16598673" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="00EB630F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB630F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="74398227" w14:textId="2076F61E" w:rsidR="00560CD9" w:rsidRPr="002B7DE2" w:rsidRDefault="00560CD9" w:rsidP="00724D64">
-[...3 lines deleted...]
-              </w:tabs>
+          <w:p w14:paraId="03879E9B" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="00EB630F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00EB630F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="000D7A9B" w14:paraId="52338579" w14:textId="77777777" w:rsidTr="00DC64D3">
+      <w:tr w:rsidR="008F2C7F" w:rsidRPr="00423F0C" w14:paraId="6A3FFC67" w14:textId="77777777" w:rsidTr="00105D41">
         <w:trPr>
-          <w:trHeight w:val="143"/>
+          <w:trHeight w:val="209"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7825" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="13DA73F2" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="245" w:hanging="245"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="700AE4EE" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRDefault="00560CD9" w:rsidP="00560CD9">
+          <w:p w14:paraId="3E9EB985" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="00EB630F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB630F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F2C7F" w:rsidRPr="00423F0C" w14:paraId="4E314B5A" w14:textId="77777777" w:rsidTr="1DF437F1">
+        <w:trPr>
+          <w:trHeight w:val="2564"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="33C2FA7F" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="245" w:hanging="245"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="15E0AECA" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Evidence</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A10B65F" w14:textId="7410D81E" w:rsidR="008F2C7F" w:rsidRPr="00C34A44" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F2C7F" w:rsidRPr="000D7A9B" w14:paraId="2529C09B" w14:textId="77777777" w:rsidTr="1DF437F1">
+        <w:trPr>
+          <w:trHeight w:val="458"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10165" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DB28874" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="002E6A60" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:ind w:left="157"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1DF437F1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Management &amp; Monitoring</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F2C7F" w:rsidRPr="000D7A9B" w14:paraId="601F8883" w14:textId="77777777" w:rsidTr="1DF437F1">
+        <w:trPr>
+          <w:trHeight w:val="125"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DCEB474" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="00D03407" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
-              <w:spacing w:before="120" w:after="20"/>
-[...166 lines deleted...]
-            <w:r w:rsidRPr="009A70DB">
+              <w:spacing w:before="120" w:after="60"/>
+              <w:ind w:left="310"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03407">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Are the programme’s outcomes and indicative outputs at an appropriate level and relate clearly to the theory of change and selected priority areas as described in the narrative?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D03407">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-          <w:p w14:paraId="36467AD5" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00BD08F7" w:rsidRDefault="00560CD9" w:rsidP="00560CD9">
+          </w:p>
+          <w:p w14:paraId="0DED9E2F" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="60"/>
               <w:ind w:left="607" w:hanging="270"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-[...8 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>3:</w:t>
-[...66 lines deleted...]
-          <w:p w14:paraId="48E2FCEB" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00BD08F7" w:rsidRDefault="00560CD9" w:rsidP="00560CD9">
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E3C16">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The programme’s proposed outcomes and indicative outputs are at an appropriate level and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B90013">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>relate in a clear</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00340561">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B90013">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>wa</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F3AE7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>y</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to the programme’s theory of change. There is a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B90013">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>strong congruence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> between the CPD rational, programme priorities and results framework.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FDA34F5" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="004E3C16" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="60"/>
               <w:ind w:left="607" w:hanging="270"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-[...8 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>2:</w:t>
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E3C16">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E3C16">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD08F7">
-[...48 lines deleted...]
-          <w:p w14:paraId="470D9E69" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00BD08F7" w:rsidRDefault="00560CD9" w:rsidP="00560CD9">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The programme’s proposed outcomes and indicative outputs are at an appropriate level and are </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B90013">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>consistent with</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the programme’s theory of change. There is general </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B90013">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>coherence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> between the CPD narrative and the results framework.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="212E8A93" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="005210A5" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="60"/>
-              <w:ind w:left="607" w:hanging="270"/>
-[...10 lines deleted...]
-                <w:bCs/>
+              <w:ind w:left="605" w:hanging="274"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>1:</w:t>
-[...71 lines deleted...]
-              <w:t xml:space="preserve"> related to potential gender inequality and the situation of women and girls.</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F20F4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The programme’s selection of outcomes and indicative outputs are </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00586D96">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>not clearly justified</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in terms of a programme theory of change. There is </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B90013">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>no or limited relationship</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> between the programme’s narrative and selected priority areas and the results framework.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="7082F038" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00423F0C" w:rsidRDefault="00560CD9" w:rsidP="00560CD9">
+          <w:p w14:paraId="1186EEB7" w14:textId="125005F7" w:rsidR="008F2C7F" w:rsidRPr="003F1C09" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="003F1C09">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6A467885" w14:textId="65CEAD35" w:rsidR="00560CD9" w:rsidRPr="00423F0C" w:rsidRDefault="00560CD9" w:rsidP="00724D64">
+          <w:p w14:paraId="008096A2" w14:textId="44D7A8E3" w:rsidR="008F2C7F" w:rsidRPr="0016719F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="145"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="00423F0C" w14:paraId="15899532" w14:textId="77777777" w:rsidTr="00DC64D3">
+      <w:tr w:rsidR="008F2C7F" w:rsidRPr="000D7A9B" w14:paraId="3423AD41" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
-          <w:trHeight w:val="152"/>
+          <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7825" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5882B78F" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRDefault="00560CD9" w:rsidP="00560CD9">
-[...3 lines deleted...]
-              <w:suppressOverlap w:val="0"/>
+          <w:p w14:paraId="34C4E441" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRDefault="008F2C7F" w:rsidP="000D4AE0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="29C8C064" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00423F0C" w:rsidRDefault="00560CD9" w:rsidP="00560CD9">
+          <w:p w14:paraId="00756EAE" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="0016719F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="00423F0C" w14:paraId="5DBFAFCD" w14:textId="77777777" w:rsidTr="00DC64D3">
+      <w:tr w:rsidR="008F2C7F" w:rsidRPr="000D7A9B" w14:paraId="65AA1D74" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
-          <w:trHeight w:val="815"/>
+          <w:trHeight w:val="1100"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7825" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5A2D62F9" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRDefault="00560CD9" w:rsidP="00560CD9">
-[...3 lines deleted...]
-              <w:suppressOverlap w:val="0"/>
+          <w:p w14:paraId="57BA5840" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRDefault="008F2C7F" w:rsidP="000D4AE0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="619C6B6E" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
-            <w:pPr>
+          <w:p w14:paraId="66DCBC7D" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001661B0">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Evidence</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1A3AD30F" w14:textId="4053C513" w:rsidR="002A0ACC" w:rsidRPr="00D377EC" w:rsidRDefault="002A0ACC" w:rsidP="00EB630F">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="22D87917" w14:textId="0EDBCDDB" w:rsidR="008F2C7F" w:rsidRPr="005E4C41" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="00423F0C" w14:paraId="34892E65" w14:textId="77777777" w:rsidTr="00DC64D3">
+      <w:tr w:rsidR="008F2C7F" w:rsidRPr="000D7A9B" w14:paraId="7D1D1063" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
-          <w:trHeight w:val="197"/>
+          <w:trHeight w:val="192"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7825" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1DC84502" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
-[...34 lines deleted...]
-          <w:p w14:paraId="270C2908" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00FC436C" w:rsidRDefault="00560CD9" w:rsidP="00560CD9">
+          <w:p w14:paraId="4A38CA86" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:after="60"/>
+              <w:ind w:left="310"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Are the indicators selected to monitor the results of the programme appropriate with fully populated baselines and milestones?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FBE5948" w14:textId="4CA35F23" w:rsidR="008F2C7F" w:rsidRPr="002719D1" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="605" w:hanging="274"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002719D1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>3:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002719D1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Outcomes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and indicative outputs</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002719D1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> are accompanied by SMART, results-oriented indicators </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00586D96">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>that measure the key expected changes identified in the theory of change, each with credible</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> data sources</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002719D1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00586D96">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>fully populated</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002719D1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> baselines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, milestones</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002719D1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and targets, including </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>appropriate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00586D96">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> use</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002719D1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of gender sensitive, sex-disaggregated</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and/or target group-focused</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002719D1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> indicators where appropriate.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The RRF includes </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00586D96">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>all</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00213559">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> relevant IRRF </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and UNSDCF </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00213559">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>indicators at the outcome and output levels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="447420DB" w14:textId="3BA6EDCA" w:rsidR="008F2C7F" w:rsidRPr="002719D1" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="32"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="60"/>
               <w:ind w:left="607" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="002719D1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...126 lines deleted...]
-          <w:p w14:paraId="188EE071" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="008308AA" w:rsidRDefault="00560CD9" w:rsidP="00560CD9">
+              <w:t>2:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002719D1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Outcomes </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and indicative outputs </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002719D1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>are accompanied by SMA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>RT, results-oriented indicators</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002719D1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> with specified data sources. Most baselines and targets populated. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00116F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Some use</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002719D1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of gender sensitive, sex-disaggregated </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and/or target group focused </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002719D1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">indicators, but there </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">is </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00116F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>scope to improve further</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002719D1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The RRF includes </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00116F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>some</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> relevant IRRF and UNSDCF indicators.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="361D5B95" w14:textId="26A0D1F8" w:rsidR="008F2C7F" w:rsidRPr="002719D1" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="31"/>
               </w:numPr>
-              <w:spacing w:before="20" w:after="60"/>
-[...7 lines deleted...]
-            <w:r>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="605" w:hanging="245"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002719D1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="008355A3">
+              <w:t>1:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002719D1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="005B4C3C">
-[...122 lines deleted...]
-            <w:r w:rsidRPr="005B4C3C">
+            <w:r w:rsidRPr="00116F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Indicators </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">are, for the most part, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00116F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>not appropriately specified</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, corresponding baselines and targets not fully populated. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00116F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> evidence that opportunities to promote the fulfilment of human rights were considered in the programme, including consideration of the principles of accountability, meaningful </w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve"> evidence that potential adverse impacts on enjoyment of human rights were considered.</w:t>
+              <w:t xml:space="preserve"> gender sensitive, sex-disaggregated or target group-focused indicators. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00116F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> clear inclusion of relevant IRRF nor UNSDCF indicators in the RRF.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3D81D219" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00423F0C" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+          <w:p w14:paraId="1F4F3DCB" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3865CD7E" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00423F0C" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+          <w:p w14:paraId="3E026658" w14:textId="324C8E5B" w:rsidR="008F2C7F" w:rsidRPr="00201360" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="00423F0C" w14:paraId="359EE9D7" w14:textId="77777777" w:rsidTr="00DC64D3">
+      <w:tr w:rsidR="008F2C7F" w:rsidRPr="000D7A9B" w14:paraId="0F754671" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
-          <w:trHeight w:val="242"/>
+          <w:trHeight w:val="75"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7825" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0DC5A772" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="006B549E" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
-[...3 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="5F0A9EAC" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRDefault="008F2C7F" w:rsidP="000D4AE0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="72B57037" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00423F0C" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+          <w:p w14:paraId="35761E4D" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="00423F0C" w14:paraId="4015D8A6" w14:textId="77777777" w:rsidTr="00DC64D3">
+      <w:tr w:rsidR="008F2C7F" w:rsidRPr="000D7A9B" w14:paraId="4728138A" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
-          <w:trHeight w:val="1565"/>
+          <w:trHeight w:val="862"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7825" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2C7D9A53" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="006B549E" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
-[...3 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="211C280E" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRDefault="008F2C7F" w:rsidP="000D4AE0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="48E10CA4" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
-            <w:pPr>
+          <w:p w14:paraId="5E5F02B8" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:sz w:val="18"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Evidence</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="699624FC" w14:textId="453FEC29" w:rsidR="002A0ACC" w:rsidRPr="002A0ACC" w:rsidRDefault="002A0ACC" w:rsidP="00EB630F">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="5039741B" w14:textId="40650148" w:rsidR="008F2C7F" w:rsidRPr="0097491C" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="159"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="00423F0C" w14:paraId="04DC55F6" w14:textId="77777777" w:rsidTr="00DC64D3">
+      <w:tr w:rsidR="008F2C7F" w:rsidRPr="000D7A9B" w14:paraId="168EC5C4" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
-          <w:trHeight w:val="60"/>
+          <w:trHeight w:val="188"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7825" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="50537BF3" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="002352B9" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
-[...13 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="678265E7" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:after="60"/>
+              <w:ind w:left="310"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Are the monitoring arrangements adequate? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="108C47C8" w14:textId="26EA653A" w:rsidR="008F2C7F" w:rsidRPr="000F6CAD" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="605" w:hanging="274"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1DF437F1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>3:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1DF437F1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Provides details on data sources to be used for monitoring all programme indicators, including responsibilities for data collection with timing and cost of direct data collection activities specified. Highlights particular issues regarding availability, quality, frequency or reliability of selected data sources, and appropriate plans to address these (e.g., systems strengthening, use of proxies, etc.) Plans are in place for generating appropriate analytics from available data and statistics, and ensuring adequate staff capabilities for enhanced M&amp;E. The RRF includes some relevant country-specific outcome and output indicators that will be monitored using nationally-owned data sources.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70AA769B" w14:textId="24B61D6D" w:rsidR="008F2C7F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="29"/>
+              </w:numPr>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="605" w:hanging="274"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1DF437F1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>2:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1DF437F1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Provides details on data sources identified in the RRF, with a particular focus on sources for which direct data collection is required or for which existing M&amp;E or statistical systems need to be strengthened, with a budget allocated for these activities. Appropriate plans are in place to address major data gaps or weaknesses, with some reference to use of data for analytics and ensuring adequate staff capacities for enhanced M&amp;E.  The RRF includes some relevant </w:t>
+            </w:r>
+            <w:r w:rsidRPr="1DF437F1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>country-specific outcome and output indicators that will be monitored using nationally-owned data sources</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="569505ED" w14:textId="2DB6904F" w:rsidR="008F2C7F" w:rsidRPr="00FF6B75" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="29"/>
+              </w:numPr>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="605" w:hanging="274"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1DF437F1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>1:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1DF437F1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Does not identify</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1DF437F1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="1DF437F1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>the main data sources to be used in tracking programme results or consider their quality. Does not clearly identify who will participate in generating data or using it for monitoring. The RRF does not include relevant country-specific outcome or output indicators or does not identify relevant national sources to be used in monitoring.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E114B69" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="001661B0" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="6886CDB7" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="001661B0" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F2C7F" w:rsidRPr="000D7A9B" w14:paraId="70A7F9B6" w14:textId="77777777" w:rsidTr="1DF437F1">
+        <w:trPr>
+          <w:trHeight w:val="70"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7E45B356" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRDefault="008F2C7F" w:rsidP="00A90131">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="52FDE0DA" w14:textId="3DCDBF61" w:rsidR="008F2C7F" w:rsidRPr="001661B0" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B16DC4">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F2C7F" w:rsidRPr="000D7A9B" w14:paraId="751AF48E" w14:textId="77777777" w:rsidTr="1DF437F1">
+        <w:trPr>
+          <w:trHeight w:val="390"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7723B83F" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRDefault="008F2C7F" w:rsidP="00A90131">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="282E1805" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Evidence</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30602FEA" w14:textId="7B6339F4" w:rsidR="008F2C7F" w:rsidRPr="00E04A14" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F2C7F" w:rsidRPr="000D7A9B" w14:paraId="363CD342" w14:textId="77777777" w:rsidTr="1DF437F1">
+        <w:trPr>
+          <w:trHeight w:val="125"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="2624CF8B" w14:textId="08D2A211" w:rsidR="008F2C7F" w:rsidRDefault="008F2C7F" w:rsidP="00A90131">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:after="60"/>
+              <w:ind w:left="310"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Is there an adequate, realistic, well-timed, and costed evaluation plan </w:t>
+            </w:r>
+            <w:r w:rsidRPr="6E161A77">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>based on the theory of change that underpins each outcome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">? </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2DC6EB40" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="002352B9" w:rsidRDefault="00560CD9" w:rsidP="00560CD9">
+          <w:p w14:paraId="6D3AC6F5" w14:textId="496D5FF8" w:rsidR="008F2C7F" w:rsidRPr="000F6CAD" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="607" w:hanging="270"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F20F4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Detailed fully costed evaluation plans (with rationale) are provided for an appropriate mix of strategic evaluations, (such as programme, outcome, portfolio, or thematic) including final and mid-term evaluations, as required, with timing, realistic cost estimates, and relevant partners specified. The Plan generates the most critical and useful information for UNDP and its partners for future programming accountability and learning from implementation.</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B47B85">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The plan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> complies </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B47B85">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">with all five quality criteria </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B47B85">
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:footnoteReference w:id="3"/>
+            </w:r>
+            <w:r w:rsidRPr="00B47B85">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02EF9F71" w14:textId="78FC990C" w:rsidR="008F2C7F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="29"/>
+              </w:numPr>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="607" w:hanging="270"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F20F4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> An appropriate set of strategic and project evaluations (with rationale) are listed with timing, realistic cost estimates, and relevant partners specified that will generate the useful information for UNDP and its partners in future programming. The plan complies with most of the five criteria but needs specific reviews and updates in some areas. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DC45E09" w14:textId="36FE1386" w:rsidR="008F2C7F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="29"/>
+              </w:numPr>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="605" w:hanging="274"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C461A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>1:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B326E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007591A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Insufficient details </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">are provided to judge the suitability of evaluations planned. Some details are </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007591A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">missing </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">on the timing, evaluation type, relevant partners, or estimated cost of the evaluations, or </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007591A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>stated costs are unrealistic</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>. The plan needs a major review or updates in most of the five quality criteria.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="31584AA7" w14:textId="42AA2653" w:rsidR="008F2C7F" w:rsidRPr="001661B0" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="145"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="2334A8CF" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="001661B0" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F2C7F" w:rsidRPr="000D7A9B" w14:paraId="7868D943" w14:textId="77777777" w:rsidTr="1DF437F1">
+        <w:trPr>
+          <w:trHeight w:val="152"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="56815E72" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRDefault="008F2C7F" w:rsidP="00A90131">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C112297" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="001661B0" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F2C7F" w:rsidRPr="000D7A9B" w14:paraId="064C6F52" w14:textId="77777777" w:rsidTr="1DF437F1">
+        <w:trPr>
+          <w:trHeight w:val="420"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6963DA72" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRDefault="008F2C7F" w:rsidP="00A90131">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="437EAC1D" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001661B0">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Evidence</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36C0320A" w14:textId="2A3B09B3" w:rsidR="008F2C7F" w:rsidRPr="00542C90" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F2C7F" w:rsidRPr="000D7A9B" w14:paraId="358B13E8" w14:textId="77777777" w:rsidTr="1DF437F1">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7825" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D574D6B" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="00D03407" w:rsidRDefault="008F2C7F" w:rsidP="00A90131">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:after="20"/>
+              <w:ind w:left="310"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D03407">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Have the key programme risks and opportunities been identified, linked to the assumptions in the theory of change, with clear plans stated to respond?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D03407">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5941D74A" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:ind w:left="607" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002352B9">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>3:</w:t>
-[...33 lines deleted...]
-            <w:r w:rsidRPr="002352B9">
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E3C16">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Programme risks and opportunities </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007591A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>fully</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> described in the CPD, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007591A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>based on comprehensive analysis which references key assumptions made in the project’s theory of change</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r>
-[...119 lines deleted...]
-          <w:p w14:paraId="433BC526" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="002352B9" w:rsidRDefault="00560CD9" w:rsidP="00560CD9">
+            <w:r w:rsidRPr="0007591A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Clear and complete</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> plan in place to manage and mitigate </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007591A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>each</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> risk </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007591A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>and take advantage of opportunities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DED0E6B" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="004E3C16" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:ind w:left="607" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002352B9">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>2:</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="002352B9">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E3C16">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E3C16">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>The programme design integrates sustainability and resilience dimensions of development challenges, including poverty-environment linkages, as relevant</w:t>
-[...127 lines deleted...]
-          <w:p w14:paraId="186C85E6" w14:textId="68FB453B" w:rsidR="00560CD9" w:rsidRPr="00EB630F" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+              <w:t xml:space="preserve">Programme risks and opportunities identified in the CPD. Clear plan in place to manage and mitigate risks. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A4F053A" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="00920A74" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:before="20" w:after="60"/>
+              <w:spacing w:before="20" w:after="120"/>
               <w:ind w:left="605" w:hanging="274"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002352B9">
+            <w:r w:rsidRPr="006F20F4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>1:</w:t>
             </w:r>
-            <w:r w:rsidRPr="002352B9">
-[...37 lines deleted...]
-              <w:t xml:space="preserve">adequately considered.  </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Some risks identified in CPD, but </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007591A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>no or inadequate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> response measures identified.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="16598673" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00EB630F" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+          <w:p w14:paraId="64883A31" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="0016719F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EB630F">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="03879E9B" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00EB630F" w:rsidRDefault="00560CD9" w:rsidP="00EB630F">
+          <w:p w14:paraId="38D09905" w14:textId="73C210FE" w:rsidR="008F2C7F" w:rsidRPr="002D6D2F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EB630F">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="00423F0C" w14:paraId="6A3FFC67" w14:textId="77777777" w:rsidTr="00DC64D3">
-[...2810 lines deleted...]
-      <w:tr w:rsidR="00B14D49" w:rsidRPr="000D7A9B" w14:paraId="59648C7E" w14:textId="77777777" w:rsidTr="00DC64D3">
+      <w:tr w:rsidR="008F2C7F" w:rsidRPr="000D7A9B" w14:paraId="59648C7E" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
           <w:trHeight w:val="143"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7825" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="338782E0" w14:textId="77777777" w:rsidR="00B14D49" w:rsidRDefault="00B14D49" w:rsidP="00B14D49">
+          <w:p w14:paraId="338782E0" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:spacing w:before="120" w:after="20"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="70B48BD0" w14:textId="77777777" w:rsidR="00B14D49" w:rsidRPr="0016719F" w:rsidRDefault="00B14D49" w:rsidP="00B14D49">
+          <w:p w14:paraId="70B48BD0" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="0016719F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B14D49" w:rsidRPr="000D7A9B" w14:paraId="63F18967" w14:textId="77777777" w:rsidTr="00DC64D3">
+      <w:tr w:rsidR="008F2C7F" w:rsidRPr="000D7A9B" w14:paraId="63F18967" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
           <w:trHeight w:val="955"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7825" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="016EA734" w14:textId="77777777" w:rsidR="00B14D49" w:rsidRDefault="00B14D49" w:rsidP="00B14D49">
+          <w:p w14:paraId="016EA734" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:spacing w:before="120" w:after="20"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3F627737" w14:textId="77777777" w:rsidR="00B14D49" w:rsidRDefault="00B14D49" w:rsidP="00B14D49">
+          <w:p w14:paraId="3F627737" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001661B0">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Evidence</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D1118D0" w14:textId="7290D2DE" w:rsidR="00B14D49" w:rsidRPr="0016719F" w:rsidRDefault="00B14D49" w:rsidP="009067CC">
+          <w:p w14:paraId="0D1118D0" w14:textId="7290D2DE" w:rsidR="008F2C7F" w:rsidRPr="0016719F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B14D49" w:rsidRPr="000D7A9B" w14:paraId="4419082C" w14:textId="77777777" w:rsidTr="00EB630F">
+      <w:tr w:rsidR="008F2C7F" w:rsidRPr="000D7A9B" w14:paraId="4419082C" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44310F58" w14:textId="77777777" w:rsidR="00B14D49" w:rsidRPr="000D7A9B" w:rsidRDefault="00B14D49" w:rsidP="00B14D49">
+          <w:p w14:paraId="44310F58" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="000D7A9B" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7020"/>
               </w:tabs>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D7A9B">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Efficient</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8635" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="292679BD" w14:textId="77777777" w:rsidR="00B14D49" w:rsidRPr="000D7A9B" w:rsidRDefault="00B14D49" w:rsidP="00B14D49">
+          <w:p w14:paraId="292679BD" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="000D7A9B" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="20" w:after="20"/>
               <w:ind w:left="158"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B14D49" w:rsidRPr="000D7A9B" w14:paraId="70F56E41" w14:textId="77777777" w:rsidTr="00DC64D3">
+      <w:tr w:rsidR="008F2C7F" w:rsidRPr="000D7A9B" w14:paraId="70F56E41" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
           <w:trHeight w:val="197"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7825" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0F5B68E3" w14:textId="77777777" w:rsidR="00B14D49" w:rsidRPr="0001704B" w:rsidRDefault="00B14D49" w:rsidP="00B14D49">
-            <w:pPr>
+          <w:p w14:paraId="0F5B68E3" w14:textId="3871DEA2" w:rsidR="008F2C7F" w:rsidRPr="004C3DAE" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
               <w:spacing w:before="120" w:after="20"/>
-              <w:ind w:left="245" w:hanging="245"/>
-[...1 lines deleted...]
-                <w:b/>
+              <w:ind w:left="310"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:b/>
+            <w:bookmarkStart w:id="1" w:name="_Hlk19880560"/>
+            <w:r w:rsidRPr="1DF437F1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>16</w:t>
-[...18 lines deleted...]
-              <w:t>Does the programme document include explicit consideration of strategies for scaling up to achieve greater impact?</w:t>
+              <w:t>Does the programme document include explicit consideration of strategies for scaling up to achieve greater impact, or down if there are challenges raising required funds?</w:t>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
-          <w:p w14:paraId="40D38B54" w14:textId="77777777" w:rsidR="00B14D49" w:rsidRPr="0001704B" w:rsidRDefault="00B14D49" w:rsidP="00B14D49">
+          <w:p w14:paraId="40D38B54" w14:textId="6C6C7145" w:rsidR="008F2C7F" w:rsidRPr="0001704B" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="20"/>
               <w:ind w:left="607" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Tahoma"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0001704B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>3:</w:t>
             </w:r>
             <w:r w:rsidRPr="0001704B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Tahoma"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> The CPD specifically mentions potential for scaling up to achieve greater impact with resources already available</w:t>
             </w:r>
             <w:r w:rsidRPr="0001704B">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Tahoma"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:footnoteReference w:id="5"/>
+              <w:footnoteReference w:id="4"/>
             </w:r>
             <w:r w:rsidRPr="0001704B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Tahoma"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> or to be mobilized, especially from the programme government(s) with available resources. The results framework includes suitable indicators to monitor changes in the scale of benefits achieved over time</w:t>
             </w:r>
             <w:r w:rsidRPr="0001704B">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Tahoma"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:footnoteReference w:id="6"/>
+              <w:footnoteReference w:id="5"/>
             </w:r>
             <w:r w:rsidRPr="0001704B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Tahoma"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="0E94FE92" w14:textId="77777777" w:rsidR="00B14D49" w:rsidRPr="0001704B" w:rsidRDefault="00B14D49" w:rsidP="00B14D49">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Tahoma"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE3C89">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The CPD outlines a “Plan B” to scale </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">up or </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE3C89">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>down the expected results if there are challenges raising the required funds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E94FE92" w14:textId="0D2D0001" w:rsidR="008F2C7F" w:rsidRPr="0001704B" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="605" w:hanging="274"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0001704B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>2:</w:t>
             </w:r>
             <w:r w:rsidRPr="0001704B">
               <w:rPr>
@@ -9498,5082 +7799,1876 @@
               <w:t xml:space="preserve">impact </w:t>
             </w:r>
             <w:r w:rsidRPr="0001704B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Tahoma"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>with resources already available</w:t>
             </w:r>
             <w:r w:rsidRPr="0001704B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Tahoma"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="0001704B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Tahoma"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> or to be mobilized, especially from the programme government(s</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t xml:space="preserve"> or to be mobilized, especially from the programme government(s)</w:t>
+            </w:r>
             <w:r w:rsidRPr="0001704B">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Tahoma"/>
-[...6 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="04F6CD7B" w14:textId="77777777" w:rsidR="00B14D49" w:rsidRPr="0001704B" w:rsidRDefault="00B14D49" w:rsidP="00B14D49">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  While the CPD does not outline a “Plan B”, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE3C89">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>it is reasonably likely</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00235117">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> that the country office will have the flexibility to adjust the programme if needed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04F6CD7B" w14:textId="1680C263" w:rsidR="008F2C7F" w:rsidRPr="0001704B" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="605" w:hanging="274"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0001704B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>1:</w:t>
             </w:r>
             <w:r w:rsidRPr="0001704B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> The CPD does not consider strategies for scaling up in the programme priorities or results framework.</w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="0B35A222" w14:textId="77777777" w:rsidR="00B14D49" w:rsidRPr="001558EF" w:rsidRDefault="00B14D49" w:rsidP="00B14D49">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The size and scope of the programme is </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE3C89">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>not congruent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> with the indicative resources available for the programme and/or with the resource mobilization opportunities emerging from donor intelligence.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B35A222" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="001558EF" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="605"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2399998B" w14:textId="77777777" w:rsidR="00B14D49" w:rsidRPr="00423F0C" w:rsidRDefault="00B14D49" w:rsidP="00B14D49">
+          <w:p w14:paraId="2399998B" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="00423F0C" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="56A41CE5" w14:textId="5BD3A852" w:rsidR="00B14D49" w:rsidRPr="00423F0C" w:rsidRDefault="00B14D49" w:rsidP="00724D64">
+          <w:p w14:paraId="56A41CE5" w14:textId="5BD3A852" w:rsidR="008F2C7F" w:rsidRPr="00423F0C" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="145"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B14D49" w:rsidRPr="000D7A9B" w14:paraId="50F74D9D" w14:textId="77777777" w:rsidTr="00DC64D3">
+      <w:tr w:rsidR="008F2C7F" w:rsidRPr="000D7A9B" w14:paraId="50F74D9D" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
           <w:trHeight w:val="143"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7825" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1293B77D" w14:textId="77777777" w:rsidR="00B14D49" w:rsidRPr="00A8176A" w:rsidRDefault="00B14D49" w:rsidP="00B14D49">
+          <w:p w14:paraId="1293B77D" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="00A8176A" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="247" w:hanging="247"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="47F30443" w14:textId="77777777" w:rsidR="00B14D49" w:rsidRPr="00423F0C" w:rsidRDefault="00B14D49" w:rsidP="00B14D49">
+          <w:p w14:paraId="47F30443" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="00423F0C" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B14D49" w:rsidRPr="000D7A9B" w14:paraId="2CC7B7E9" w14:textId="77777777" w:rsidTr="00DC64D3">
+      <w:tr w:rsidR="008F2C7F" w:rsidRPr="000D7A9B" w14:paraId="2CC7B7E9" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7825" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...2 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3A69609E" w14:textId="77777777" w:rsidR="00B14D49" w:rsidRPr="00A8176A" w:rsidRDefault="00B14D49" w:rsidP="00B14D49">
+          <w:p w14:paraId="3A69609E" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="00A8176A" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="247" w:hanging="247"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="489895BC" w14:textId="77777777" w:rsidR="00B14D49" w:rsidRDefault="00B14D49" w:rsidP="00B14D49">
+          <w:p w14:paraId="489895BC" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001661B0">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Evidence</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="77AC6C68" w14:textId="17AD688E" w:rsidR="00B14D49" w:rsidRPr="00423F0C" w:rsidRDefault="00B14D49" w:rsidP="00B14D49">
+          <w:p w14:paraId="77AC6C68" w14:textId="17AD688E" w:rsidR="008F2C7F" w:rsidRPr="00423F0C" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B14D49" w:rsidRPr="000D7A9B" w14:paraId="7BE9B9DC" w14:textId="77777777" w:rsidTr="00DC64D3">
-[...458 lines deleted...]
-      <w:tr w:rsidR="00E25925" w:rsidRPr="000D7A9B" w14:paraId="4BB54AB0" w14:textId="77777777" w:rsidTr="00E25925">
+      <w:tr w:rsidR="008F2C7F" w:rsidRPr="000D7A9B" w14:paraId="4BB54AB0" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7825" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36095E7F" w14:textId="77777777" w:rsidR="00E25925" w:rsidRPr="0001704B" w:rsidRDefault="00E25925" w:rsidP="0001704B">
+          <w:p w14:paraId="36095E7F" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="0001704B" w:rsidRDefault="008F2C7F" w:rsidP="00A90131">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="38"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="20"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:ind w:left="310"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0001704B">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="1DF437F1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Has the programme made provisions to leverage volunteerism?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15BA85CD" w14:textId="170DCF17" w:rsidR="00E25925" w:rsidRPr="0001704B" w:rsidRDefault="00E25925" w:rsidP="0001704B">
+          <w:p w14:paraId="15BA85CD" w14:textId="170DCF17" w:rsidR="008F2C7F" w:rsidRPr="0001704B" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="45"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0001704B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>3:</w:t>
             </w:r>
             <w:r w:rsidRPr="0001704B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Volunteerism is featured in the CPD with specific references to results to be achieved in narrative and RRF. In </w:t>
             </w:r>
-            <w:r w:rsidR="002D5929">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r w:rsidRPr="0001704B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>RRF, both output statement(s) and output indicator(s) reference volunteerism or volunteer(s) in the results framework</w:t>
             </w:r>
-            <w:r w:rsidR="00705DE9">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2FABD18E" w14:textId="61A775FE" w:rsidR="00E25925" w:rsidRPr="0001704B" w:rsidRDefault="00E25925" w:rsidP="0001704B">
+          <w:p w14:paraId="2FABD18E" w14:textId="61A775FE" w:rsidR="008F2C7F" w:rsidRPr="0001704B" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="45"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0001704B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>2:</w:t>
             </w:r>
             <w:r w:rsidRPr="0001704B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  The CPD describes how the programme intends to leverage volunteerism as one of the means to achieve intended results. In </w:t>
             </w:r>
-            <w:r w:rsidR="002D5929">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r w:rsidRPr="0001704B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>RRF either output statement (s) or output indicator(s) reference volunteerism or volunteer(s)</w:t>
             </w:r>
-            <w:r w:rsidR="00705DE9">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1FBD06AA" w14:textId="5E8CE772" w:rsidR="00E25925" w:rsidRPr="00A41538" w:rsidRDefault="00E25925" w:rsidP="00A41538">
+          <w:p w14:paraId="1FBD06AA" w14:textId="5E8CE772" w:rsidR="008F2C7F" w:rsidRPr="00A41538" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="45"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0001704B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">The CPD </w:t>
             </w:r>
-            <w:r w:rsidR="00346AB4">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">does not </w:t>
             </w:r>
             <w:r w:rsidRPr="0001704B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">refer to volunteerism </w:t>
             </w:r>
-            <w:r w:rsidR="002D5929">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>nor</w:t>
             </w:r>
             <w:r w:rsidRPr="0001704B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> give</w:t>
             </w:r>
-            <w:r w:rsidR="002D5929">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="0001704B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> specific plans for how it will be used. In </w:t>
             </w:r>
-            <w:r w:rsidR="00BF4C0D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r w:rsidRPr="0001704B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>RRF neither output statement(s) not output indicator(s) reference volunteerism or volunteer(s)</w:t>
             </w:r>
-            <w:r w:rsidR="00BF4C0D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48CA48D3" w14:textId="0515556A" w:rsidR="00E25925" w:rsidRPr="00087D0F" w:rsidRDefault="00E25925" w:rsidP="00E25925">
+          <w:p w14:paraId="48CA48D3" w14:textId="0515556A" w:rsidR="008F2C7F" w:rsidRPr="00087D0F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="20" w:after="20"/>
               <w:ind w:left="158"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139EBC95" w14:textId="1E7A6BE6" w:rsidR="00E25925" w:rsidRPr="00087D0F" w:rsidRDefault="00E25925" w:rsidP="00E25925">
+          <w:p w14:paraId="139EBC95" w14:textId="1E7A6BE6" w:rsidR="008F2C7F" w:rsidRPr="00087D0F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="20" w:after="20"/>
               <w:ind w:left="158"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E25925" w:rsidRPr="000D7A9B" w14:paraId="39CC3300" w14:textId="77777777" w:rsidTr="00E25925">
+      <w:tr w:rsidR="008F2C7F" w:rsidRPr="000D7A9B" w14:paraId="39CC3300" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7825" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="358EE7F4" w14:textId="77777777" w:rsidR="00E25925" w:rsidRPr="0001704B" w:rsidRDefault="00E25925" w:rsidP="0001704B">
+          <w:p w14:paraId="358EE7F4" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="0001704B" w:rsidRDefault="008F2C7F" w:rsidP="00A90131">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="38"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46655DCC" w14:textId="598A065C" w:rsidR="00E25925" w:rsidRPr="00087D0F" w:rsidRDefault="00E25925" w:rsidP="00E25925">
+          <w:p w14:paraId="46655DCC" w14:textId="598A065C" w:rsidR="008F2C7F" w:rsidRPr="00087D0F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="20" w:after="20"/>
               <w:ind w:left="158"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E25925" w:rsidRPr="000D7A9B" w14:paraId="78BF0F9B" w14:textId="77777777" w:rsidTr="00E25925">
+      <w:tr w:rsidR="008F2C7F" w:rsidRPr="000D7A9B" w14:paraId="78BF0F9B" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
           <w:trHeight w:val="1342"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7825" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EE71BC1" w14:textId="77777777" w:rsidR="00E25925" w:rsidRPr="0001704B" w:rsidRDefault="00E25925" w:rsidP="0001704B">
+          <w:p w14:paraId="5EE71BC1" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="0001704B" w:rsidRDefault="008F2C7F" w:rsidP="000D4AE0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="38"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="1F22CCEB" w14:textId="77777777" w:rsidR="00E25925" w:rsidRDefault="00E25925" w:rsidP="00E25925">
+          <w:p w14:paraId="1F22CCEB" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001661B0">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Evidence</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6320B4A5" w14:textId="77777777" w:rsidR="00E25925" w:rsidRPr="00087D0F" w:rsidRDefault="00E25925" w:rsidP="00E25925">
+          <w:p w14:paraId="6320B4A5" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="00087D0F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="20" w:after="20"/>
               <w:ind w:left="158"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B14D49" w:rsidRPr="000D7A9B" w14:paraId="13DD5965" w14:textId="77777777" w:rsidTr="00EB630F">
+      <w:tr w:rsidR="008F2C7F" w:rsidRPr="000D7A9B" w14:paraId="13DD5965" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31D32AF0" w14:textId="77777777" w:rsidR="00B14D49" w:rsidRPr="000D7A9B" w:rsidRDefault="00B14D49" w:rsidP="00B14D49">
+          <w:p w14:paraId="31D32AF0" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="000D7A9B" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7020"/>
               </w:tabs>
               <w:spacing w:before="20" w:after="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D7A9B">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Effective</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8635" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D230757" w14:textId="77777777" w:rsidR="00B14D49" w:rsidRPr="00087D0F" w:rsidRDefault="00B14D49" w:rsidP="00B14D49">
+          <w:p w14:paraId="0D230757" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="00087D0F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="20" w:after="20"/>
               <w:ind w:left="158"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B14D49" w:rsidRPr="000D7A9B" w14:paraId="588D5575" w14:textId="77777777" w:rsidTr="00DC64D3">
+      <w:tr w:rsidR="008F2C7F" w:rsidRPr="000D7A9B" w14:paraId="2FF44992" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
-          <w:trHeight w:val="84"/>
+          <w:trHeight w:val="152"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7825" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2DBB216E" w14:textId="77777777" w:rsidR="00B14D49" w:rsidRPr="006372D7" w:rsidRDefault="00B14D49" w:rsidP="00B14D49">
+          <w:p w14:paraId="35F45C66" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="00675B71" w:rsidRDefault="008F2C7F" w:rsidP="00A90131">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="38"/>
+                <w:numId w:val="28"/>
               </w:numPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:spacing w:before="120" w:after="20"/>
-              <w:ind w:left="247" w:hanging="270"/>
-[...26 lines deleted...]
-          <w:p w14:paraId="7EFE331A" w14:textId="77777777" w:rsidR="00B14D49" w:rsidRPr="000F6CAD" w:rsidRDefault="00B14D49" w:rsidP="00B14D49">
+              <w:ind w:left="310"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675B71">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Has the programme effectively i</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>dentified targeted groups/areas, prioritizing discriminated and marginalized groups left furthest behind,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675B71">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and are strategies in place for re</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">gular engagement throughout </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00675B71">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">implementation to ensure voice and participation? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A899436" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="000F6CAD" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:before="20" w:after="20"/>
+              <w:ind w:left="607" w:hanging="270"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F20F4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002352B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The target groups</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002352B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">are </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>clearly</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002352B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> specified</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, prioritising discriminated and marginalized groups/areas left furthest behind, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002352B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>identified through a rigorous process based on evidence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. The programme has a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002476D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>strategy to identify and engage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> target groups/areas through programme monitoring, governance and/or other means to ensure the programme remains relevant to their needs.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B07CFAF" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="00B66FB5" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="20" w:after="20"/>
               <w:ind w:left="607" w:hanging="247"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="006F20F4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">  Knowledge and lessons learned </w:t>
-[...108 lines deleted...]
-          <w:p w14:paraId="78FB6AD9" w14:textId="77777777" w:rsidR="00B14D49" w:rsidRDefault="00B14D49" w:rsidP="00B14D49">
+              <w:t xml:space="preserve"> Some target groups/areas </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002476D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>are mentioned</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in the CPD in broad terms. The programme </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002476D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>mentions how</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> it will engage targeted groups/areas throughout implementation.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45B72DFD" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="00AC3A5C" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
+                <w:numId w:val="29"/>
               </w:numPr>
-              <w:spacing w:before="20" w:after="20"/>
-              <w:ind w:left="607" w:hanging="247"/>
+              <w:spacing w:after="120"/>
+              <w:ind w:left="605" w:hanging="274"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="006F20F4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...180 lines deleted...]
-              <w:t>.</w:t>
+              <w:t xml:space="preserve">  The target groups/areas are </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002476D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> clearly</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002476D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> specified</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in the CPD. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="69B65BC7" w14:textId="148D26FB" w:rsidR="00B14D49" w:rsidRDefault="00B14D49" w:rsidP="0012471C">
-[...3 lines deleted...]
-              </w:tabs>
+          <w:p w14:paraId="1F6C0C58" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="0016719F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="13EBCFBE" w14:textId="77777777" w:rsidR="00B14D49" w:rsidRDefault="00B14D49" w:rsidP="00B14D49">
-[...536 lines deleted...]
-          <w:p w14:paraId="0F223FBF" w14:textId="61ED4075" w:rsidR="00B14D49" w:rsidRPr="0016719F" w:rsidRDefault="00B14D49" w:rsidP="00724D64">
+          <w:p w14:paraId="0F223FBF" w14:textId="61ED4075" w:rsidR="008F2C7F" w:rsidRPr="0016719F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="145"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B14D49" w:rsidRPr="000D7A9B" w14:paraId="3494563F" w14:textId="77777777" w:rsidTr="00DC64D3">
+      <w:tr w:rsidR="008F2C7F" w:rsidRPr="000D7A9B" w14:paraId="3494563F" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
           <w:trHeight w:val="107"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7825" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="49B72EF2" w14:textId="77777777" w:rsidR="00B14D49" w:rsidRPr="00A32DD0" w:rsidRDefault="00B14D49" w:rsidP="00B14D49">
+          <w:p w14:paraId="49B72EF2" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="00A32DD0" w:rsidRDefault="008F2C7F" w:rsidP="00A90131">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="38"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="20"/>
-              <w:ind w:left="247" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1390C9A4" w14:textId="77777777" w:rsidR="00B14D49" w:rsidRPr="0016719F" w:rsidRDefault="00B14D49" w:rsidP="00B14D49">
+          <w:p w14:paraId="1390C9A4" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="0016719F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B14D49" w:rsidRPr="000D7A9B" w14:paraId="50924373" w14:textId="77777777" w:rsidTr="00DC64D3">
+      <w:tr w:rsidR="008F2C7F" w:rsidRPr="000D7A9B" w14:paraId="50924373" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
           <w:trHeight w:val="495"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7825" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="39BD752C" w14:textId="77777777" w:rsidR="00B14D49" w:rsidRPr="00A32DD0" w:rsidRDefault="00B14D49" w:rsidP="00B14D49">
+          <w:p w14:paraId="39BD752C" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="00A32DD0" w:rsidRDefault="008F2C7F" w:rsidP="00A90131">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="38"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="20"/>
-              <w:ind w:left="247" w:hanging="270"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3444DAFF" w14:textId="691F3088" w:rsidR="00B14D49" w:rsidRPr="00A72623" w:rsidRDefault="009067CC" w:rsidP="00B14D49">
+          <w:p w14:paraId="3444DAFF" w14:textId="691F3088" w:rsidR="008F2C7F" w:rsidRPr="00A72623" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Evidence</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B14D49" w:rsidRPr="000D7A9B" w14:paraId="2F3F0F6A" w14:textId="77777777" w:rsidTr="00DC64D3">
-[...444 lines deleted...]
-      <w:tr w:rsidR="00AF7F11" w:rsidRPr="000D7A9B" w14:paraId="3FEA4BC7" w14:textId="77777777" w:rsidTr="00AF7F11">
+      <w:tr w:rsidR="008F2C7F" w:rsidRPr="000D7A9B" w14:paraId="3FEA4BC7" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
           <w:trHeight w:val="242"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7825" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06D5DEC4" w14:textId="1EDE097F" w:rsidR="00AF7F11" w:rsidRPr="009E3495" w:rsidRDefault="00AF7F11" w:rsidP="009F6D71">
-[...2 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="06D5DEC4" w14:textId="6E4078E4" w:rsidR="008F2C7F" w:rsidRPr="004C3DAE" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:ind w:left="310"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E3495">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="004C3DAE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>22. Has the programme adequately considered the potential opportunities and risks related to digital transformation?</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="1DC45330" w14:textId="017C7696" w:rsidR="00AF7F11" w:rsidRPr="009E3495" w:rsidRDefault="00AF7F11" w:rsidP="009F6D71">
+              <w:t>Has the programme adequately considered the potential opportunities and risks related to digital transformation?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DC45330" w14:textId="017C7696" w:rsidR="008F2C7F" w:rsidRPr="009E3495" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="47"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3495">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="009E3495">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>: The CPD embraces digital as an enabler and explicitly describes how digital can support the achievement of programme results by addressing any relevant risks and opportunities related to digitalization, societal digital transformation, and inclusive digital ecosystems in an integrated and strategic manner. The CPD identifies specific initiatives and measurable results in the RRF.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22494635" w14:textId="30928EC9" w:rsidR="00AF7F11" w:rsidRPr="009E3495" w:rsidRDefault="00AF7F11" w:rsidP="009F6D71">
+          <w:p w14:paraId="22494635" w14:textId="30928EC9" w:rsidR="008F2C7F" w:rsidRPr="009E3495" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="47"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3495">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2:</w:t>
             </w:r>
             <w:r w:rsidRPr="009E3495">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> The CPD mentions how it intends to consider digital aspects in the solution pathways and partially provides some indication of how digital may support the achievement of programme results. The CPD has partially identified and addressed relevant risks and opportunities related to digitalization, societal digital </w:t>
-[...20 lines deleted...]
-          <w:p w14:paraId="36A3CB03" w14:textId="636954C6" w:rsidR="00AF7F11" w:rsidRPr="009E3495" w:rsidRDefault="00AF7F11" w:rsidP="009E3495">
+              <w:t xml:space="preserve"> The CPD mentions how it intends to consider digital aspects in the solution pathways and partially provides some indication of how digital may support the achievement of programme results. The CPD has partially identified and addressed relevant risks and opportunities related to digitalization, societal digital transformation and inclusive digital ecosystems.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36A3CB03" w14:textId="636954C6" w:rsidR="008F2C7F" w:rsidRPr="009E3495" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="47"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E3495">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="009E3495">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>: “The narrative of the CPD refers to digital solutions in generic terms and without reference to intended results. There is no mention of risks or opportunities related to digitalization, societal digital transformation, or inclusive digital ecosystems.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D67036B" w14:textId="33FAFB36" w:rsidR="00AF7F11" w:rsidRPr="00AF7F11" w:rsidRDefault="00AF7F11" w:rsidP="00AF7F11">
+          <w:p w14:paraId="3D67036B" w14:textId="33FAFB36" w:rsidR="008F2C7F" w:rsidRPr="00AF7F11" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="20" w:after="20"/>
               <w:ind w:left="162"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF7F11">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70E5EE0D" w14:textId="3E840A34" w:rsidR="00AF7F11" w:rsidRPr="00AF7F11" w:rsidRDefault="00AF7F11" w:rsidP="00AF7F11">
+          <w:p w14:paraId="70E5EE0D" w14:textId="3E840A34" w:rsidR="008F2C7F" w:rsidRPr="00AF7F11" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="20" w:after="20"/>
               <w:ind w:left="162"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF7F11">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF7F11" w:rsidRPr="000D7A9B" w14:paraId="1AA0ED16" w14:textId="77777777" w:rsidTr="00AF7F11">
+      <w:tr w:rsidR="008F2C7F" w:rsidRPr="000D7A9B" w14:paraId="1AA0ED16" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7825" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0572F4CD" w14:textId="77777777" w:rsidR="00AF7F11" w:rsidRPr="009E3495" w:rsidRDefault="00AF7F11" w:rsidP="009F6D71">
+          <w:p w14:paraId="0572F4CD" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="009E3495" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2625FE7E" w14:textId="6A884095" w:rsidR="00AF7F11" w:rsidRPr="00AF7F11" w:rsidRDefault="00AF7F11" w:rsidP="00AF7F11">
+          <w:p w14:paraId="2625FE7E" w14:textId="6A884095" w:rsidR="008F2C7F" w:rsidRPr="00AF7F11" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="20" w:after="20"/>
               <w:ind w:left="162"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF7F11">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF7F11" w:rsidRPr="000D7A9B" w14:paraId="4D4E141C" w14:textId="77777777" w:rsidTr="00AF7F11">
+      <w:tr w:rsidR="008F2C7F" w:rsidRPr="000D7A9B" w14:paraId="4D4E141C" w14:textId="77777777" w:rsidTr="1DF437F1">
         <w:trPr>
           <w:trHeight w:val="1123"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7825" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2AB41925" w14:textId="77777777" w:rsidR="00AF7F11" w:rsidRPr="009E3495" w:rsidRDefault="00AF7F11" w:rsidP="009F6D71">
+          <w:p w14:paraId="2AB41925" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRPr="009E3495" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="752AF134" w14:textId="77777777" w:rsidR="00AF7F11" w:rsidRDefault="00AF7F11" w:rsidP="00AF7F11">
+          <w:p w14:paraId="752AF134" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001661B0">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Evidence</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A35641A" w14:textId="4C22FC04" w:rsidR="00AF7F11" w:rsidRPr="00AF7F11" w:rsidRDefault="00AF7F11" w:rsidP="00AF7F11">
+          <w:p w14:paraId="5A35641A" w14:textId="4C22FC04" w:rsidR="008F2C7F" w:rsidRPr="00AF7F11" w:rsidRDefault="008F2C7F" w:rsidP="008F2C7F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="20" w:after="20"/>
               <w:ind w:left="162"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...1681 lines deleted...]
-                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0A46C8C1" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRDefault="00560CD9" w:rsidP="009067CC">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58905C1E" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRDefault="00560CD9" w:rsidP="009067CC">
-[...11 lines deleted...]
-    <w:p w14:paraId="352ADA18" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w:rsidRDefault="00560CD9" w:rsidP="009067CC">
+    <w:p w14:paraId="352ADA18" w14:textId="19CB9E2E" w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w:rsidRDefault="00560CD9" w:rsidP="009067CC">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC5DB0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Formatting Checklist:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="9625" w:type="dxa"/>
+        <w:tblW w:w="9640" w:type="dxa"/>
+        <w:tblInd w:w="-289" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8581"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="552"/>
+        <w:gridCol w:w="8506"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="567"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w14:paraId="4C96BC29" w14:textId="77777777" w:rsidTr="009067CC">
+      <w:tr w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w14:paraId="4C96BC29" w14:textId="77777777" w:rsidTr="00105D41">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8779" w:type="dxa"/>
+            <w:tcW w:w="8506" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="47FD9379" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w:rsidRDefault="00560CD9" w:rsidP="009067CC">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC5DB0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CPD narrative + Annex A (RRF) does not exceed 6,000 words</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="291" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="660F711B" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w:rsidRDefault="00560CD9" w:rsidP="009067CC">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC5DB0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="555" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="79730514" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w:rsidRDefault="00560CD9" w:rsidP="009067CC">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC5DB0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidRPr="00E34877">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w14:paraId="5C10CBBE" w14:textId="77777777" w:rsidTr="009067CC">
+      <w:tr w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w14:paraId="5C10CBBE" w14:textId="77777777" w:rsidTr="00105D41">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8779" w:type="dxa"/>
+            <w:tcW w:w="8506" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4DBD6050" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w:rsidRDefault="00560CD9" w:rsidP="009067CC">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC5DB0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CPD font is Times New Roman, 10pt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="291" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="7524BAB8" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w:rsidRDefault="00560CD9" w:rsidP="009067CC">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC5DB0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="555" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="1D1C26FF" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w:rsidRDefault="00560CD9" w:rsidP="009067CC">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC5DB0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w14:paraId="795A3B8B" w14:textId="77777777" w:rsidTr="009067CC">
+      <w:tr w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w14:paraId="795A3B8B" w14:textId="77777777" w:rsidTr="00105D41">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8779" w:type="dxa"/>
+            <w:tcW w:w="8506" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B652054" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w:rsidRDefault="00560CD9" w:rsidP="009067CC">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC5DB0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Margins have not been altered from the </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>Margins have not been altered from the template</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="4195E3FF" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w:rsidRDefault="00560CD9" w:rsidP="009067CC">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="427"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC5DB0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Narrative: top 0.81”</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (2.057cm)</w:t>
@@ -14670,564 +9765,570 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (2.032cm)</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC5DB0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>; right 0.8”</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (2.032cm)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="291" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="16CAB40E" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w:rsidRDefault="00560CD9" w:rsidP="009067CC">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC5DB0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="555" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="796A2D56" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w:rsidRDefault="00560CD9" w:rsidP="009067CC">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC5DB0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w14:paraId="26E7A73D" w14:textId="77777777" w:rsidTr="009067CC">
+      <w:tr w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w14:paraId="26E7A73D" w14:textId="77777777" w:rsidTr="00105D41">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8779" w:type="dxa"/>
+            <w:tcW w:w="8506" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15AB34B7" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w:rsidRDefault="00560CD9" w:rsidP="009067CC">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC5DB0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Four narrative headings adhere to the latest </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>Four narrative headings adhere to the latest template</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="641215A3" w14:textId="2AD755DF" w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w:rsidRDefault="00724D64" w:rsidP="009067CC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:ind w:left="517" w:hanging="157"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>UNDP within the UN Cooperation Framework</w:t>
             </w:r>
             <w:r w:rsidR="00560CD9" w:rsidRPr="00EC5DB0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>; II. Programme Priorities and Partnerships; III. Programme and Risk Management; IV. Monitoring and Evaluation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="291" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="24D50128" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w:rsidRDefault="00560CD9" w:rsidP="009067CC">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC5DB0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="555" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="1A9A2770" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w:rsidRDefault="00560CD9" w:rsidP="009067CC">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC5DB0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w14:paraId="0896855C" w14:textId="77777777" w:rsidTr="009067CC">
+      <w:tr w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w14:paraId="0896855C" w14:textId="77777777" w:rsidTr="00105D41">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8779" w:type="dxa"/>
+            <w:tcW w:w="8506" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2007A7CD" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w:rsidRDefault="00560CD9" w:rsidP="009067CC">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC5DB0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>The CPD has no more than 4 outcomes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="291" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="60BD38BD" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w:rsidRDefault="00560CD9" w:rsidP="009067CC">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC5DB0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="555" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="56369F9F" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w:rsidRDefault="00560CD9" w:rsidP="009067CC">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC5DB0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w14:paraId="26BD3BB7" w14:textId="77777777" w:rsidTr="009067CC">
+      <w:tr w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w14:paraId="26BD3BB7" w14:textId="77777777" w:rsidTr="00105D41">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8779" w:type="dxa"/>
+            <w:tcW w:w="8506" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1186D1CC" w14:textId="53250C97" w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w:rsidRDefault="00560CD9" w:rsidP="009067CC">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC5DB0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>The outcomes are copied verbatim from the UN</w:t>
             </w:r>
             <w:r w:rsidR="000C6038">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SDCF</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC5DB0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/equivalent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="291" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="7C2B3B80" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w:rsidRDefault="00560CD9" w:rsidP="009067CC">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC5DB0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="555" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="219686C7" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w:rsidRDefault="00560CD9" w:rsidP="009067CC">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC5DB0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w14:paraId="725902A4" w14:textId="77777777" w:rsidTr="009067CC">
+      <w:tr w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w14:paraId="725902A4" w14:textId="77777777" w:rsidTr="00105D41">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8779" w:type="dxa"/>
+            <w:tcW w:w="8506" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="44A89088" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w:rsidRDefault="00560CD9" w:rsidP="009067CC">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC5DB0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Each CPD outcome is linked to only one SP outcome</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="291" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="11BD7BF7" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w:rsidRDefault="00560CD9" w:rsidP="009067CC">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC5DB0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="555" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="2D495BF1" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w:rsidRDefault="00560CD9" w:rsidP="009067CC">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC5DB0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w14:paraId="5FAAB1E3" w14:textId="77777777" w:rsidTr="009067CC">
+      <w:tr w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w14:paraId="5FAAB1E3" w14:textId="77777777" w:rsidTr="00105D41">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8779" w:type="dxa"/>
+            <w:tcW w:w="8506" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5BC74277" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w:rsidRDefault="00560CD9" w:rsidP="009067CC">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC5DB0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CPD has adopted relevant strategic plan IRRF indicators, unless justified otherwise</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="291" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="064DB6DC" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w:rsidRDefault="00560CD9" w:rsidP="009067CC">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC5DB0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="555" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="6E6CD16A" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRPr="00EC5DB0" w:rsidRDefault="00560CD9" w:rsidP="009067CC">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC5DB0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="32773E56" w14:textId="77777777" w:rsidR="00560CD9" w:rsidRDefault="00560CD9" w:rsidP="00560CD9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="550A2A9C" w14:textId="52F2C739" w:rsidR="0052682D" w:rsidRDefault="0052682D"/>
-    <w:sectPr w:rsidR="0052682D" w:rsidSect="00EB630F">
+    <w:sectPr w:rsidR="0052682D" w:rsidSect="00105D41">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1350" w:right="1440" w:bottom="1350" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1350" w:right="1440" w:bottom="1101" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2A4FD720" w14:textId="77777777" w:rsidR="00DF407B" w:rsidRDefault="00DF407B" w:rsidP="008E2166">
+    <w:p w14:paraId="613825C3" w14:textId="77777777" w:rsidR="0067197F" w:rsidRDefault="0067197F" w:rsidP="008E2166">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="225F27AE" w14:textId="77777777" w:rsidR="00DF407B" w:rsidRDefault="00DF407B" w:rsidP="008E2166">
+    <w:p w14:paraId="1F025389" w14:textId="77777777" w:rsidR="0067197F" w:rsidRDefault="0067197F" w:rsidP="008E2166">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -15255,551 +10356,488 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
-    <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="637142BF" w14:textId="77777777" w:rsidR="00DF407B" w:rsidRDefault="00DF407B" w:rsidP="008E2166">
+    <w:p w14:paraId="50D370B7" w14:textId="77777777" w:rsidR="0067197F" w:rsidRDefault="0067197F" w:rsidP="008E2166">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="132A6E12" w14:textId="77777777" w:rsidR="00DF407B" w:rsidRDefault="00DF407B" w:rsidP="008E2166">
+    <w:p w14:paraId="144A0886" w14:textId="77777777" w:rsidR="0067197F" w:rsidRDefault="0067197F" w:rsidP="008E2166">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="239F4029" w14:textId="3B097C91" w:rsidR="00EB630F" w:rsidRPr="00CC21C3" w:rsidRDefault="00EB630F" w:rsidP="00CC21C3">
+    <w:p w14:paraId="239F4029" w14:textId="0413B101" w:rsidR="00B3699F" w:rsidRPr="00CC21C3" w:rsidRDefault="00B3699F" w:rsidP="00CC21C3">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk80616518"/>
       <w:r w:rsidRPr="007D42BC">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>The three development settings in UNDP’s 20</w:t>
+        <w:t xml:space="preserve">The three development </w:t>
       </w:r>
-      <w:r w:rsidR="009A79D5">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>directions of change</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D42BC">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in UNDP’s 20</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>22</w:t>
       </w:r>
       <w:r w:rsidRPr="007D42BC">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
-      <w:r w:rsidR="009A79D5">
+      <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="007D42BC">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Strategic Plan are: </w:t>
       </w:r>
-      <w:r w:rsidR="00CC21C3">
+      <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">a) </w:t>
       </w:r>
-      <w:r w:rsidR="00CC21C3" w:rsidRPr="00CC21C3">
+      <w:r w:rsidRPr="00CC21C3">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">Structural transformation accelerated, particularly green, </w:t>
+        <w:t>Structural transformation accelerated, particularly green, inclusive and digital transitions</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-      <w:r w:rsidR="00CC21C3">
+      <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">, b) </w:t>
       </w:r>
-      <w:r w:rsidR="00CC21C3" w:rsidRPr="00CC21C3">
+      <w:r w:rsidRPr="00CC21C3">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>No one left behind, centering on equitable access to opportunities and a rights-based approach to human agency and human development</w:t>
       </w:r>
-      <w:r w:rsidR="00CC21C3">
+      <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>, c) r</w:t>
       </w:r>
-      <w:r w:rsidR="00CC21C3" w:rsidRPr="00CC21C3">
+      <w:r w:rsidRPr="00CC21C3">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>esilience built to respond to systemic uncertainty and risk.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="2F6D3359" w14:textId="474D50CC" w:rsidR="00EB630F" w:rsidRDefault="00EB630F" w:rsidP="00560CD9">
+    <w:p w14:paraId="2F6D3359" w14:textId="474D50CC" w:rsidR="00B3699F" w:rsidRDefault="00B3699F" w:rsidP="00560CD9">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004F22B3">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>The six Signature Solutions of UNDP’s 20</w:t>
       </w:r>
-      <w:r w:rsidR="009A79D5">
+      <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>22</w:t>
       </w:r>
       <w:r w:rsidRPr="004F22B3">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
-      <w:r w:rsidR="009A79D5">
+      <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="004F22B3">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Strategic Plan are: a) </w:t>
       </w:r>
-      <w:r w:rsidR="00E02498">
+      <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Poverty and inequality</w:t>
       </w:r>
       <w:r w:rsidRPr="004F22B3">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">; b) </w:t>
       </w:r>
-      <w:r w:rsidR="00E02498">
+      <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
       <w:r w:rsidRPr="004F22B3">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">overnance; c) </w:t>
       </w:r>
-      <w:r w:rsidR="00E02498">
+      <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Resilience</w:t>
       </w:r>
       <w:r w:rsidRPr="004F22B3">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">; d) </w:t>
       </w:r>
-      <w:r w:rsidR="00E02498">
+      <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Environment</w:t>
       </w:r>
       <w:r w:rsidRPr="004F22B3">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">; e) </w:t>
       </w:r>
-      <w:r w:rsidR="00E02498">
+      <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Energy</w:t>
       </w:r>
       <w:r w:rsidRPr="004F22B3">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">; and f) </w:t>
       </w:r>
-      <w:r w:rsidR="00E02498">
+      <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Gender equality</w:t>
       </w:r>
       <w:r w:rsidRPr="004F22B3">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="4D429BB6" w14:textId="35571AC3" w:rsidR="005F332B" w:rsidRPr="005F332B" w:rsidRDefault="005F332B">
-[...35 lines deleted...]
-    <w:p w14:paraId="43067448" w14:textId="1FA85FDD" w:rsidR="00D5657C" w:rsidRDefault="00D5657C">
+    <w:p w14:paraId="43067448" w14:textId="1FA85FDD" w:rsidR="008F2C7F" w:rsidRDefault="008F2C7F">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AC3719" w:rsidRPr="00F013CC">
+      <w:r w:rsidRPr="00F013CC">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">1) strategic in nature, 2) coverage is balanced and inclusive, 3) </w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> and sequencing are realistic, and 5) ensure that influencing and constraining factors are fully considered.</w:t>
+        <w:t>1) strategic in nature, 2) coverage is balanced and inclusive, 3) included mandatory evaluations, 4) timing, costs, resources and sequencing are realistic, and 5) ensure that influencing and constraining factors are fully considered.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="5">
-    <w:p w14:paraId="0B5797A1" w14:textId="683F5278" w:rsidR="00B14D49" w:rsidRPr="006E535C" w:rsidRDefault="00B14D49" w:rsidP="00560CD9">
+  <w:footnote w:id="4">
+    <w:p w14:paraId="0B5797A1" w14:textId="683F5278" w:rsidR="008F2C7F" w:rsidRPr="006E535C" w:rsidRDefault="008F2C7F" w:rsidP="00560CD9">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">i.e., through significant geographic or target group coverage, strategic partnership strategies for upscaling UNDP pilots or innovations, and/or contribution to policy change that can </w:t>
-[...13 lines deleted...]
-        <w:t>ffect results at scale.</w:t>
+        <w:t>i.e., through significant geographic or target group coverage, strategic partnership strategies for upscaling UNDP pilots or innovations, and/or contribution to policy change that can affect results at scale.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="6">
-    <w:p w14:paraId="3A60BB1A" w14:textId="77777777" w:rsidR="00B14D49" w:rsidRDefault="00B14D49" w:rsidP="00560CD9">
+  <w:footnote w:id="5">
+    <w:p w14:paraId="3A60BB1A" w14:textId="77777777" w:rsidR="008F2C7F" w:rsidRDefault="008F2C7F" w:rsidP="00560CD9">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r w:rsidRPr="006E535C">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="006E535C">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> For example, indicators related to policy making processes do not measure just the adoption and implementation of a policy, but also its intended benefits on target groups.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="04F929FB" w14:textId="0A3B8FC2" w:rsidR="001D45C5" w:rsidRPr="001D45C5" w:rsidRDefault="008E7D9C" w:rsidP="001D45C5">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="04F929FB" w14:textId="53F1F368" w:rsidR="001D45C5" w:rsidRPr="001D45C5" w:rsidRDefault="00E40647" w:rsidP="001D45C5">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>February</w:t>
+      <w:t>March</w:t>
+    </w:r>
+    <w:r w:rsidRPr="001D45C5">
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="001D45C5" w:rsidRPr="001D45C5">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 202</w:t>
+      <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidR="0092343F">
+    <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>3</w:t>
+      <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="001D45C5" w:rsidRPr="001D45C5">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> Version. Applicable to CPDs planned for </w:t>
     </w:r>
     <w:r w:rsidR="0092343F" w:rsidRPr="001D45C5">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>2023</w:t>
+      <w:t>202</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="00A25215">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> onwards</w:t>
     </w:r>
     <w:r w:rsidR="0092343F" w:rsidRPr="001D45C5">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4A47B44B" w14:textId="77777777" w:rsidR="001D45C5" w:rsidRDefault="001D45C5">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0310340F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C1568A10"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -17762,51 +12800,51 @@
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5917" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6637" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42D4750E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="2E862CD4"/>
+    <w:tmpl w:val="1A92BB9C"/>
     <w:lvl w:ilvl="0" w:tplc="274E2D9C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -20572,345 +15610,480 @@
   <w:num w:numId="41" w16cid:durableId="1879470153">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="159778462">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="1477454067">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="2091613755">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="1828669314">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="932006821">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="105925948">
     <w:abstractNumId w:val="22"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDYyMDCwNDIyNDcxMzazMDFQ0lEKTi0uzszPAykwrgUAO7o3JiwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="008E2166"/>
     <w:rsid w:val="0000370C"/>
     <w:rsid w:val="00014DB8"/>
     <w:rsid w:val="0001529D"/>
     <w:rsid w:val="0001704B"/>
+    <w:rsid w:val="00017BC5"/>
     <w:rsid w:val="0002006A"/>
     <w:rsid w:val="0002109F"/>
     <w:rsid w:val="0003635E"/>
     <w:rsid w:val="00044C20"/>
     <w:rsid w:val="00062E46"/>
     <w:rsid w:val="000631BD"/>
+    <w:rsid w:val="0007053D"/>
     <w:rsid w:val="0008331C"/>
+    <w:rsid w:val="00083F69"/>
+    <w:rsid w:val="000853C3"/>
+    <w:rsid w:val="00087839"/>
+    <w:rsid w:val="000974C8"/>
     <w:rsid w:val="000A3D96"/>
     <w:rsid w:val="000B056A"/>
     <w:rsid w:val="000B2FC2"/>
     <w:rsid w:val="000B4217"/>
     <w:rsid w:val="000C28F0"/>
     <w:rsid w:val="000C6038"/>
+    <w:rsid w:val="000D0D0F"/>
+    <w:rsid w:val="000D4AE0"/>
     <w:rsid w:val="000D7C1B"/>
     <w:rsid w:val="000E1EC8"/>
+    <w:rsid w:val="000F351A"/>
     <w:rsid w:val="000F4834"/>
     <w:rsid w:val="000F6589"/>
     <w:rsid w:val="000F723E"/>
+    <w:rsid w:val="00105D41"/>
+    <w:rsid w:val="00120E5D"/>
     <w:rsid w:val="0012471C"/>
+    <w:rsid w:val="0012548D"/>
     <w:rsid w:val="00135E9B"/>
+    <w:rsid w:val="00135EB8"/>
     <w:rsid w:val="00136078"/>
+    <w:rsid w:val="00145434"/>
     <w:rsid w:val="00153D37"/>
     <w:rsid w:val="00160CC9"/>
+    <w:rsid w:val="00166052"/>
     <w:rsid w:val="00166BEC"/>
+    <w:rsid w:val="00170106"/>
+    <w:rsid w:val="00176B5D"/>
     <w:rsid w:val="001835B2"/>
     <w:rsid w:val="00192147"/>
+    <w:rsid w:val="001A3F9E"/>
+    <w:rsid w:val="001A6375"/>
     <w:rsid w:val="001A6F67"/>
+    <w:rsid w:val="001B065E"/>
     <w:rsid w:val="001B0B56"/>
     <w:rsid w:val="001D45C5"/>
     <w:rsid w:val="001D606E"/>
     <w:rsid w:val="001D7B5F"/>
     <w:rsid w:val="001E2BE5"/>
     <w:rsid w:val="001F10BF"/>
+    <w:rsid w:val="001F72E4"/>
     <w:rsid w:val="00201360"/>
+    <w:rsid w:val="002132E7"/>
     <w:rsid w:val="002266A8"/>
+    <w:rsid w:val="002409AA"/>
     <w:rsid w:val="002411FE"/>
     <w:rsid w:val="002432DA"/>
+    <w:rsid w:val="00280145"/>
     <w:rsid w:val="00286953"/>
     <w:rsid w:val="002911F1"/>
+    <w:rsid w:val="00292EA7"/>
     <w:rsid w:val="002A0ACC"/>
     <w:rsid w:val="002A338F"/>
     <w:rsid w:val="002B4A05"/>
+    <w:rsid w:val="002B66FB"/>
+    <w:rsid w:val="002C2ABC"/>
     <w:rsid w:val="002D5929"/>
+    <w:rsid w:val="002D7F73"/>
     <w:rsid w:val="002E77F8"/>
     <w:rsid w:val="002F17B8"/>
+    <w:rsid w:val="00314493"/>
+    <w:rsid w:val="0034613E"/>
     <w:rsid w:val="00346AB4"/>
     <w:rsid w:val="003646B7"/>
+    <w:rsid w:val="00375C92"/>
     <w:rsid w:val="003800F9"/>
     <w:rsid w:val="003A0FA2"/>
     <w:rsid w:val="003B2B4B"/>
     <w:rsid w:val="003B3825"/>
     <w:rsid w:val="003B5451"/>
+    <w:rsid w:val="003B7EA4"/>
     <w:rsid w:val="003F0129"/>
     <w:rsid w:val="003F1C09"/>
     <w:rsid w:val="003F26C0"/>
     <w:rsid w:val="004052EF"/>
     <w:rsid w:val="00414CC7"/>
     <w:rsid w:val="00424926"/>
     <w:rsid w:val="00426FF4"/>
+    <w:rsid w:val="00430DE0"/>
+    <w:rsid w:val="00444D35"/>
+    <w:rsid w:val="0044649D"/>
     <w:rsid w:val="00446A4D"/>
     <w:rsid w:val="00446E73"/>
     <w:rsid w:val="004501CB"/>
     <w:rsid w:val="004507DB"/>
+    <w:rsid w:val="00462DD5"/>
+    <w:rsid w:val="0047110F"/>
+    <w:rsid w:val="00485C07"/>
     <w:rsid w:val="00486621"/>
+    <w:rsid w:val="0049301B"/>
     <w:rsid w:val="0049471E"/>
+    <w:rsid w:val="004A3808"/>
     <w:rsid w:val="004A51CB"/>
+    <w:rsid w:val="004A7043"/>
     <w:rsid w:val="004C03DF"/>
     <w:rsid w:val="004C1FC2"/>
+    <w:rsid w:val="004C3DAE"/>
     <w:rsid w:val="004C71BD"/>
+    <w:rsid w:val="004E0A42"/>
     <w:rsid w:val="004E12AD"/>
+    <w:rsid w:val="004F2B57"/>
+    <w:rsid w:val="005057BB"/>
+    <w:rsid w:val="0051737C"/>
     <w:rsid w:val="00522743"/>
     <w:rsid w:val="00524982"/>
     <w:rsid w:val="0052682D"/>
     <w:rsid w:val="005368DB"/>
     <w:rsid w:val="00542C90"/>
     <w:rsid w:val="00554EDB"/>
     <w:rsid w:val="00560CD9"/>
     <w:rsid w:val="005712D2"/>
     <w:rsid w:val="005A0E7A"/>
     <w:rsid w:val="005B235C"/>
     <w:rsid w:val="005D2FC8"/>
     <w:rsid w:val="005E2C1F"/>
     <w:rsid w:val="005E4C41"/>
     <w:rsid w:val="005F332B"/>
     <w:rsid w:val="00602906"/>
     <w:rsid w:val="006107DC"/>
+    <w:rsid w:val="00614015"/>
+    <w:rsid w:val="006313A1"/>
+    <w:rsid w:val="00632AD3"/>
+    <w:rsid w:val="00642FC4"/>
     <w:rsid w:val="00650207"/>
     <w:rsid w:val="00650257"/>
     <w:rsid w:val="006505C1"/>
     <w:rsid w:val="0065079D"/>
+    <w:rsid w:val="006515A5"/>
+    <w:rsid w:val="0065751A"/>
+    <w:rsid w:val="0067197F"/>
     <w:rsid w:val="006772F1"/>
     <w:rsid w:val="00686D15"/>
     <w:rsid w:val="00695509"/>
+    <w:rsid w:val="00696C92"/>
     <w:rsid w:val="0069751F"/>
     <w:rsid w:val="006B0BDD"/>
     <w:rsid w:val="006B3E15"/>
     <w:rsid w:val="006B531F"/>
+    <w:rsid w:val="006D043E"/>
     <w:rsid w:val="006D7A53"/>
     <w:rsid w:val="006E1CFD"/>
     <w:rsid w:val="006E1D82"/>
+    <w:rsid w:val="006F1559"/>
     <w:rsid w:val="006F6402"/>
     <w:rsid w:val="00700CCB"/>
     <w:rsid w:val="00705DE9"/>
+    <w:rsid w:val="00720CBC"/>
     <w:rsid w:val="00723FB1"/>
     <w:rsid w:val="00724D64"/>
     <w:rsid w:val="00737A26"/>
+    <w:rsid w:val="0075352A"/>
+    <w:rsid w:val="00796867"/>
     <w:rsid w:val="007B2F1D"/>
     <w:rsid w:val="007B3424"/>
     <w:rsid w:val="007B7EC3"/>
+    <w:rsid w:val="007C3C45"/>
     <w:rsid w:val="007C6471"/>
     <w:rsid w:val="00815D0F"/>
+    <w:rsid w:val="00823BF4"/>
     <w:rsid w:val="00824A03"/>
     <w:rsid w:val="00832867"/>
     <w:rsid w:val="00853573"/>
+    <w:rsid w:val="00855C4D"/>
     <w:rsid w:val="008634B4"/>
     <w:rsid w:val="00876B44"/>
+    <w:rsid w:val="00893F4A"/>
     <w:rsid w:val="00896142"/>
     <w:rsid w:val="008B7F81"/>
     <w:rsid w:val="008C45C3"/>
+    <w:rsid w:val="008E0F49"/>
     <w:rsid w:val="008E1343"/>
     <w:rsid w:val="008E2166"/>
     <w:rsid w:val="008E7D9C"/>
     <w:rsid w:val="008F220F"/>
+    <w:rsid w:val="008F2C7F"/>
+    <w:rsid w:val="00903341"/>
     <w:rsid w:val="00905E0B"/>
     <w:rsid w:val="009067CC"/>
     <w:rsid w:val="009075FD"/>
     <w:rsid w:val="00916DB4"/>
+    <w:rsid w:val="00920921"/>
     <w:rsid w:val="0092343F"/>
     <w:rsid w:val="009423F5"/>
+    <w:rsid w:val="009446BC"/>
+    <w:rsid w:val="00946043"/>
     <w:rsid w:val="00951891"/>
+    <w:rsid w:val="009634B8"/>
+    <w:rsid w:val="00971D1D"/>
     <w:rsid w:val="00971DB6"/>
     <w:rsid w:val="0097284E"/>
     <w:rsid w:val="00973119"/>
     <w:rsid w:val="0097491C"/>
     <w:rsid w:val="0097653F"/>
     <w:rsid w:val="00994E9B"/>
     <w:rsid w:val="009A1C3E"/>
     <w:rsid w:val="009A6B5F"/>
     <w:rsid w:val="009A79D5"/>
+    <w:rsid w:val="009B4F10"/>
     <w:rsid w:val="009B5295"/>
     <w:rsid w:val="009D43D1"/>
     <w:rsid w:val="009D6D0E"/>
     <w:rsid w:val="009E3495"/>
     <w:rsid w:val="009F6D71"/>
+    <w:rsid w:val="009F7329"/>
+    <w:rsid w:val="00A00F00"/>
     <w:rsid w:val="00A10081"/>
     <w:rsid w:val="00A25215"/>
+    <w:rsid w:val="00A33A11"/>
+    <w:rsid w:val="00A40A9D"/>
     <w:rsid w:val="00A41538"/>
     <w:rsid w:val="00A42383"/>
+    <w:rsid w:val="00A438EB"/>
     <w:rsid w:val="00A72623"/>
     <w:rsid w:val="00A7515A"/>
     <w:rsid w:val="00A872C8"/>
+    <w:rsid w:val="00A90131"/>
     <w:rsid w:val="00A92525"/>
+    <w:rsid w:val="00AA0ABC"/>
+    <w:rsid w:val="00AA109C"/>
     <w:rsid w:val="00AB7C90"/>
     <w:rsid w:val="00AC14E3"/>
     <w:rsid w:val="00AC22D1"/>
     <w:rsid w:val="00AC3719"/>
+    <w:rsid w:val="00AD16C6"/>
     <w:rsid w:val="00AD35E9"/>
     <w:rsid w:val="00AD47EA"/>
     <w:rsid w:val="00AE496E"/>
     <w:rsid w:val="00AF7F11"/>
+    <w:rsid w:val="00B122A3"/>
     <w:rsid w:val="00B14D49"/>
     <w:rsid w:val="00B16DC4"/>
     <w:rsid w:val="00B21F97"/>
+    <w:rsid w:val="00B26849"/>
     <w:rsid w:val="00B27E8E"/>
+    <w:rsid w:val="00B3699F"/>
     <w:rsid w:val="00B36D37"/>
     <w:rsid w:val="00B37CD0"/>
     <w:rsid w:val="00B4262B"/>
     <w:rsid w:val="00B47B85"/>
+    <w:rsid w:val="00B53DD7"/>
+    <w:rsid w:val="00B66EE4"/>
     <w:rsid w:val="00B72679"/>
+    <w:rsid w:val="00B75CC3"/>
     <w:rsid w:val="00B94A8A"/>
+    <w:rsid w:val="00BC3DAF"/>
+    <w:rsid w:val="00BE6097"/>
+    <w:rsid w:val="00BE702F"/>
     <w:rsid w:val="00BF4C0D"/>
     <w:rsid w:val="00C07A83"/>
     <w:rsid w:val="00C16085"/>
     <w:rsid w:val="00C32B92"/>
     <w:rsid w:val="00C34A44"/>
+    <w:rsid w:val="00C36148"/>
     <w:rsid w:val="00C47C02"/>
+    <w:rsid w:val="00C55E55"/>
     <w:rsid w:val="00C64394"/>
+    <w:rsid w:val="00C64B48"/>
+    <w:rsid w:val="00C64D66"/>
     <w:rsid w:val="00C677D5"/>
+    <w:rsid w:val="00C67BDB"/>
     <w:rsid w:val="00C74C52"/>
     <w:rsid w:val="00C86B33"/>
     <w:rsid w:val="00CA4188"/>
     <w:rsid w:val="00CA714E"/>
+    <w:rsid w:val="00CB5BC8"/>
     <w:rsid w:val="00CC21C3"/>
     <w:rsid w:val="00CC6D41"/>
     <w:rsid w:val="00CD00E1"/>
     <w:rsid w:val="00CE028D"/>
+    <w:rsid w:val="00CF683F"/>
     <w:rsid w:val="00D234E2"/>
     <w:rsid w:val="00D27008"/>
+    <w:rsid w:val="00D30FAC"/>
     <w:rsid w:val="00D377EC"/>
     <w:rsid w:val="00D520E3"/>
     <w:rsid w:val="00D526F5"/>
     <w:rsid w:val="00D5657C"/>
     <w:rsid w:val="00D652DB"/>
+    <w:rsid w:val="00D664C0"/>
     <w:rsid w:val="00D833A1"/>
     <w:rsid w:val="00D8346A"/>
     <w:rsid w:val="00D85901"/>
     <w:rsid w:val="00D91960"/>
+    <w:rsid w:val="00DA4424"/>
     <w:rsid w:val="00DA6AD8"/>
     <w:rsid w:val="00DB0F65"/>
     <w:rsid w:val="00DB3DA7"/>
     <w:rsid w:val="00DC13F3"/>
     <w:rsid w:val="00DC64D3"/>
+    <w:rsid w:val="00DD30A3"/>
     <w:rsid w:val="00DD332E"/>
     <w:rsid w:val="00DF324E"/>
     <w:rsid w:val="00DF407B"/>
     <w:rsid w:val="00E02498"/>
     <w:rsid w:val="00E04A14"/>
+    <w:rsid w:val="00E06798"/>
     <w:rsid w:val="00E11EE0"/>
     <w:rsid w:val="00E25925"/>
     <w:rsid w:val="00E34877"/>
+    <w:rsid w:val="00E40647"/>
+    <w:rsid w:val="00E53875"/>
     <w:rsid w:val="00E61868"/>
+    <w:rsid w:val="00E72C11"/>
+    <w:rsid w:val="00E857F8"/>
     <w:rsid w:val="00EA05AA"/>
     <w:rsid w:val="00EA4F74"/>
+    <w:rsid w:val="00EB1E53"/>
     <w:rsid w:val="00EB630F"/>
     <w:rsid w:val="00ED572B"/>
     <w:rsid w:val="00EF0304"/>
+    <w:rsid w:val="00EF06F6"/>
     <w:rsid w:val="00F013CC"/>
     <w:rsid w:val="00F01842"/>
     <w:rsid w:val="00F148B6"/>
     <w:rsid w:val="00F166D6"/>
     <w:rsid w:val="00F22115"/>
+    <w:rsid w:val="00F22A9F"/>
+    <w:rsid w:val="00F24661"/>
+    <w:rsid w:val="00F32B63"/>
     <w:rsid w:val="00F32E7A"/>
     <w:rsid w:val="00F45488"/>
     <w:rsid w:val="00F52C3E"/>
     <w:rsid w:val="00F56BA0"/>
+    <w:rsid w:val="00F6757F"/>
     <w:rsid w:val="00F7286F"/>
     <w:rsid w:val="00F75528"/>
     <w:rsid w:val="00F8264E"/>
+    <w:rsid w:val="00F90666"/>
+    <w:rsid w:val="00FA29CD"/>
+    <w:rsid w:val="00FB39C6"/>
     <w:rsid w:val="00FD3BED"/>
+    <w:rsid w:val="00FD44DD"/>
     <w:rsid w:val="00FD580E"/>
     <w:rsid w:val="00FE4F9D"/>
+    <w:rsid w:val="00FE628E"/>
     <w:rsid w:val="00FE76B9"/>
+    <w:rsid w:val="0F985C7C"/>
+    <w:rsid w:val="199ACFFD"/>
+    <w:rsid w:val="1DF437F1"/>
+    <w:rsid w:val="1FB859A3"/>
+    <w:rsid w:val="29CEA39D"/>
+    <w:rsid w:val="2BAAB91D"/>
+    <w:rsid w:val="3993DC58"/>
+    <w:rsid w:val="51845B03"/>
+    <w:rsid w:val="529A3640"/>
+    <w:rsid w:val="555F6EFA"/>
+    <w:rsid w:val="594FE920"/>
+    <w:rsid w:val="5E658B69"/>
+    <w:rsid w:val="61884A25"/>
+    <w:rsid w:val="62366034"/>
+    <w:rsid w:val="62E0756A"/>
+    <w:rsid w:val="6DD915F1"/>
+    <w:rsid w:val="73089F2B"/>
+    <w:rsid w:val="7ACD5779"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1C57E4F0"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{0C37A426-901D-4023-B07E-2A9ACC599807}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -21595,103 +16768,99 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009A6B5F"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009A6B5F"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="51083490">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="717632943">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1214775559">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unsdg.un.org/resources/guidance-un-country-level-strategic-planning-development-exceptional-circumstances" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -21962,180 +17131,161 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="a6b4bf9a-dc84-40cd-98a9-de238e0c456a" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="64c91f18-aa18-4f1f-80ab-12feedce6cfc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-    <xsd:import namespace="ea3eedcd-b073-44c4-8633-ef2003ac58bb"/>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009697BD530D2723459692EB5F622D432C" ma:contentTypeVersion="10" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="885073911c6d99e09880265ff08de5eb">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="64c91f18-aa18-4f1f-80ab-12feedce6cfc" xmlns:ns3="a6b4bf9a-dc84-40cd-98a9-de238e0c456a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cd2498bdf847351dbdaff0b421950935" ns2:_="" ns3:_="">
+    <xsd:import namespace="64c91f18-aa18-4f1f-80ab-12feedce6cfc"/>
+    <xsd:import namespace="a6b4bf9a-dc84-40cd-98a9-de238e0c456a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
-[...1 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
-[...2 lines deleted...]
-                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="dbe36530-cb34-4d88-a4fe-c4d67eb00800" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="64c91f18-aa18-4f1f-80ab-12feedce6cfc" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="11" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f8ebb0a5-c57d-4c3a-bec7-8a38252dd05c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="13" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
-[...21 lines deleted...]
-    <xsd:element name="MediaServiceLocation" ma:index="17" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ea3eedcd-b073-44c4-8633-ef2003ac58bb" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a6b4bf9a-dc84-40cd-98a9-de238e0c456a" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{9402b52a-bace-44c6-93f0-b0dc34b92c85}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="a6b4bf9a-dc84-40cd-98a9-de238e0c456a">
       <xsd:complexType>
         <xsd:complexContent>
-          <xsd:extension base="dms:UserMulti">
+          <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
-              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
-[...7 lines deleted...]
-              </xsd:element>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
-    </xsd:element>
-[...5 lines deleted...]
-      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -22193,143 +17343,132 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{31FF4007-2ACB-4F79-A2A0-B199F0AF50F6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a6b4bf9a-dc84-40cd-98a9-de238e0c456a"/>
+    <ds:schemaRef ds:uri="64c91f18-aa18-4f1f-80ab-12feedce6cfc"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5E657941-5190-46A5-AA9B-FF18AE699925}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{31FF4007-2ACB-4F79-A2A0-B199F0AF50F6}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8C96C6A0-40D4-4577-BF54-4F3A42BB91A6}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9C547227-4314-422F-8803-3A75D029487A}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EE30F425-B011-4FE5-AD2B-5452E6E86C15}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="dbe36530-cb34-4d88-a4fe-c4d67eb00800"/>
-    <ds:schemaRef ds:uri="ea3eedcd-b073-44c4-8633-ef2003ac58bb"/>
+    <ds:schemaRef ds:uri="64c91f18-aa18-4f1f-80ab-12feedce6cfc"/>
+    <ds:schemaRef ds:uri="a6b4bf9a-dc84-40cd-98a9-de238e0c456a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>21930</Characters>
+  <Pages>6</Pages>
+  <Words>3160</Words>
+  <Characters>18017</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>182</Lines>
-  <Paragraphs>51</Paragraphs>
+  <Lines>150</Lines>
+  <Paragraphs>42</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>25726</CharactersWithSpaces>
+  <CharactersWithSpaces>21135</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Jessica Murray</dc:creator>
+  <dc:creator>Mamadou Ndaw</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010047BD5FBB83A80F48BAA0831B61A421E6</vt:lpwstr>
+    <vt:lpwstr>0x0101009697BD530D2723459692EB5F622D432C</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>ab149001-80ed-48fc-b527-af834f998161</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="POPPBusinessProcess">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="UNDP_POPP_BUSINESSUNIT">
     <vt:lpwstr>669;#Programme and Project Management|1c019435-9793-447e-8959-0b32d23bf3d5</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="GrammarlyDocumentId">
     <vt:lpwstr>3bef0468783408f338ce14d27986c0a20a1c1c5e2471b486915b2891c0f68298</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>