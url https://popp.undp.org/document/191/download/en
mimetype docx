--- v0 (2025-10-19)
+++ v1 (2026-01-18)
@@ -1,3826 +1,4038 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps7.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/glossary/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/documenttasks/documenttasks1.xml" ContentType="application/vnd.ms-office.documenttasks+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="365D3383" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00873642">
+    <w:p w14:paraId="365D3383" w14:textId="6AC0F50A" w:rsidR="006F49D0" w:rsidRPr="00C03C69" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="TOCHeading1"/>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>National Personnel Services Agreement (NPSA)</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t>National </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C03C69">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Personnel Services Agreement (NPSA)</w:t>
+      </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
-          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="SimSun" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:id w:val="147477519"/>
+        <w:id w:val="-1096856733"/>
         <w15:color w:val="DBDBDB"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="50AD0267" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:p w14:paraId="33F51B0B" w14:textId="77777777" w:rsidR="00BD300C" w:rsidRPr="00846F3B" w:rsidRDefault="00BD300C" w:rsidP="00BD300C">
           <w:pPr>
             <w:jc w:val="center"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="18420BE0" w14:textId="52D61468" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:p w14:paraId="06056780" w14:textId="698F2301" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00BD300C">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
-              <w:tab w:val="left" w:pos="440"/>
+              <w:tab w:val="left" w:pos="480"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               <w:noProof/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="00352C2A">
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="00352C2A">
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             </w:rPr>
             <w:instrText xml:space="preserve">TOC \o "1-1" \h \u </w:instrText>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="00352C2A">
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc98839821" w:history="1">
-            <w:r>
+          <w:hyperlink w:anchor="_Toc199406847" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>I.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
-                <w:lang w:eastAsia="zh-CN"/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
-              <w:t xml:space="preserve">    </w:t>
-[...1 lines deleted...]
-            <w:r>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Introduction and Background</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc98839821 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406847 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00317D4D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="38CE5DC7" w14:textId="747DAF08" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:p w14:paraId="18605CF0" w14:textId="39A815E6" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
-              <w:tab w:val="left" w:pos="660"/>
+              <w:tab w:val="left" w:pos="480"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               <w:noProof/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc98839822" w:history="1">
-            <w:r>
+          <w:hyperlink w:anchor="_Toc199406848" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>II.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
-                <w:lang w:eastAsia="zh-CN"/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Use of NPSA</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>Use of NPSA  </w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc98839822 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406848 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00317D4D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5FF0671E" w14:textId="1230C051" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:p w14:paraId="43DA28F2" w14:textId="1E487760" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
-              <w:tab w:val="left" w:pos="660"/>
+              <w:tab w:val="left" w:pos="720"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               <w:noProof/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc98839823" w:history="1">
-            <w:r>
+          <w:hyperlink w:anchor="_Toc199406849" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>III.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
-                <w:lang w:eastAsia="zh-CN"/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Legal Status of the NPSA holder</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc98839823 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406849 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00317D4D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>4</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="24B0E336" w14:textId="3037156A" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:p w14:paraId="2361A9E0" w14:textId="121B83B4" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
-              <w:tab w:val="left" w:pos="660"/>
+              <w:tab w:val="left" w:pos="720"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               <w:noProof/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc98839824" w:history="1">
-            <w:r>
+          <w:hyperlink w:anchor="_Toc199406850" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>IV.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
-                <w:lang w:eastAsia="zh-CN"/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>General Rights and Obligations of the NPSA holders</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc98839824 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406850 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00317D4D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="31094504" w14:textId="3D57CD58" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:p w14:paraId="74BEC7AB" w14:textId="23D2511E" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
-              <w:tab w:val="left" w:pos="660"/>
+              <w:tab w:val="left" w:pos="480"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               <w:noProof/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc98839825" w:history="1">
-            <w:r>
+          <w:hyperlink w:anchor="_Toc199406851" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>V.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
-                <w:lang w:eastAsia="zh-CN"/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Standards of Conduct</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc98839825 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406851 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00317D4D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4BA97F59" w14:textId="6A41E021" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:p w14:paraId="55FEEE65" w14:textId="1A3D22E9" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
-              <w:tab w:val="left" w:pos="660"/>
+              <w:tab w:val="left" w:pos="720"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               <w:noProof/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc98839826" w:history="1">
-            <w:r>
+          <w:hyperlink w:anchor="_Toc199406852" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>VI.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
-                <w:lang w:eastAsia="zh-CN"/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Title Rights</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc98839826 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406852 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00317D4D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="40874B74" w14:textId="138B87D0" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:p w14:paraId="300C7B86" w14:textId="2F67E562" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
-              <w:tab w:val="left" w:pos="660"/>
+              <w:tab w:val="left" w:pos="720"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               <w:noProof/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc98839827" w:history="1">
-            <w:r>
+          <w:hyperlink w:anchor="_Toc199406853" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>VII.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
-                <w:lang w:eastAsia="zh-CN"/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Nature of relationship between UNDP and the NPSA holder</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc98839827 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406853 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00317D4D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>8</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="21667DFB" w14:textId="2B8BA930" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:p w14:paraId="69EB8D8F" w14:textId="7EE02151" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
-              <w:tab w:val="left" w:pos="880"/>
+              <w:tab w:val="left" w:pos="720"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               <w:noProof/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc98839828" w:history="1">
-            <w:r>
+          <w:hyperlink w:anchor="_Toc199406854" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>VIII.     Duration of </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>VIII.</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Duration of </w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>NPSA</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc98839828 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406854 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00317D4D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>8</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="73FBBBAE" w14:textId="0F588207" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:p w14:paraId="0CA2848A" w14:textId="568FFADA" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
-              <w:tab w:val="left" w:pos="660"/>
+              <w:tab w:val="left" w:pos="720"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               <w:noProof/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc98839829" w:history="1">
-            <w:r>
+          <w:hyperlink w:anchor="_Toc199406856" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>IX.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
-                <w:lang w:eastAsia="zh-CN"/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Functions: Support or Specialist Functions</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>Types of </w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
                 <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>NPSAs</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>: Regular and </w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Short-term;</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Office- and Home-based</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc98839829 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406856 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00317D4D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>9</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1B5BF694" w14:textId="4CE0E216" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:p w14:paraId="51C35096" w14:textId="664447F2" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
-              <w:tab w:val="left" w:pos="660"/>
+              <w:tab w:val="left" w:pos="480"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               <w:noProof/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc98839830" w:history="1">
-            <w:r>
+          <w:hyperlink w:anchor="_Toc199406857" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>X.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
-                <w:lang w:eastAsia="zh-CN"/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Types of </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Engagement of Former and Retired UN Staff Members, and other Non-Staff Personnel</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406857 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="4CF77C02" w14:textId="43A653D0" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="720"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406858" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>XI.</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Engaging Close Relatives of UNDP Personnel</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406858 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="4D5D39AF" w14:textId="4735876C" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="720"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406859" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>XII.</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Authority for the Issuance of </w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>NPSAs</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406859 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="0C7ACA11" w14:textId="084CEF44" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="720"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406860" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>: Regular and </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>XIII.</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Responsibility and Accountability</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406860 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="5DA69955" w14:textId="569E4CA0" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="960"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406861" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>XIV.</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Classification &amp; Established Scales</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406861 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="5B5543B2" w14:textId="0E095EC7" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="720"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406862" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>XV.</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Selection of </w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>Short-term;</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>NPSAs</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve"> Office- and Home-based</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:tab/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406862 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc98839830 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-            </w:r>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="320F42B0" w14:textId="32BECC0D" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:p w14:paraId="7112DA21" w14:textId="4E76C4A7" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
-              <w:tab w:val="left" w:pos="660"/>
+              <w:tab w:val="left" w:pos="960"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               <w:noProof/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc98839831" w:history="1">
-            <w:r>
+          <w:hyperlink w:anchor="_Toc199406863" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>XI.</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>XVI.</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
-                <w:lang w:eastAsia="zh-CN"/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Engagement of Former and Retired UN Staff Members, and other Non-Staff Personnel</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>Medical Clearance and Maximum Age for NPSAs</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc98839831 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406863 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00317D4D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>10</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0E7E3940" w14:textId="68B27D7D" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:p w14:paraId="7B47155A" w14:textId="75B0B4AF" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
-              <w:tab w:val="left" w:pos="660"/>
+              <w:tab w:val="left" w:pos="960"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               <w:noProof/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc98839832" w:history="1">
-            <w:r>
+          <w:hyperlink w:anchor="_Toc199406864" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>XII.</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>XVII.</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
-                <w:lang w:eastAsia="zh-CN"/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Engaging Close Relatives of UNDP Personnel</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>Part-time work</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc98839832 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406864 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00317D4D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>11</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1B670187" w14:textId="66B3F89A" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:p w14:paraId="710B1727" w14:textId="2239EE9B" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
-              <w:tab w:val="left" w:pos="880"/>
+              <w:tab w:val="left" w:pos="960"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               <w:noProof/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc98839833" w:history="1">
-            <w:r>
+          <w:hyperlink w:anchor="_Toc199406865" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>XVIII.</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>NPSAs</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>Simultaneous contracts</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc98839833 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406865 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00317D4D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>12</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="59B25123" w14:textId="765F2633" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:p w14:paraId="51841DF1" w14:textId="49A1ED92" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
-              <w:tab w:val="left" w:pos="880"/>
+              <w:tab w:val="left" w:pos="960"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               <w:noProof/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc98839834" w:history="1">
-            <w:r>
+          <w:hyperlink w:anchor="_Toc199406866" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>XIV.     Responsibility and Accountability</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>XIX.</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
                 <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Contract</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Extension, Expiration and Termination</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc98839834 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406866 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00317D4D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>12</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="28DF954A" w14:textId="0C3001A3" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:p w14:paraId="547D7A3F" w14:textId="06D44EDD" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
-              <w:tab w:val="left" w:pos="660"/>
+              <w:tab w:val="left" w:pos="720"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               <w:noProof/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc98839835" w:history="1">
-            <w:r>
+          <w:hyperlink w:anchor="_Toc199406867" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>XV.</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>XX.</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
-                <w:lang w:eastAsia="zh-CN"/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Classification &amp; Established Scales</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>Recourse/Settlement of disputes</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc98839835 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406867 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00317D4D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>12</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="246F0F1A" w14:textId="0EE8A971" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:p w14:paraId="6CC7989A" w14:textId="134AD594" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
-              <w:tab w:val="left" w:pos="880"/>
+              <w:tab w:val="left" w:pos="960"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               <w:noProof/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc98839836" w:history="1">
-            <w:r>
+          <w:hyperlink w:anchor="_Toc199406868" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>XVI.      Selection of </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>XXI.</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Overtime</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (applicable to regular NPSAs only)</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406868 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="4036445B" w14:textId="2B41B87A" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="960"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406869" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>XXII.</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Danger Allowance</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406869 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="7CE92CFF" w14:textId="0E990D9E" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="960"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406870" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>XXIII.</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>NPSAs</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>NPSA</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
+              <w:t> Remuneration Advances</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc98839836 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406870 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00317D4D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>13</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="53A31C68" w14:textId="7BA86CD0" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:p w14:paraId="18703FF4" w14:textId="36425884" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
-              <w:tab w:val="left" w:pos="880"/>
+              <w:tab w:val="left" w:pos="960"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               <w:noProof/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc98839837" w:history="1">
-            <w:r>
+          <w:hyperlink w:anchor="_Toc199406871" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>XVII.     Medical Clearance and Maximum Age for NPSAs</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>XXIV.</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
+              <w:t>Mandatory subsidized coverage not commutable to cash</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc98839837 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406871 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00317D4D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>14</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="338591F5" w14:textId="67ABB219" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:p w14:paraId="25523D4C" w14:textId="7B249508" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
-              <w:tab w:val="left" w:pos="880"/>
+              <w:tab w:val="left" w:pos="960"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               <w:noProof/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc98839838" w:history="1">
-            <w:r>
+          <w:hyperlink w:anchor="_Toc199406872" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>XVIII.    Part-time work</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>XXV.</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
+              <w:t>Mandatory subsidized coverage that is commutable to cash in lieu of coverage (applicable to Regular NPSAs only)</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc98839838 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406872 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00317D4D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>14</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="263D251E" w14:textId="038A138F" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:p w14:paraId="5F06554A" w14:textId="24778175" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
-              <w:tab w:val="left" w:pos="880"/>
+              <w:tab w:val="left" w:pos="960"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               <w:noProof/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc98839839" w:history="1">
-            <w:r>
+          <w:hyperlink w:anchor="_Toc199406873" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">XIX.      </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>XXVI.</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Optional coverage provided, but not subsidized by UNDP</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406873 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="1102D911" w14:textId="7D9AE63D" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="1200"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406874" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>XXVII.</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Working Hours</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406874 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="354E2B35" w14:textId="76E9ADFE" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="1200"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406875" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>XXVIII.</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Leave</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406875 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="12DC556A" w14:textId="09999566" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="960"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406876" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>XXIX.</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Travel for Work</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406876 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="29C59016" w14:textId="60E4D45B" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="960"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406877" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>XXX.</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Detail Assignments</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406877 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="1B3567E6" w14:textId="429BA8F2" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="960"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406878" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>XXXI.</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Performance Evaluation</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406878 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="6ADF961A" w14:textId="6213F0B5" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="1200"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406879" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>XXXII.</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Learning Opportunities (applicable to Regular NPSAs only)</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406879 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="1E8E6273" w14:textId="5A4D9BAB" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="1200"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406880" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>XXXIII.</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Career Paths, lateral transfers, status as candidates (applicable to regular NPSAs only)</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406880 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="5763AB1F" w14:textId="08B76740" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="1200"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406881" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>XXXIV.</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Roles and Responsibilities</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406881 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="25A899D5" w14:textId="220C9879" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="1200"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406882" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>XXXV.</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>National Implementation Programmes (NIM):</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406882 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="5022447D" w14:textId="1FD0633E" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406883" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Annex 1: Selection and hiring modalities and procedures for NPSAs </w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406883 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="4DAA4D85" w14:textId="0B3CC4A1" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406884" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Annex 2: Remuneration Scales, Classification Bands, and Setting the Remuneration for NPSAs</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406884 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="196CC68E" w14:textId="29365184" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc199406885" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Annex 3: Overview of </w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>Contract</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>NPSA</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve"> Extension, Expiration and Termination</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t> benefits</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc98839839 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406885 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00317D4D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>15</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>38</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="12C5C3D2" w14:textId="0D4FEE4E" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:p w14:paraId="7D09E3E3" w14:textId="2922EFB9" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
-            <w:tabs>
-[...1 lines deleted...]
-            </w:tabs>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               <w:noProof/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc98839840" w:history="1">
-            <w:r>
+          <w:hyperlink w:anchor="_Toc199406886" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>XX.</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>Annex 4: Definition of functions of inherent nature</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
-                <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:tab/>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Recourse/Settlement of disputes</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:tab/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406886 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc98839840 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-            </w:r>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>39</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="47F6138C" w14:textId="69A2E6DB" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:p w14:paraId="7F788567" w14:textId="40CF7B94" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
-            <w:tabs>
-[...1 lines deleted...]
-            </w:tabs>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               <w:noProof/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc98839841" w:history="1">
-            <w:r>
+          <w:hyperlink w:anchor="_Toc199406887" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">XXI.      </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Annex</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...157 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>NPSA</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t> 5</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t> Salary Advances</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>: Performance Evaluation</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc98839843 \h </w:instrText>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406887 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00317D4D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>18</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4A7696D9" w14:textId="388CF578" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
-[...924 lines deleted...]
-        <w:p w14:paraId="5BE7377C" w14:textId="43347DD8" w:rsidR="006F49D0" w:rsidRPr="00B155BF" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:p w14:paraId="4DA2D00E" w14:textId="6D731F2A" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
-              <w:rStyle w:val="Hyperlink"/>
-              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc98839856" w:history="1">
-            <w:r w:rsidRPr="00BD7469">
+          <w:hyperlink w:anchor="_Toc199406888" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Annex 1:</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">Annex 6: To be included in </w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:bCs/>
                 <w:noProof/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00414004">
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>NPSA</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Recruitment standards and procedures for NPSAs </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t xml:space="preserve"> file, where applicable – Checklist</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>………………………………………..</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00B155BF">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc98839856 \h </w:instrText>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406888 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00B155BF">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00317D4D">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>32</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>41</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="50487BCB" w14:textId="5504595E" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:p w14:paraId="7A148ADD" w14:textId="4113F18F" w:rsidR="00352C2A" w:rsidRPr="00846F3B" w:rsidRDefault="00E80821">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               <w:noProof/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:kern w:val="2"/>
+              <w:lang w:eastAsia="ja-JP"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc98839857" w:history="1">
-            <w:r>
+          <w:hyperlink w:anchor="_Toc199406889" w:history="1">
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">Annex 2: Remuneration Scales, </w:t>
-[...5 lines deleted...]
-                <w:bCs/>
+              <w:t>Annex 7: Equipment &amp; Supplies</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
-                <w:lang w:eastAsia="en-GB"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">Bands, and </w:t>
-[...5 lines deleted...]
-                <w:bCs/>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
-                <w:lang w:eastAsia="en-GB"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc199406889 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">Remuneration </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">     </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00ED2B1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>for</w:t>
-[...54 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>42</w:t>
+            </w:r>
+            <w:r w:rsidR="00352C2A" w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="07C1FC3B" w14:textId="60B633B6" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:p w14:paraId="5E3E241B" w14:textId="01204211" w:rsidR="00BD300C" w:rsidRPr="00846F3B" w:rsidRDefault="00BD300C" w:rsidP="00BD300C">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc98839858" w:history="1">
-[...78 lines deleted...]
-            <w:pStyle w:val="TOC1"/>
+          <w:r w:rsidRPr="00352C2A">
             <w:rPr>
-              <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...442 lines deleted...]
-              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
+    <w:p w14:paraId="308DF2EC" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRPr="00AF0290" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="6D1BB514" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0"/>
     <w:p w14:paraId="5AFEA797" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0"/>
     <w:p w14:paraId="76703846" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0"/>
     <w:p w14:paraId="4A2BCF43" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0"/>
     <w:p w14:paraId="0DBB24AB" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0"/>
     <w:p w14:paraId="5F7A7A1A" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0"/>
     <w:p w14:paraId="78AB2A4F" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0"/>
     <w:p w14:paraId="598303FF" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0"/>
     <w:p w14:paraId="123D2BAD" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0"/>
     <w:p w14:paraId="4FC13DC0" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0"/>
     <w:p w14:paraId="436AC78A" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0"/>
     <w:p w14:paraId="7275DC56" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0"/>
     <w:p w14:paraId="2E92BBF7" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0"/>
     <w:p w14:paraId="4E41BBC9" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0"/>
     <w:p w14:paraId="4ACDEBAE" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0"/>
     <w:p w14:paraId="58D74DFF" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0"/>
     <w:p w14:paraId="56D81D08" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0"/>
     <w:p w14:paraId="3BDE9D3D" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0"/>
     <w:p w14:paraId="66430520" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0"/>
-    <w:p w14:paraId="5C19CFDC" w14:textId="77777777" w:rsidR="00317D4D" w:rsidRDefault="00317D4D" w:rsidP="006F49D0"/>
-    <w:p w14:paraId="34287FE8" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="362EE536" w14:textId="77777777" w:rsidR="00C03C69" w:rsidRDefault="00C03C69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34287FE8" w14:textId="4005B649" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc98839821"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc199406847"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Introduction and Background</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10BFB49C" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -3866,51 +4078,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F28FD79" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7290E757" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="7290E757" w14:textId="0CE99B35" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
@@ -3956,129 +4168,178 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>”) is a legal instrument</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, in the form of a contract modality, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">established by the United Nations Development </w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> to engage the services of individuals to provide a time-limited service to UNDP under a </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Programme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (UNDP). The agreement is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to engage the services of individuals to provide service to UNDP under a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>service</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-based contract modality.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C07F362" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1810DD55" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="1810DD55" w14:textId="2E72FF06" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk59869815"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>This modality has two key objectives: On the one hand, the NPSA aims to provide UNDP with a comprehensive, flexible and cost-effective contractual framework which responds to project, programme, operational and administrative, requirements. On the other, the NPSA will provide for attractive, stable and fair conditions of employment which ensure that UNDP is able to attract, select and retain the services of skilled, high-performing individuals. </w:t>
+        <w:t xml:space="preserve">This modality has two key objectives: On the one hand, the NPSA aims to provide UNDP with a comprehensive, flexible and cost-effective contractual framework which responds to project, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>programme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>, operational and administrative, requirements. On the other</w:t>
+      </w:r>
+      <w:r w:rsidR="00F72AD1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hand</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>, the NPSA will provide for attractive, stable and fair conditions of employment which ensure that UNDP is able to attract, select and retain the services of skilled, high-performing individuals. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="5A07BA7A" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7589C7CA" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
@@ -4630,108 +4891,105 @@
         </w:numPr>
         <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0002494C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A holder of a National PSA is a person engaged by UNDP to perform a specific assignment locally, provided the NPSA holder is legally allowed to work in the country, and may only be engaged to perform either support or specialist services in duty stations where UNDP maintains the National Professional Officer category. </w:t>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="_Hlk63670099"/>
       <w:r w:rsidRPr="0002494C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">In HQ duty stations, NPSAs may also be issued to nationals of countries other than that of the country in which the services will be </w:t>
+        <w:t xml:space="preserve">In HQ duty stations, NPSAs may also </w:t>
       </w:r>
       <w:r w:rsidRPr="0002494C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>provided, so long as (</w:t>
+        <w:t>be issued to nationals of countries other than that of the country in which the services will be provided, so long as (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0002494C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0002494C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) the host government does not disallow it, and (ii) an NPSA remuneration scale for the respective HQ duty station has been established.  </w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="60C8289E" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79CB305A" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc98839822"/>
-[...1 lines deleted...]
-        <w:t>Use of NPSA</w:t>
+      <w:bookmarkStart w:id="5" w:name="_Toc199406848"/>
+      <w:r>
+        <w:t>Use of NPSA  </w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="030AEFAD" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Toc6336"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:p w14:paraId="55996071" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
@@ -4796,147 +5054,195 @@
     </w:p>
     <w:p w14:paraId="72113A98" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">When undertaking the performance of specific task(s) or delivery of work for the implementation of project(s) or other activities of a business unit which is funded by a project (or projects) or a non-continuous source of funding, and required for a defined </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> (for example, for the duration of the active project(s) carried out by UNDP or its funding;    </w:t>
+        <w:t>When undertaking the performance of specific task(s) or delivery of work for the implementation of project(s) or other activities of a business unit which is funded by a project (or projects) or a non-continuous source of funding, and required for a defined period of time (for example, for the duration of the active project(s) carried out by UNDP or its funding;    </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A01D96C" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53FED5FB" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="6241B569" w14:textId="77777777" w:rsidR="006E4B5E" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>When undertaking the performance of specific task(s) that is/are needed because of the variable business volume due to the nature of UNDP’s business model;   </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7263DE8A" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:t>When undertaking the performance of specific task(s) that is/are needed because of the variable business volume due to the nature of UNDP’s business model;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DD96047" w14:textId="77777777" w:rsidR="006E4B5E" w:rsidRPr="00846F3B" w:rsidRDefault="006E4B5E" w:rsidP="00846F3B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:ind w:left="1080"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="7C5D4499" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53FED5FB" w14:textId="65AFA3B7" w:rsidR="006F49D0" w:rsidRPr="00846F3B" w:rsidRDefault="00E20A6E" w:rsidP="00BB08B6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...10 lines deleted...]
-        <w:t>When the services may not be needed long-term by UNDP;   </w:t>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E20A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Professional and supporting roles in functions, within an office/bureau/project or as a shared service, which may otherwise be outsourced to a company</w:t>
+      </w:r>
+      <w:r w:rsidR="00C800E3">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+      <w:r w:rsidR="00BB08B6" w:rsidRPr="00BB08B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7263DE8A" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C5D4499" w14:textId="1E28803E" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>When the services may not be needed long-term by UNDP</w:t>
+      </w:r>
+      <w:r w:rsidR="00583FB2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="211D9426" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06C9454F" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -4967,72 +5273,88 @@
         </w:rPr>
         <w:t xml:space="preserve"> may not be used in the following cases:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72749075" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7CD6D182" w14:textId="0C47271A" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="7CD6D182" w14:textId="3215F61C" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">When the functions are of both, inherent and continuous in nature </w:t>
+        <w:t xml:space="preserve">When the functions are </w:t>
+      </w:r>
+      <w:r w:rsidR="00E37D2A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nherent in nature </w:t>
       </w:r>
       <w:r w:rsidRPr="00B40BE6">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(as defined in </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Annex_4:_Definition" w:history="1">
         <w:r w:rsidRPr="00B40BE6">
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Annex 4</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -5143,139 +5465,293 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Where the services required based on specific deliverables and payments are lumpsum-based. In such cases, the Individual Contract (IC) modality of UNDP should be used, governed by its own set of procurement guidelines. Automatic conversions from IC to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> are not possible given that the two modalities follow two very different purposes and assessments, except during the transition period indicated above. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5989F9B2" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="48D28787" w14:textId="77777777" w:rsidR="000401A8" w:rsidRPr="00846F3B" w:rsidRDefault="000401A8" w:rsidP="00846F3B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:ind w:left="720"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="1D3D06BF" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="742030EC" w14:textId="0C521B23" w:rsidR="000401A8" w:rsidRPr="00846F3B" w:rsidRDefault="000401A8" w:rsidP="00846F3B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:afterLines="50" w:after="120"/>
-[...17 lines deleted...]
-      </w:r>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3B2FD8A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>An </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00846F3B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NPSA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3B2FD8A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> holder</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00846F3B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3B2FD8A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may provide inputs to the performance evaluation of a staff member where the staff member’s </w:t>
+      </w:r>
+      <w:r w:rsidR="06BBA23F" w:rsidRPr="3B2FD8A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">job </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF3233" w:rsidRPr="30367772">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>description</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3B2FD8A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> include</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF3233">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3B2FD8A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> functions of a technical nature, as may be determined by the Head of the Business Unit, or </w:t>
+      </w:r>
+      <w:r w:rsidR="00957BBB" w:rsidRPr="3B2FD8A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>delegate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3B2FD8A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5989F9B2" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49388223" w14:textId="4EB6D7CD" w:rsidR="006F49D0" w:rsidRPr="00846F3B" w:rsidRDefault="006F49D0" w:rsidP="00846F3B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="OLE_LINK2"/>
+      <w:r w:rsidRPr="00846F3B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>In</w:t>
+      </w:r>
+      <w:r w:rsidR="001C441B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> an</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00846F3B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> office where the functional coverage is expected to be beyond the country in which the primary UNDP office is based, the NPSA modality may still be applicable even if the functions are of global, regional or multi-country nature. Examples of such offices may be HQs, Regional Offices and Regional Service Centers, as well as Multi Country Offices. Such functions do not necessarily warrant an I</w:t>
+      </w:r>
+      <w:r w:rsidR="001A69F1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nternational </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00846F3B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PSA</w:t>
+      </w:r>
+      <w:r w:rsidR="001A69F1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (IPSA)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00846F3B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="544936AE" w14:textId="77777777" w:rsidR="000401A8" w:rsidRDefault="000401A8" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:p w14:paraId="49388223" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="8"/>
     <w:p w14:paraId="17E54DC3" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52E4EB89" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc98839823"/>
-[...9 lines deleted...]
-    <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc199406849"/>
+      <w:bookmarkStart w:id="9" w:name="OLE_LINK5"/>
+      <w:r>
+        <w:t>Legal Status of the NPSA holder</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
     <w:p w14:paraId="332CBB5D" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="561CBB65" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -5350,71 +5826,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>is engaged pursuant to the expressed terms and conditions of the </w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="_Hlk59871576"/>
-[...19 lines deleted...]
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkStart w:id="10" w:name="_Hlk59871576"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NPSA. NPSA holders are not recruited under United Nations Staff Regulations and Rules and </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UNDP business units must ensure that the administration of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSAs</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is consistent with the </w:t>
       </w:r>
@@ -5544,206 +6010,206 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> any other entity of the UN for the purposes of the Convention on the Privileges and Immunities of the United Nations, adopted by the General Assembly of the UN on 13 February 1946 (“General Convention”).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AE16E3B" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>       </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="554E8A0D" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="554E8A0D" w14:textId="7908945A" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="OLE_LINK6"/>
+      <w:bookmarkStart w:id="11" w:name="OLE_LINK6"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> holders may have the status of “expert on mission for the United Nations” under Section 22, Article VI, of the General Convention, and perform official duties for the United Nations.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Whether or not an </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> holder</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>can be recognized as an expert within the framework of the General Convention is an issue that, if the need arises, will be conclusively determined by the Secretary-General of the United Nations or his/her delegate, the UN Legal Counsel, through the Legal Office of UNDP. </w:t>
+        <w:t>can be recognized as an expert within the framework of the General Convention is an issue that, if the need arises, will be conclusively determined by the Secretary-General of the United Nations or delegate, the UN Legal Counsel, through the Legal Office of UNDP. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4112EC8A" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Hlk59871700"/>
+      <w:bookmarkStart w:id="12" w:name="_Hlk59871700"/>
     </w:p>
     <w:p w14:paraId="0E093F7B" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA holders have neither the authority nor any other right to incur any legal or financial obligations on behalf of UNDP. </w:t>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="_Hlk65231513"/>
+      <w:bookmarkStart w:id="13" w:name="_Hlk65231513"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>The NPSA holder may not expressly or implicitly represent to any person an authority that the NPSA holder does not have.</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
-      <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="13D500E4" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D8FEEEF" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc98839824"/>
-      <w:bookmarkStart w:id="16" w:name="OLE_LINK12"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc199406850"/>
+      <w:bookmarkStart w:id="15" w:name="OLE_LINK12"/>
       <w:r>
         <w:t>General Rights and Obligations of the NPSA holders</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p w14:paraId="45CE4B4C" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -5964,100 +6430,109 @@
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> holders are excluded</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> inter alia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> from participation in the United Nations Joint Staff Pension Fund and After-Service Health Insurance. Further, </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>from participation in the United Nations Joint Staff Pension Fund and After-Service Health Insurance. Further, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> holders shall not be entitled to any additional benefit, payment, subsidy, compensation or entitlement, except those expressly stated in the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78EF70BB" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14C4AA9A" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="14C4AA9A" w14:textId="2008D07C" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
@@ -6153,60 +6628,60 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>must refrain from any conduct that would reflect adversely on UNDP or the rest of the UN system (or both</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>), and</w:t>
+        <w:t>),and</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t> must  not engage in  any activity  that is  incompatible with their </w:t>
+        <w:t> must not engage in any activity that is incompatible with their </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>performance of services for UNDP under the NPSA. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57D18260" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B839211" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
@@ -6240,78 +6715,51 @@
         <w:t>NPSA,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and even after the expiration or termination of an </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA, NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> holders must assist UNDP in any disputes with third </w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">investigations relating to matters on which the </w:t>
+        <w:t xml:space="preserve"> holders must assist UNDP in any disputes with third parties, and cooperate with audits conducted by the Office of Audit and Investigations or the Board of Auditors and/or investigations relating to matters on which the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> holders worked or have knowledge. Such assistance may include providing UNDP or its lawyers (or both) with information regarding an </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
@@ -6600,50 +7048,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="211C9824" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Allegations or claims that the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> holder</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
@@ -6697,63 +7146,63 @@
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="24186773" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="OLE_LINK11"/>
+      <w:bookmarkStart w:id="16" w:name="OLE_LINK11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Compliance and working arrangements:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p w14:paraId="57456CD6" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D6D2137" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
@@ -6919,59 +7368,58 @@
     <w:p w14:paraId="33B3C847" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13170FFB" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="OLE_LINK7"/>
+      <w:bookmarkStart w:id="17" w:name="OLE_LINK7"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> holders are responsible and must arrange for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>any</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -7006,186 +7454,221 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">s for visa and/or work permit fees incurred to assume the NPSA. However, if the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> holder is requested to undertake travel to other locations for UNDP, in which case any visa and/or work permit fees necessary for said other locations may be claimed through submission of a travel/expense claim and supporting documents.   </w:t>
       </w:r>
-      <w:bookmarkStart w:id="19" w:name="_Hlk57933315"/>
+      <w:bookmarkStart w:id="18" w:name="_Hlk57933315"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p w14:paraId="76CCCEE5" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A2A28AB" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="2A2A28AB" w14:textId="5053F1B9" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">NPSA </w:t>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="_Hlk56981012"/>
+      <w:bookmarkStart w:id="19" w:name="_Hlk56981012"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>holders may serve on corporate committees as may be permitted by the Terms of Reference of the respective committee. NPSA holders may not serve as chair,</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>alternate chair or be the majority voting members on corporate committees.</w:t>
+        <w:t>alternate chair or be the majority voting members on corporate committees</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB1C40">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>, except as chair of a</w:t>
+      </w:r>
+      <w:r w:rsidR="006557A9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n interview </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB1C40">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>panel for PSA positions</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E66FD2B" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="400B1451" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Toc98839825"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc199406851"/>
+      <w:bookmarkStart w:id="21" w:name="OLE_LINK10"/>
+      <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Standards of Conduct</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="majorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04173C06" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="majorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="_Toc28778"/>
       <w:bookmarkEnd w:id="21"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t> </w:t>
-[...10 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="_Toc28778"/>
+        <w:t>  </w:t>
+      </w:r>
       <w:bookmarkEnd w:id="22"/>
-      <w:r>
-[...8 lines deleted...]
-    <w:p w14:paraId="0A66686E" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    </w:p>
+    <w:p w14:paraId="0A66686E" w14:textId="47E740BB" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
@@ -7221,51 +7704,83 @@
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> entitled “Special Measures for Protection from Sexual Exploitation and Sexual Abuse” (ST/SGB/2003/13) and the UN Secretary-General’s Bulletin of 18 June 2002 entitled “Regulations Governing the Status, Basic Rights and Duties of Officials other than Secretariat Officials, and Experts on Mission” (ST/SGB/2002/9) as they may be amended from time to time. Furthermore, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> holders must comply with all applicable UNDP administrative issuances. NPSA holders must also fully comply with all security policies, procedures and directives issued by UNDP.  </w:t>
+        <w:t xml:space="preserve"> holders must comply with all applicable UNDP administrative issuances. NPSA holders must also fully comply with all </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE586D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UNSMS </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">security policies, </w:t>
+      </w:r>
+      <w:r w:rsidR="006D0E9E" w:rsidRPr="006D0E9E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as well as any other security </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>procedures and directives issued by UNDP.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15C10AEC" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="29CCB3BC" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -7315,51 +7830,61 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">staff members of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the United Nations, while working on UNDP-related activities, they must comply with the standards of conduct required </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>by the United Nations,</w:t>
+        <w:t xml:space="preserve">by </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>the United Nations,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> except to the extent such standards are, in the opinion of UNDP, inherently inconsistent with their status as an </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> holder.   </w:t>
@@ -7567,260 +8092,267 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> holders may not engage in any activity that is incompatible with the discharge of their duties with the organization. They should exercise utmost discretion in all matters of official activities of the organization.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4176454C" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="714D51F8" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="714D51F8" w14:textId="4B4E1775" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Unless specifically set out in their </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t> and/or authorized in writing by the UNDP Administrator or his/her designate, </w:t>
+        <w:t xml:space="preserve"> and/or authorized in writing by the UNDP Administrator or </w:t>
+      </w:r>
+      <w:r w:rsidR="00452ECD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>delegate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> holders should not communicate at any time to the media, or to any institution, person, government, or other external entity/authority any information that has not been made public and which has become known to them by reason </w:t>
-[...8 lines deleted...]
-        <w:t>of their association with UNDP, nor should they use such information for private advantage. These obligations will survive the expiration or termination of the </w:t>
+        <w:t xml:space="preserve"> holders should not communicate at any time to the media, or to any institution, person, government, or other external entity/authority any information that has not been made public and which has become known to them by reason of their association with UNDP, nor should they use such information for private advantage. These obligations will survive the expiration or termination of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E4E7D5F" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="642C7D1A" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="OLE_LINK9"/>
+      <w:bookmarkStart w:id="23" w:name="OLE_LINK9"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">An individual on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> may</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> not </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>engage in an outside professional activity (i.e. not for UNDP) whether remunerated or not, unless and only if the individual has received prior approval of UNDP to do so from the NPSA’s supervisor at UNDP.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p w14:paraId="19C83540" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30AF93D2" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_Toc98839826"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc199406852"/>
       <w:r>
         <w:t>Title Rights</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="24"/>
       <w:r>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AC6A246" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="114C401C" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="114C401C" w14:textId="0DE6C570" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>UNDP will be entitled to all intellectual property and other proprietary rights, including, but not limited to, patents, copyrights and trademarks, with regard to products, processes, inventions, ideas, know-how or documents and other materials which the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
@@ -7967,51 +8499,67 @@
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> holder</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>of his/her obligations under the </w:t>
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidR="008E4A23">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> obligations under the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, or (b) that the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
@@ -8069,51 +8617,60 @@
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> holder</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>must grant to UNDP a perpetual license to use such intellectual property or other proprietary right solely for the purposes of and in accordance with the requirements of the </w:t>
+        <w:t xml:space="preserve">must grant to UNDP a perpetual license to use such intellectual property or other proprietary right solely for the purposes of and in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>accordance with the requirements of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. At the request of UNDP, the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
@@ -8213,76 +8770,76 @@
         <w:t> will be the property of UNDP, must be made available for use or inspection by UNDP, must be treated as confidential and must be delivered only to UNDP authorized officials on completion of work under the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35441C22" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="_Hlk59872810"/>
+      <w:bookmarkStart w:id="25" w:name="_Hlk59872810"/>
     </w:p>
     <w:p w14:paraId="10F81367" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="27" w:name="_Toc98839827"/>
-[...11 lines deleted...]
-        <w:t>holder   </w:t>
+      <w:bookmarkStart w:id="26" w:name="_Toc199406853"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Nature of relationship between UNDP and the NPSA holder</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="180D2219" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4AE1DE17" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
@@ -8383,248 +8940,171 @@
     <w:p w14:paraId="0B318692" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Any disputes between the NPSA holder and UNDP will be subject to the dispute resolution mechanism in the NPSA General Terms and Conditions.      </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p w14:paraId="060441D8" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C5EB4C9" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_Toc98839828"/>
-      <w:bookmarkStart w:id="29" w:name="OLE_LINK13"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc199406854"/>
+      <w:bookmarkStart w:id="28" w:name="OLE_LINK13"/>
       <w:r>
         <w:t>Duration of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="27"/>
       <w:r>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p w14:paraId="084A8181" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D56D65B" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="3D29C919" w14:textId="77777777" w:rsidR="003048BF" w:rsidRDefault="006F49D0" w:rsidP="00BD2380">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="30" w:name="_Hlk56978417"/>
+      <w:bookmarkStart w:id="29" w:name="_Hlk56978417"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>An NPSA may be issued for any period from one day and up to a maximum of twelve months at a time, subject to the confirmation of available funding. The duration of the NPSA shall not, however, exceed the maximum duration of the project.</w:t>
-[...82 lines deleted...]
-        <w:ind w:left="1080"/>
+        <w:t xml:space="preserve">An NPSA may be issued for any period from one day and up to a maximum of twelve months at a time, subject to the confirmation of available funding. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p w14:paraId="776A2624" w14:textId="12C63D64" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00846F3B">
+      <w:pPr>
+        <w:ind w:left="425"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E461F0D" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="3E461F0D" w14:textId="637FFB8D" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Due to its nature and purpose, the duration of the agreement has implications </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
@@ -8660,160 +9140,222 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSAs</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are expected to be of at least 6 months or longer in duration and provide for the set of benefits and entitlements, the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">short-term NPSAs less than 6 months (130 working days or less) </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>short-term NPSAs</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE0837">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t>will not have benefits and entitlements. </w:t>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t> less than 6 months</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE0837">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in duration</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (130 working days or less) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will not have </w:t>
+      </w:r>
+      <w:r w:rsidR="005C3C59">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">most </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>benefits and entitlements. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="232205D3" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B4629CB" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="31" w:name="OLE_LINK14"/>
+      <w:bookmarkStart w:id="30" w:name="OLE_LINK14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> carries no expectation of any future or other engagement with UNDP.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DBE4F26" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="08EF4F22" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRPr="00197661" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="_Ref172187921"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="00197661">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">here may be specific instances where the need and intention are to issue a regular NPSA, but the current approved-budget periods are shorter than the minimum permissible duration of six months. In order to allow individuals to benefit from the Regular NPSA package and to facilitate the operational needs of the office, the policy provides the following options to the hiring units, provided the budget is expected to be extended beyond that:  </w:t>
+        <w:t>here may be specific instances where the need and intention are to issue a regular NPSA, but the current approved-budget periods are shorter than the minimum permissible duration of six months. In order to allow individuals to benefit from the Regular NPSA package and to facilitate the operational needs of the office, the policy provides the following options to the hiring units, provided the budget is expected to be extended beyond that:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="00197661">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBB753C" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="358D6D3E" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -8847,386 +9389,169 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Issue a Regular NPSA for a duration of six months or more, with the expectation to foreshorten the NPSA should the budget not be sufficiently approved at the later stage (expectations are for both UNDP and the NPSA holder, including the potential bearing of the termination indemnity by the hiring unit).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C82768C" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="040A9B41" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRPr="00197661" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="040A9B41" w14:textId="5A2DE1DE" w:rsidR="006F49D0" w:rsidRPr="00197661" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00197661">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Short-term NPSA on part-time may not exceed 6 months (or 130 working days) and can be issued for up to one year, provided that the short-term NPSA does not exceed 130 working days in any calendar year. </w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="25F2AE2C" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Short-term NPSA on part-time can be issued for up to one year, provided that the short-term NPSA does not exceed 130 working days in any calendar year. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p w14:paraId="78F14048" w14:textId="608A8049" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00BB479C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A10A6F3" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="4AA8B124" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44A07E0E" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="32" w:name="_Toc98839829"/>
-[...1 lines deleted...]
-        <w:t>Functions: Support or Specialist Functions</w:t>
+      <w:bookmarkStart w:id="32" w:name="_Toc199406856"/>
+      <w:r>
+        <w:t>Types of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>NPSAs</w:t>
+      </w:r>
+      <w:r>
+        <w:t>: Regular and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Short-term;</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Office- and Home-based</w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
-        <w:t xml:space="preserve">  </w:t>
-[...13 lines deleted...]
-    <w:p w14:paraId="3C49E58C" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C10BFF8" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09A1619E" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...255 lines deleted...]
-        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The below is a summary of the types of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
@@ -9242,799 +9567,888 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8985" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1552"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="1763"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F49D0" w14:paraId="79E86482" w14:textId="77777777" w:rsidTr="0039725C">
+      <w:tr w:rsidR="006F49D0" w14:paraId="79E86482" w14:textId="77777777" w:rsidTr="00BB479C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1552" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="70567349" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="70567349" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Type</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3F91B7DF" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="3F91B7DF" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Use</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5447C5B2" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="5447C5B2" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Period</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1763" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="607815C7" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="607815C7" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Location</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F49D0" w14:paraId="246680B3" w14:textId="77777777" w:rsidTr="0039725C">
+      <w:tr w:rsidR="006F49D0" w14:paraId="246680B3" w14:textId="77777777" w:rsidTr="00BB479C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1552" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6364BAAC" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="6364BAAC" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Regular</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2A5A449C" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="2A5A449C" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Regular </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">functions and </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>duration</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6406CC44" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="6406CC44" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Longer-term for continuous use of a minimum period of 6 months </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1763" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73D7445C" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="73D7445C" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Office- or Home-based</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F49D0" w14:paraId="6FA0794B" w14:textId="77777777" w:rsidTr="0039725C">
+      <w:tr w:rsidR="006F49D0" w14:paraId="6FA0794B" w14:textId="77777777" w:rsidTr="00BB479C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1552" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0B640F7F" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="0B640F7F" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Short-term</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="18B34505" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="18B34505" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Used as needed, based on daily rate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="306B880A" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="306B880A" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Short-term for use up to a total of 6 months (130 working days) per calendar year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1763" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="284EBC74" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="284EBC74" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7A5A1333" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C9F8D87" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="26C7050B" w14:textId="6E8C74A9" w:rsidR="001609F9" w:rsidRPr="001609F9" w:rsidRDefault="006F49D0" w:rsidP="001609F9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...7 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001609F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001609F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> agreements other than short-term agreements are referred to as “</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001609F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">regular”. </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001609F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Regular</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001609F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> NPSAs</w:t>
       </w:r>
-      <w:r>
-[...19 lines deleted...]
-    <w:p w14:paraId="27641F05" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:r w:rsidRPr="001609F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are to be used when services are required on a longer or more continuous basis throughout the project periods. Regular NPSAs are issued for up to a year at time and used on a continuous basis throughout the period of a minimum of six months continuously. Payments are made at the end of each calendar month.</w:t>
+      </w:r>
+      <w:r w:rsidR="001609F9" w:rsidRPr="001609F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Short-term agreements should be avoided when it is likely that the services required by the hiring office within the calendar year will exceed 130 days (see paragraph </w:t>
+      </w:r>
+      <w:r w:rsidR="002A69F1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="002A69F1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref172187921 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="002A69F1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="002A69F1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="002A116B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>40</w:t>
+      </w:r>
+      <w:r w:rsidR="002A69F1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="001609F9" w:rsidRPr="001609F9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40055394" w14:textId="23757F83" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00846F3B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27641F05" w14:textId="6DA99C41" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t> agreements may be issued for up to a year at a time and used continuously or intermittently for up to a total of six months (130 working days) per calendar year and are considered a “Short-term” agreement. The </w:t>
+        <w:t> agreements may be issued for up to a year at a time and used continuously or intermittently for up to a total of six months (130 working days) per calendar year and are considered a “</w:t>
+      </w:r>
+      <w:r w:rsidR="00625F72">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>hort-term” agreement. The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">NPSA recruited under </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">a short-term agreement will specify a “unit price” (e.g., amount per hour, amount per translated page, etc.) For budgetary purposes, a monetary cap will be determined when the agreement is issued.   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4706DCE1" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D548A50" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="6BB16441" w14:textId="70F74566" w:rsidR="00A7579C" w:rsidRPr="00922565" w:rsidRDefault="006F49D0" w:rsidP="00846F3B">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:bookmarkStart w:id="33" w:name="_Ref180410166"/>
+      <w:r w:rsidRPr="00922565">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Additionally, any of the </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidRPr="00922565">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00922565">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> modalities may be used to engage someone on a home-based </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidRPr="00922565">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00922565">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> when they are not expected to work in any UNDP office or work location, or work is expected to be done on an intermittent basis only (i.e., the </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidRPr="00922565">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00922565">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> holder</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidRPr="00922565">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00922565">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>will mainly work away from a UNDP work location). The home-based status may be applied to regular </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidRPr="00922565">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSAs</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00922565">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> with a daily or monthly remuneration and to </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidRPr="00922565">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSAs</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00922565">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> issued as </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidRPr="00922565">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>short-term</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00922565">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, depending on the exigencies of the hiring business unit. </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="5F4B1273" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:r w:rsidR="00A7579C" w:rsidRPr="00922565">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Office-based </w:t>
+      </w:r>
+      <w:r w:rsidR="007C7EA6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7579C" w:rsidRPr="00922565">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PSA holders are expected to work at the office in the duty station. They may request for flexible working arrangements in accordance with UNDP’s flexible working arrangements policy.</w:t>
+      </w:r>
+      <w:r w:rsidR="00922565" w:rsidRPr="00922565">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00922565" w:rsidRPr="00922565">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Home-based NPSA holders are only entitled to danger allowance if their position was advertised for home-based work only, without the possibility of </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidR="00621A8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>working office-based at the duty station.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D548A50" w14:textId="0F6010C5" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00846F3B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="425"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F4B1273" w14:textId="3C684BEF" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0835DA62" w14:textId="77777777" w:rsidR="00BB479C" w:rsidRDefault="00BB479C" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E0FBB7D" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="34" w:name="_Toc98839831"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc199406857"/>
       <w:bookmarkStart w:id="35" w:name="OLE_LINK15"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Engagement of Former and Retired UN Staff Members, and other Non-Staff Personnel</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:p w14:paraId="1C9891F7" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
@@ -10069,304 +10483,192 @@
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> holders, it is important to note that the engagement of candidates who currently work or have previously worked as UN staff members, or are retired UN staff members, is subject to special rules.    </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="234D551E" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="68C725F4" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="159EB5B5" w14:textId="77777777" w:rsidR="0065516D" w:rsidRDefault="0065516D" w:rsidP="00846F3B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="_Hlk56981153"/>
+      <w:r w:rsidRPr="0065516D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>When a staff member on a permanent or fixed-term appointment is selected for an NPSA position, a two-week break in service must occur between separation from the existing staff appointment and the commencement of the NPSA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2375D9EE" w14:textId="77777777" w:rsidR="00DA2E69" w:rsidRPr="0065516D" w:rsidRDefault="00DA2E69" w:rsidP="00846F3B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C473822" w14:textId="74B46EC2" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00846F3B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="_Hlk56981310"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A United Nations staff member who has separated may only enter</w:t>
+      </w:r>
+      <w:r w:rsidR="00715E9B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>into an </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>NPSA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with an effective starting date at least </w:t>
+      </w:r>
+      <w:r w:rsidR="00715E9B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>two weeks</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> after the effective separation date.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p w14:paraId="3E3435AD" w14:textId="79B911F9" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00846F3B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73FC12EC" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="36" w:name="_Hlk56981153"/>
-[...234 lines deleted...]
-      </w:pPr>
       <w:bookmarkStart w:id="38" w:name="OLE_LINK16"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Determining remuneration of Former or Retired Staff Members:  </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:p w14:paraId="286EE936" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41F591A9" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
@@ -10566,73 +10868,89 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="40" w:name="_Hlk59873238"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>A competitive process was carried out and is properly documented;</w:t>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
     </w:p>
-    <w:p w14:paraId="48A6BFC9" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="48A6BFC9" w14:textId="5963FA99" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="41" w:name="OLE_LINK17"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>The 30-day break in service requirement is met (not applicable to TAs);</w:t>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD4F54">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>two-week</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> break in service requirement is met (not applicable to TAs);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:p w14:paraId="401864ED" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The former staff member in receipt of a UN pension benefit was not separated on grounds of disciplinary action or unsatisfactory performance; and,</w:t>
@@ -10660,72 +10978,72 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The individual is medically certified as fit.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19322562" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33D0CF6F" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="33D0CF6F" w14:textId="0D32F96C" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>The Head of the  Business Unit (as the term is defined below) must ensure that the remuneration of a UNDP (or UN and its funds and </w:t>
+        <w:t>The Head of the Business Unit (as the term is defined below) must ensure that the remuneration of a UNDP (or UN and its funds and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>programmes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>) retiree does not exceed the limits set for those receiving a UNJSPF pension benefit. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CB2B3F5" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
@@ -10758,118 +11076,120 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Engagements of former staff in receipt of a UNJSPF pension benefit must not exceed the total duration of 6 months or total UN derived remuneration of USD 50,000 within one calendar year, which every comes first, and are non-renewable. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D629001" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="393B4424" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="42" w:name="_Toc98839832"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc199406858"/>
       <w:bookmarkStart w:id="43" w:name="OLE_LINK19"/>
       <w:r>
         <w:t>Engaging Close Relatives of UNDP Personnel</w:t>
       </w:r>
       <w:bookmarkEnd w:id="42"/>
       <w:r>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:p w14:paraId="31B1E163" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1020514F" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRPr="00A44A96" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="42DBFBF8" w14:textId="77975113" w:rsidR="006F49D0" w:rsidRPr="00F30623" w:rsidRDefault="006F49D0" w:rsidP="00BB479C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="44" w:name="OLE_LINK20"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NPSA holders are subject to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00BB479C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>UNDP’s Policy on Family Relationships</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A44A96">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
@@ -10885,146 +11205,126 @@
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidRPr="00A44A96">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">usiness </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
       <w:r w:rsidRPr="00A44A96">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">nit must ensure at all times adherence to the requirements in the Staff Regulations and Rules relating to conflict of interest (refer to Staff </w:t>
+        <w:t xml:space="preserve">nit must ensure at all times adherence to the requirements in the Staff Regulations and Rules relating to conflict of interest (refer to Staff Regulations and Rules 1.2 g m). If in doubt, cases </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>should</w:t>
       </w:r>
       <w:r w:rsidRPr="00A44A96">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...15 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> be communicated with the Ethics Office for support.</w:t>
       </w:r>
-    </w:p>
-[...11 lines deleted...]
-      </w:pPr>
+      <w:bookmarkEnd w:id="44"/>
     </w:p>
     <w:p w14:paraId="0C5E42BF" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="45" w:name="_Toc98839833"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc199406859"/>
       <w:bookmarkStart w:id="46" w:name="OLE_LINK22"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Authority for the Issuance of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSAs</w:t>
       </w:r>
       <w:bookmarkEnd w:id="45"/>
       <w:r>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:p w14:paraId="17335136" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26BF4475" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="26BF4475" w14:textId="7F2C6D3B" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="47" w:name="_Hlk99282325"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The authority to create any </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -11087,51 +11387,51 @@
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UNV/UNCDF Executive Coordinator, and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>UNOSSC Director,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or his/her Deputy for non-country office duty stations</w:t>
+        <w:t xml:space="preserve"> or Deputy for non-country office duty stations</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>, if applicable</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (HQs, liaison offices, RSCs, policy centers </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -11196,51 +11496,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46AD922D" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="50" w:name="_Toc98839834"/>
+      <w:bookmarkStart w:id="50" w:name="_Toc199406860"/>
       <w:bookmarkStart w:id="51" w:name="_Hlk35216029"/>
       <w:r>
         <w:t>Responsibility and Accountability</w:t>
       </w:r>
       <w:bookmarkEnd w:id="50"/>
       <w:r>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BCDA2CA" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -11393,87 +11693,69 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BEEDC95" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">UNDP, as the steward and utilization of public funds in its operations and administration, must use due care to ensure funds are utilized only for their intended purpose. Individuals holding a Delegation of Authority must be particularly careful to ensure actions undertaken by themselves or </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> the Financial Regulations and Rules, Programme and Operations Policies and Procedures (POPP), organizational directives, policies and prescriptive guidance applicable to UNDP.   </w:t>
+        <w:t>UNDP, as the steward and utilization of public funds in its operations and administration, must use due care to ensure funds are utilized only for their intended purpose. Individuals holding a Delegation of Authority must be particularly careful to ensure actions undertaken by themselves or persons under their supervision are in compliance with the Financial Regulations and Rules, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Programme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Operations Policies and Procedures (POPP), organizational directives, policies and prescriptive guidance applicable to UNDP.   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4591305F" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6DF98A3F" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -11502,51 +11784,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in their respective business unit.    </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="193975A5" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C62FE00" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="53" w:name="_Toc98839835"/>
+      <w:bookmarkStart w:id="53" w:name="_Toc199406861"/>
       <w:bookmarkStart w:id="54" w:name="OLE_LINK28"/>
       <w:bookmarkEnd w:id="51"/>
       <w:r>
         <w:t>Classification &amp; Established Scales</w:t>
       </w:r>
       <w:bookmarkEnd w:id="53"/>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
     <w:p w14:paraId="0CB735A6" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
@@ -11575,208 +11857,231 @@
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Classification:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5291A5DD" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3894FDCE" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>NPSA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Regular and Short-term) consists of several levels at which </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>NPSA holders</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are recruited. The levels are established with broad reference to the local </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>national</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> grades and correspond to the methodology of UNDP classification. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...10 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        <w:t xml:space="preserve">All </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-          <w:sz w:val="22"/>
-[...40 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">All </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="55" w:name="_Hlk56981627"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="en-GB"/>
-[...1 lines deleted...]
-        <w:t>NPSA</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">Terms of Reference use UNDP’s competency framework, and positions are classified </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>using the standards and frames of reference used within the UN system</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="55" w:name="_Hlk56981627"/>
-[...37 lines deleted...]
-      </w:r>
       <w:bookmarkStart w:id="56" w:name="_Hlk99282745"/>
-    </w:p>
-[...10 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:p w14:paraId="46D99E9A" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25A660D3" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="7E3A2C61" w14:textId="77777777" w:rsidR="00F30623" w:rsidRDefault="00F30623" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DD663A0" w14:textId="77777777" w:rsidR="00F30623" w:rsidRDefault="00F30623" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51EA450F" w14:textId="77777777" w:rsidR="00F30623" w:rsidRDefault="00F30623" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25A660D3" w14:textId="54B8D5AE" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The following levels and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
@@ -12736,1545 +13041,1661 @@
     </w:p>
     <w:p w14:paraId="790BD862" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Increments: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56792C60" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="56792C60" w14:textId="5E0274E5" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">NPSA holders are eligible,  if their performance is deemed satisfactory, to receive an increment of renumeration of up to 3% of their then-current renumeration after continuous service of 12 consecutive months at their then-current NPSA level, </w:t>
+        <w:t xml:space="preserve">NPSA holders are eligible, if their performance is deemed satisfactory, to receive an increment of renumeration of up to 3% of their then-current renumeration after continuous service of 12 consecutive months at their then-current NPSA level, </w:t>
       </w:r>
       <w:bookmarkStart w:id="57" w:name="_Hlk56977324"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>provided, however, that the maximum remuneration with increments does not exceed the maximum remuneration of the band (refer to Annex 2).</w:t>
       </w:r>
       <w:bookmarkEnd w:id="57"/>
     </w:p>
     <w:p w14:paraId="01A8339F" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2CD11EF3" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="58" w:name="_Toc98839836"/>
+      <w:bookmarkStart w:id="58" w:name="_Toc199406862"/>
       <w:bookmarkStart w:id="59" w:name="OLE_LINK23"/>
       <w:r>
         <w:t>Selection of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSAs</w:t>
       </w:r>
       <w:bookmarkEnd w:id="58"/>
       <w:r>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
     <w:p w14:paraId="6D9D0EFE" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D550CE3" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="3D550CE3" w14:textId="089A05A5" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="60" w:name="OLE_LINK24"/>
       <w:bookmarkStart w:id="61" w:name="_Hlk101798290"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>UNDP Offices must comply with the principles of UNDP’s recruitment and selection framework, which include transparency and competitive selection</w:t>
-[...8 lines deleted...]
-        <w:t>,</w:t>
+        <w:t>UNDP Offices must comply with the principles of UNDP’s recruitment and selection framework</w:t>
+      </w:r>
+      <w:r w:rsidR="00F532C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and provisions in Annex 1 to this policy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> regardless of contract modality.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02DC4433" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="425"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="573102F0" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="117FE828" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="_Toc172297414"/>
+      <w:bookmarkStart w:id="63" w:name="_Toc180416582"/>
+      <w:bookmarkStart w:id="64" w:name="_Toc180420578"/>
+      <w:bookmarkStart w:id="65" w:name="_Toc184033063"/>
+      <w:bookmarkStart w:id="66" w:name="_Toc191561333"/>
+      <w:bookmarkStart w:id="67" w:name="_Toc172297415"/>
+      <w:bookmarkStart w:id="68" w:name="_Toc180416583"/>
+      <w:bookmarkStart w:id="69" w:name="_Toc180420579"/>
+      <w:bookmarkStart w:id="70" w:name="_Toc184033064"/>
+      <w:bookmarkStart w:id="71" w:name="_Toc191561334"/>
+      <w:bookmarkStart w:id="72" w:name="_Toc172297416"/>
+      <w:bookmarkStart w:id="73" w:name="_Toc180416584"/>
+      <w:bookmarkStart w:id="74" w:name="_Toc180420580"/>
+      <w:bookmarkStart w:id="75" w:name="_Toc184033065"/>
+      <w:bookmarkStart w:id="76" w:name="_Toc191561335"/>
+      <w:bookmarkStart w:id="77" w:name="_Toc172297417"/>
+      <w:bookmarkStart w:id="78" w:name="_Toc180416585"/>
+      <w:bookmarkStart w:id="79" w:name="_Toc180420581"/>
+      <w:bookmarkStart w:id="80" w:name="_Toc184033066"/>
+      <w:bookmarkStart w:id="81" w:name="_Toc191561336"/>
+      <w:bookmarkStart w:id="82" w:name="_Toc172297418"/>
+      <w:bookmarkStart w:id="83" w:name="_Toc180416586"/>
+      <w:bookmarkStart w:id="84" w:name="_Toc180420582"/>
+      <w:bookmarkStart w:id="85" w:name="_Toc184033067"/>
+      <w:bookmarkStart w:id="86" w:name="_Toc191561337"/>
+      <w:bookmarkStart w:id="87" w:name="_Toc172297419"/>
+      <w:bookmarkStart w:id="88" w:name="_Toc180416587"/>
+      <w:bookmarkStart w:id="89" w:name="_Toc180420583"/>
+      <w:bookmarkStart w:id="90" w:name="_Toc184033068"/>
+      <w:bookmarkStart w:id="91" w:name="_Toc191561338"/>
+      <w:bookmarkStart w:id="92" w:name="_Toc172297420"/>
+      <w:bookmarkStart w:id="93" w:name="_Toc180416588"/>
+      <w:bookmarkStart w:id="94" w:name="_Toc180420584"/>
+      <w:bookmarkStart w:id="95" w:name="_Toc184033069"/>
+      <w:bookmarkStart w:id="96" w:name="_Toc191561339"/>
+      <w:bookmarkStart w:id="97" w:name="_Toc172297421"/>
+      <w:bookmarkStart w:id="98" w:name="_Toc180416589"/>
+      <w:bookmarkStart w:id="99" w:name="_Toc180420585"/>
+      <w:bookmarkStart w:id="100" w:name="_Toc184033070"/>
+      <w:bookmarkStart w:id="101" w:name="_Toc191561340"/>
+      <w:bookmarkStart w:id="102" w:name="_Toc172297422"/>
+      <w:bookmarkStart w:id="103" w:name="_Toc180416590"/>
+      <w:bookmarkStart w:id="104" w:name="_Toc180420586"/>
+      <w:bookmarkStart w:id="105" w:name="_Toc184033071"/>
+      <w:bookmarkStart w:id="106" w:name="_Toc191561341"/>
+      <w:bookmarkStart w:id="107" w:name="_Toc172297423"/>
+      <w:bookmarkStart w:id="108" w:name="_Toc180416591"/>
+      <w:bookmarkStart w:id="109" w:name="_Toc180420587"/>
+      <w:bookmarkStart w:id="110" w:name="_Toc184033072"/>
+      <w:bookmarkStart w:id="111" w:name="_Toc191561342"/>
+      <w:bookmarkStart w:id="112" w:name="_Toc172297424"/>
+      <w:bookmarkStart w:id="113" w:name="_Toc180416592"/>
+      <w:bookmarkStart w:id="114" w:name="_Toc180420588"/>
+      <w:bookmarkStart w:id="115" w:name="_Toc184033073"/>
+      <w:bookmarkStart w:id="116" w:name="_Toc191561343"/>
+      <w:bookmarkStart w:id="117" w:name="_Toc172297425"/>
+      <w:bookmarkStart w:id="118" w:name="_Toc180416593"/>
+      <w:bookmarkStart w:id="119" w:name="_Toc180420589"/>
+      <w:bookmarkStart w:id="120" w:name="_Toc184033074"/>
+      <w:bookmarkStart w:id="121" w:name="_Toc191561344"/>
+      <w:bookmarkStart w:id="122" w:name="_Toc172297426"/>
+      <w:bookmarkStart w:id="123" w:name="_Toc180416594"/>
+      <w:bookmarkStart w:id="124" w:name="_Toc180420590"/>
+      <w:bookmarkStart w:id="125" w:name="_Toc184033075"/>
+      <w:bookmarkStart w:id="126" w:name="_Toc191561345"/>
+      <w:bookmarkStart w:id="127" w:name="_Toc172297427"/>
+      <w:bookmarkStart w:id="128" w:name="_Toc180416595"/>
+      <w:bookmarkStart w:id="129" w:name="_Toc180420591"/>
+      <w:bookmarkStart w:id="130" w:name="_Toc184033076"/>
+      <w:bookmarkStart w:id="131" w:name="_Toc191561346"/>
+      <w:bookmarkStart w:id="132" w:name="_Toc172297428"/>
+      <w:bookmarkStart w:id="133" w:name="_Toc180416596"/>
+      <w:bookmarkStart w:id="134" w:name="_Toc180420592"/>
+      <w:bookmarkStart w:id="135" w:name="_Toc184033077"/>
+      <w:bookmarkStart w:id="136" w:name="_Toc191561347"/>
+      <w:bookmarkStart w:id="137" w:name="_Toc172297429"/>
+      <w:bookmarkStart w:id="138" w:name="_Toc180416597"/>
+      <w:bookmarkStart w:id="139" w:name="_Toc180420593"/>
+      <w:bookmarkStart w:id="140" w:name="_Toc184033078"/>
+      <w:bookmarkStart w:id="141" w:name="_Toc191561348"/>
+      <w:bookmarkStart w:id="142" w:name="_Toc172297430"/>
+      <w:bookmarkStart w:id="143" w:name="_Toc180416598"/>
+      <w:bookmarkStart w:id="144" w:name="_Toc180420594"/>
+      <w:bookmarkStart w:id="145" w:name="_Toc184033079"/>
+      <w:bookmarkStart w:id="146" w:name="_Toc191561349"/>
+      <w:bookmarkStart w:id="147" w:name="_Toc199406863"/>
+      <w:bookmarkStart w:id="148" w:name="OLE_LINK26"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:bookmarkEnd w:id="69"/>
+      <w:bookmarkEnd w:id="70"/>
+      <w:bookmarkEnd w:id="71"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:bookmarkEnd w:id="73"/>
+      <w:bookmarkEnd w:id="74"/>
+      <w:bookmarkEnd w:id="75"/>
+      <w:bookmarkEnd w:id="76"/>
+      <w:bookmarkEnd w:id="77"/>
+      <w:bookmarkEnd w:id="78"/>
+      <w:bookmarkEnd w:id="79"/>
+      <w:bookmarkEnd w:id="80"/>
+      <w:bookmarkEnd w:id="81"/>
+      <w:bookmarkEnd w:id="82"/>
+      <w:bookmarkEnd w:id="83"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:bookmarkEnd w:id="85"/>
+      <w:bookmarkEnd w:id="86"/>
+      <w:bookmarkEnd w:id="87"/>
+      <w:bookmarkEnd w:id="88"/>
+      <w:bookmarkEnd w:id="89"/>
+      <w:bookmarkEnd w:id="90"/>
+      <w:bookmarkEnd w:id="91"/>
+      <w:bookmarkEnd w:id="92"/>
+      <w:bookmarkEnd w:id="93"/>
+      <w:bookmarkEnd w:id="94"/>
+      <w:bookmarkEnd w:id="95"/>
+      <w:bookmarkEnd w:id="96"/>
+      <w:bookmarkEnd w:id="97"/>
+      <w:bookmarkEnd w:id="98"/>
+      <w:bookmarkEnd w:id="99"/>
+      <w:bookmarkEnd w:id="100"/>
+      <w:bookmarkEnd w:id="101"/>
+      <w:bookmarkEnd w:id="102"/>
+      <w:bookmarkEnd w:id="103"/>
+      <w:bookmarkEnd w:id="104"/>
+      <w:bookmarkEnd w:id="105"/>
+      <w:bookmarkEnd w:id="106"/>
+      <w:bookmarkEnd w:id="107"/>
+      <w:bookmarkEnd w:id="108"/>
+      <w:bookmarkEnd w:id="109"/>
+      <w:bookmarkEnd w:id="110"/>
+      <w:bookmarkEnd w:id="111"/>
+      <w:bookmarkEnd w:id="112"/>
+      <w:bookmarkEnd w:id="113"/>
+      <w:bookmarkEnd w:id="114"/>
+      <w:bookmarkEnd w:id="115"/>
+      <w:bookmarkEnd w:id="116"/>
+      <w:bookmarkEnd w:id="117"/>
+      <w:bookmarkEnd w:id="118"/>
+      <w:bookmarkEnd w:id="119"/>
+      <w:bookmarkEnd w:id="120"/>
+      <w:bookmarkEnd w:id="121"/>
+      <w:bookmarkEnd w:id="122"/>
+      <w:bookmarkEnd w:id="123"/>
+      <w:bookmarkEnd w:id="124"/>
+      <w:bookmarkEnd w:id="125"/>
+      <w:bookmarkEnd w:id="126"/>
+      <w:bookmarkEnd w:id="127"/>
+      <w:bookmarkEnd w:id="128"/>
+      <w:bookmarkEnd w:id="129"/>
+      <w:bookmarkEnd w:id="130"/>
+      <w:bookmarkEnd w:id="131"/>
+      <w:bookmarkEnd w:id="132"/>
+      <w:bookmarkEnd w:id="133"/>
+      <w:bookmarkEnd w:id="134"/>
+      <w:bookmarkEnd w:id="135"/>
+      <w:bookmarkEnd w:id="136"/>
+      <w:bookmarkEnd w:id="137"/>
+      <w:bookmarkEnd w:id="138"/>
+      <w:bookmarkEnd w:id="139"/>
+      <w:bookmarkEnd w:id="140"/>
+      <w:bookmarkEnd w:id="141"/>
+      <w:bookmarkEnd w:id="142"/>
+      <w:bookmarkEnd w:id="143"/>
+      <w:bookmarkEnd w:id="144"/>
+      <w:bookmarkEnd w:id="145"/>
+      <w:bookmarkEnd w:id="146"/>
+      <w:r>
+        <w:t>Medical Clearance and Maximum Age for NPSAs</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="147"/>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:p w14:paraId="72FA0817" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D155815" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="149" w:name="OLE_LINK25"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">The different modalities for the selection of NPSAs are outlined in </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00966654">
+        <w:t xml:space="preserve">Individuals seeking engagement under an NPSA are responsible </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for providing certification of medical fitness </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Annex 1</w:t>
+        <w:t>to perform the functions they have applied for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to this policy.</w:t>
-[...184 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:t>or have agreed to perform. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:p w14:paraId="36E1160A" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...161 lines deleted...]
-    <w:p w14:paraId="4FBC21FA" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRPr="0008071C" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74175393" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...35 lines deleted...]
-    <w:p w14:paraId="117FE828" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A medical certificate from a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">qualified </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>physician</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is required,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> certifying</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the mental and physical health of the individual is suitable for the performance of the duties and responsibilities, as well as the working environment in terms of location, and should be </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">submitted by the individual prior to any contractual engagement. The cost of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>any</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> medical examination </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">necessary for the issuance of the medical certificate </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">should be charged to the same source of funding as the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>NPSA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> itself</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DEE155B" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71B60DB6" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>The medical certification should be placed in the relevant file of the NPSA holder. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7038EE29" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53157C3A" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>NPSA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> holders may be required, at any time, to undergo a medical examination when requested to do so to protect their health and safety, to follow-up on chronic health conditions, or to assess how a change in health circumstances since a prior certification might affect an </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NPSA </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">holder’s capability to fulfill the functions for which they were contracted.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A4B951C" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40A43D6C" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="150" w:name="OLE_LINK27"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>UNDP will not issue a regular NPSA to an individual above the age of 65 years. A regular NPSA may not be issued beyond the end of the month when the individual turns 65 years in age. For individuals on short-term NPSAs, there is no age limitation, provided that the individual is medically cleared and certified fit to work.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:p w14:paraId="77D52196" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46767107" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="62" w:name="_Toc98839837"/>
-[...19 lines deleted...]
-    <w:p w14:paraId="7D155815" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:bookmarkStart w:id="151" w:name="_Toc199406864"/>
+      <w:r>
+        <w:t>Part-time work</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="151"/>
+      <w:r>
+        <w:t>  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48DAE4FF" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="108FE11B" w14:textId="1C61ACAF" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="64" w:name="OLE_LINK25"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Individuals seeking engagement under an NPSA are responsible </w:t>
+        <w:t xml:space="preserve">The hiring business unit may deem </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">for providing certification of medical fitness </w:t>
+        <w:t>that the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>to perform the functions they have applied for</w:t>
+        <w:t> functions and activities appropriate for the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and/</w:t>
+        <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>or have agreed to perform. </w:t>
-[...5 lines deleted...]
-        <w:ind w:left="1080"/>
+        <w:t> modality may be performed on a part-time basis. The basic principle for establishing the pay for part-time remuneration is that of pro-rating the pay from full-time pay for comparable work. For example, if an </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>NPSA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> holder</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is engaged to work a four-day week (with normal working hours) the pay would be set at 80% of the pay for an </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>NPSA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> with the same terms of reference on a full-time basis. Similarly, any other elements in the pay package (e.g., the organization’s portion of the subsidy for health insurance; group life and disability insurance etc. will be set at 80%) are to be pro-rated in the same manner</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>. In the case of the danger allowance which is granted in recognition of the requirement to report to work under dangerous conditions and not necessarily the duration of the workday, the full amount is paid.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ABB93CF" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74175393" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="09226596" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...99 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The precise working arrangements of the part-time work must be clearly specified in the agreement and understood by the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...34 lines deleted...]
-    <w:p w14:paraId="71B60DB6" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> holder</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and the immediate supervisor. Any change to the hours of work and pay must be made by an amendment to the agreement. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="079FE8DD" w14:textId="3C9ECCBC" w:rsidR="006F49D0" w:rsidRDefault="00984504" w:rsidP="00846F3B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1690"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="152" w:name="_Hlk35216174"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F2AA7D7" w14:textId="77777777" w:rsidR="00984504" w:rsidRPr="00C4270E" w:rsidRDefault="00984504" w:rsidP="00846F3B">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="153" w:name="_Toc199406865"/>
+      <w:bookmarkStart w:id="154" w:name="OLE_LINK30"/>
+      <w:r w:rsidRPr="00846F3B">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Simultaneous</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C4270E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contracts</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="153"/>
+    </w:p>
+    <w:p w14:paraId="3275CC02" w14:textId="77777777" w:rsidR="00984504" w:rsidRPr="00C4270E" w:rsidRDefault="00984504" w:rsidP="00984504">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C202797" w14:textId="77777777" w:rsidR="00984504" w:rsidRDefault="00984504" w:rsidP="00846F3B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...36 lines deleted...]
-    <w:p w14:paraId="53157C3A" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00846F3B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Holding</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> multiple PSA contracts simultaneously is permitted under the following conditions:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="289BB4E8" w14:textId="6E70A946" w:rsidR="00984504" w:rsidRDefault="00984504" w:rsidP="00984504">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="61"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C3282C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3282C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>PSA holder may not be simultaneously contracted on a</w:t>
+      </w:r>
+      <w:r w:rsidR="007C7EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3282C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Intern</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3282C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>ational PSA (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3282C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>PSA)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7877F53B" w14:textId="1B5A7FF7" w:rsidR="00984504" w:rsidRDefault="00984504" w:rsidP="00984504">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="61"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>A regular NPSA holder may not be simultaneously contracted on a short-term NPSA; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D07C72E" w14:textId="3A9E2966" w:rsidR="00984504" w:rsidRDefault="00984504" w:rsidP="00984504">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="61"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C56690">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> regular </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C56690">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>PSA holder on a full-time basis may not normally be simultaneously employed on another contract (including as an individual contractor) by UNDP or another employer, unless exceptionally approved by both hiring offices</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>; but</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E70F52C" w14:textId="2BDABDC5" w:rsidR="00984504" w:rsidRDefault="00984504" w:rsidP="00984504">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="61"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>A r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C4270E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">egular </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C4270E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PSA holder on a part-time basis may hold multiple simultaneous </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>regular N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C4270E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PSAs, so long as the sum of employment percentages for all </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C4270E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>PSAs does not exceed 100% at any time.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23320BE0" w14:textId="77777777" w:rsidR="00AC6F4D" w:rsidRPr="00C4270E" w:rsidRDefault="00AC6F4D" w:rsidP="00846F3B">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CB510B2" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="155" w:name="_Toc199406866"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Contract</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Extension, Expiration and Termination</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="155"/>
+      <w:r>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:p w14:paraId="694E4F28" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C3FB135" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00984504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:bookmarkStart w:id="156" w:name="OLE_LINK31"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Extension of NPSA </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="327E2BE0" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D660053" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>If a decision is taken to extend an </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...23 lines deleted...]
-    <w:p w14:paraId="7A4B951C" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, it is an opportunity for the Hiring Unit to discuss and review the terms of reference, and whether any modifications are needed, bearing in mind that significant modification may require the signature of a new </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>agreement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> altogether. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="157" w:name="OLE_LINK29"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Changes to more than two main functions are considered significant modifications and would require a new hiring process. </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="157"/>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:p w14:paraId="3D2742B9" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:ind w:firstLine="60"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2637937E" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:rPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="40A43D6C" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A regular </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>NPSA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> can be renewed for periods </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>between one day and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> up to one year at a time, in line with fund availability and suitability of performance.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D220BE9" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E2FB9E4" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...540 lines deleted...]
-        <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Expiration of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
@@ -14286,51 +14707,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67FB4E45" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="72" w:name="_Hlk56978970"/>
+      <w:bookmarkStart w:id="158" w:name="_Hlk56978970"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EF6A33B" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
@@ -14384,51 +14805,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> holder and as early as possible before the expiration date of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="158"/>
     <w:p w14:paraId="46E0D311" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="360" w:firstLine="60"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A0E1BB4" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
@@ -14441,50 +14862,124 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>In the event that a regular </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is not renewed, the supervisor must inform the operational units (HR/Finance/IT) at least one month before expiration of the NPSA to ensure that necessary actions are taken, e.g., recovery of any indebtedness to the organization, return of UNDP property such as computers/laptops, building access ID cards, keys, badges, etc. and release of final pay. </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="2B524B71" w14:textId="77777777" w:rsidR="0084199E" w:rsidRPr="00846F3B" w:rsidRDefault="0084199E" w:rsidP="00846F3B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D539A47" w14:textId="0EA820D4" w:rsidR="0084199E" w:rsidRDefault="00CC0ED4" w:rsidP="576A355C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="576A355C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Former NPSAs with satisfactory performance </w:t>
+      </w:r>
+      <w:r w:rsidR="00524BC8" w:rsidRPr="576A355C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are eligible for </w:t>
+      </w:r>
+      <w:r w:rsidR="00045197" w:rsidRPr="576A355C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">direct </w:t>
+      </w:r>
+      <w:r w:rsidR="009D4064">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>hire</w:t>
+      </w:r>
+      <w:r w:rsidR="00E66A3E" w:rsidRPr="576A355C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in accordance with Annex 1 of this policy.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="576A355C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="4A498AC7" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="025DCB97" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
@@ -14505,370 +15000,624 @@
       <w:pPr>
         <w:ind w:left="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42AE6F4A" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="73" w:name="OLE_LINK32"/>
+      <w:bookmarkStart w:id="159" w:name="OLE_LINK32"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Termination of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Contract</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> &amp; Termination indemnity</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="159"/>
     <w:p w14:paraId="38F04260" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="742F2434" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="742F2434" w14:textId="6A2A6A19" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Either party may terminate </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>a Regular NPSA</w:t>
+        <w:t>a NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> before the expiry date of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>contract</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> by giving a minimum period of 30 calendar days’ notice in writing to the other party (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> holder and Hiring Manager).   </w:t>
+        <w:t xml:space="preserve"> holder and Hiring Manager). </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7DC4" w:rsidRPr="00FE7DC4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In lieu of the notice period, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7DC4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>UNDP</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7DC4" w:rsidRPr="00FE7DC4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may </w:t>
+      </w:r>
+      <w:r w:rsidR="00420576">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">terminate </w:t>
+      </w:r>
+      <w:r w:rsidR="00B93986">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00420576">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NPSA </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB786C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with immediate effect by paying </w:t>
+      </w:r>
+      <w:r w:rsidR="00E535DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to the NPSA holder the </w:t>
+      </w:r>
+      <w:r w:rsidR="00420576">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>remuneration</w:t>
+      </w:r>
+      <w:r w:rsidR="009D4192">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E535DA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB786C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the insurance premium </w:t>
+      </w:r>
+      <w:r w:rsidR="0013734D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that would have incurred </w:t>
+      </w:r>
+      <w:r w:rsidR="009D4192">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">if applicable, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E320BE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">during </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7DC4" w:rsidRPr="00FE7DC4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the notice period at the rate in effect on the last day of service.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F8CDC18" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69E472A3" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="74" w:name="OLE_LINK33"/>
+      <w:bookmarkStart w:id="160" w:name="OLE_LINK33"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>BMS/OLS must be consulted prior to the termination of an NPSA by UNDP</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="74"/>
+      <w:bookmarkEnd w:id="160"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, unless mutually agreed to in writing by both the NPSA holder and the UNDP Office involved.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C0EC2F5" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
-[...15 lines deleted...]
-    <w:p w14:paraId="5D5A38D9" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="5D5A38D9" w14:textId="1A26F45A" w:rsidR="006F49D0" w:rsidRPr="00B70F65" w:rsidRDefault="006F49D0" w:rsidP="00B70F65">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="75" w:name="OLE_LINK34"/>
-[...5 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="161" w:name="OLE_LINK34"/>
+      <w:r w:rsidRPr="00B70F65">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">In the event that the </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00B70F65">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>contract</w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00B70F65">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is terminated </w:t>
+      </w:r>
+      <w:r w:rsidR="0071299F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">without cause (i.e., through no fault of the NPSA holder), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70F65">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70F65">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00B70F65">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> holder </w:t>
+      </w:r>
+      <w:r w:rsidR="0071299F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>may receive</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70F65">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a termination indemnity equivalent to one month of net pay</w:t>
+      </w:r>
+      <w:r w:rsidR="00B70F65" w:rsidRPr="00B70F65">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00101E91">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(for regular </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7E8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="00101E91">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PSA holders) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00101E91">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>or  two</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00101E91">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> weeks (for short-term </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7E8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="00101E91">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PSA holders) </w:t>
+      </w:r>
+      <w:r w:rsidR="00B70F65" w:rsidRPr="00B70F65">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">by </w:t>
+      </w:r>
+      <w:r w:rsidR="00366148">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>agreei</w:t>
+      </w:r>
+      <w:r w:rsidR="00B70F65" w:rsidRPr="00B70F65">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ng in writing not to contest the action.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70F65">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="161"/>
+      <w:r w:rsidRPr="00B70F65">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6943C2CF" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67956134" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">If UNDP terminates the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for cause (i.e., as a result of violation of the standards of conduct or breach of other material terms of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
@@ -14876,71 +15625,53 @@
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>), the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">NPSA holder </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">will not be entitled to either a period of notice or other </w:t>
-[...19 lines deleted...]
-      <w:bookmarkStart w:id="76" w:name="_Hlk56979219"/>
+        <w:t>will not be entitled to either a period of notice or other compensation, and will not be eligible for any future contract or engagement of any type.   </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="162" w:name="_Hlk56979219"/>
     </w:p>
     <w:p w14:paraId="68BEF835" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0144EDD0" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
@@ -15008,51 +15739,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> natural expiration</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="76"/>
+      <w:bookmarkEnd w:id="162"/>
     </w:p>
     <w:p w14:paraId="4C63EEE6" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30D0B916" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
@@ -15360,55 +16091,55 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> holder is found to have engaged in these acts, the Business Unit, after consultation with BMS/OLS, is expected to terminate the agreement. Advice must be sought from BMS/OLS prior to taking any decision on such an action. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2513F0E7" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="090D9900" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="77" w:name="_Toc98839840"/>
+      <w:bookmarkStart w:id="163" w:name="_Toc199406867"/>
       <w:r>
         <w:t>Recourse/Settlement of disputes</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="77"/>
+      <w:bookmarkEnd w:id="163"/>
       <w:r>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69B348A0" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DF601BC" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
@@ -15585,191 +16316,194 @@
         <w:t xml:space="preserve"> holders can report workplace issues as follows: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="023634C5" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74931BB1" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="74931BB1" w14:textId="4491E1D5" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>allegations</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of workplace harassment, sexual harassment and abuse</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> authority, through </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="00BB479C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:b/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>harassment.support@undp.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>; </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A9A42FF" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B091E8F" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="1B091E8F" w14:textId="09E6DCE1" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Allegations of fraud of mismanagement of UNDP funds through </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="00BB479C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>reportmisconduct@undp.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47E61955" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -15850,103 +16584,103 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are equally protected by UNDP’s Protection against Retaliation Policy. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C664AE0" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B53578E" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="78" w:name="_Hlk35216584"/>
-      <w:bookmarkEnd w:id="67"/>
+      <w:bookmarkStart w:id="164" w:name="_Hlk35216584"/>
+      <w:bookmarkEnd w:id="152"/>
     </w:p>
     <w:p w14:paraId="3752B6E2" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="79" w:name="_Toc98839841"/>
+      <w:bookmarkStart w:id="165" w:name="_Toc199406868"/>
       <w:r>
         <w:t>Overtime</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
         </w:rPr>
         <w:t xml:space="preserve"> (applicable to regular NPSAs only)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="79"/>
+      <w:bookmarkEnd w:id="165"/>
     </w:p>
     <w:p w14:paraId="7B3EBCD6" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30DF5B8C" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="80" w:name="OLE_LINK35"/>
-      <w:bookmarkEnd w:id="78"/>
+      <w:bookmarkStart w:id="166" w:name="OLE_LINK35"/>
+      <w:bookmarkEnd w:id="164"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>While overtime work is generally discouraged, situations arise when it is necessary for individuals engaged under a NPSA to work more than the established work hours. In such cases overtime pay may only be applied to NPSA 1 to NPSA 7 levels and must not exceed 40 hours per month; NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> holders </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">engaged at levels higher than NPSA 7 </w:t>
       </w:r>
       <w:r>
@@ -15960,87 +16694,87 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>eligible</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for overtime</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pay.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="166"/>
     <w:p w14:paraId="03C7E2CE" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="26549D41" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="81" w:name="OLE_LINK36"/>
+      <w:bookmarkStart w:id="167" w:name="OLE_LINK36"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The conditions governing the rate and disbursement of overtime pay are those applicable to locally recruited general service staff in UNDP’s Overtime policy. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="167"/>
     <w:p w14:paraId="172184BB" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7BEDC3A9" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -16106,85 +16840,85 @@
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Overtime pay must be monitored closely and kept to a minimum. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E6292D2" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="46A746D9" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="82" w:name="_Toc98839842"/>
+      <w:bookmarkStart w:id="168" w:name="_Toc199406869"/>
       <w:r>
         <w:t>Danger Allowance</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="82"/>
+      <w:bookmarkEnd w:id="168"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A55D464" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="83" w:name="_Hlk56454272"/>
+      <w:bookmarkStart w:id="169" w:name="_Hlk56454272"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69C1C6D5" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="69C1C6D5" w14:textId="2E0E6B37" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>In addition to the base monthly remuneration</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
@@ -16214,139 +16948,256 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>are</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> entitled to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a Danger Allowance.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="83"/>
+      <w:bookmarkEnd w:id="169"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>  </w:t>
       </w:r>
+      <w:r w:rsidR="00AF2049">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Danger </w:t>
+      </w:r>
+      <w:r w:rsidR="001555EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="000266BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">llowance </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2049">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is only payable to NPSA holders who are office-based, or required to work home-based by the organization (see paragraph </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2049">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00AF2049">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref180410166 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00AF2049">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AF2049">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="002A116B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>43</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2049">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00AF2049">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="49F5D6A9" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7738DFD7" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="7738DFD7" w14:textId="2B2D50FD" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="84" w:name="OLE_LINK37"/>
+      <w:bookmarkStart w:id="170" w:name="OLE_LINK37"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Danger </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Allowance is</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> payable based on presence at the duty station. </w:t>
       </w:r>
+      <w:r w:rsidR="005303B8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Eligible </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">NPSA </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">holders on parental leave, annual or sick leave continue to be eligible as long as they remain in the duty station. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="84"/>
+      <w:bookmarkEnd w:id="170"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Danger </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Allowance is</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> also payable for time away from the designated duty station on official duty travel up to a maximum of seven consecutive calendar days including weekends and holidays falling during that period. Payment ceases from the eighth day of official duty travel. If the </w:t>
       </w:r>
@@ -16382,1433 +17233,786 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BF04220" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B25ABC1" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="2B25ABC1" w14:textId="32EF2560" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Danger Allowance is not payable for days spent away from the duty station on annual leave or any type of special leave.  </w:t>
+        <w:t>Danger Allowance is not payable for days spent away from the duty station on any type of leave.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F3AD4B1" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EFE7260" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>For NPSA holders who spend one complete month in the area where the Danger Allowance is applicable, the monthly sum is paid as a lump sum, irrespective of the number of days in the month at the rate established at the duty station. For remaining periods of less than one month within the continuous travel period, the amount of Danger Allowance is pro-rated on the basis of 365 days; the daily rate is calculated by dividing the annual amount by the number of days actually spent at the duty station during that remainder of a month. Danger Allowance is payable in increments of one full day and is not prorated on an hourly basis.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3276B22E" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B7EC10F" w14:textId="77777777" w:rsidR="00B80DA4" w:rsidRDefault="00B80DA4" w:rsidP="006F49D0">
-[...24 lines deleted...]
-    </w:p>
     <w:p w14:paraId="0E9E585E" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="85" w:name="_Toc98839843"/>
-      <w:bookmarkStart w:id="86" w:name="_Hlk92955039"/>
+      <w:bookmarkStart w:id="171" w:name="_Toc172297438"/>
+      <w:bookmarkStart w:id="172" w:name="_Toc180416606"/>
+      <w:bookmarkStart w:id="173" w:name="_Toc180420602"/>
+      <w:bookmarkStart w:id="174" w:name="_Toc184033087"/>
+      <w:bookmarkStart w:id="175" w:name="_Toc191561357"/>
+      <w:bookmarkStart w:id="176" w:name="_Toc172297439"/>
+      <w:bookmarkStart w:id="177" w:name="_Toc180416607"/>
+      <w:bookmarkStart w:id="178" w:name="_Toc180420603"/>
+      <w:bookmarkStart w:id="179" w:name="_Toc184033088"/>
+      <w:bookmarkStart w:id="180" w:name="_Toc191561358"/>
+      <w:bookmarkStart w:id="181" w:name="_Toc199406870"/>
+      <w:bookmarkStart w:id="182" w:name="_Hlk92955039"/>
+      <w:bookmarkEnd w:id="171"/>
+      <w:bookmarkEnd w:id="172"/>
+      <w:bookmarkEnd w:id="173"/>
+      <w:bookmarkEnd w:id="174"/>
+      <w:bookmarkEnd w:id="175"/>
+      <w:bookmarkEnd w:id="176"/>
+      <w:bookmarkEnd w:id="177"/>
+      <w:bookmarkEnd w:id="178"/>
+      <w:bookmarkEnd w:id="179"/>
+      <w:bookmarkEnd w:id="180"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:t> Remuneration Advances</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="85"/>
+      <w:bookmarkEnd w:id="181"/>
     </w:p>
     <w:p w14:paraId="6BB0D6D4" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A2E6432" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="7A2E6432" w14:textId="6380D54E" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7575402B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidRPr="7575402B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> holders may request remuneration advances in emergency situations, provided the project duration, the </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidRPr="7575402B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>contract</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidRPr="7575402B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> duration and the availability of funding cover the amount and the intended period of repayment. In the event that remuneration advances are approved by the </w:t>
+      </w:r>
+      <w:r w:rsidR="6FB01B54" w:rsidRPr="7575402B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>GSSC HR manager</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7575402B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, the same conditions of request and repayment shall apply as for staff </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7575402B" w:rsidDel="00F25140">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidRPr="7575402B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> salary advances.  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="182"/>
     <w:p w14:paraId="60C6C2A1" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="44258D0E" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="87" w:name="_Toc98839844"/>
+      <w:bookmarkStart w:id="183" w:name="_Toc199406871"/>
       <w:r>
         <w:t>Mandatory subsidized coverage not commutable to cash</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="87"/>
+      <w:bookmarkEnd w:id="183"/>
     </w:p>
     <w:p w14:paraId="6FA12182" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="138F66C0" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="138F66C0" w14:textId="493FF7F9" w:rsidR="006F49D0" w:rsidRPr="00846F3B" w:rsidRDefault="006F49D0" w:rsidP="00846F3B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00846F3B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The following subsidized coverage is provided by UNDP and is mandatory to cover possible risks against the individual or the organization. These benefits may not be commuted to cash and are mandatory and applicable as stated below. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75B67980" w14:textId="77777777" w:rsidR="000D5FF6" w:rsidRPr="000D5FF6" w:rsidRDefault="000D5FF6" w:rsidP="00846F3B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="748E92EA" w14:textId="2D1E8E2E" w:rsidR="006F49D0" w:rsidRPr="00846F3B" w:rsidRDefault="006F49D0" w:rsidP="00846F3B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-          <w:sz w:val="22"/>
-[...31 lines deleted...]
-    <w:p w14:paraId="748E92EA" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00846F3B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Group Life </w:t>
+      </w:r>
+      <w:r w:rsidR="00C47717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and Disability </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00846F3B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Insurance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A6DD1EB" w14:textId="77777777" w:rsidR="00270D22" w:rsidRPr="000D5FF6" w:rsidRDefault="00270D22" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-          <w:sz w:val="22"/>
-[...14 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t> (applicable to regular NPSAs)</w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="4DB56770" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44D87EF1" w14:textId="2C9776FE" w:rsidR="00270D22" w:rsidRDefault="000F3517" w:rsidP="00270D22">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...6 lines deleted...]
-        <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:t xml:space="preserve">Regular </w:t>
+      </w:r>
+      <w:r w:rsidR="00270D22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00270D22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> holders </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidR="00270D22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> enrolled in the global </w:t>
+      </w:r>
+      <w:r w:rsidR="00270D22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:t xml:space="preserve">corporate scheme for life and disability </w:t>
+      </w:r>
+      <w:r w:rsidR="00270D22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">insurance prescribed by UNDP </w:t>
+      </w:r>
+      <w:r w:rsidR="00270D22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00270D22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">which provides cover for death and permanent disability as a result of any cause. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61ACB1B1" w14:textId="77777777" w:rsidR="00270D22" w:rsidRDefault="00270D22" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CA6FFF0" w14:textId="49BCC783" w:rsidR="006F49D0" w:rsidRPr="00846F3B" w:rsidRDefault="000F3517" w:rsidP="00846F3B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00846F3B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service-incurred </w:t>
+      </w:r>
+      <w:r w:rsidR="009B0AF8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Life and Disability</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00846F3B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Insurance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52B5B937" w14:textId="77777777" w:rsidR="000F3517" w:rsidRPr="00846F3B" w:rsidRDefault="000F3517" w:rsidP="00846F3B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DB56770" w14:textId="1603E620" w:rsidR="006F49D0" w:rsidRPr="00846F3B" w:rsidRDefault="006F49D0" w:rsidP="00846F3B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="68"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00846F3B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>All persons hired on an</w:t>
+      </w:r>
+      <w:r w:rsidR="00E32534">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>NPSA</w:t>
+      </w:r>
+      <w:r w:rsidR="00E32534">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00846F3B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidR="00E32534">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00846F3B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidR="002573B2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00846F3B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>covered for service</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA16CE" w:rsidRPr="00846F3B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00846F3B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">incurred </w:t>
+      </w:r>
+      <w:r w:rsidR="00C47717">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>death and permanent disability</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00846F3B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>, at no cost to the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
         <w:t xml:space="preserve">NPSA </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00846F3B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>holder.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="434E17F1" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25F953BE" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="1A42A04D" w14:textId="253186F5" w:rsidR="006F49D0" w:rsidRPr="00846F3B" w:rsidRDefault="006F49D0" w:rsidP="00846F3B">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
-        <w:rPr>
-[...936 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t>(applicable to regular NPSAs)</w:t>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00846F3B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Malicious Acts Insurance Policy (MAIP)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="090C7A73" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EC24467" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
@@ -17816,51 +18020,69 @@
           <w:numId w:val="23"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">NPSA </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">holders who serve at, or travel at UNDP ’s expense to, a designated hazardous duty station are automatically covered by the Malicious Acts Insurance Policy (MAIP) and must therefore be included </w:t>
+        <w:t xml:space="preserve">holders who serve at, or travel at UNDP ’s expense to, a designated hazardous duty station </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> automatically covered by the Malicious Acts Insurance Policy (MAIP) and must therefore be included </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>within established security arrangements in the Security Plan locally.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Failure to comply with security instructions may render the insurance coverage null and void in so far as it relates to the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
@@ -17916,146 +18138,82 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">NPSA </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>holders.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DC6E6DB" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12932552" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="7C301142" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRPr="00846F3B" w:rsidRDefault="006F49D0" w:rsidP="00846F3B">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-          <w:sz w:val="22"/>
-[...66 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="184" w:name="_Hlk35216670"/>
+      <w:r w:rsidRPr="00846F3B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...1 lines deleted...]
-        </w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Medical Evacuation</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="184"/>
     <w:p w14:paraId="5B131440" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="05FCBE16" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
@@ -18107,176 +18265,164 @@
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B1B59D0" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Under the global group life, disability &amp; medical insurance plan, in the case of emergency or major disability the cost of special transportation of an insured NPSA holder from the first place where the NPSA holder is injured or stricken by a disease to the first hospital where treatment is given, is covered up to the ceiling established </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Under the global group life, disability &amp; medical insurance plan, in the case of emergency or major disability the cost of special transportation of an insured NPSA holder from the first place where the NPSA holder is injured or stricken by a disease to the first hospital where treatment is given, is covered up to the ceiling established under this benefit. If the NPSA holder is enrolled under the corporate plan for medical coverage, the CO must inform the service provider when a medical evacuation takes place to facilitate guidance and support. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43515562" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:pStyle w:val="PlainText"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...14 lines deleted...]
-    <w:p w14:paraId="22455BC2" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22455BC2" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRPr="00076CAA" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="89" w:name="_Toc98839845"/>
-[...3 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="185" w:name="_Toc199406872"/>
+      <w:r w:rsidRPr="00846F3B">
         <w:t>Mandatory subsidized coverage that is commutable to cash in lieu of coverage (applicable to Regular NPSAs only</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00076CAA">
         <w:t>)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="89"/>
+      <w:bookmarkEnd w:id="185"/>
     </w:p>
     <w:p w14:paraId="59DDDC12" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F507A07" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="90" w:name="_Hlk55806307"/>
+      <w:bookmarkStart w:id="186" w:name="_Hlk55806307"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Medical Insurance</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D663011" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="144EC7A2" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="91" w:name="OLE_LINK8"/>
+      <w:bookmarkStart w:id="187" w:name="OLE_LINK8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>UNDP provides coverage for medical insurance to all its regular NPSAs through a contract with a service provider. In exceptional cases, NPSAs may choose at the start of the NPSA, or within permissible entry windows between two options for their coverage:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkEnd w:id="187"/>
     <w:p w14:paraId="2D4D41F5" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07E81F03" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -18404,101 +18550,84 @@
     </w:p>
     <w:p w14:paraId="22A2B0B9" w14:textId="55F7057F" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="333333"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Individual NPSA holders may in exceptional cases remain in a pre-existing medical scheme, whether through previous employment, a spouse or other source, or through direct contribution to an existing national medical scheme. In such cases, UNDP provides a cash amount to cover the premium of the pre-existing scheme or existing national medical scheme as part of the monthly remuneration, provided there is proof of coverage and the amount </w:t>
       </w:r>
       <w:r w:rsidRPr="00F5482D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">does not exceed the monthly fee amount for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">UNDP’s standard corporate coverage. The individual must present proof of participation and coverage at the commencement of the </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>UNDP’s standard corporate coverage. The individual must present proof of participation and coverage at the commencement of the NPSA,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80DA4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>NPSA,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B80DA4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> takes full responsibility for their own coverage and administration of that coverage. The UNDP Office is responsible for verifying that the individual has adequate coverage. The </w:t>
+        <w:t xml:space="preserve">and takes full responsibility for their own coverage and administration of that coverage. The UNDP Office is responsible for verifying that the individual has adequate coverage. The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NPSA holder </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">must notify the UNDP Office of any change in coverage during the term of the NPSA. The payment of cash for medical insurance, without the individual having coverage, is not permitted. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56626034" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
@@ -18509,145 +18638,136 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1711912C" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">UNDP Offices are responsible for ensuring that no NPSA holder travels on UNDP mission travel outside the country of residence without arranging medical coverage </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">under the corporate or other local private scheme for the duration of the mission, at no cost to the NPSA holder. </w:t>
+        <w:t xml:space="preserve">UNDP Offices are responsible for ensuring that no NPSA holder travels on UNDP mission travel outside the country of residence without arranging medical coverage under the corporate or other local private scheme for the duration of the mission, at no cost to the NPSA holder. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17FAF624" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="11C17C8D" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="92" w:name="_Hlk35216880"/>
-      <w:bookmarkStart w:id="93" w:name="_Hlk35216794"/>
+      <w:bookmarkStart w:id="188" w:name="_Hlk35216880"/>
+      <w:bookmarkStart w:id="189" w:name="_Hlk35216794"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Social Security</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>and Pension Fund</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Arrangements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="92"/>
-      <w:bookmarkEnd w:id="93"/>
+      <w:bookmarkEnd w:id="188"/>
+      <w:bookmarkEnd w:id="189"/>
     </w:p>
     <w:p w14:paraId="46D3ECE9" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B348F9E" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -18758,257 +18878,255 @@
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NPSA holders do not need to submit any proof or evidence of enrolment or payments.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37B0C756" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13DC0E87" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="13DC0E87" w14:textId="6E3BB948" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>UNDP will</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> not engage directly with any pension scheme service provider, nor will pay any service provider directly, unless it is not possible for individuals to make direct payments other than through the office.</w:t>
+        <w:t xml:space="preserve"> not engage directly with any pension scheme service provider, nor will pay any service provider directly.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C26142D" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5BE0F8F5" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>In countries where a national social security scheme exists, individuals under NPSA are expected to contribute directly to such a scheme. UNDP has no obligation to contribute directly to the national scheme, as it cannot be subject to any national scheme.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60BBBD85" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D629473" w14:textId="2A63E333" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="1D629473" w14:textId="224D8B3E" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">By signing the NPSA, the NPSA holder agrees to a ‘No Contest’ (attached as </w:t>
-[...12 lines deleted...]
-      <w:r>
+        <w:t>By signing the NPSA, the NPSA holder agrees to a ‘No Contest’</w:t>
+      </w:r>
+      <w:r w:rsidR="00F30623">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">) that confirms agreement to receive the pension contribution in the form of a lump sum. </w:t>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="90"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that confirms agreement to receive the pension contribution in the form of a lump sum. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="190" w:name="_Hlk35216901"/>
+      <w:bookmarkEnd w:id="186"/>
     </w:p>
     <w:p w14:paraId="69E5C04A" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E0EBFC9" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="95" w:name="_Toc98839846"/>
-      <w:r>
+      <w:bookmarkStart w:id="191" w:name="_Toc199406873"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Optional coverage provided, but not subsidized by UNDP</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="95"/>
+      <w:bookmarkEnd w:id="191"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06E040E3" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="190"/>
     <w:p w14:paraId="64260726" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UNDP may make available a range of optional benefits and coverages to be accessed by individuals directly and at their own expense. Any such benefits will be made available through agreements concluded by UNDP and service providers, and incur no corporate liability for the organization, only making these services available for the direct benefit and at the full cost and responsibility of the NPSA holder. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21ED2FF9" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23561DE7" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="96" w:name="_Toc98839847"/>
+      <w:bookmarkStart w:id="192" w:name="_Toc199406874"/>
       <w:r>
         <w:t>Working Hours</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="96"/>
+      <w:bookmarkEnd w:id="192"/>
       <w:r>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39C5F478" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7A40795B" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
@@ -19021,124 +19139,103 @@
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The working hours, UN official holidays and weekends for regular </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> holders are aligned with those applicable to staff and other personnel in the duty station.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48A5FFF1" w14:textId="77777777" w:rsidR="00B80DA4" w:rsidRDefault="00B80DA4" w:rsidP="00B80DA4">
-      <w:pPr>
-[...20 lines deleted...]
-    <w:p w14:paraId="26795974" w14:textId="77777777" w:rsidR="00B80DA4" w:rsidRDefault="00B80DA4" w:rsidP="00B80DA4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="167C8921" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42A56E36" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="97" w:name="_Toc98839848"/>
-[...3 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:id="193" w:name="_Toc172297445"/>
+      <w:bookmarkStart w:id="194" w:name="_Toc199406875"/>
+      <w:bookmarkStart w:id="195" w:name="OLE_LINK57"/>
+      <w:bookmarkStart w:id="196" w:name="OLE_LINK38"/>
+      <w:r>
         <w:t>Leave</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="193"/>
+      <w:bookmarkEnd w:id="194"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="97"/>
-      <w:bookmarkEnd w:id="98"/>
+      <w:bookmarkEnd w:id="195"/>
     </w:p>
     <w:p w14:paraId="5F81E26F" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14D8ADD8" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
@@ -19147,51 +19244,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Annual leave: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="196"/>
     <w:p w14:paraId="5791F210" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15002B4E" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -19239,236 +19336,331 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>contract</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> period, as specified below. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4289FA7F" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="425BA597" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="1B6411D6" w14:textId="35873AD3" w:rsidR="00403182" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>All annual leave is expected to be taken within the period of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t> agreement. If the </w:t>
+        <w:t> agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00403182">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00403182">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">except under the following scenarios, in which the accrued annual leave may be carried over to the subsequent </w:t>
+      </w:r>
+      <w:r w:rsidR="007C7EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="00403182">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>PSA</w:t>
+      </w:r>
+      <w:r w:rsidR="00403182">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="690D0B18" w14:textId="77777777" w:rsidR="00403182" w:rsidRPr="00846F3B" w:rsidRDefault="00403182" w:rsidP="00846F3B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5528E66B" w14:textId="1FE8809A" w:rsidR="00E675CE" w:rsidRDefault="006F49D0" w:rsidP="00403182">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00403182">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>he </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t> agreement is extended for an additional period and funded from the same funding source/project, the </w:t>
-[...48 lines deleted...]
-    <w:p w14:paraId="186B0329" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:t> agreement is extended for an additional period and funded from the same funding source/project</w:t>
+      </w:r>
+      <w:r w:rsidR="00E675CE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68C9FB09" w14:textId="3F557883" w:rsidR="00FC4B6B" w:rsidRPr="00846F3B" w:rsidRDefault="00FC4B6B" w:rsidP="00403182">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>The NPSA holder switches without interruption to another NPSA under the same funding source/project or under the same Head of the Business Unit.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E180A29" w14:textId="78423413" w:rsidR="00FC4B6B" w:rsidRDefault="00FC4B6B" w:rsidP="00846F3B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="425BA597" w14:textId="0BB306C9" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00FC4B6B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...49 lines deleted...]
-    <w:p w14:paraId="5C64E88D" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>As of the annual leave cut-off date of 1 April of any given year, the annual leave balance (if any) will be re-set to a maximum of 24 days. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50EC6852" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="263A4CF4" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="186B0329" w14:textId="58E5D43B" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="197" w:name="OLE_LINK39"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Unused paid annual leave is not commutable to cash.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:p w14:paraId="5C64E88D" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="263A4CF4" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Any absence from duty not specifically authorized, including any absence beyond the allowable time-off in accordance with this policy, will be treated as unauthorized absence and must be charged to unpaid leave. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25A6FD6A" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -19558,169 +19750,259 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04264A79" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C03A932" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="4C03A932" w14:textId="4AADD3C4" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Regular </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">NPSA </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">holders shall accrue credits towards sick leave at the rate of two working days for each month of service up to a maximum of 31 days </w:t>
-[...10 lines deleted...]
-      <w:bookmarkEnd w:id="101"/>
+        <w:t xml:space="preserve">holders shall </w:t>
+      </w:r>
+      <w:r w:rsidR="00D2799D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>receive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sick leave </w:t>
+      </w:r>
+      <w:r w:rsidR="00D2799D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">credits corresponding to </w:t>
+      </w:r>
+      <w:r w:rsidR="00387A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the duration of the agreement </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at the rate of two working days for each month of service up to a maximum of </w:t>
+      </w:r>
+      <w:r w:rsidR="000A6DBA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> days</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>), or at the rate applied as per local practice, whichever is higher.</w:t>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> Of those sick leave days accrued, a total of seven working days in an annual cycle starting 1 April of any year (subject to a maximum of two consecutive working days) may be taken as sick leave without providing a medical certificate from a duly recognized medical practitioner; or for family-related emergencies and/or obligations, such as in the event of a death in the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">NPSA </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>holder’s immediate family or to take care of his/her child or an immediate family member who becomes ill. </w:t>
+        <w:t xml:space="preserve">holder’s immediate family or to take care of </w:t>
+      </w:r>
+      <w:r w:rsidR="00A1470D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> child or an immediate family member who becomes ill. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="437EC791" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71BAEECC" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="71BAEECC" w14:textId="09A1EA76" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Any absence supported by a medical certificate from a certified medical practitioner shall be considered as certified sick leave. The sick leave certificate from a certified medical practitioner must state that the individual is unable to perform his or her duties indicating the probable duration of the illness. In the event that the </w:t>
+        <w:t xml:space="preserve">Any absence supported by a medical certificate from a certified medical practitioner shall be considered as certified sick leave. The sick leave certificate from a certified medical practitioner must state that the individual is unable to perform </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A1470D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> her</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> duties indicating the probable duration of the illness. In the event that the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">NPSA </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>holder</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
@@ -19823,51 +20105,51 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> holder is unable to communicate this absence.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B4FC388" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E0CEA63" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="0E0CEA63" w14:textId="23AC65B2" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eligible </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
@@ -19878,51 +20160,67 @@
         <w:t xml:space="preserve">NPSA </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>holders</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>may, in exceptional circumstances, be granted advanced sick leave up to a maximum of ten working days, provided that his/her service under the </w:t>
+        <w:t>may, in exceptional circumstances, be granted advanced sick leave up to a maximum of ten working days, provided that </w:t>
+      </w:r>
+      <w:r w:rsidR="00A1470D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> service under the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> is expected to continue for the period that is necessary to accrue the sick leave days so advanced. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2088915D" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
@@ -20050,72 +20348,88 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>has a balance of 31 unused sick leave days. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A2B132D" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="118B8E1A" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="118B8E1A" w14:textId="27C61351" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>An individual who is sick for more than five working days in any seven-day period while on annual leave and/or hardship leave, shall have that portion of his or her absence considered as sick leave upon presentation of satisfactory medical certification. </w:t>
+        <w:t xml:space="preserve">An individual who is sick for more than five working days in any seven-day period while on annual leave and/or hardship leave, shall have that portion of </w:t>
+      </w:r>
+      <w:r w:rsidR="00A1470D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> absence considered as sick leave upon presentation of satisfactory medical certification. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31D72C60" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="26CE29CE" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
@@ -20179,50 +20493,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3ADAD2AC" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>An </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">NPSA </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>holder</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
@@ -20281,51 +20596,51 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>a contract</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall, from the date it is effective, terminate any possibility to claim sick leave credits. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DABE1DE" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4604F57D" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="4604F57D" w14:textId="46D594F8" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>In the event that an individual surpasses the sick leave credits limit during the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
@@ -20353,188 +20668,312 @@
         <w:t xml:space="preserve">NPSA </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>holder</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>may be played on special leave without pay, otherwise any further absence shall be deducted from the remuneration accordingly. </w:t>
+        <w:t>may be pla</w:t>
+      </w:r>
+      <w:r w:rsidR="00B832F2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ced</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on </w:t>
+      </w:r>
+      <w:r w:rsidR="00B832F2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>unpaid leave</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, otherwise any further absence shall be deducted from the remuneration accordingly. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="474A8F5B" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="126A72D3" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="126A72D3" w14:textId="18CA60D1" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">If the individual is not eligible for paid sick leave, managers should exercise the highest possible degree of flexibility in accepting unpaid leave due to illness. Only in such cases where the extent or timing of absences prevents the individual from delivering the services as specified in the terms of reference may the manager consider a termination of the </w:t>
-[...19 lines deleted...]
-    <w:p w14:paraId="27575833" w14:textId="186981B2" w:rsidR="006F49D0" w:rsidRPr="00966654" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:t xml:space="preserve">If the individual is </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE035C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">unable to perform their duty for an extended period due to injury or illness, and </w:t>
+      </w:r>
+      <w:r w:rsidR="008A2DBD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>has exhausted the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sick leave</w:t>
+      </w:r>
+      <w:r w:rsidR="0032552A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> credits</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, managers should </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE655C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>consult with the HR Busine</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB48F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ss</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE655C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Partner</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB48F6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to determine the next course of action.</w:t>
+      </w:r>
+      <w:r w:rsidR="009E1F6A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The agreement may be terminated if</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the extent or timing of absences prevents the individual from delivering the services as specified in the terms of reference. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40B87458" w14:textId="77777777" w:rsidR="00A62E11" w:rsidRDefault="00A62E11" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
-          <w:iCs/>
-[...11 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27575833" w14:textId="702B1B05" w:rsidR="006F49D0" w:rsidRPr="00846F3B" w:rsidRDefault="006F49D0" w:rsidP="00846F3B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00846F3B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Computation of Annual and Sick Leave</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CDF5300" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E8002DC" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="7E8002DC" w14:textId="7D29C483" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">When the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>contract</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> start date falls on the 1st of the month: Full leave entitlements</w:t>
       </w:r>
+      <w:r w:rsidR="0074581C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0FFAA64A" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1DCA1BCF" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
@@ -20777,142 +21216,142 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A9047D9" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="102" w:name="OLE_LINK40"/>
+      <w:bookmarkStart w:id="198" w:name="OLE_LINK40"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Parental Leave (for birth parent): </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C214EFD" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="74DFFCD3" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="103" w:name="OLE_LINK41"/>
+      <w:bookmarkStart w:id="199" w:name="OLE_LINK41"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA holders on regular NPSAs</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are entitled to 16 consecutive weeks of paid parental leave for the birth parent. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="198"/>
     <w:p w14:paraId="4FF31E57" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3CDFDAD4" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Extensions of parental leave for birth parents may be granted on the basis of unpaid leave, regardless of contract durations for regular NPSAs.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="199"/>
     <w:p w14:paraId="72DACE14" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F20D804" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -21188,51 +21627,50 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="29118A60" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Parental Leave (for non-birth parent)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20F642D8" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -21446,97 +21884,109 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> period. Unused parental leave is not commutable to cash. The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>contract</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> must not be extended solely in order to exercise the unused portion of the parental leave. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57EED2D0" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="57EED2D0" w14:textId="6E1CCB33" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="61AC5185" w14:textId="77777777" w:rsidR="00F30623" w:rsidRDefault="00F30623" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="001A5626" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="104" w:name="OLE_LINK43"/>
+      <w:bookmarkStart w:id="200" w:name="OLE_LINK43"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Unpaid Leave: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="200"/>
     <w:p w14:paraId="0D67A874" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5CB629E8" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -21624,98 +22074,98 @@
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6AD47937" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="105" w:name="OLE_LINK42"/>
+      <w:bookmarkStart w:id="201" w:name="OLE_LINK42"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>In conjunction with parental leave of birth parents, NPSA holders may also be eligible for unpaid leave immediately following the parental leave for up to eight additional months. The 36-month eligibility stated above does not apply in such a case.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="743B2970" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1CB1B4A3" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Head of a Business Unit may also exercise at their own decision to apply unpaid leave to an individual on NPSA without any notice period. Such decisions should only be made in cases or serious breach or identified conflict of interest, or of similar seriousness, and only in full consultation with the Office of Legal services and/or Ethics Office. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="201"/>
     <w:p w14:paraId="686B89EF" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="009782ED" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -21892,51 +22342,50 @@
         </w:rPr>
         <w:t>In relation to family/personal reasons; and similar emergency situations  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71F395F4" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>For deployment or assignment to another office within UNDP, academic research, lecturing or advancement of a relevant expertise through special trainings.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28CCA3D5" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DB5F553" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -21951,120 +22400,120 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Annual leave will not accrue during unpaid leave periods of 30 days or longer. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58914DEA" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="106" w:name="OLE_LINK58"/>
+      <w:bookmarkStart w:id="202" w:name="OLE_LINK58"/>
     </w:p>
     <w:p w14:paraId="5966DEE6" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="107" w:name="OLE_LINK44"/>
+      <w:bookmarkStart w:id="203" w:name="OLE_LINK44"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Except when unpaid leave is taken in connection to certified sick leave, health and life insurance coverage during periods of unpaid leave of 30 days or longer, is discontinued or paid directly by the NPSA holder.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="203"/>
     <w:p w14:paraId="5A82160A" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B945A78" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="108" w:name="OLE_LINK45"/>
+      <w:bookmarkStart w:id="204" w:name="OLE_LINK45"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Jury Duty, Other Appearances in Court and Military Service: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkEnd w:id="204"/>
     <w:p w14:paraId="155F8975" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D291B82" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -22511,257 +22960,273 @@
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NPSA holders are not entitled to Hardship Leave.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66DD8DC4" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C94933C" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="109" w:name="_Toc98839849"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:id="205" w:name="_Toc199406876"/>
+      <w:r>
         <w:t>Travel for Work</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="109"/>
+      <w:bookmarkEnd w:id="205"/>
     </w:p>
     <w:p w14:paraId="4AE14860" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3FA27413" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="3FA27413" w14:textId="05E7AC34" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Travel for work outside the country of duty station shall always be </w:t>
+        <w:t xml:space="preserve">Travel for work outside the duty station shall always be </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> economy class for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> holders, regardless of travel time. Travel arrangements shall follow the regular procedures as established for corporate travel and </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> holders, regardless of travel time. Travel arrangements </w:t>
+      </w:r>
+      <w:r w:rsidR="00F546C6">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for official duty travel </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall follow the regular procedures as established for corporate travel and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">are to comply with provisions of the Security Clearance policy. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>DSA is paid regularly during travel for work outside the country of duty station as per the corporate travel policy.</w:t>
+        <w:t>DSA is paid regularly during travel for work outside the duty station as per the corporate travel policy.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="564BD7A4" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="369C8725" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="110" w:name="_Toc98839850"/>
-      <w:bookmarkStart w:id="111" w:name="OLE_LINK48"/>
+      <w:bookmarkStart w:id="206" w:name="_Toc199406877"/>
+      <w:bookmarkStart w:id="207" w:name="OLE_LINK48"/>
       <w:r>
         <w:t>Detail Assignments</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="110"/>
-[...1 lines deleted...]
-    <w:bookmarkEnd w:id="111"/>
+      <w:bookmarkEnd w:id="206"/>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
     <w:p w14:paraId="2DF964BE" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="539A9FBE" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6DEF2A3E" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="112" w:name="OLE_LINK47"/>
+      <w:bookmarkStart w:id="208" w:name="OLE_LINK47"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Regular NPSAs are eligible for detail assignments, provided that the requirements of both the releasing and receiving offices, as well as their host countries allow for that, and that the individual is adequately covered with health insurance while on assignment abroad. This eligibility does not apply to non-residents of NY HQs-based G-level personn</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="112"/>
+      <w:bookmarkEnd w:id="208"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">el. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B346DC9" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="756462CD" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="272F47D0" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="113" w:name="_Toc98839851"/>
-      <w:r>
+      <w:bookmarkStart w:id="209" w:name="_Toc199406878"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Performance Evaluation</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="113"/>
+      <w:bookmarkEnd w:id="209"/>
       <w:r>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BE2BB6C" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="243CF54E" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
@@ -23068,258 +23533,321 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Make informed decisions on contractual matters (extension, non-renewal). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EBA65CF" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="114" w:name="_Hlk101803534"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="2FE099EE" w14:textId="70BB890B" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:bookmarkStart w:id="210" w:name="_Hlk101803534"/>
+    </w:p>
+    <w:p w14:paraId="2FE099EE" w14:textId="23C5E7B6" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">For regular </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>NPSA holders, a</w:t>
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00A4141A">
+        <w:t xml:space="preserve">NPSA holders, </w:t>
+      </w:r>
+      <w:r w:rsidR="008B606E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">except those contracted under the </w:t>
+      </w:r>
+      <w:r w:rsidR="008B606E" w:rsidRPr="008B606E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">National Implementation </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008B606E" w:rsidRPr="008B606E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Programmes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008B606E" w:rsidRPr="008B606E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (NIM)</w:t>
+      </w:r>
+      <w:r w:rsidR="008B606E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> full service evaluation report must be completed, using the online </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="00BB479C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>PMD platform</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for any service period exceeding six months worked during that evaluation year. Where the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidRPr="00A4141A">
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="00BB479C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>PMD platform</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is not available or for short-term NPSA holders, the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Annex_4:_Performance" w:history="1">
-        <w:r>
+        <w:r w:rsidRPr="00BB479C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>NPSA</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidRPr="00BB479C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t> Service Evaluation</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> form in </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Annex_5:_Performance" w:history="1">
-        <w:r w:rsidRPr="00D808A2">
+        <w:r w:rsidRPr="00BB479C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>Annex 5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> can be used. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="210"/>
     <w:p w14:paraId="567E103C" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D41A04B" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="3D41A04B" w14:textId="3AD44F7E" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">For short-term </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA holders</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, or for periods of service of less than six months, only section I of the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Annex_4:_Performance" w:history="1">
-        <w:r>
+        <w:r w:rsidRPr="00BB479C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>NPSA</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidRPr="00BB479C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t> Service Evaluation</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> form is completed and should be documented as a note to file.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19AF3690" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -23360,249 +23888,248 @@
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11AE4DC3" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="115" w:name="_Toc98839852"/>
+      <w:bookmarkStart w:id="211" w:name="_Toc199406879"/>
       <w:r>
         <w:t>Learning Opportunities (applicable to Regular NPSAs only)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="115"/>
+      <w:bookmarkEnd w:id="211"/>
       <w:r>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66E9FDD1" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39BB1BCF" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">All regular NPSA holders </w:t>
       </w:r>
-      <w:bookmarkStart w:id="116" w:name="_Hlk59874925"/>
+      <w:bookmarkStart w:id="212" w:name="_Hlk59874925"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>must complete any applicable corporate and mandatory training courses within the required time established by UNDP</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="116"/>
+      <w:bookmarkEnd w:id="212"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A26A8B8" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1823707D" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">NPSA holders will </w:t>
       </w:r>
-      <w:bookmarkStart w:id="117" w:name="_Hlk59875035"/>
+      <w:bookmarkStart w:id="213" w:name="_Hlk59875035"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">have access to learning and development opportunities available to UNDP personnel, including access to formal </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>programmes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in line with the target audiences and requirements established for such </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>programmes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>), on-demand learning resources, and the UNDP learning management system/platform(s). </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="117"/>
+      <w:bookmarkEnd w:id="213"/>
     </w:p>
     <w:p w14:paraId="229F367E" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="50FA3366" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="118" w:name="_Hlk59875090"/>
+      <w:bookmarkStart w:id="214" w:name="_Hlk59875090"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The proforma cost of the NPSA will include a contribution to the UNDP corporate Learning Reserve to enable NPSA holders’ access to the initiatives funded from the Learning Reserve and resources that are offered to UNDP personnel at no cost. Any additional costs related to the participation in the UNDP corporate learning and development </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>programmes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other relevant costs will be charged to the funding source(s) of the respective NPSA holders. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkEnd w:id="214"/>
     <w:p w14:paraId="2992AFAA" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7B69DDE7" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="252" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -23611,78 +24138,85 @@
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NPSA holders may be requested to take part in the specific training or professional certification </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>programmes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, if necessary or required by UNDP.   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2772DC42" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="2772DC42" w14:textId="69DCEAB4" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="119" w:name="_Toc98839853"/>
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="119"/>
+      <w:bookmarkStart w:id="215" w:name="_Toc199406880"/>
+      <w:bookmarkStart w:id="216" w:name="_Hlk35217050"/>
+      <w:bookmarkStart w:id="217" w:name="_Hlk59877702"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Career Paths, lateral </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA7D09">
+        <w:t>transfer</w:t>
+      </w:r>
+      <w:r>
+        <w:t>s, status as candidates (applicable to regular NPSAs only)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="215"/>
     </w:p>
     <w:p w14:paraId="7C7894D5" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkEnd w:id="216"/>
     <w:p w14:paraId="38F2ACCF" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Regular NPSA holders will have access to career opportunities within UNDP as well as to the career development resources available to all UNDP personnel, subject to eligibility requirements specific to the functions. As such and subject to eligibility, they will be able to apply for UNDP staff positions and job opportunities under other contractual modalities, in line with UNDP recruitment and selection framework, and the requirements of the respective positions and offers. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50DC5DBC" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
@@ -23708,90 +24242,122 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NPSA holders who have served a minimum of three years with UNDP and have demonstrated successful performance, as recorded in the formal performance reviews, will be eligible to participate in the corporate talent pool assessments and similar initiatives as internal candidates, subject to meeting the relevant eligibility requirements. All NPSA holders will be able to participate in such initiatives, when open to external candidates.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="226B4DCB" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09941A19" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="09941A19" w14:textId="5B24F97E" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="122" w:name="OLE_LINK49"/>
+      <w:bookmarkStart w:id="218" w:name="OLE_LINK49"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">NPSAs shall not be considered internal candidates for vacancy announcements that have been categorized as internal, regardless of time spent on NPSA contracts. </w:t>
+        <w:t>NPSAs shall not be considered internal candidates</w:t>
+      </w:r>
+      <w:r w:rsidR="007D342E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as defined in Staff Rule </w:t>
+      </w:r>
+      <w:r w:rsidR="007942FC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.10, which </w:t>
+      </w:r>
+      <w:r w:rsidR="00846DE9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>may not be extended to non-staff personnel</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11B9F126" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="123" w:name="_Toc98839854"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="122"/>
+      <w:bookmarkStart w:id="219" w:name="_Toc199406881"/>
+      <w:bookmarkEnd w:id="217"/>
+      <w:bookmarkEnd w:id="218"/>
       <w:r>
         <w:t>Roles and Responsibilities</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="123"/>
+      <w:bookmarkEnd w:id="219"/>
     </w:p>
     <w:p w14:paraId="2564FDE5" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E6D11C9" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
@@ -23968,51 +24534,50 @@
         </w:rPr>
         <w:t>defining clear terms of reference with measurable outputs, timelines, and indicating qualifications and competencies required</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="471A10AA" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>determining the use of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> as the appropriate contractual modality and adhering to the requirements of this policy </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DFE2E76" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
@@ -24238,50 +24803,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> in their respective office </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67CEA895" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>managing the conflict resolution process in accordance with the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> and in consultation with BMS/OLS and the BMS/OHR Policy Unit as set forth in this policy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E2641CE" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
@@ -24372,260 +24938,252 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B97897B" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F821279" w14:textId="2621B1BB" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="0F821279" w14:textId="0740C31D" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Before issuing an </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA, the Human Resources Focal Points</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>must ensure that the policy is complied with and that the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="00BB479C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>NPSA</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidRPr="00BB479C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t> template</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is used for contracting  services of the individual. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>No deviations to the model </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> template can be made without consultation with, and clearance of, BMS/OHR and BMS/OLS. The local BU is responsible for classifying short-term NPSAs.</w:t>
       </w:r>
+      <w:r w:rsidR="006537DE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Short-term NPSAs are paid by the local BU.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0C0B56D2" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A0E65DF" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRPr="00966654" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="0566DC9B" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRPr="00316BF4" w:rsidRDefault="006F49D0" w:rsidP="00846F3B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-          <w:color w:val="000000"/>
-[...44 lines deleted...]
-          <w:lang w:eastAsia="en-GB"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="220" w:name="_Hlk59875193"/>
+      <w:r w:rsidRPr="00846F3B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>GSSC Focal Points are responsible for:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5629C973" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="5629C973" w14:textId="6F6541A6" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>coordinating and administering the recruitment process</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="124"/>
+        <w:t xml:space="preserve">coordinating and administering the </w:t>
+      </w:r>
+      <w:r w:rsidR="00174CA2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>selection and hiring</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> process</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
     <w:p w14:paraId="1C2221E3" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>coordinating the contracting process of the candidates; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="647AC486" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
@@ -24866,76 +25424,86 @@
         </w:rPr>
         <w:t>maintaining records for monitoring and reporting purposes. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CE3A3E9" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0413E443" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="0413E443" w14:textId="185639E5" w:rsidR="006F49D0" w:rsidRDefault="006537DE" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:t xml:space="preserve">Regular </w:t>
+      </w:r>
+      <w:r w:rsidR="006F49D0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
         <w:t>NPSAs</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006F49D0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> are paid through UNDP’s GSSC/Global Payroll.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A287DD0" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -25159,132 +25727,147 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DFE5CCA" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Oversight, Monitoring, Evaluation and Reporting:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="223AA7EC" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F48C9FF" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="3F48C9FF" w14:textId="30E138B4" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Responsible Officers, Business Partners, GSSU and the respective HR </w:t>
+        <w:t xml:space="preserve">The Responsible Officers, Business Partners, </w:t>
+      </w:r>
+      <w:r w:rsidR="00212697">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>GSSC </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and the respective HR </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Focal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Point(s)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> should use the information available in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId18" w:tgtFrame="_blank" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>corporate</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ERP) database to act on their respective responsibility for oversight, monitoring and / or evaluation on the use of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSAs. These include the use of data for, among others, succession planning, contract extensions, as well as monitoring of the performance of their respective business units against corporate indicators, such as gender ratios.</w:t>
@@ -25302,215 +25885,322 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75CA4D27" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Organizational score cards or benchmarks will be established </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">by BMS/OHR </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>on a periodic basis to ensure the reporting, monitoring and evaluation of the use of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSAs</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CFEBDF6" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="125" w:name="_Hlk35217088"/>
+      <w:bookmarkStart w:id="221" w:name="_Hlk35217088"/>
     </w:p>
     <w:p w14:paraId="03CA7CAF" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="126" w:name="OLE_LINK54"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="130" w:name="_Hlk92965655"/>
+      <w:bookmarkStart w:id="222" w:name="OLE_LINK54"/>
+      <w:bookmarkStart w:id="223" w:name="OLE_LINK52"/>
+      <w:bookmarkStart w:id="224" w:name="_Toc199406882"/>
+      <w:bookmarkStart w:id="225" w:name="OLE_LINK53"/>
+      <w:bookmarkStart w:id="226" w:name="_Hlk92965655"/>
       <w:r>
         <w:t xml:space="preserve">National Implementation </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Programmes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> (NIM)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="126"/>
+      <w:bookmarkEnd w:id="222"/>
       <w:r>
         <w:t>:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="127"/>
-      <w:bookmarkEnd w:id="128"/>
+      <w:bookmarkEnd w:id="223"/>
+      <w:bookmarkEnd w:id="224"/>
     </w:p>
     <w:p w14:paraId="0A1DF1DC" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="131" w:name="OLE_LINK51"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="39D445CF" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:bookmarkStart w:id="227" w:name="OLE_LINK51"/>
+      <w:bookmarkEnd w:id="225"/>
+    </w:p>
+    <w:p w14:paraId="39D445CF" w14:textId="4B490C95" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In countries with </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>programmes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> that fall formally under the Support Services of UNDP to National Implementation (NIM), and where alignment to the set standards of benefits and entitlements of the national implementation partners is deemed necessary, </w:t>
       </w:r>
-      <w:bookmarkStart w:id="132" w:name="OLE_LINK55"/>
+      <w:bookmarkStart w:id="228" w:name="OLE_LINK55"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>UNDP Resident Representatives may apply flexibilities outside the regular NPSA parameters in the following areas,</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="132"/>
+      <w:bookmarkEnd w:id="228"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> provided that systems and internal UNDP procedures allow for such flexibilities to be practically applied,</w:t>
       </w:r>
       <w:r w:rsidRPr="003F2AEA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>that the risks and liabilities related to these benefits and entitlements are formally covered by the national implementation partner, and provided that these benefits and entitlements fulfill the minimum national standards of the country in which the programme is being nationally implemented:</w:t>
+        <w:t xml:space="preserve">that the risks and liabilities related to these benefits and entitlements are formally covered by the national implementation partner, that these benefits and entitlements fulfill the minimum national standards of the country in which the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>programme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is being nationally implemented</w:t>
+      </w:r>
+      <w:r w:rsidR="00876B57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and that UNDP </w:t>
+      </w:r>
+      <w:r w:rsidR="00013F42">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">clarifies </w:t>
+      </w:r>
+      <w:r w:rsidR="007D4B67">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>all such deviations from the standards</w:t>
+      </w:r>
+      <w:r w:rsidR="004C22AF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00013F42">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>through a</w:t>
+      </w:r>
+      <w:r w:rsidR="0091280E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n </w:t>
+      </w:r>
+      <w:r w:rsidR="00013F42">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">addendum to </w:t>
+      </w:r>
+      <w:r w:rsidR="00843616">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">their </w:t>
+      </w:r>
+      <w:r w:rsidR="00156045">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>contract</w:t>
+      </w:r>
+      <w:r w:rsidR="000D0F9C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> which must be approved by BMS/OHR and BMS/OLS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F86FB94" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="186E2D64" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -25533,124 +26223,226 @@
         </w:rPr>
         <w:t>National</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> implementation modality, remain under the administrative supervision of UNDP, even if daily supervision is ensured by the national counterpart; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55D019E3" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B7DFB06" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="2B7DFB06" w14:textId="3041F8F7" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alternative </w:t>
       </w:r>
-      <w:bookmarkStart w:id="133" w:name="OLE_LINK56"/>
+      <w:bookmarkStart w:id="229" w:name="OLE_LINK56"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">remuneration scales </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="133"/>
-[...17 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:bookmarkEnd w:id="229"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>may be promulgated by the Resident Representative of the country office to be used specifically for NPSAs that fall under the NIM</w:t>
+      </w:r>
+      <w:r w:rsidR="007B2C54">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, when </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF4DBF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">such scales are necessary to align the level of remuneration with the </w:t>
+      </w:r>
+      <w:r w:rsidR="00197DDB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>employees of the national counterpart</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. A NIM-specific remuneration scale shall follow the same principles used to construct the regular NPSA scale for the country, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB35BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> applied across all the NPSA levels </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>under the NIM project(s) subject to the NIM-specific remuneration scale</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in that country. The level and the suggested remuneration rate may also be set by the national implementation partner if the agreement clearly allows for it;</w:t>
+        <w:t xml:space="preserve"> in that country</w:t>
+      </w:r>
+      <w:r w:rsidR="006E7913">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and should </w:t>
+      </w:r>
+      <w:r w:rsidR="00862A03">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>be aligned with the</w:t>
+      </w:r>
+      <w:r w:rsidR="006E7913">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00862A03">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">level of </w:t>
+      </w:r>
+      <w:r w:rsidR="006E7913">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">remuneration </w:t>
+      </w:r>
+      <w:r w:rsidR="00B15646">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="009644AF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the national counterpart for </w:t>
+      </w:r>
+      <w:r w:rsidR="00E50CAF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>jobs of equivalent level</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. The level and the suggested remuneration rate may also be set by the national implementation partner if the agreement clearly allows for it;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B13DBB1" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1800"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63DFC5DA" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
@@ -25722,72 +26514,71 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Working schedules and official holidays can be aligned to those of the national implementation partner;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21A8C7E3" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63090DA7" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="63090DA7" w14:textId="6DF8F963" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E7086">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>Leave entitlements:  Leave entitlements can be aligned with the standards applicable to the national imple</w:t>
+        <w:t>Leave entitlements: Leave entitlements can be aligned with the standards applicable to the national imple</w:t>
       </w:r>
       <w:r w:rsidRPr="00F836C9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>mentation partner</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00F836C9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -25802,192 +26593,319 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F37EF76" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00983D35">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Pension schemes: Similarly, payments in lieu of pension may be adjusted to those of the national partner</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FEA5F4D" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRPr="00983D35" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D56FA38" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="3D56FA38" w14:textId="30B7DFEB" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00983D35">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Official Travel: Official travel shall follow the standards and policies of the national partner, including </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">Official </w:t>
+      </w:r>
+      <w:r w:rsidR="007A661B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
       <w:r w:rsidRPr="00983D35">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>class of travel</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> as well as daily subsistence allowances</w:t>
+        <w:t>ravel: Official travel shall follow the standards and policies of the national partner, including class of travel as well as daily subsistence allowances</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CCA09BD" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DE477DD" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="7DE477DD" w14:textId="7D9169E3" w:rsidR="006F49D0" w:rsidRDefault="007A661B" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>Security costs: Where the NPSA holder is covered by and falls under the security scheme coverage of the national partners, they shall be exempted from the UN security plans and security costs otherwise applicable to UNDP NPSAs will not be applied, and the NPSA holder will be so notified; and</w:t>
+      <w:r w:rsidRPr="007A661B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Security </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A661B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>overage</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and costs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A661B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00047322">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Where there is an</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A661B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00047322">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with a national partner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A661B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00813FF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>under which</w:t>
+      </w:r>
+      <w:r w:rsidR="00494721">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A661B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NPSA holders fall under the security scheme coverage of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00494721">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A661B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ational partner, </w:t>
+      </w:r>
+      <w:r w:rsidR="006F49D0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">they shall be exempted from the UN security </w:t>
+      </w:r>
+      <w:r w:rsidR="003C5914">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">arrangements </w:t>
+      </w:r>
+      <w:r w:rsidR="006F49D0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and security costs otherwise applicable to UNDP NPSAs will not be applied; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40D7622E" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="21DE5328" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Normally the mandatory insurance coverages which are otherwise applicable as a standard for UNDP NPSAs, will apply, any exceptions must be agreed to by GSSC, in consultation with the BMS/OHR/Policy and Compensation unit. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkEnd w:id="227"/>
     <w:p w14:paraId="6928F434" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="632D6474" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRPr="00313387" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -26008,4404 +26926,3918 @@
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00313387">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>tation entity, UNDP may support in sharing advice and good practices on standards, templates and tools. The accountability and decision to use and/or apply such standards shall be solely that of the national implementation entity.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F738FC1" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F5EC23E" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
-[...2 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+    <w:p w14:paraId="214EAA47" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t>Annexes:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61E7330B" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D9E113F" w14:textId="3B4CB768" w:rsidR="006F49D0" w:rsidRPr="00313387" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="7D9E113F" w14:textId="31E9E2FB" w:rsidR="006F49D0" w:rsidRPr="00846F3B" w:rsidRDefault="007B6231" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="345"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-          <w:i/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Annex_1:_Recruitment" w:history="1">
-        <w:r w:rsidRPr="00313387">
+        <w:r w:rsidR="006F49D0" w:rsidRPr="00846F3B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-            <w:i/>
             <w:color w:val="auto"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>Annex 1 – Recruitment standards and procedures </w:t>
+          <w:t xml:space="preserve">Annex 1 – </w:t>
         </w:r>
-      </w:hyperlink>
-[...182 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00174CA2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-            <w:i/>
+            <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:color w:val="auto"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>Annex 4 – Definition of inherent and continuous nature of functions</w:t>
+          <w:t>Selection and hiring modalities</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="006F49D0" w:rsidRPr="00846F3B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> and procedures </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="006F49D0" w:rsidRPr="00846F3B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>for NPSAs.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="230" w:name="OLE_LINK4"/>
+    <w:p w14:paraId="34089F70" w14:textId="7864F438" w:rsidR="006F49D0" w:rsidRPr="00846F3B" w:rsidRDefault="00FE7433" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:ind w:left="345"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00846F3B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00846F3B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK  \l "_Annex_2:_Remuneration"</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00846F3B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006F49D0" w:rsidRPr="00846F3B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Annex 2: Remuneration Scales, Classification Bands, and Setting the Remuneration for NPSAs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00846F3B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:p w14:paraId="49D967C6" w14:textId="363B81D1" w:rsidR="006F49D0" w:rsidRPr="00CB0727" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:ind w:left="345"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB0727">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00FE7433" w:rsidRPr="00CB0727">
+        <w:instrText>HYPERLINK  \l "_Annex_2:_Overview"</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00CB0727">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00846F3B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Annex 3 – Overview of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00846F3B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>NPSA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00846F3B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> benefits</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB0727">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB0727">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="346EF9D6" w14:textId="729AFB18" w:rsidR="006F49D0" w:rsidRPr="00CB0727" w:rsidRDefault="007B6231" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:ind w:left="345"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Annex_3:_Definition" w:history="1">
+        <w:r w:rsidR="006F49D0" w:rsidRPr="00846F3B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Annex 4 – Definition of </w:t>
+        </w:r>
+        <w:r w:rsidR="009A06C8" w:rsidRPr="00846F3B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve">functions of </w:t>
+        </w:r>
+        <w:r w:rsidR="006F49D0" w:rsidRPr="00846F3B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>inherent nature</w:t>
+        </w:r>
+        <w:r w:rsidR="006F49D0" w:rsidRPr="00CB0727">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:color w:val="auto"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="20735798" w14:textId="1C8714E1" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="20735798" w14:textId="6F1D2700" w:rsidR="006F49D0" w:rsidRPr="00CB0727" w:rsidRDefault="007B6231" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="345"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Annex_4:_Performance" w:history="1">
-        <w:r>
+        <w:r w:rsidR="006F49D0" w:rsidRPr="00846F3B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-            <w:i/>
             <w:color w:val="auto"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Annex 5 – Performance Evaluation</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="006F49D0" w:rsidRPr="00CB0727">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:color w:val="auto"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="03F41553" w14:textId="66A58895" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="03F41553" w14:textId="39E0D730" w:rsidR="006F49D0" w:rsidRPr="00CB0727" w:rsidRDefault="007B6231" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="345"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Annex_6:_To" w:history="1">
-        <w:r>
+        <w:r w:rsidR="006F49D0" w:rsidRPr="00846F3B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-            <w:i/>
             <w:color w:val="auto"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve">Annex 6 – Checklist of inclusions in </w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="006F49D0" w:rsidRPr="00846F3B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-            <w:i/>
-            <w:iCs/>
             <w:color w:val="auto"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>NPSA</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="006F49D0" w:rsidRPr="00846F3B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-            <w:i/>
             <w:color w:val="auto"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> file</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="006F49D0" w:rsidRPr="00CB0727">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:color w:val="auto"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="45E2BFFC" w14:textId="4D3AA5CD" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="45E2BFFC" w14:textId="41EC7E7E" w:rsidR="006F49D0" w:rsidRPr="00CB0727" w:rsidRDefault="007B6231" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="345"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Annex_7:_Equipment" w:history="1">
-        <w:r>
+        <w:r w:rsidR="006F49D0" w:rsidRPr="00846F3B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-            <w:i/>
             <w:color w:val="auto"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Annex 7 – Equipment and Supplies</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="006F49D0" w:rsidRPr="00CB0727">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:color w:val="auto"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="26EBEE2E" w14:textId="3A9DBC82" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
-[...34 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+    <w:p w14:paraId="3DA2888F" w14:textId="2831B5F3" w:rsidR="00076CAA" w:rsidRDefault="00076CAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Annex_8:_Letter" w:history="1">
-[...22 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77696AC3" w14:textId="10BB823D" w:rsidR="006F49D0" w:rsidRPr="00FE7433" w:rsidRDefault="006F49D0" w:rsidP="00846F3B">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="4D3F7443" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:bookmarkStart w:id="231" w:name="_Annex_1:_Overview"/>
+      <w:bookmarkStart w:id="232" w:name="_Annex_1:_Recruitment"/>
+      <w:bookmarkStart w:id="233" w:name="_Toc199406883"/>
+      <w:bookmarkEnd w:id="231"/>
+      <w:bookmarkEnd w:id="232"/>
+      <w:r w:rsidRPr="00FE7433">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Annex 1: </w:t>
+      </w:r>
+      <w:r w:rsidR="00174CA2">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Selection and hiring </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE697B">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>modalities</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE697B" w:rsidRPr="00FE7433">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE7433">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>and procedures for NPSAs </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="233"/>
+    </w:p>
+    <w:p w14:paraId="2231BCFE" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRPr="008D1ECB" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C2D627A" w14:textId="39218609" w:rsidR="006F49D0" w:rsidRPr="008D1ECB" w:rsidRDefault="006F49D0" w:rsidP="004E54C7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D1ECB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>For the selection of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D1ECB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>NPSAs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D1ECB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the selection process must adhere to the general principles listed in the UNDP’s Recruitment and Selection Framework Policy </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE4671">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and obligations of confidentialit</w:t>
+      </w:r>
+      <w:r w:rsidR="004E54C7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D1ECB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1427A3F6" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRPr="008D1ECB" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FC9CC57" w14:textId="561FCDC7" w:rsidR="006F49D0" w:rsidRPr="008D1ECB" w:rsidRDefault="00680A63" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-          <w:lang w:eastAsia="en-GB"/>
-[...6 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-          <w:lang w:eastAsia="en-GB"/>
-[...6 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="006F49D0" w:rsidRPr="008D1ECB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-          <w:lang w:eastAsia="en-GB"/>
-[...6 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+        </w:rPr>
+        <w:t>undamental conditions:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BB0F362" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRPr="008D1ECB" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E75BEE9" w14:textId="1D262236" w:rsidR="006F49D0" w:rsidRPr="008D1ECB" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0D79E2C9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Residency Requirements:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0D79E2C9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Depending on the duty station, certain specific residency requirements may be applicable before an offer of a national personnel </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0D79E2C9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>services</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0D79E2C9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> agreement is made. Generally, it is expected that candidates will either: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0D79E2C9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0D79E2C9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) be nationals or permanent residents of the country where the NPSA position is being offered; or ii) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="5B174823">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>hav</w:t>
+      </w:r>
+      <w:r w:rsidR="3F0F33E6" w:rsidRPr="5B174823">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0D79E2C9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the proper documentation allowing the NPSA holder to legally work in that country.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2629AEFD" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRPr="008D1ECB" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-CA" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="282AD82F" w14:textId="7C07DA91" w:rsidR="006F49D0" w:rsidRPr="008D1ECB" w:rsidRDefault="00174CA2" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...7 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+        </w:rPr>
+        <w:t>Hiring</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D1ECB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...7 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F49D0" w:rsidRPr="008D1ECB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...28 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Government Personnel:</w:t>
+      </w:r>
+      <w:r w:rsidR="006F49D0" w:rsidRPr="008D1ECB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Any candidate who is a government employee must disclose this relationship prior to being engaged on an NPSA. As a rule, candidates who are employed by a government or a government entity are expected to resign from said employment upon acceptance of an NPSA with UNDP. In cases where candidates continue to be employed or affiliated with a government institution or other authority external to UNDP</w:t>
+      </w:r>
+      <w:r w:rsidR="006F49D0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, they</w:t>
+      </w:r>
+      <w:r w:rsidR="006F49D0" w:rsidRPr="008D1ECB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must provide evidence that they have been accorded special leave without pay, or a similar status, from their employer prior to being engaged under a</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB18D3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="006F49D0" w:rsidRPr="008D1ECB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NPSA. Notwithstanding the disclosure, the individual engaged under an NPSA Service Contract is bound by the principle of impartiality as specified in the agreement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="346D8F24" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRPr="008D1ECB" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A1915AB" w14:textId="2B6020D1" w:rsidR="006F49D0" w:rsidRPr="008D1ECB" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...10 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...76 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D1ECB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...267 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...182 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        <w:t>Selection Modalities and Procedures:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A27B3EE" w14:textId="4BD60091" w:rsidR="00B005FC" w:rsidRPr="00E83683" w:rsidRDefault="00752602" w:rsidP="00B005FC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The possible selection modalities and the approving authority for selection are as follows:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B005FC" w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="602EB136" w14:textId="77777777" w:rsidR="00B005FC" w:rsidRPr="00E83683" w:rsidRDefault="00B005FC" w:rsidP="00B005FC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
-        </w:rPr>
-[...62 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9344" w:type="dxa"/>
+        <w:tblW w:w="8784" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1612"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4107"/>
+        <w:gridCol w:w="1735"/>
+        <w:gridCol w:w="7049"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F49D0" w:rsidRPr="008D1ECB" w14:paraId="725FDDF6" w14:textId="77777777" w:rsidTr="0039725C">
+      <w:tr w:rsidR="00752602" w:rsidRPr="00E83683" w14:paraId="02875868" w14:textId="77777777" w:rsidTr="00846F3B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1612" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1735" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="144" w:type="dxa"/>
+              <w:right w:w="144" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="64F9B0BF" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRPr="008D1ECB" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="50507C2C" w14:textId="77777777" w:rsidR="00752602" w:rsidRPr="00E83683" w:rsidRDefault="00752602">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...8 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>NPSA</w:t>
-[...12 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E83683">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t>Selection modality</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3625" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7049" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="144" w:type="dxa"/>
+              <w:right w:w="144" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="59FE7271" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRPr="008D1ECB" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="3AB888C3" w14:textId="34AFAC8B" w:rsidR="00752602" w:rsidRPr="00E83683" w:rsidRDefault="00752602" w:rsidP="00B005FC">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="70"/>
+              </w:numPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E83683">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Selection by competitive process</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54638671" w14:textId="3B9FE8D7" w:rsidR="00752602" w:rsidRPr="00E83683" w:rsidRDefault="00752602" w:rsidP="00B005FC">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="70"/>
+              </w:numPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E83683">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Direct </w:t>
+            </w:r>
+            <w:r w:rsidR="00546DC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>hire</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E83683">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of a previously assessed </w:t>
+            </w:r>
+            <w:r w:rsidR="626C2A82" w:rsidRPr="3FFA09D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">or </w:t>
+            </w:r>
+            <w:r w:rsidR="626C2A82" w:rsidRPr="6D9291A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">rostered </w:t>
+            </w:r>
+            <w:r w:rsidRPr="6D9291A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>candidate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09298295" w14:textId="235B5A09" w:rsidR="00752602" w:rsidRPr="00E83683" w:rsidRDefault="00752602" w:rsidP="00B005FC">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="70"/>
+              </w:numPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E83683">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lateral </w:t>
+            </w:r>
+            <w:r w:rsidR="00F33FDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>transfer</w:t>
+            </w:r>
+            <w:r w:rsidR="00F33FDB" w:rsidRPr="00E83683">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E83683">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">from another </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>NPSA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E83683">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> position to a similar role at the same level</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18834654" w14:textId="77777777" w:rsidR="00752602" w:rsidRPr="00E83683" w:rsidRDefault="00752602" w:rsidP="00B005FC">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="70"/>
+              </w:numPr>
+              <w:ind w:left="360"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E83683">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Direct selection of a candidate</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00752602" w:rsidRPr="00E83683" w14:paraId="7BC8286F" w14:textId="77777777" w:rsidTr="00846F3B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1735" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="144" w:type="dxa"/>
+              <w:right w:w="144" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="69225899" w14:textId="77777777" w:rsidR="00752602" w:rsidRPr="00E83683" w:rsidRDefault="00752602">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...17 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>NPSA</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E83683">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Selection decision</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E83683">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4107" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7049" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="144" w:type="dxa"/>
+              <w:right w:w="144" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="117937D7" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRPr="008D1ECB" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="65ADE5A2" w14:textId="4EADDC22" w:rsidR="00752602" w:rsidRPr="007F72EE" w:rsidRDefault="00752602" w:rsidP="00846F3B">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:pStyle w:val="paragraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="15"/>
+              </w:numPr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="360"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008D1ECB">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="007F72EE">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:eastAsia="en-GB"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>Head of the Business Unit for all selection modalities, except direct selections</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F72EE">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:eastAsia="en-GB"/>
-[...24 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t> (modality D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F72EE">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:lang w:eastAsia="ja-JP"/>
+              </w:rPr>
+              <w:t>. above</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F72EE">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:u w:val="single"/>
-[...6 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:eastAsia="en-GB"/>
-[...1 lines deleted...]
-              <w:t> </w:t>
+              </w:rPr>
+              <w:t>of regular NPSAs</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...12 lines deleted...]
-          <w:p w14:paraId="58E60782" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRPr="008D1ECB" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="5B4F61F3" w14:textId="77777777" w:rsidR="00752602" w:rsidRPr="007F72EE" w:rsidRDefault="00752602">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:pStyle w:val="paragraph"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008D1ECB">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="007F72EE">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Advertise:  Minimum 1 week </w:t>
+              <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0BBAFD11" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRPr="008D1ECB" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="782A201E" w14:textId="5D36FB40" w:rsidR="00752602" w:rsidRPr="00E83683" w:rsidRDefault="00752602" w:rsidP="00846F3B">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:pStyle w:val="paragraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="15"/>
+              </w:numPr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="360"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="007F72EE">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              <w:t>Bureau Director for direct selections</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F72EE">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Modality: Competitive; </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              <w:t xml:space="preserve"> (modality D.) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Pre-assessed</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              <w:t>of regular NPSAs</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F72EE">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> candidate from a previous competitive process at the same grade level (in the last 36 months); Direct selection from an HR or other approved Roster; Lateral move from another NPSA position to a substantially similar role at the same level; Direct selection upon approval of the Bureau Director.</w:t>
-[...7 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              <w:t xml:space="preserve">, with limited delegation to Head of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00524B91">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+              </w:rPr>
+              <w:t>Business</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00524B91">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              <w:t xml:space="preserve"> Unit under</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F72EE">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Assessment: one or more assessment methods must be used. These can include, among others, panel interviews, tests, Panel desk reviews, technical assessments</w:t>
-[...7 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              <w:t xml:space="preserve"> L</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00846F3B">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              <w:t>1/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F72EE">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
-[...285 lines deleted...]
-              <w:t> </w:t>
+              <w:t>L2/L3 emergencies</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4E7D828E" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRPr="008D1ECB" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
-[...11 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+    <w:p w14:paraId="48C434F1" w14:textId="77777777" w:rsidR="00B005FC" w:rsidRPr="00E83683" w:rsidRDefault="00B005FC" w:rsidP="00B005FC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7553B819" w14:textId="77777777" w:rsidR="00B005FC" w:rsidRPr="00E83683" w:rsidRDefault="00B005FC" w:rsidP="00B005FC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A thorough verification of relevant qualifications and credentials, including thorough reference checks or annual performance reviews (APRs), must be completed in every case. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27CA8B13" w14:textId="77777777" w:rsidR="00B005FC" w:rsidRPr="00E83683" w:rsidRDefault="00B005FC" w:rsidP="00B005FC">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20461246" w14:textId="77777777" w:rsidR="00B005FC" w:rsidRPr="00E83683" w:rsidRDefault="00B005FC" w:rsidP="00B005FC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A. Selection by competitive process </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="400668B0" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRPr="008D1ECB" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
-[...131 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+    <w:p w14:paraId="6B73DEE0" w14:textId="77777777" w:rsidR="00925D63" w:rsidRDefault="00925D63" w:rsidP="00BB479C">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1ED6D2DE" w14:textId="20AFECB5" w:rsidR="00925D63" w:rsidRPr="00E83683" w:rsidRDefault="00925D63" w:rsidP="00B005FC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For </w:t>
+      </w:r>
+      <w:r w:rsidR="4358DC44" w:rsidRPr="21C8A264">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="4358DC44" w:rsidRPr="660C68F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">competitive recruitment of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="660C68F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>regular</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NPSAs, </w:t>
+      </w:r>
+      <w:r w:rsidR="003C1B71">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00591709">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004B0128">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidR="004B0128" w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">acancy </w:t>
+      </w:r>
+      <w:r w:rsidR="004B0128">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">must </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB4682">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be </w:t>
+      </w:r>
+      <w:r w:rsidR="003C1B71">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>advertised</w:t>
+      </w:r>
+      <w:r w:rsidR="004251C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004B0128">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">based on </w:t>
+      </w:r>
+      <w:r w:rsidR="004B0128" w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a budgeted and classified </w:t>
+      </w:r>
+      <w:r w:rsidR="004B0128">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NPSA</w:t>
+      </w:r>
+      <w:r w:rsidR="004B0128" w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pos</w:t>
+      </w:r>
+      <w:r w:rsidR="00D25357">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ition. </w:t>
+      </w:r>
+      <w:r w:rsidR="00321B42">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>For short-term NPSAs,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D506A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> applications may be solicited by other means</w:t>
+      </w:r>
+      <w:r w:rsidR="3FB517D9" w:rsidRPr="3267E54E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="3FB517D9" w:rsidRPr="5A9D178E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>with a classified job description</w:t>
+      </w:r>
+      <w:r w:rsidR="00D506A3" w:rsidRPr="5A9D178E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004F2DDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> If advertised, the minimum period of </w:t>
+      </w:r>
+      <w:r w:rsidR="6BD97036" w:rsidRPr="3EE56AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>advertisement</w:t>
+      </w:r>
+      <w:r w:rsidR="004F2DDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="3A9E8897" w:rsidRPr="467BB3B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>for both short-term and regular PSAs</w:t>
+      </w:r>
+      <w:r w:rsidR="004F2DDE" w:rsidRPr="467BB3B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is one week.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CCF0F26" w14:textId="77777777" w:rsidR="00B005FC" w:rsidRPr="00E83683" w:rsidRDefault="00B005FC" w:rsidP="00B005FC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E8505D6" w14:textId="05CAA79A" w:rsidR="00B005FC" w:rsidRDefault="00B005FC" w:rsidP="00B005FC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To ensure competitiveness, the shortlist must be comprised of at least two candidates, but ideally more. At least one woman should be included on the shortlist. If no female candidate is included on the shortlist, the hiring unit must document the efforts that have been made to identify qualified female candidates including re-advertisement. Where only one qualified candidate has been identified, the hiring unit must document the efforts that have been made to identify additional candidates. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E6584CC" w14:textId="77777777" w:rsidR="00060ADE" w:rsidRDefault="00060ADE" w:rsidP="00B005FC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BF99426" w14:textId="1C869581" w:rsidR="00060ADE" w:rsidRPr="008D1ECB" w:rsidRDefault="00606D82" w:rsidP="00060ADE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="162A4070">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidRPr="76E94554">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> selection process must include </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ompetitive, job-specific objective assessment of skills and competencies.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="1ED2777A" w:rsidRPr="467BB3B9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">At </w:t>
+      </w:r>
+      <w:r w:rsidR="008D5B01">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>least</w:t>
+      </w:r>
+      <w:r w:rsidR="00B84533">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> one </w:t>
+      </w:r>
+      <w:r w:rsidR="00060ADE" w:rsidRPr="76E94554">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>assessment method must be used</w:t>
+      </w:r>
+      <w:r w:rsidR="25BE27CE" w:rsidRPr="467BB3B9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00194A18">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00060ADE" w:rsidRPr="76E94554">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hese can include, among others, panel interviews, </w:t>
+      </w:r>
+      <w:r w:rsidR="00492089" w:rsidRPr="76E94554">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00060ADE" w:rsidRPr="76E94554">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">anel desk reviews, </w:t>
+      </w:r>
+      <w:r w:rsidR="00492089" w:rsidRPr="76E94554">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00060ADE" w:rsidRPr="76E94554">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>technical assessments</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA0A34" w:rsidRPr="76E94554">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5054304A" w14:textId="77777777" w:rsidR="00B005FC" w:rsidRPr="00E83683" w:rsidRDefault="00B005FC" w:rsidP="00846F3B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48CD59D4" w14:textId="5A8CE8F3" w:rsidR="00B005FC" w:rsidRPr="00E83683" w:rsidRDefault="00B005FC" w:rsidP="00B005FC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>A. Selection by competitive process </w:t>
-[...155 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        <w:t xml:space="preserve">B. Direct </w:t>
+      </w:r>
+      <w:r w:rsidR="00546DC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">B. Direct recruitment of a </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        <w:t>hire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of a previously assessed </w:t>
+      </w:r>
+      <w:r w:rsidR="1509AAB5" w:rsidRPr="65799BD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="en-GB"/>
-[...339 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidR="1509AAB5" w:rsidRPr="5E258182">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="en-GB"/>
-[...278 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rostered </w:t>
+      </w:r>
+      <w:r w:rsidRPr="5E258182">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>candidate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08FBF6C8" w14:textId="77777777" w:rsidR="00B005FC" w:rsidRPr="00E83683" w:rsidRDefault="00B005FC" w:rsidP="00B005FC">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45370530" w14:textId="06AB0D89" w:rsidR="00B005FC" w:rsidRPr="00E83683" w:rsidRDefault="00B005FC" w:rsidP="00B005FC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This option allows offices to hire without a </w:t>
+      </w:r>
+      <w:r w:rsidR="007611AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">new </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">competitive </w:t>
+      </w:r>
+      <w:r w:rsidR="007611AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>process</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (“direct </w:t>
+      </w:r>
+      <w:r w:rsidR="007611AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>hire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>”):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ACED48E" w14:textId="6B32FC56" w:rsidR="00B005FC" w:rsidRPr="00E83683" w:rsidRDefault="00B005FC" w:rsidP="00B005FC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="69"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Previous </w:t>
+      </w:r>
+      <w:r w:rsidR="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>NPSA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="56545739" w:rsidRPr="343B1C33">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidR="56545739" w:rsidRPr="67879FA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>national Partner</w:t>
+      </w:r>
+      <w:r w:rsidR="56545739" w:rsidRPr="343B1C33">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PSA (PPSA) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="343B1C33">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>holders</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="27967B50" w:rsidRPr="249C4381">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>at the same level</w:t>
+      </w:r>
+      <w:r w:rsidRPr="69E9364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="27967B50" w:rsidRPr="5A6BDA4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidR="00A9498B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>high</w:t>
+      </w:r>
+      <w:r w:rsidR="27967B50" w:rsidRPr="5A6BDA4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">er than the position to be </w:t>
+      </w:r>
+      <w:r w:rsidR="27967B50" w:rsidRPr="229AB6ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>filled</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5A6BDA4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>with successful performance;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="488450F5" w14:textId="32D39CA1" w:rsidR="00B005FC" w:rsidRDefault="00B005FC" w:rsidP="00B005FC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="69"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Candidates who have been assessed through a competitive process for an </w:t>
+      </w:r>
+      <w:r w:rsidR="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>NPSA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (not PPSA) of the same job function and level, and recommended for the position, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>but  not</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> selected in a previous recruitment process completed within the previous 36 months</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA04BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>; an</w:t>
+      </w:r>
+      <w:r w:rsidR="000F7FD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D11F78A" w14:textId="753BC7D6" w:rsidR="000F7FD7" w:rsidRPr="00E83683" w:rsidRDefault="000F7FD7" w:rsidP="00B005FC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="69"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Candidates included in a roster recognized by UNDP</w:t>
+      </w:r>
+      <w:r w:rsidR="21C4C6CD" w:rsidRPr="0B6F8577">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at the same level or </w:t>
+      </w:r>
+      <w:r w:rsidR="096E4E52" w:rsidRPr="1B1F1DA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>higher</w:t>
+      </w:r>
+      <w:r w:rsidR="21C4C6CD" w:rsidRPr="0B6F8577">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> than the position to be filled</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17229BFA" w14:textId="77777777" w:rsidR="00B005FC" w:rsidRPr="00E83683" w:rsidRDefault="00B005FC" w:rsidP="00B005FC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25C6788C" w14:textId="058F3F02" w:rsidR="00B005FC" w:rsidRPr="00E83683" w:rsidRDefault="00B005FC">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Direct </w:t>
+      </w:r>
+      <w:r w:rsidR="005C4DE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>hire</w:t>
+      </w:r>
+      <w:r w:rsidR="005C4DE2" w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may only be used </w:t>
+      </w:r>
+      <w:r w:rsidR="487E389F" w:rsidRPr="15DE4A6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the same contract modality, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with two or fewer </w:t>
+      </w:r>
+      <w:r w:rsidR="00F4352A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">significant </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>changes to the stated functions</w:t>
+      </w:r>
+      <w:r w:rsidR="345FF505" w:rsidRPr="174ADD65">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB7F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and level of </w:t>
+      </w:r>
+      <w:r w:rsidR="00214FB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>accountability and responsibility</w:t>
+      </w:r>
+      <w:r w:rsidR="345FF505" w:rsidRPr="174ADD65">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="447EC586" w:rsidRPr="467BB3B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="345FF505" w:rsidRPr="6C73F631">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidR="345FF505" w:rsidRPr="467BB3B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>previous</w:t>
+      </w:r>
+      <w:r w:rsidR="63929EBE" w:rsidRPr="467BB3B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ly encumbered</w:t>
+      </w:r>
+      <w:r w:rsidR="345FF505" w:rsidRPr="6C73F631">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="345FF505" w:rsidRPr="442CB1D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or rostered </w:t>
+      </w:r>
+      <w:r w:rsidR="345FF505" w:rsidRPr="5D6259BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>post</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5D6259BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  This means, in particular, that a previous </w:t>
+      </w:r>
+      <w:r w:rsidR="009C15B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PSA holder/recommended candidate cannot be directly recruited to a </w:t>
+      </w:r>
+      <w:r w:rsidR="009C15B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PSA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> position, and vice versa. Moreover, a previous short-term </w:t>
+      </w:r>
+      <w:r w:rsidR="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NPSA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> holder/recommended candidate may not be directly recruited to a regular </w:t>
+      </w:r>
+      <w:r w:rsidR="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NPSA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> position, although a previous regular </w:t>
+      </w:r>
+      <w:r w:rsidR="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NPSA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> holder/recommended candidate may be directly selected for a short-term </w:t>
+      </w:r>
+      <w:r w:rsidR="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NPSA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> position. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A0B6B93" w14:textId="77777777" w:rsidR="00B005FC" w:rsidRDefault="00B005FC" w:rsidP="00B005FC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DA4A99E" w14:textId="09C32101" w:rsidR="001F0E0C" w:rsidRPr="001930EA" w:rsidRDefault="001F0E0C" w:rsidP="001F0E0C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001930EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UNDP business units may also use a </w:t>
+      </w:r>
+      <w:r w:rsidR="007851FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HR </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001930EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>roster of pre–assessed candidates</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> which is officially recognized by UNDP</w:t>
+      </w:r>
+      <w:r w:rsidR="00416808">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00416808" w:rsidRPr="001930EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>For short-term NPSA,</w:t>
+      </w:r>
+      <w:r w:rsidR="00416808">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> they may also use</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="7FF27FAE" w:rsidRPr="782F0F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>Indiv</w:t>
+      </w:r>
+      <w:r w:rsidR="50AFE051" w:rsidRPr="782F0F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="7FF27FAE" w:rsidRPr="782F0F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>dual Consultant (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="782F0F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>IC</w:t>
+      </w:r>
+      <w:r w:rsidR="6AA8DBC9" w:rsidRPr="782F0F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="782F0F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="60678951">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidR="735AC875" w:rsidRPr="60678951">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lobal </w:t>
+      </w:r>
+      <w:r w:rsidRPr="60678951">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="0CFCB318" w:rsidRPr="60678951">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">olicy </w:t>
+      </w:r>
+      <w:r w:rsidRPr="60678951">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="11AD3873" w:rsidRPr="60678951">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>etwork</w:t>
+      </w:r>
+      <w:r w:rsidRPr="60678951">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rosters. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B5A9688" w14:textId="77777777" w:rsidR="001F0E0C" w:rsidRPr="00E83683" w:rsidRDefault="001F0E0C" w:rsidP="00B005FC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="332AC2A4" w14:textId="1DD5EC32" w:rsidR="00B005FC" w:rsidRPr="00E83683" w:rsidRDefault="00B005FC" w:rsidP="00B005FC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hiring managers should interview the individual to ascertain that the individual is interested in the position and to reconfirm their suitability. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The recommendation and the criteria </w:t>
+      </w:r>
+      <w:r w:rsidR="60F39FB5" w:rsidRPr="467BB3B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">used </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">must be documented. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Direct </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB4682">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>hire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is subject to approval of the Head of the Business Unit.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="4472C4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008D1ECB">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A79D80F" w14:textId="77777777" w:rsidR="00B005FC" w:rsidRPr="00E83683" w:rsidRDefault="00B005FC" w:rsidP="00B005FC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F62800D" w14:textId="6423D985" w:rsidR="00B005FC" w:rsidRPr="00E83683" w:rsidRDefault="00B005FC" w:rsidP="00B005FC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>of a candidate</w:t>
-[...62 lines deleted...]
-          <w:lang w:eastAsia="en-GB"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C. Lateral </w:t>
+      </w:r>
+      <w:r w:rsidR="00A869F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>transfer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from another </w:t>
+      </w:r>
+      <w:r w:rsidR="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NPSA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> position </w:t>
+      </w:r>
+      <w:r w:rsidR="00601CB6" w:rsidRPr="00601CB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to a similar role at the same level</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00D7734E" w14:textId="77777777" w:rsidR="00B005FC" w:rsidRPr="00E83683" w:rsidRDefault="00B005FC" w:rsidP="00B005FC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="646F1F1F" w14:textId="6370F1A9" w:rsidR="00B005FC" w:rsidRPr="00E83683" w:rsidRDefault="00B005FC" w:rsidP="00B005FC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A hiring unit may also transfer an </w:t>
+      </w:r>
+      <w:r w:rsidR="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>NPSA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> holder from one project or position to another with </w:t>
+      </w:r>
+      <w:r w:rsidR="00C05520">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>similar</w:t>
+      </w:r>
+      <w:r w:rsidR="00C05520" w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>functions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the same band/level and remuneration, </w:t>
+      </w:r>
+      <w:r w:rsidR="76F84D4B" w:rsidRPr="467BB3B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in the same duty station</w:t>
+      </w:r>
+      <w:r w:rsidRPr="467BB3B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>without a new competitive process, provided that the candidate has a satisfactory performance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> record</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. In such instances a new </w:t>
+      </w:r>
+      <w:r w:rsidR="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>NPSA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contract</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must be issued. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B26B44">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A NPSA holder cannot be transferred to </w:t>
+      </w:r>
+      <w:r w:rsidR="00B26B44">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">another position </w:t>
+      </w:r>
+      <w:r w:rsidR="00542FBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in a different duty station</w:t>
+      </w:r>
+      <w:r w:rsidR="005166D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005166D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>i.e.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005166D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at a different geographical location) even if it is within the same Office.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D80E1F9" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRPr="008D1ECB" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
-[...20 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+    <w:p w14:paraId="1609D36A" w14:textId="77777777" w:rsidR="00B005FC" w:rsidRPr="00E83683" w:rsidRDefault="00B005FC" w:rsidP="00B005FC">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="145"/>
-[...7 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+    </w:p>
+    <w:p w14:paraId="2E727E3F" w14:textId="77777777" w:rsidR="00B005FC" w:rsidRPr="00E83683" w:rsidRDefault="00B005FC" w:rsidP="00B005FC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">D. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Direct selection</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...9 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of a candidate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7961FE37" w14:textId="77777777" w:rsidR="00B005FC" w:rsidRPr="00E83683" w:rsidRDefault="00B005FC" w:rsidP="00B005FC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F628130" w14:textId="705F9C40" w:rsidR="00B005FC" w:rsidRPr="00E83683" w:rsidRDefault="00B005FC" w:rsidP="00B005FC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The UNDP Administrator, Associate Administrator or their delegates (Bureau and Independent Office Directors and Deputies, UNV or UNCDF Executive Coordinator, and UNOSSC Director) may hire a candidate on any </w:t>
+      </w:r>
+      <w:r w:rsidR="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>NPSA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> position directly. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4102D5FF" w14:textId="77777777" w:rsidR="00B005FC" w:rsidRPr="00E83683" w:rsidRDefault="00B005FC" w:rsidP="00B005FC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24D85D06" w14:textId="77F71E04" w:rsidR="00B005FC" w:rsidRPr="00E83683" w:rsidRDefault="00B005FC" w:rsidP="00B005FC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>In duty stations presently designated as L</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF2F9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00274BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>/L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2/L3 emergencies, the Head of the Business Unit (RRs in </w:t>
+      </w:r>
+      <w:r w:rsidR="2F2798E2" w:rsidRPr="467BB3B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="467BB3B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ountry </w:t>
+      </w:r>
+      <w:r w:rsidR="18A36237" w:rsidRPr="467BB3B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ffices) may select individuals directly and contract them under a short-term or regular </w:t>
+      </w:r>
+      <w:r w:rsidR="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>NPSA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, up to the maximum </w:t>
+      </w:r>
+      <w:r w:rsidR="02D1BFA2" w:rsidRPr="467BB3B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">duration </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>as designated separately, and with the total duration</w:t>
+      </w:r>
+      <w:r w:rsidR="00273FC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of assignment</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF6948">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (including </w:t>
+      </w:r>
+      <w:r w:rsidR="00273FC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">contract </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF6948">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>extensions)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> not to exceed two years, provided the candidate meets the requirements of the position</w:t>
+      </w:r>
+      <w:r w:rsidRPr="467BB3B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0847E5F3" w14:textId="4E9E57EB" w:rsidR="001930EA" w:rsidRPr="001930EA" w:rsidRDefault="00B005FC" w:rsidP="00846F3B">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00DF7632" w14:textId="77777777" w:rsidR="001930EA" w:rsidRPr="00846F3B" w:rsidRDefault="001930EA" w:rsidP="00B005FC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A87697B" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRPr="00E83683" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5EAB93D7" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRPr="008D1ECB" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
-[...60 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="27E65B2B" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRPr="00E83683" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DDAD2D7" w14:textId="4EBA188C" w:rsidR="006F49D0" w:rsidRPr="00FE7433" w:rsidRDefault="006F49D0" w:rsidP="00FE7433">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
           <w:u w:val="single"/>
-          <w:lang w:eastAsia="en-GB"/>
-[...21 lines deleted...]
-          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="234" w:name="_Annex_2:_Remuneration"/>
+      <w:bookmarkEnd w:id="234"/>
+      <w:r w:rsidRPr="00E83683">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...1075 lines deleted...]
-        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:bookmarkStart w:id="147" w:name="_Toc98839857"/>
-      <w:bookmarkStart w:id="148" w:name="OLE_LINK3"/>
+      <w:bookmarkStart w:id="235" w:name="OLE_LINK3"/>
+      <w:bookmarkStart w:id="236" w:name="_Toc199406884"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Annex 2: Remu</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE7433">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>neration Scales, Classification Bands, and Setting the Remuneration for NPSAs</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="147"/>
-      <w:bookmarkEnd w:id="148"/>
+      <w:bookmarkEnd w:id="235"/>
+      <w:bookmarkEnd w:id="236"/>
     </w:p>
     <w:p w14:paraId="1ED73283" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40B98C1A" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The remuneration scale for NPSAs is established for each country individually and promulgated by the Resident Representative of the country office. While it is understood that the scale does not utilize the same comparators as those used for setting the UN staff salary scales, the UN salary scale is used as a reliable reference point in each country. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2940AA59" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="2940AA59" w14:textId="513CCEBE" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In countries with </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>programmes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> that fall formally under the Support Services of UNDP to National Implementation (NIM),  alternative remuneration scales may be promulgated by the Resident Representative of the country office to be used specifically for NPSAs that fall under the NIM. A NIM-specific remuneration scale shall follow the same principle of fixating a reference (percentage) to the UN salary scale as </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> applied across all the NPSA  levels </w:t>
+        <w:t xml:space="preserve"> that fall formally under the Support Services of UNDP to National Implementation (NIM), alternative remuneration scales may be promulgated by the Resident Representative of the country office to be used specifically for NPSAs that fall under the NIM. A NIM-specific remuneration scale shall follow the same principle of fixating a reference (percentage) to the UN salary scale as appropriate, and applied across all the NPSA levels </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>under the NIM project(s) subject to the NIM-specific remuneration scale</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30D3D733" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49F38237" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="49F38237" w14:textId="7EF3DA99" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Generally, adjustments to NPSA scales will be prospective in nature, unless the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Bureau Director or his/her Deputy </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>approves the  adjustment retroactively. A Resident Representative may request the retroactive application of a scale,  for compelling reasons  specific to their  country, keeping in mind the implications of such a decision across all entities using the modality. The request must be sent via the Regional Business partner.</w:t>
+        <w:t>approves the adjustment retroactively. A Resident Representative may request the retroactive application of a scale, for compelling reasons specific to their country, keeping in mind the implications of such a decision across all entities using the modality. The request must be sent via the Regional Business partner.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DD744C9" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66768D76" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="66768D76" w14:textId="11EDF651" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A new NPSA scale is established in each country, effective the month following the announcement of a new UN salary scale in that country (not the effective date of the UN salary scale). For example, should a UN salary scale be announced in September, taking effect retroactively as of March, the new NPSA scale would only be established with effect from October and applied accordingly.</w:t>
       </w:r>
-    </w:p>
-[...9 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="2D85616C" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Temporary special measures may also be extended to NPSAs in countries where such measures have been introduced by the wider UN due to high inflation rates or other emergency needs, subject to the approval of the UNDP Resident Representative.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70F73716" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -30533,60 +30965,60 @@
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> comprises a number of levels at which </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> holders can be appointed. The classification of these levels is aligned to the corresponding UNDP grade levels and is set out in the form of broad bands, as shown in the table below. They provide a necessary </w:t>
+        <w:t xml:space="preserve"> holders can be appointed. The classification of these levels is aligned to the corresponding UNDP grade levels and is set </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>degree of flexibility for hiring managers to adjust pay according to skills and market circumstances. </w:t>
+        <w:t>out in the form of broad bands, as shown in the table below. They provide a necessary degree of flexibility for hiring managers to adjust pay according to skills and market circumstances. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="745C23B6" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0DD2DFF3" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -30614,712 +31046,624 @@
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="3352" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8624"/>
+        <w:gridCol w:w="8656"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F49D0" w14:paraId="68DE2AC8" w14:textId="77777777" w:rsidTr="0039725C">
+      <w:tr w:rsidR="006F49D0" w14:paraId="68DE2AC8" w14:textId="77777777" w:rsidTr="00DF6428">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3352" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="TableGrid"/>
               <w:tblW w:w="9047" w:type="dxa"/>
               <w:jc w:val="center"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="1960"/>
               <w:gridCol w:w="3544"/>
               <w:gridCol w:w="3543"/>
             </w:tblGrid>
-            <w:tr w:rsidR="006F49D0" w14:paraId="7535D8C1" w14:textId="77777777" w:rsidTr="0039725C">
+            <w:tr w:rsidR="006F49D0" w14:paraId="7535D8C1" w14:textId="77777777" w:rsidTr="00DF6428">
               <w:trPr>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9047" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
                 </w:tcPr>
-                <w:p w14:paraId="33E1B6FD" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+                <w:p w14:paraId="33E1B6FD" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
                   <w:pPr>
                     <w:ind w:left="720"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:b/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:b/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t>National PSA</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="006F49D0" w14:paraId="584DBBF3" w14:textId="77777777" w:rsidTr="0039725C">
+            <w:tr w:rsidR="006F49D0" w14:paraId="584DBBF3" w14:textId="77777777" w:rsidTr="00DF6428">
               <w:trPr>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1960" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
                 </w:tcPr>
-                <w:p w14:paraId="2DC963F1" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+                <w:p w14:paraId="2DC963F1" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
                       <w:i/>
                       <w:iCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
                       <w:i/>
                       <w:iCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t>Band</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3544" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
                 </w:tcPr>
-                <w:p w14:paraId="220BE9E5" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+                <w:p w14:paraId="220BE9E5" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
                       <w:i/>
                       <w:iCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
                       <w:i/>
                       <w:iCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t>Classified As</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3543" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
                 </w:tcPr>
-                <w:p w14:paraId="3E18CBC3" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+                <w:p w14:paraId="3E18CBC3" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
                       <w:i/>
                       <w:iCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
                       <w:i/>
                       <w:iCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t>Corresponding National UN Staff level</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="006F49D0" w14:paraId="4C9EA1BA" w14:textId="77777777" w:rsidTr="0039725C">
+            <w:tr w:rsidR="006F49D0" w14:paraId="4C9EA1BA" w14:textId="77777777" w:rsidTr="00DF6428">
               <w:trPr>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1960" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
                 </w:tcPr>
-                <w:p w14:paraId="39303763" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+                <w:p w14:paraId="39303763" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="nl-NL"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="nl-NL"/>
                     </w:rPr>
                     <w:t>NB1</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="09C9B034" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+                <w:p w14:paraId="09C9B034" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="nl-NL"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="nl-NL"/>
                     </w:rPr>
                     <w:t>NB2</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="19796933" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+                <w:p w14:paraId="19796933" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="nl-NL"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="nl-NL"/>
                     </w:rPr>
                     <w:t>NB3</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="61C586BE" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+                <w:p w14:paraId="61C586BE" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="nl-NL"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="nl-NL"/>
                     </w:rPr>
                     <w:t>NB4</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="71CF1038" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+                <w:p w14:paraId="71CF1038" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="nl-NL"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="nl-NL"/>
                     </w:rPr>
                     <w:t>NB5</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="2FAE3572" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+                <w:p w14:paraId="2FAE3572" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="nl-NL"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="nl-NL"/>
                     </w:rPr>
                     <w:t>NB6</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3544" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
                 </w:tcPr>
-                <w:p w14:paraId="49452F0E" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+                <w:p w14:paraId="49452F0E" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="nl-NL"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="nl-NL"/>
                     </w:rPr>
                     <w:t>NPSA 1-3</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="7E2B015A" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+                <w:p w14:paraId="7E2B015A" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="nl-NL"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="nl-NL"/>
                     </w:rPr>
                     <w:t>NPSA 4-5</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="52DFCEA8" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+                <w:p w14:paraId="52DFCEA8" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="nl-NL"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="nl-NL"/>
                     </w:rPr>
                     <w:t>NPSA 6-7</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="6F07F1B3" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+                <w:p w14:paraId="6F07F1B3" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="nl-NL"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="nl-NL"/>
                     </w:rPr>
                     <w:t>NPSA 8-9</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="1ED044BC" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+                <w:p w14:paraId="1ED044BC" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="nl-NL"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="nl-NL"/>
                     </w:rPr>
                     <w:t>NPSA 10-11</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="36E99892" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+                <w:p w14:paraId="36E99892" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t>NPSA 12</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3543" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
                 </w:tcPr>
-                <w:p w14:paraId="3A8EDC53" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+                <w:p w14:paraId="3A8EDC53" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t>1-3</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="15A73A57" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+                <w:p w14:paraId="15A73A57" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t>4-5</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="4B75DB72" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+                <w:p w14:paraId="4B75DB72" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t>6-7</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="037074F7" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+                <w:p w14:paraId="037074F7" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t>8-9</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="0C43E553" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+                <w:p w14:paraId="0C43E553" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t>10-11</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="23C16078" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+                <w:p w14:paraId="23C16078" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                       <w:bCs/>
-                      <w:sz w:val="22"/>
-                      <w:szCs w:val="22"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t>12</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="7CAF3701" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="7CAF3701" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2E1C1998" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="070E9505" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="070E9505" w14:textId="02A8A710" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>The NPSA remuneration scale is set at 76% of each of its corresponding levels on the national UN salary scale established in the country office. The minimum for each band shall equal 76% of step 1 of the lower of the two grades at the corresponding grade in the national UN salary scale. The maximum is 76% of step 8 of the higher of the two grades. For example:</w:t>
       </w:r>
     </w:p>
@@ -31614,2110 +31958,1889 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BA7E458" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02EFE05C" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
-[...11 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+    <w:p w14:paraId="02EFE05C" w14:textId="61EFF81C" w:rsidR="006F49D0" w:rsidRPr="00DA2145" w:rsidRDefault="006F49D0" w:rsidP="00846F3B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA2145">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>While the pay of </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="en-GB"/>
+      <w:r w:rsidRPr="00846F3B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NPSAs</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidRPr="00DA2145">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> may be set at any point between the minimum and the maximum within each band (the range), the classified level of the position would serve as an indicator for the level of remuneration for individual </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="en-GB"/>
+      <w:r w:rsidRPr="00846F3B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NPSAs</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidRPr="00DA2145">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. The default pay is always the equivalent of 76% of the net salary of its corresponding UN scale level. Business Unit Heads may also pay above the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidRPr="00DA2145">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>default</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> if necessary, that is, in instances where there is a need to pay above the default levels, but not exceeding the maximum of the band, due to contingencies of service and up to any amount from within the respective National Band in which the NPSA level falls. Such contingencies of service for paying below or beyond the default shall require the approval of the Head of the Business Unit, but never beyond the band minimum or maximum, and may include reasons such as budget (if lower than the default but within the band), availability of technical expertise in the local market, and based on the special skills the individual brings with him/her to the position and to the organization. </w:t>
+      <w:r w:rsidRPr="00DA2145">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if necessary, that is, in instances where there is a need to pay above the default levels, but not exceeding the maximum of the band, due to contingencies of service and up to any amount from within the respective National Band in which the NPSA level falls. Such contingencies of service for paying below or beyond the default shall require the approval of the Head of the Business Unit, but never beyond the band minimum or maximum, and may include reasons such as budget (if lower than the default but within the band), availability of technical expertise in the local market, and based on the special skills the individual brings to the position and to the organization. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="477EDB79" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68B697AF" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">NPSA salary scales are linked to those applied by the UN only with those provisions of the UN remuneration scales and methodology that apply which are relevant for the purposes of the NPSA. The linkage should not be construed as a direct linkage in terms of common status or objectives or purpose between the contracts, nor conferring rights which apply to other categories of personnel to whom the UN Staff Rules apply. The purpose of contracting NPSAs </w:t>
+        <w:t xml:space="preserve">NPSA salary scales are linked to those applied by the UN only with those provisions of the UN remuneration scales and methodology that apply which are relevant for the purposes of the NPSA. The linkage should not be construed as a direct linkage in terms of common status or </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>remains consistent with the overall effort to increase national capacity and expertise in the countries of operation and is geared towards a different market target group hence its original sourcing of survey inputs predominantly from the public sector in the past. The NPSA type of work is strongly linked to the project nature and funding of the activities and functions.</w:t>
+        <w:t>objectives or purpose between the contracts, nor conferring rights which apply to other categories of personnel to whom the UN Staff Rules apply. The purpose of contracting NPSAs remains consistent with the overall effort to increase national capacity and expertise in the countries of operation and is geared towards a different market target group hence its original sourcing of survey inputs predominantly from the public sector in the past. The NPSA type of work is strongly linked to the project nature and funding of the activities and functions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FE6068A" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7695C089" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>The NPSA targets a different market portion (prevailing instead of best prevailing</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>The NPSA targets a different market portion (prevailing instead of best prevailing), and focuses on public sector rather than the private sector. Hence the practical linkage to the UN salary scale as a reference point utilizing those specific portions of comparators that are relevant to the purpose of this contract and not all those utilized by UN standard methodology, and that the link is purely a practical one for a process that is already being invested in.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A0830E4" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>), and</w:t>
-[...20 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57489509" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="149" w:name="_Hlk131090084"/>
+      <w:bookmarkStart w:id="237" w:name="_Hlk131090084"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The NPSA stipulates a fixed level of remuneration in local currency and payments are made in local currency, but also follows the currency established by the UN in that country if the remuneration payments in a currency other than the local currency. If the remuneration scale is denominated in a currency other than the local currency and is paid in local currency, the UN prevailing rate of exchange (UNORE) must be applied. For countries where special measures are approved by the UN and applied to the reference UN salary scales (i.e., payment of national staff salaries in hard currency), the special measures will be automatically applied to the NPSA remuneration scale as well. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:p w14:paraId="168A5DED" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:bookmarkEnd w:id="237"/>
+    <w:p w14:paraId="63757289" w14:textId="5965B266" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="554216E7" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="2BB7CAB6" w14:textId="2D79CC85" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Regular NPSAs may be eligible to have a portion of their local salaries transferred directly into their UNFCU accounts in United States Dollars through central Payroll at the prevailing rate of exchange (UNORE), </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AF57BA">
+        <w:t xml:space="preserve">In situations where there is a freeze on the NPSA salary scale, and where the current pay of an individual on NPSA is on a higher pay than a new position for which the NPSA holder has been newly hired on, the salary of the newly hired NPSA holder shall be protected and maintained at </w:t>
+      </w:r>
+      <w:r w:rsidR="00A1470D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>only if exceptional approval of the Associate Administrator through the BMS Director’s Office is obtained, first.  The exceptional approval is time-bound, usually for one-year, and would need to be re-submitted to the Associate Administrator for an additional extension of time at expiration.  Eligibility is also dependent upon any</w:t>
+        <w:t>their</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> limitation placed by UNFCU on the operation of such accounts.</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">In situations where there is a freeze on the NPSA salary scale, and where the current pay of an individual on NPSA is on a higher pay than a new position for which the NPSA holder has been newly hired on, the salary of the newly hired NPSA holder shall be protected and maintained at his/her previous nominal salary.  </w:t>
+        <w:t xml:space="preserve"> previous nominal salary.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44E872E5" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="248C9FAC" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="41D65337" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="150" w:name="_Annex_2:_Overview"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="151"/>
+      <w:bookmarkStart w:id="238" w:name="_Annex_2:_Overview"/>
+      <w:bookmarkStart w:id="239" w:name="_Annex_3:_Overview"/>
+      <w:bookmarkStart w:id="240" w:name="_Toc199406885"/>
+      <w:bookmarkEnd w:id="238"/>
+      <w:bookmarkEnd w:id="239"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Annex 3: Overview of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> benefits</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="152"/>
+      <w:bookmarkEnd w:id="240"/>
     </w:p>
     <w:p w14:paraId="564334A1" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B46E18C" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9206" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2827"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3118"/>
+        <w:gridCol w:w="2823"/>
+        <w:gridCol w:w="3256"/>
+        <w:gridCol w:w="3111"/>
+        <w:gridCol w:w="16"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F49D0" w14:paraId="186E3409" w14:textId="77777777" w:rsidTr="0039725C">
+      <w:tr w:rsidR="006F49D0" w14:paraId="186E3409" w14:textId="77777777" w:rsidTr="00BB479C">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="16" w:type="dxa"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2827" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1947A8A1" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="1947A8A1" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6D1CEA33" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="6D1CEA33" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Regular</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="09518BD6" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="09518BD6" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Short-term</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F49D0" w14:paraId="7551C90E" w14:textId="77777777" w:rsidTr="0039725C">
+      <w:tr w:rsidR="006F49D0" w14:paraId="7551C90E" w14:textId="77777777" w:rsidTr="00BB479C">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="16" w:type="dxa"/>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2827" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56CF05F3" w14:textId="513AB082" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00846F3B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Annual Increment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F241C75" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Yes (3%)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0764A4E6" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>(Ceiling is band maximum)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B16D0B7" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F49D0" w14:paraId="05D7A4AF" w14:textId="77777777" w:rsidTr="00BB479C">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="16" w:type="dxa"/>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2827" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D9B105A" w14:textId="53924CB5" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00846F3B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>National Pension Fund</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20CF26B0" w14:textId="2E95A1A8" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00846F3B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(in lieu of)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="460BE72F" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51B0C739" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F49D0" w14:paraId="4371F77E" w14:textId="77777777" w:rsidTr="00BB479C">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="16" w:type="dxa"/>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2827" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CD59249" w14:textId="3D678512" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00846F3B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Medical Insurance</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6859C3A6" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56B39BEF" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F49D0" w14:paraId="45DC22C9" w14:textId="77777777" w:rsidTr="00BB479C">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="16" w:type="dxa"/>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2827" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0630642F" w14:textId="4768D19D" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00846F3B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Medical Ins. (depend.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09801686" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Optional</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11ECD60B" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F49D0" w14:paraId="22F43034" w14:textId="77777777" w:rsidTr="00BB479C">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="16" w:type="dxa"/>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2827" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="292F5B1A" w14:textId="1B3E5838" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00846F3B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>MAIP</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18C6C55F" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C8E8795" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F49D0" w14:paraId="40202AFF" w14:textId="77777777" w:rsidTr="00BB479C">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="16" w:type="dxa"/>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2827" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CEA02E6" w14:textId="34A7DF83" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00846F3B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>G</w:t>
+            </w:r>
+            <w:r w:rsidR="0017606E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eneral </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidR="0017606E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>iability Insurance</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="087DFA64" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63FB70B8" w14:textId="27366C39" w:rsidR="006F49D0" w:rsidRDefault="0017606E" w:rsidP="00DF6428">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF2162" w14:paraId="4D694775" w14:textId="77777777" w:rsidTr="00BB479C">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2827" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56CF05F3" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="79AAF5B4" w14:textId="2E79FC81" w:rsidR="0017606E" w:rsidRDefault="0017606E">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Annual Increment</w:t>
-[...10 lines deleted...]
-              <w:t> </w:t>
+              <w:t>Death &amp; Disability Insurance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F241C75" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="2EA0E89D" w14:textId="37EE1F41" w:rsidR="0017606E" w:rsidRDefault="0017606E" w:rsidP="00DF6428">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:eastAsia="en-GB"/>
-[...21 lines deleted...]
-              <w:t>(Ceiling is band maximum)</w:t>
+              </w:rPr>
+              <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B16D0B7" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="6E088A00" w14:textId="25F36462" w:rsidR="0017606E" w:rsidRDefault="0017606E" w:rsidP="00DF6428">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>No</w:t>
+              <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F49D0" w14:paraId="05D7A4AF" w14:textId="77777777" w:rsidTr="0039725C">
+      <w:tr w:rsidR="006F49D0" w14:paraId="2D76D220" w14:textId="77777777" w:rsidTr="00BB479C">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="16" w:type="dxa"/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2827" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D9B105A" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="2D1E3E8C" w14:textId="01FEFCF6" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00846F3B">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">National Pension Fund </w:t>
-[...31 lines deleted...]
-              <w:t> </w:t>
+              <w:t>Overtime</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="460BE72F" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="7C524664" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>Yes</w:t>
+              <w:t>Yes (NPSA 1-7)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51B0C739" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="7B6359BE" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F49D0" w14:paraId="4371F77E" w14:textId="77777777" w:rsidTr="0039725C">
+      <w:tr w:rsidR="006F49D0" w14:paraId="3B841171" w14:textId="77777777" w:rsidTr="00BB479C">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="16" w:type="dxa"/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2827" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CD59249" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="4267D218" w14:textId="6DE2930E" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00846F3B">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Medical Insurance</w:t>
-[...10 lines deleted...]
-              <w:t> </w:t>
+              <w:t>UN Holidays</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6859C3A6" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="23F3AC9A" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56B39BEF" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="5631472B" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F49D0" w14:paraId="45DC22C9" w14:textId="77777777" w:rsidTr="0039725C">
+      <w:tr w:rsidR="006F49D0" w14:paraId="39DBC150" w14:textId="77777777" w:rsidTr="00BB479C">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="16" w:type="dxa"/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2827" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0630642F" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="549DE734" w14:textId="2C9A9E79" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00846F3B">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Medical Ins. (depend.)</w:t>
-[...10 lines deleted...]
-              <w:t> </w:t>
+              <w:t>Sick Leave</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09801686" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="48BB96D9" w14:textId="4FEAFBDC" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...6 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>Optional</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yes, 2 d/m, </w:t>
+            </w:r>
+            <w:r w:rsidR="00E83094">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>including</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006B391F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>7 uncertified</w:t>
+            </w:r>
+            <w:r w:rsidR="00E83094">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>/year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11ECD60B" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="5F96DE51" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F49D0" w14:paraId="22F43034" w14:textId="77777777" w:rsidTr="0039725C">
+      <w:tr w:rsidR="006F49D0" w14:paraId="07C6502F" w14:textId="77777777" w:rsidTr="00BB479C">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="16" w:type="dxa"/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2827" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="292F5B1A" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="3E93E584" w14:textId="42BE4F70" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00846F3B">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>MAIP</w:t>
-[...10 lines deleted...]
-              <w:t> </w:t>
+              <w:t>Annual Leave</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18C6C55F" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="4AD8CF6C" w14:textId="04CD08DB" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Yes</w:t>
+              <w:t>Yes, 2.5 d/m</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C8E8795" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="7A9A2D3C" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Yes</w:t>
+              <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F49D0" w14:paraId="40202AFF" w14:textId="77777777" w:rsidTr="0039725C">
+      <w:tr w:rsidR="006F49D0" w14:paraId="1D84B785" w14:textId="77777777" w:rsidTr="00BB479C">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="16" w:type="dxa"/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2827" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CEA02E6" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="5DFED870" w14:textId="48D97C8B" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00846F3B">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>GLI, D&amp;D</w:t>
+              <w:t xml:space="preserve">Parental leave </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB1C40">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ja-JP"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00DB1C40">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ja-JP"/>
+              </w:rPr>
+              <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:eastAsia="en-GB"/>
-[...1 lines deleted...]
-              <w:t> </w:t>
+              </w:rPr>
+              <w:t>birth parent</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB1C40">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ja-JP"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="087DFA64" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="79E46C25" w14:textId="6E63176D" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006B391F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
-          </w:p>
-[...131 lines deleted...]
-              <w:textAlignment w:val="baseline"/>
+            <w:r w:rsidR="006B391F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>,</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>No</w:t>
-[...588 lines deleted...]
-              <w:t>4 </w:t>
+              <w:t xml:space="preserve"> 16 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>wks</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B7D2069" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="4B15C71E" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F49D0" w14:paraId="4642BD9E" w14:textId="77777777" w:rsidTr="0039725C">
+      <w:tr w:rsidR="006F49D0" w14:paraId="0A515648" w14:textId="77777777" w:rsidTr="00BB479C">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="16" w:type="dxa"/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2827" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D67BEA0" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="07813932" w14:textId="6A869BF8" w:rsidR="006F49D0" w:rsidRPr="00846F3B" w:rsidRDefault="006F49D0" w:rsidP="00846F3B">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ja-JP"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
+              <w:t xml:space="preserve">Parental leave </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB1C40">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ja-JP"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00DB1C40">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ja-JP"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Hardship Leave</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              <w:t>non-birth parent</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB1C40">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:eastAsia="en-GB"/>
-[...1 lines deleted...]
-              <w:t> </w:t>
+                <w:lang w:eastAsia="ja-JP"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4009025A" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="4129CBD2" w14:textId="534D2920" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006B391F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:eastAsia="en-GB"/>
-[...2 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>Yes,</w:t>
+            </w:r>
+            <w:r w:rsidR="006B391F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>wks</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34AC04D9" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="0039725C">
+          <w:p w14:paraId="7B7D2069" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F49D0" w14:paraId="4642BD9E" w14:textId="77777777" w:rsidTr="00BB479C">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="16" w:type="dxa"/>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2827" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D67BEA0" w14:textId="6367C2E8" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00846F3B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hardship Leave</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4009025A" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34AC04D9" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00DF6428">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="09712680" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
@@ -33731,150 +33854,112 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54DEB6A5" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F11AFFB" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
-[...15 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="7F11AFFB" w14:textId="522F90AF" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64991A6E" w14:textId="05CE5E2C" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="241" w:name="_Annex_3:_Definition"/>
+      <w:bookmarkStart w:id="242" w:name="_Annex_4:_Definition"/>
+      <w:bookmarkStart w:id="243" w:name="_Toc199406886"/>
+      <w:bookmarkEnd w:id="241"/>
+      <w:bookmarkEnd w:id="242"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Annex 4: Definition of functions of inherent nature</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="243"/>
+    </w:p>
+    <w:p w14:paraId="6097DDAD" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64991A6E" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
-[...67 lines deleted...]
-    </w:p>
     <w:p w14:paraId="16C68DE8" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="244" w:name="_Hlk56975668"/>
     </w:p>
     <w:p w14:paraId="5A3EC5D0" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Activities of an </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
@@ -33891,1291 +33976,997 @@
         </w:rPr>
         <w:t>to the UN are those which require the exercise of substantial discretion in applying UN authority and/or in making decisions for the UN. The activities normally fall into two categories: a) the exercise of high-level authority or b) the establishment of procedures and processes related to the oversight of monetary transactions or entitlements. An inherently UN activity involves: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35378FCF" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F94CA79" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
-[...41 lines deleted...]
-    <w:p w14:paraId="766D11C4" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="2F94CA79" w14:textId="7E858AAF" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00846F3B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Determining, protecting, and advancing the interests of the United Nations, by diplomatic means or political means or otherwise; </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="514F8151" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:t>Binding UNDP to take or not to take some action by contract, public pronouncement or otherwise; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A28485D" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:left="720"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="7220D6AA" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="766D11C4" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Significantly affecting the safety and security or property of </w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="70D83A94" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:t>Determining, protecting, and advancing the interests of the United Nations, by diplomatic means or political means or otherwise; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="514F8151" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="324C45AA" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="7220D6AA" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Exerting ultimate control over the acquisition, use, or disposition of United Nations property (real or personal, tangible or intangible); </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="33195503" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:t>Significantly affecting the safety and security or property of persons;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70D83A94" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DDF2E27" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="324C45AA" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Establishing policies or procedures for the collection, control, or disbursement of funds; </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="25FA74BF" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:t xml:space="preserve">Exerting ultimate control over the acquisition, use, or disposition of United Nations property (real or personal, tangible or intangible); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33195503" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="145D907E" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="6DDF2E27" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Acting as internal control custodian of the organization. The list below contains an example of such functions that must be held by staff, as specified in UNDP’s internal control framework: </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="647CE1BA" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:t xml:space="preserve">Establishing policies or procedures for the collection, control, or disbursement of funds; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25FA74BF" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...415 lines deleted...]
-    <w:p w14:paraId="33B5E255" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    </w:p>
+    <w:p w14:paraId="145D907E" w14:textId="657948F0" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="44"/>
+          <w:numId w:val="43"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>The functions performed under the position are not meant to indirectly support a specific, limited in time, kind of initiative/project, such as a specific business development engagement, study visit, consultancy, specific training, etc.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="63B8ABD9" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:t xml:space="preserve">Acting as internal control custodian of the organization. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC227E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">More specifically, </w:t>
+      </w:r>
+      <w:r w:rsidR="00886FC9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">specific </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>functions that must be held by staff</w:t>
+      </w:r>
+      <w:r w:rsidR="00C43FE2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> specified in </w:t>
+      </w:r>
+      <w:r w:rsidR="006512AF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the Operational Guide of the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UNDP </w:t>
+      </w:r>
+      <w:r w:rsidR="006512AF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nternal </w:t>
+      </w:r>
+      <w:r w:rsidR="006512AF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ontrol </w:t>
+      </w:r>
+      <w:r w:rsidR="006512AF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ramework</w:t>
+      </w:r>
+      <w:r w:rsidR="006512AF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="647CE1BA" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:left="360"/>
+        <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EA57CEC" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="48207AF4" w14:textId="59F210D0" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...40 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>As such, administering or managing a selection process in accordance with the UNDP standard policies and established processes is not considered an “inherent function”. However, deciding what rules to put into the corporate manuals and policies or making exceptions to such policies, in the interests of the UN is an “inherent function”</w:t>
+      </w:r>
+      <w:r w:rsidR="00957C3D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2119CB9E" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75A5323B" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Representing the organization, such as negotiating and deciding with governments or external partners, or deciding on which business line to focus, is considered an “inherent function”. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>When in doubt, BMS/OHR shall consult with BMS/OFM to determine what is considered an inherent function.  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D84E65C" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3941B428" w14:textId="77777777" w:rsidR="00CF03A9" w:rsidRDefault="00CF03A9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="majorHAnsi"/>
+          <w:i/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="04201205" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="157" w:name="_Annex_4:_Performance"/>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="158"/>
+      <w:bookmarkStart w:id="245" w:name="_Annex_4:_Performance"/>
+      <w:bookmarkStart w:id="246" w:name="_Annex_5:_Performance"/>
+      <w:bookmarkStart w:id="247" w:name="_Toc199406887"/>
+      <w:bookmarkStart w:id="248" w:name="_Hlk134629430"/>
+      <w:bookmarkEnd w:id="244"/>
+      <w:bookmarkEnd w:id="245"/>
+      <w:bookmarkEnd w:id="246"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Annex</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>: Performance Evaluation</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="159"/>
+      <w:bookmarkEnd w:id="247"/>
     </w:p>
     <w:p w14:paraId="5D5FEE01" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="161" w:name="_Hlk59877812"/>
+      <w:bookmarkStart w:id="249" w:name="_Hlk59877812"/>
     </w:p>
     <w:p w14:paraId="443A924D" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Short-Term NPSA: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="160B6A11" w14:textId="3F62501C" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="160B6A11" w14:textId="040DE5BA" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">For short-term NPSAs, only section I of the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
-        <w:r w:rsidRPr="00470DFE">
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="00BB479C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
-          <w:t xml:space="preserve">NPSA Annual Performance </w:t>
+          <w:t>NPSA Annual Performance Review template</w:t>
         </w:r>
-        <w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> needs to be completed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EF0DCB3" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="094FA6A8" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Regular NPSA:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FB93686" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F6D9510" w14:textId="4A755395" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="250" w:name="_Hlk134625211"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For regular NPSAs, the evaluation must be completed </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">using the online </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="00BB479C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
-            <w:lang w:eastAsia="en-GB"/>
+            <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Review template</w:t>
+          <w:t>PMD platform</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="en-GB"/>
-[...39 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t>. I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>f the platform is not available, the supervisor can use the form below. Please note that the entire evaluation form needs to be completed. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:p w14:paraId="79FC4D3E" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F2C39D5" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="59"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="251" w:name="_Hlk59877885"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D14CD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>NPSA Annual Performance review</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must be completed by the supervisor in line with the regular performance management cycles as set out by the administration and applying the same cycle consistently across all personnel (calendar year). The simplified performance management process is initiated at the start of the year with clearly set goals to achieve as per the work plan of the unit and the individual, as well as learning and development plans of the individual, and agreed on by the supervisor. The performance assessment is conducted within the regular set schedule at the start of the following year and conducted against the set goals. The assessment by the supervisor is completed after: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EB39963" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FB93686" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
-[...41 lines deleted...]
-        <w:r w:rsidRPr="00A4141A">
+    <w:p w14:paraId="0B105238" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>a short written self-assessment is provided by the NPSA holder including on their special accomplishments; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C2EED5D" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:ind w:left="1440" w:firstLine="50"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F54B30B" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>a Performance review session with the individual NPSA holder with a view to discuss performance during the reporting period. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F6597EB" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:ind w:left="1800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2781F401" w14:textId="32A4AD67" w:rsidR="006F49D0" w:rsidRPr="00470DFE" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="59"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00470DFE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>The performance assessment must include details regarding performance during the review period, as applicable, any mention of service provided above or below expected standards or in addition to those activities established in the TOR. Should the performance be evaluated as below the acceptable performance levels, a recommendation for non-extension or termination should be clearly stated and reasoned. </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="251"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>If the PMD platform is not available, t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00470DFE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="00BB479C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
-          </w:rPr>
-[...237 lines deleted...]
-            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
-          <w:t>NPSA Annual Performance</w:t>
-[...9 lines deleted...]
-          <w:t xml:space="preserve"> Review template</w:t>
+          <w:t>NPSA Annual Performance Review template</w:t>
         </w:r>
         <w:r w:rsidRPr="00470DFE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00470DFE">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
@@ -35203,51 +34994,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSAs</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00470DFE">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="160"/>
+      <w:bookmarkEnd w:id="248"/>
     </w:p>
     <w:p w14:paraId="3F7A97EA" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D22C5C5" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A0A07A3" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
@@ -35362,86 +35153,84 @@
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07D76567" w14:textId="0B5FC44B" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:ind w:hanging="180"/>
         <w:jc w:val="right"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D59C2BC" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0"/>
-    <w:p w14:paraId="27909E79" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="27909E79" w14:textId="69094652" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="00846F3B">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="0"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="164" w:name="_Annex_5:_To"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="165"/>
+      <w:bookmarkStart w:id="252" w:name="_Annex_5:_To"/>
+      <w:bookmarkStart w:id="253" w:name="_Annex_6:_To"/>
+      <w:bookmarkStart w:id="254" w:name="_Toc199406888"/>
+      <w:bookmarkEnd w:id="252"/>
+      <w:bookmarkEnd w:id="253"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Annex 6: To be included in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> file, where applicable – Checklist</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="166"/>
+      <w:bookmarkEnd w:id="254"/>
     </w:p>
     <w:p w14:paraId="721C6025" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45A163A0" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
@@ -35454,755 +35243,756 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Check list of documentation for the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> holder  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B77D873" w14:textId="3E26106C" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="5B77D873" w14:textId="0FB1213D" w:rsidR="006F49D0" w:rsidRPr="00BB479C" w:rsidRDefault="00E80821" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidR="006F49D0" w:rsidRPr="00BB479C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>Terms of Reference (TOR)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1FB7A020" w14:textId="35F8BF86" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="1FB7A020" w14:textId="69E39B0D" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Certification of appropriateness of functions for use of an </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (included as part of the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidRPr="00BB479C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>TOR template</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6286B820" w14:textId="6A953421" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="6286B820" w14:textId="791E393C" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Classification level and report (included as part of the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidRPr="00BB479C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>TOR template</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65528EEC" w14:textId="7E4C0A8A" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="65528EEC" w14:textId="21DF032B" w:rsidR="006F49D0" w:rsidRPr="00BB479C" w:rsidRDefault="00E80821" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidR="006F49D0" w:rsidRPr="00BB479C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>Confirmation of remuneration level (</w:t>
         </w:r>
-        <w:r w:rsidR="00B47EB2">
+        <w:r w:rsidR="00B47EB2" w:rsidRPr="00BB479C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>e.g.,</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="006F49D0" w:rsidRPr="00BB479C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> costing sheet)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="006F49D0" w:rsidRPr="00BB479C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B41D1C5" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Minutes of the Ad-hoc panel with relevant supporting engagement documents  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17194AD6" w14:textId="7B7E5DA6" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="17194AD6" w14:textId="452661FC" w:rsidR="006F49D0" w:rsidRPr="00BB479C" w:rsidRDefault="00E80821" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidR="006F49D0" w:rsidRPr="00BB479C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>Reference check report  </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4058A62B" w14:textId="7F90376B" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="4058A62B" w14:textId="7E1ECA0F" w:rsidR="006F49D0" w:rsidRPr="00BB479C" w:rsidRDefault="00E80821" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId27" w:history="1">
+        <w:r w:rsidR="006F49D0" w:rsidRPr="00BB479C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>Medical certification from recognized Physician</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="006F49D0" w:rsidRPr="00BB479C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23EBA2D4" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Copies of professional qualifications in line with </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> level (if applicable)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21D26560" w14:textId="19A38671" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="21D26560" w14:textId="2E803F81" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Completed and signed </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId28" w:history="1">
+        <w:r w:rsidRPr="00BB479C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>NPSA</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidRPr="00BB479C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t> face sheet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and its </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId29" w:history="1">
+        <w:r w:rsidRPr="00BB479C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>General Terms and Conditions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F87DCDC" w14:textId="72435648" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="1F87DCDC" w14:textId="6ACDE6B9" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Signed ‘Certificate of No Contest’ – </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidR="00B80DA4">
+        <w:t xml:space="preserve">Signed ‘Certificate of No Contest’ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A309440" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Application for </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>medical coverage  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74B43B28" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Application for Death and Disability coverage  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="414E5A8D" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Signed acknowledgement that </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>NPSA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> holder has received all documents and information related to social security and MAIP coverage  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75F4B826" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Amendments/Extensions to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>NPSA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-with signed acceptance  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48497D58" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Copy of passport/ID</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="465A7667" w14:textId="0319FEB4" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bank details authorization for direct deposit of remuneration distribution (or </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:history="1">
+        <w:r w:rsidRPr="00BB479C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Annex 9</w:t>
+          <w:t>Vendor form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="3A309440" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="177D3AAB" w14:textId="7B703E74" w:rsidR="006F49D0" w:rsidRPr="00BB479C" w:rsidRDefault="00E80821" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...19 lines deleted...]
-    <w:p w14:paraId="74B43B28" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId31" w:history="1">
+        <w:r w:rsidR="006F49D0" w:rsidRPr="00BB479C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Service Evaluations</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3A405F27" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Application for Death and Disability coverage  </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="414E5A8D" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+        <w:t>Minutes of the selection, where applicable  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="528F3B60" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Signed acknowledgement that </w:t>
-[...200 lines deleted...]
-        </w:rPr>
         <w:t>Termination notification, where applicable.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BE5B468" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1646CE27" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:rPr>
@@ -36211,93 +36001,93 @@
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="355F75E0" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="167" w:name="_Annex_6:_Equipment"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="168"/>
+      <w:bookmarkStart w:id="255" w:name="_Annex_6:_Equipment"/>
+      <w:bookmarkStart w:id="256" w:name="_Annex_7:_Equipment"/>
+      <w:bookmarkStart w:id="257" w:name="_Toc199406889"/>
+      <w:bookmarkEnd w:id="255"/>
+      <w:bookmarkEnd w:id="256"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Heading1Char"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Annex 7: Equipment &amp; Supplie</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="169"/>
+      <w:bookmarkEnd w:id="257"/>
     </w:p>
     <w:p w14:paraId="2A39E5B2" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A2DB6E8" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="0A2DB6E8" w14:textId="66B8A0BD" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Any equipment or supplies that may be furnished by UNDP to the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
@@ -36320,51 +36110,51 @@
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> holder’s obligations under the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> remains the property of  UNDP,  and  any  such equipment or supplies must be returned to UNDP at the conclusion of the </w:t>
+        <w:t xml:space="preserve"> remains the property of UNDP, and any such equipment or supplies must be returned to UNDP at the conclusion of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or before if no longer needed by the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
@@ -36391,2097 +36181,220 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> holder, subject to normal wear and tear, and the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NPSA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> holder will be liable to compensate UNDP for any damage or degradation of the equipment that is beyond normal wear and tear.   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16CEA293" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
-[...1195 lines deleted...]
-    <w:p w14:paraId="0FB5B634" w14:textId="77777777" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
+    <w:p w14:paraId="69D7B909" w14:textId="6AAE07DB" w:rsidR="006F49D0" w:rsidRDefault="006F49D0" w:rsidP="006F49D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1440"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...12 lines deleted...]
-        <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...690 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId37"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="258" w:name="_Annex_7:_Transitional"/>
+      <w:bookmarkStart w:id="259" w:name="_Annex_8:_Transitional"/>
+      <w:bookmarkStart w:id="260" w:name="_Hlk57916817"/>
+      <w:bookmarkEnd w:id="258"/>
+      <w:bookmarkEnd w:id="259"/>
+    </w:p>
+    <w:p w14:paraId="3A3C6590" w14:textId="77777777" w:rsidR="002F2247" w:rsidRPr="006F49D0" w:rsidRDefault="002F2247" w:rsidP="00052E4E">
+      <w:bookmarkStart w:id="261" w:name="_Annex_8:_Letter"/>
+      <w:bookmarkStart w:id="262" w:name="_Annex_9:_Certificate"/>
+      <w:bookmarkEnd w:id="221"/>
+      <w:bookmarkEnd w:id="260"/>
+      <w:bookmarkEnd w:id="261"/>
+      <w:bookmarkEnd w:id="262"/>
+    </w:p>
+    <w:sectPr w:rsidR="002F2247" w:rsidRPr="006F49D0" w:rsidSect="00F30623">
+      <w:headerReference w:type="default" r:id="rId32"/>
+      <w:footerReference w:type="default" r:id="rId33"/>
+      <w:headerReference w:type="first" r:id="rId34"/>
+      <w:footerReference w:type="first" r:id="rId35"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1080" w:right="1800" w:bottom="90" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1080" w:right="1800" w:bottom="1260" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3D255E80" w14:textId="77777777" w:rsidR="00466AD8" w:rsidRDefault="00466AD8">
+    <w:p w14:paraId="16AB95C5" w14:textId="77777777" w:rsidR="007B6231" w:rsidRDefault="007B6231">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6F0BCF68" w14:textId="77777777" w:rsidR="00466AD8" w:rsidRDefault="00466AD8">
+    <w:p w14:paraId="61779678" w14:textId="77777777" w:rsidR="007B6231" w:rsidRDefault="007B6231">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0BE51C0F" w14:textId="77777777" w:rsidR="00466AD8" w:rsidRDefault="00466AD8"/>
+    <w:p w14:paraId="472691BE" w14:textId="77777777" w:rsidR="007B6231" w:rsidRDefault="007B6231"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="ＭＳ 明朝"/>
+    <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Angsana New">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="DE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
-    <w:altName w:val="Arial"/>
+    <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
+    <w:sig w:usb0="03000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="45BC897B" w14:textId="546C8367" w:rsidR="002F2247" w:rsidRDefault="00313387">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="45BC897B" w14:textId="798AF409" w:rsidR="002F2247" w:rsidRDefault="00313387">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
@@ -38568,99 +36481,135 @@
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">Effective Date: </w:t>
     </w:r>
+    <w:r w:rsidR="006B36DF">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>01</w:t>
+    </w:r>
     <w:r w:rsidR="00B80DA4">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t>15/01/2023</w:t>
+      <w:t>/01/202</w:t>
+    </w:r>
+    <w:r w:rsidR="006B36DF">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">Version #: </w:t>
     </w:r>
-    <w:r w:rsidR="00317D4D">
-[...6 lines deleted...]
-    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:alias w:val="POPPRefItemVersion"/>
+        <w:tag w:val="UNDP_POPP_REFITEM_VERSION"/>
+        <w:id w:val="1741753060"/>
+        <w:placeholder>
+          <w:docPart w:val="A74217E9DAD4494CA2B48EE9B2BC1943"/>
+        </w:placeholder>
+        <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='8264c5cc-ec60-4b56-8111-ce635d3d139a' xmlns:ns4='e560140e-7b2f-4392-90df-e7567e3021a3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:UNDP_POPP_REFITEM_VERSION[1]" w:storeItemID="{15B243C3-A726-4697-A075-A6D3D6EC7181}"/>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:r w:rsidR="00657FC8">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="6513B490" w14:textId="77777777" w:rsidR="002F2247" w:rsidRDefault="002F2247">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="4002DDC4" w14:textId="09238876" w:rsidR="002F2247" w:rsidRDefault="00313387">
+  <w:p w14:paraId="4002DDC4" w14:textId="44BD1B03" w:rsidR="002F2247" w:rsidRDefault="00313387">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
@@ -38759,192 +36708,226 @@
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">Effective Date: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:alias w:val="Effective Date"/>
         <w:tag w:val="UNDP_POPP_EFFECTIVEDATE"/>
         <w:id w:val="330410982"/>
         <w:placeholder>
-          <w:docPart w:val="F5484515B0A047DF9686A4507719059C"/>
+          <w:docPart w:val="E8EB2D91A74946DBBCE7B54483470289"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='8264c5cc-ec60-4b56-8111-ce635d3d139a' xmlns:ns4='e560140e-7b2f-4392-90df-e7567e3021a3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:UNDP_POPP_EFFECTIVEDATE[1]" w:storeItemID="{15B243C3-A726-4697-A075-A6D3D6EC7181}"/>
         <w:date w:fullDate="2023-01-14T18:00:00Z">
           <w:dateFormat w:val="dd/MM/yyyy"/>
           <w:lid w:val="en-US"/>
           <w:storeMappedDataAs w:val="dateTime"/>
           <w:calendar w:val="gregorian"/>
         </w:date>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00B80DA4">
+        <w:r w:rsidR="00647CE4">
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>14/01/2023</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:alias w:val="Effective Date"/>
         <w:tag w:val="UNDP_POPP_EFFECTIVEDATE"/>
         <w:id w:val="588976823"/>
         <w:placeholder>
-          <w:docPart w:val="9D9FFA76BB264CB1AAA9C516E5872875"/>
+          <w:docPart w:val="E38FCC90A38F4FA8809B60941226C3EE"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='8264c5cc-ec60-4b56-8111-ce635d3d139a' xmlns:ns4='e560140e-7b2f-4392-90df-e7567e3021a3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:UNDP_POPP_EFFECTIVEDATE[1]" w:storeItemID="{15B243C3-A726-4697-A075-A6D3D6EC7181}"/>
         <w:date w:fullDate="2023-01-14T18:00:00Z">
           <w:dateFormat w:val="dd/MM/yyyy"/>
           <w:lid w:val="en-US"/>
           <w:storeMappedDataAs w:val="dateTime"/>
           <w:calendar w:val="gregorian"/>
         </w:date>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00B80DA4">
+        <w:r w:rsidR="00647CE4">
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>14/01/2023</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">Version #: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:alias w:val="POPPRefItemVersion"/>
         <w:tag w:val="UNDP_POPP_REFITEM_VERSION"/>
         <w:id w:val="935481089"/>
         <w:placeholder>
           <w:docPart w:val="D4AFABF47C884A3BBB12969CE9EA09DD"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='8264c5cc-ec60-4b56-8111-ce635d3d139a' xmlns:ns4='e560140e-7b2f-4392-90df-e7567e3021a3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:UNDP_POPP_REFITEM_VERSION[1]" w:storeItemID="{15B243C3-A726-4697-A075-A6D3D6EC7181}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="006F49D0">
+        <w:r w:rsidR="00657FC8">
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>3</w:t>
+          <w:t>5</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2B866190" w14:textId="77777777" w:rsidR="00466AD8" w:rsidRDefault="00466AD8">
+    <w:p w14:paraId="38E1C5C0" w14:textId="77777777" w:rsidR="007B6231" w:rsidRDefault="007B6231">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="506472BE" w14:textId="77777777" w:rsidR="00466AD8" w:rsidRDefault="00466AD8">
+    <w:p w14:paraId="7A6598F4" w14:textId="77777777" w:rsidR="007B6231" w:rsidRDefault="007B6231">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6F3389AA" w14:textId="77777777" w:rsidR="00466AD8" w:rsidRDefault="00466AD8"/>
+    <w:p w14:paraId="5AC455A1" w14:textId="77777777" w:rsidR="007B6231" w:rsidRDefault="007B6231"/>
+  </w:footnote>
+  <w:footnote w:id="2">
+    <w:p w14:paraId="39B60CF0" w14:textId="6D964411" w:rsidR="00CD5E13" w:rsidRPr="00846F3B" w:rsidRDefault="00C800E3" w:rsidP="00CD5E13">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00846F3B">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00846F3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5E13" w:rsidRPr="00846F3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>For the purposes of this policy, these are support-type activities and services, such as — but not limited to —archives; book shop/gift shop; building maintenance; cleaning services; food services/catering; ground/garden maintenance; interpretation; information systems/information technology; mail/pouch; medical services; printing/publishing; recruitment; security; staff counselling/outplacement; training; translation; travel service; transportation; warehousing; and other, similar tasks, as defined in the Report of the Secretary-General on Outsourcing Practices (A/53/818).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20BBD495" w14:textId="181B2B15" w:rsidR="00C800E3" w:rsidRDefault="00C800E3">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+    </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="7FED758B" w14:textId="77777777" w:rsidR="002F2247" w:rsidRDefault="00313387">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="09AFB47C" wp14:editId="6E046A9E">
           <wp:extent cx="335280" cy="563880"/>
           <wp:effectExtent l="0" t="0" r="7620" b="7620"/>
-          <wp:docPr id="2" name="Picture 2"/>
+          <wp:docPr id="49" name="Picture 49"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2" name="Picture 2"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect l="1" t="1" r="-10020" b="19782"/>
                   <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
@@ -38958,116 +36941,116 @@
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="53C35DCA" w14:textId="77777777" w:rsidR="002F2247" w:rsidRDefault="002F2247">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="3BAF4455" w14:textId="77777777" w:rsidR="002F2247" w:rsidRDefault="00313387">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3B45487D" wp14:editId="6BFAAA37">
           <wp:extent cx="304800" cy="702945"/>
           <wp:effectExtent l="0" t="0" r="0" b="1905"/>
-          <wp:docPr id="3" name="Picture 3"/>
+          <wp:docPr id="50" name="Picture 50"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="3" name="Picture 3"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="309317" cy="713491"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="4DDD4F5D" w14:textId="77777777" w:rsidR="002F2247" w:rsidRDefault="002F2247">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="842F5C1A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="842F5C1A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -39200,50 +37183,136 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="89766EC2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="89766EC2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="8E344F3E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8E344F3E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -39285,62 +37354,66 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="935826B6"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="935826B6"/>
+    <w:tmpl w:val="79366E68"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -39371,63 +37444,63 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="974E5AB6"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="974E5AB6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="998F2D06"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="998F2D06"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -39469,51 +37542,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="9F2DFC5A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9F2DFC5A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -39555,51 +37628,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="A22D9883"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A22D9883"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -39641,51 +37714,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="B74F0FB0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B74F0FB0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -39727,51 +37800,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="B8153CF0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B8153CF0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -39813,51 +37886,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="B94AD9E0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B94AD9E0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -39899,51 +37972,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="C5E396F0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C5E396F0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
@@ -39990,51 +38063,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="DB7F28B1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DB7F28B1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
@@ -40081,51 +38154,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="DBE7F6E3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DBE7F6E3"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -40167,604 +38240,171 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="E2076940"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E2076940"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="E34515B6"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="E34515B6"/>
+    <w:tmpl w:val="1D42D8BE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="425" w:hanging="425"/>
-      </w:pPr>
-[...534 lines deleted...]
-        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="E4ADD4A6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E4ADD4A6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
@@ -40794,51 +38434,572 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="F40717D3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F40717D3"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="F59ED75B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7B166CBA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="F9D78992"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F9D78992"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FC13E9D9"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FC13E9D9"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FC1DF93C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FC1DF93C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0024FB10"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0024FB10"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01E43195"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9B6865B6"/>
     <w:lvl w:ilvl="0" w:tplc="8D2E9D2E">
       <w:start w:val="2"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="1009001B" w:tentative="1">
@@ -40883,51 +39044,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="10090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1009001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03F3FFC3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="03F3FFC3"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -40969,51 +39130,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="04887C08"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5A3578EA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05E2B5BE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="05E2B5BE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -41055,51 +39305,253 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09594559"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FDE49F54"/>
+    <w:lvl w:ilvl="0" w:tplc="D08E6624">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0A213BD6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="72F47830"/>
+    <w:lvl w:ilvl="0" w:tplc="6658CD08">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E490706"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0E490706"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -41141,51 +39593,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="120617ED"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="120617ED"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -41254,51 +39706,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17CF0A17"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C5E396F0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
@@ -41345,51 +39797,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F1C296B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1F1C296B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -41434,51 +39886,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1FE95670"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8068B0CE"/>
+    <w:lvl w:ilvl="0" w:tplc="6658CD08">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21894F4E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="21894F4E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -41575,51 +40116,51 @@
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="23F96CFC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="23F96CFC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -41661,51 +40202,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="267334BF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9F2DFC5A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -41747,51 +40288,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="26F41043"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="26F41043"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -41833,51 +40374,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2AA24635"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2AA24635"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -41922,51 +40463,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2FB32687"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2FB32687"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -42035,51 +40576,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32C14932"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="32C14932"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="BulletedList"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
@@ -42150,51 +40691,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="339938FF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C5E396F0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
@@ -42241,51 +40782,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34E1A0DE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="34E1A0DE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -42327,51 +40868,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3618660A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3618660A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -42440,51 +40981,137 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38A25772"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="05E2B5BE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="396A696B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="396A696B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -42526,51 +41153,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F66CB43"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3F66CB43"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -42612,51 +41239,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="403C23FD"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="403C23FD"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -42698,62 +41325,66 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40437C8B"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="40437C8B"/>
+    <w:tmpl w:val="ED1E4506"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="0" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -42784,51 +41415,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42C00E0C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="42C00E0C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -42897,51 +41528,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="449305D2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="449305D2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -42986,51 +41617,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4B455C7E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5A3578EA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="53" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C9E3124"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4C9E3124"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -43072,51 +41792,164 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="54" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="50A17982"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E96EE8B8"/>
+    <w:lvl w:ilvl="0" w:tplc="FB686428">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="55" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52CC3614"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="52CC3614"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="ListNumber"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -43162,70 +41995,70 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="56" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="548C96B2"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="548C96B2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="57" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A3578EA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5A3578EA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -43270,51 +42103,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="58" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B7D26B1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5B7D26B1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -43356,51 +42189,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="59" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F6D02F0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5F6D02F0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -43442,51 +42275,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="60" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="660406C3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="660406C3"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -43528,51 +42361,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="61" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6BC94165"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6BC94165"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -43614,51 +42447,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="53" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="62" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C9DBA89"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6C9DBA89"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -43700,51 +42533,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="63" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6CAD5ED2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6CAD5ED2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -43786,51 +42619,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="64" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6FCD5D05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8BD4B4FC"/>
     <w:lvl w:ilvl="0" w:tplc="E2789D2E">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="1009001B" w:tentative="1">
@@ -43875,51 +42708,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="10090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1009001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="65" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A2C4096"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7A2C4096"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -43988,51 +42821,137 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="57" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="66" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7A8A5FD2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="05E2B5BE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="67" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B976377"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7B976377"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -44074,51 +42993,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="68" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7CA5B179"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7CA5B179"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -44160,1725 +43079,2866 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="203834827">
+  <w:abstractNum w:abstractNumId="69" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7F3C7E50"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3B2424C8"/>
+    <w:lvl w:ilvl="0" w:tplc="3FF85D9A">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="55"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="49"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="57"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="63"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="65"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="68"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="43"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="47"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="26">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="27">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="28">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="29">
+    <w:abstractNumId w:val="62"/>
+  </w:num>
+  <w:num w:numId="30">
+    <w:abstractNumId w:val="67"/>
+  </w:num>
+  <w:num w:numId="31">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="32">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="33">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="34">
+    <w:abstractNumId w:val="59"/>
+  </w:num>
+  <w:num w:numId="35">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="36">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="37">
+    <w:abstractNumId w:val="50"/>
+  </w:num>
+  <w:num w:numId="38">
+    <w:abstractNumId w:val="40"/>
+  </w:num>
+  <w:num w:numId="39">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="40">
+    <w:abstractNumId w:val="48"/>
+  </w:num>
+  <w:num w:numId="41">
+    <w:abstractNumId w:val="53"/>
+  </w:num>
+  <w:num w:numId="42">
+    <w:abstractNumId w:val="51"/>
+  </w:num>
+  <w:num w:numId="43">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="44">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="45">
     <w:abstractNumId w:val="46"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1864130996">
-    <w:abstractNumId w:val="35"/>
+  <w:num w:numId="46">
+    <w:abstractNumId w:val="61"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="368990891">
-[...38 lines deleted...]
-  <w:num w:numId="16" w16cid:durableId="739526734">
+  <w:num w:numId="47">
     <w:abstractNumId w:val="58"/>
-  </w:num>
-[...91 lines deleted...]
-    <w:abstractNumId w:val="49"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="48" w16cid:durableId="1550844244">
-    <w:abstractNumId w:val="28"/>
+  <w:num w:numId="48">
+    <w:abstractNumId w:val="33"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="49" w16cid:durableId="134488939">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="49">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="50" w16cid:durableId="1295597595">
-    <w:abstractNumId w:val="38"/>
+  <w:num w:numId="50">
+    <w:abstractNumId w:val="44"/>
   </w:num>
-  <w:num w:numId="51" w16cid:durableId="1738280942">
-    <w:abstractNumId w:val="51"/>
+  <w:num w:numId="51">
+    <w:abstractNumId w:val="60"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="52" w16cid:durableId="712659059">
+  <w:num w:numId="52">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="53">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="54">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="55">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="56">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="57">
+    <w:abstractNumId w:val="42"/>
+  </w:num>
+  <w:num w:numId="58">
+    <w:abstractNumId w:val="56"/>
+  </w:num>
+  <w:num w:numId="59">
+    <w:abstractNumId w:val="64"/>
+  </w:num>
+  <w:num w:numId="60">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="61">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="62">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="63">
+    <w:abstractNumId w:val="52"/>
+  </w:num>
+  <w:num w:numId="64">
+    <w:abstractNumId w:val="69"/>
+  </w:num>
+  <w:num w:numId="65">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="66">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="53" w16cid:durableId="721752773">
-    <w:abstractNumId w:val="33"/>
+  <w:num w:numId="67">
+    <w:abstractNumId w:val="45"/>
   </w:num>
-  <w:num w:numId="54" w16cid:durableId="2034191225">
-    <w:abstractNumId w:val="22"/>
+  <w:num w:numId="68">
+    <w:abstractNumId w:val="66"/>
   </w:num>
-  <w:num w:numId="55" w16cid:durableId="845367121">
-    <w:abstractNumId w:val="31"/>
+  <w:num w:numId="69">
+    <w:abstractNumId w:val="54"/>
   </w:num>
-  <w:num w:numId="56" w16cid:durableId="1123421396">
-    <w:abstractNumId w:val="27"/>
+  <w:num w:numId="70">
+    <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="57" w16cid:durableId="1712262694">
-[...8 lines deleted...]
-  <w:numIdMacAtCleanup w:val="51"/>
+  <w:numIdMacAtCleanup w:val="66"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050" fillcolor="white">
+    <o:shapedefaults v:ext="edit" spidmax="2049" fillcolor="white">
       <v:fill color="white"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDayNDI0MDEyMzIwNDU3MDVV0lEKTi0uzszPAykwrQUAiQXBYCwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="006A295A"/>
     <w:rsid w:val="00000A6B"/>
+    <w:rsid w:val="000022BE"/>
     <w:rsid w:val="000033A4"/>
+    <w:rsid w:val="00004126"/>
+    <w:rsid w:val="0000425E"/>
     <w:rsid w:val="000065F0"/>
     <w:rsid w:val="0001153C"/>
     <w:rsid w:val="00011C52"/>
+    <w:rsid w:val="00011FD1"/>
+    <w:rsid w:val="00013F42"/>
     <w:rsid w:val="00015618"/>
     <w:rsid w:val="00015DE5"/>
-    <w:rsid w:val="000217EC"/>
+    <w:rsid w:val="0001795D"/>
+    <w:rsid w:val="00022924"/>
     <w:rsid w:val="00022E58"/>
+    <w:rsid w:val="000235AA"/>
     <w:rsid w:val="0002494C"/>
+    <w:rsid w:val="000266BD"/>
     <w:rsid w:val="00027584"/>
     <w:rsid w:val="00030286"/>
+    <w:rsid w:val="00031301"/>
     <w:rsid w:val="000343DC"/>
+    <w:rsid w:val="00036C38"/>
+    <w:rsid w:val="000401A8"/>
+    <w:rsid w:val="00040AB9"/>
+    <w:rsid w:val="000423FC"/>
+    <w:rsid w:val="00042DD6"/>
+    <w:rsid w:val="00043491"/>
     <w:rsid w:val="00043642"/>
+    <w:rsid w:val="00044687"/>
+    <w:rsid w:val="00045197"/>
     <w:rsid w:val="000459AD"/>
     <w:rsid w:val="00046540"/>
+    <w:rsid w:val="00047322"/>
+    <w:rsid w:val="00047A8C"/>
     <w:rsid w:val="00050239"/>
     <w:rsid w:val="00052020"/>
     <w:rsid w:val="00052072"/>
+    <w:rsid w:val="00052E4E"/>
     <w:rsid w:val="000550E6"/>
-    <w:rsid w:val="00055FB6"/>
+    <w:rsid w:val="00060ADE"/>
     <w:rsid w:val="000610C9"/>
     <w:rsid w:val="0006211C"/>
+    <w:rsid w:val="00062556"/>
+    <w:rsid w:val="00063A6B"/>
+    <w:rsid w:val="00065E42"/>
     <w:rsid w:val="00066C36"/>
     <w:rsid w:val="00067FF5"/>
+    <w:rsid w:val="00070574"/>
     <w:rsid w:val="00071401"/>
+    <w:rsid w:val="000715CE"/>
     <w:rsid w:val="0007215E"/>
+    <w:rsid w:val="000753B5"/>
     <w:rsid w:val="000764B2"/>
     <w:rsid w:val="00076773"/>
+    <w:rsid w:val="00076CAA"/>
     <w:rsid w:val="00077DAE"/>
+    <w:rsid w:val="00080717"/>
     <w:rsid w:val="0008071C"/>
     <w:rsid w:val="000849B1"/>
     <w:rsid w:val="00086038"/>
     <w:rsid w:val="00086712"/>
     <w:rsid w:val="000921BE"/>
     <w:rsid w:val="000927E5"/>
+    <w:rsid w:val="00095FAA"/>
+    <w:rsid w:val="00096E7E"/>
+    <w:rsid w:val="00097F4D"/>
+    <w:rsid w:val="000A0019"/>
     <w:rsid w:val="000A06C7"/>
+    <w:rsid w:val="000A09A7"/>
     <w:rsid w:val="000A1E86"/>
+    <w:rsid w:val="000A2F8B"/>
     <w:rsid w:val="000A3025"/>
     <w:rsid w:val="000A4805"/>
     <w:rsid w:val="000A4B39"/>
+    <w:rsid w:val="000A51B9"/>
     <w:rsid w:val="000A5B5E"/>
     <w:rsid w:val="000A6483"/>
+    <w:rsid w:val="000A6DBA"/>
+    <w:rsid w:val="000A71BC"/>
     <w:rsid w:val="000A7EB9"/>
     <w:rsid w:val="000B00F7"/>
+    <w:rsid w:val="000B102B"/>
     <w:rsid w:val="000B2B11"/>
+    <w:rsid w:val="000B300A"/>
     <w:rsid w:val="000B6527"/>
-    <w:rsid w:val="000C0B5A"/>
+    <w:rsid w:val="000B7A2E"/>
+    <w:rsid w:val="000C0708"/>
+    <w:rsid w:val="000C1083"/>
     <w:rsid w:val="000C108B"/>
     <w:rsid w:val="000C1AC3"/>
     <w:rsid w:val="000C33CF"/>
     <w:rsid w:val="000C4218"/>
+    <w:rsid w:val="000D0F9C"/>
+    <w:rsid w:val="000D2A36"/>
+    <w:rsid w:val="000D47F6"/>
     <w:rsid w:val="000D520E"/>
+    <w:rsid w:val="000D5C83"/>
+    <w:rsid w:val="000D5FF6"/>
+    <w:rsid w:val="000E2006"/>
+    <w:rsid w:val="000E4AA3"/>
+    <w:rsid w:val="000E5BC8"/>
     <w:rsid w:val="000E60CC"/>
     <w:rsid w:val="000E6465"/>
     <w:rsid w:val="000E7086"/>
     <w:rsid w:val="000F077E"/>
+    <w:rsid w:val="000F0982"/>
     <w:rsid w:val="000F0C25"/>
     <w:rsid w:val="000F1B1F"/>
+    <w:rsid w:val="000F3517"/>
+    <w:rsid w:val="000F3EFC"/>
     <w:rsid w:val="000F4187"/>
+    <w:rsid w:val="000F79CC"/>
     <w:rsid w:val="000F7E28"/>
+    <w:rsid w:val="000F7FD7"/>
+    <w:rsid w:val="00101E91"/>
     <w:rsid w:val="00104BEE"/>
+    <w:rsid w:val="00104FF1"/>
     <w:rsid w:val="00105530"/>
     <w:rsid w:val="00105F3F"/>
     <w:rsid w:val="00106C31"/>
     <w:rsid w:val="00107F8D"/>
+    <w:rsid w:val="00112C8C"/>
     <w:rsid w:val="00112DA1"/>
     <w:rsid w:val="00114367"/>
+    <w:rsid w:val="001149DF"/>
     <w:rsid w:val="00116BCB"/>
-    <w:rsid w:val="00121E1D"/>
+    <w:rsid w:val="00121E73"/>
+    <w:rsid w:val="00122777"/>
+    <w:rsid w:val="00122D71"/>
+    <w:rsid w:val="00124142"/>
+    <w:rsid w:val="0012446E"/>
     <w:rsid w:val="00126A76"/>
+    <w:rsid w:val="001271E8"/>
+    <w:rsid w:val="001277DC"/>
     <w:rsid w:val="00132427"/>
     <w:rsid w:val="001326EE"/>
     <w:rsid w:val="00134B13"/>
+    <w:rsid w:val="00136B84"/>
     <w:rsid w:val="00136E54"/>
+    <w:rsid w:val="0013734D"/>
+    <w:rsid w:val="00140066"/>
     <w:rsid w:val="0014017F"/>
     <w:rsid w:val="001439A4"/>
     <w:rsid w:val="00145895"/>
     <w:rsid w:val="001469CA"/>
     <w:rsid w:val="001471D2"/>
     <w:rsid w:val="001505A2"/>
+    <w:rsid w:val="00150BD3"/>
+    <w:rsid w:val="00150DFB"/>
     <w:rsid w:val="00151A6D"/>
+    <w:rsid w:val="00153DE8"/>
+    <w:rsid w:val="00154062"/>
+    <w:rsid w:val="001555EF"/>
+    <w:rsid w:val="00156045"/>
     <w:rsid w:val="0015758B"/>
     <w:rsid w:val="00160038"/>
+    <w:rsid w:val="001609F9"/>
     <w:rsid w:val="00160BC9"/>
+    <w:rsid w:val="00161F7E"/>
+    <w:rsid w:val="001625DE"/>
+    <w:rsid w:val="00162D39"/>
+    <w:rsid w:val="00163F30"/>
     <w:rsid w:val="00164138"/>
     <w:rsid w:val="00165993"/>
     <w:rsid w:val="00165A30"/>
+    <w:rsid w:val="00165D1E"/>
+    <w:rsid w:val="00165EBD"/>
     <w:rsid w:val="00166C61"/>
     <w:rsid w:val="0016796F"/>
     <w:rsid w:val="00171714"/>
     <w:rsid w:val="00171F71"/>
     <w:rsid w:val="001721EA"/>
     <w:rsid w:val="00172665"/>
+    <w:rsid w:val="00174CA2"/>
     <w:rsid w:val="00174F4D"/>
     <w:rsid w:val="00175987"/>
+    <w:rsid w:val="0017606E"/>
     <w:rsid w:val="001769F5"/>
     <w:rsid w:val="00177D03"/>
+    <w:rsid w:val="00181F82"/>
     <w:rsid w:val="001837FF"/>
     <w:rsid w:val="00183D50"/>
     <w:rsid w:val="00184D3B"/>
     <w:rsid w:val="00185173"/>
+    <w:rsid w:val="00185E15"/>
+    <w:rsid w:val="001870A4"/>
     <w:rsid w:val="0018751D"/>
     <w:rsid w:val="001875A5"/>
     <w:rsid w:val="00192536"/>
+    <w:rsid w:val="0019275F"/>
+    <w:rsid w:val="001930EA"/>
+    <w:rsid w:val="00193402"/>
+    <w:rsid w:val="0019396D"/>
+    <w:rsid w:val="00193DD2"/>
+    <w:rsid w:val="00194A18"/>
+    <w:rsid w:val="00195356"/>
+    <w:rsid w:val="00195A1D"/>
     <w:rsid w:val="00196231"/>
     <w:rsid w:val="00197661"/>
+    <w:rsid w:val="00197DDB"/>
     <w:rsid w:val="001A0E2F"/>
+    <w:rsid w:val="001A2092"/>
     <w:rsid w:val="001A2342"/>
     <w:rsid w:val="001A2A6B"/>
     <w:rsid w:val="001A2D84"/>
+    <w:rsid w:val="001A3262"/>
     <w:rsid w:val="001A62EC"/>
+    <w:rsid w:val="001A69F1"/>
     <w:rsid w:val="001A70B3"/>
     <w:rsid w:val="001B020B"/>
     <w:rsid w:val="001B0E02"/>
+    <w:rsid w:val="001B1A69"/>
     <w:rsid w:val="001B30CE"/>
+    <w:rsid w:val="001B49B7"/>
+    <w:rsid w:val="001B4D45"/>
     <w:rsid w:val="001B656B"/>
+    <w:rsid w:val="001B696A"/>
+    <w:rsid w:val="001B72DB"/>
     <w:rsid w:val="001C2671"/>
+    <w:rsid w:val="001C3CD0"/>
+    <w:rsid w:val="001C441B"/>
     <w:rsid w:val="001D1676"/>
     <w:rsid w:val="001D1B37"/>
     <w:rsid w:val="001D4795"/>
+    <w:rsid w:val="001D6490"/>
+    <w:rsid w:val="001D6D3F"/>
     <w:rsid w:val="001D7A31"/>
     <w:rsid w:val="001E1540"/>
+    <w:rsid w:val="001E1A0B"/>
+    <w:rsid w:val="001E1A5A"/>
     <w:rsid w:val="001E3614"/>
     <w:rsid w:val="001E56F9"/>
     <w:rsid w:val="001E593B"/>
     <w:rsid w:val="001E677A"/>
+    <w:rsid w:val="001E6A9D"/>
+    <w:rsid w:val="001F0E0C"/>
     <w:rsid w:val="001F1675"/>
     <w:rsid w:val="001F1916"/>
+    <w:rsid w:val="001F1A99"/>
     <w:rsid w:val="001F1F0B"/>
+    <w:rsid w:val="001F2CBE"/>
+    <w:rsid w:val="001F5043"/>
+    <w:rsid w:val="001F5458"/>
     <w:rsid w:val="001F6445"/>
+    <w:rsid w:val="001F6589"/>
     <w:rsid w:val="001F6B17"/>
     <w:rsid w:val="001F6BF8"/>
     <w:rsid w:val="0020230B"/>
+    <w:rsid w:val="00202CED"/>
     <w:rsid w:val="00204C34"/>
+    <w:rsid w:val="002055A8"/>
+    <w:rsid w:val="00205832"/>
     <w:rsid w:val="002068AA"/>
     <w:rsid w:val="00207845"/>
+    <w:rsid w:val="002079E8"/>
     <w:rsid w:val="00210EAA"/>
+    <w:rsid w:val="0021196A"/>
+    <w:rsid w:val="00212697"/>
+    <w:rsid w:val="00214FA2"/>
+    <w:rsid w:val="00214FB1"/>
     <w:rsid w:val="00217756"/>
     <w:rsid w:val="002219DF"/>
     <w:rsid w:val="002248CC"/>
     <w:rsid w:val="00227910"/>
+    <w:rsid w:val="00227AA0"/>
+    <w:rsid w:val="002312C4"/>
+    <w:rsid w:val="00231FA9"/>
     <w:rsid w:val="002326C7"/>
+    <w:rsid w:val="0023316A"/>
+    <w:rsid w:val="00235772"/>
+    <w:rsid w:val="002357A4"/>
     <w:rsid w:val="002366A4"/>
-    <w:rsid w:val="0024146A"/>
+    <w:rsid w:val="002375CD"/>
     <w:rsid w:val="00242E2D"/>
     <w:rsid w:val="0025361B"/>
+    <w:rsid w:val="00254F6F"/>
+    <w:rsid w:val="0025682D"/>
+    <w:rsid w:val="002573B2"/>
     <w:rsid w:val="00260365"/>
     <w:rsid w:val="00260DCD"/>
     <w:rsid w:val="00261A38"/>
+    <w:rsid w:val="00261DB4"/>
     <w:rsid w:val="00262C6D"/>
+    <w:rsid w:val="00263C41"/>
     <w:rsid w:val="00266DB7"/>
     <w:rsid w:val="0026763A"/>
+    <w:rsid w:val="002700E8"/>
     <w:rsid w:val="002706BE"/>
+    <w:rsid w:val="00270D22"/>
+    <w:rsid w:val="00273235"/>
+    <w:rsid w:val="00273FC5"/>
     <w:rsid w:val="00274531"/>
+    <w:rsid w:val="00274BE8"/>
     <w:rsid w:val="002754E9"/>
+    <w:rsid w:val="00275D41"/>
+    <w:rsid w:val="00277457"/>
     <w:rsid w:val="0028237E"/>
     <w:rsid w:val="00283F30"/>
+    <w:rsid w:val="002850C9"/>
     <w:rsid w:val="00285D35"/>
     <w:rsid w:val="00286648"/>
     <w:rsid w:val="00287EB6"/>
     <w:rsid w:val="002904E9"/>
     <w:rsid w:val="00290CC6"/>
+    <w:rsid w:val="00293B6D"/>
+    <w:rsid w:val="002940EA"/>
+    <w:rsid w:val="00294E79"/>
+    <w:rsid w:val="00295A61"/>
     <w:rsid w:val="00296EB3"/>
     <w:rsid w:val="002A0828"/>
+    <w:rsid w:val="002A116B"/>
+    <w:rsid w:val="002A57FC"/>
+    <w:rsid w:val="002A69F1"/>
+    <w:rsid w:val="002A6FDA"/>
     <w:rsid w:val="002A7C86"/>
+    <w:rsid w:val="002B0D56"/>
     <w:rsid w:val="002B2C79"/>
+    <w:rsid w:val="002B3E11"/>
     <w:rsid w:val="002B5C83"/>
     <w:rsid w:val="002B5EAD"/>
     <w:rsid w:val="002B6437"/>
+    <w:rsid w:val="002B66A5"/>
+    <w:rsid w:val="002B7AA7"/>
     <w:rsid w:val="002B7ADE"/>
     <w:rsid w:val="002B7B77"/>
+    <w:rsid w:val="002C1467"/>
     <w:rsid w:val="002C27DC"/>
     <w:rsid w:val="002C75C8"/>
     <w:rsid w:val="002D023E"/>
+    <w:rsid w:val="002D345B"/>
     <w:rsid w:val="002D6BF2"/>
+    <w:rsid w:val="002D7CAD"/>
     <w:rsid w:val="002E171E"/>
+    <w:rsid w:val="002E2040"/>
+    <w:rsid w:val="002E349C"/>
     <w:rsid w:val="002E5803"/>
     <w:rsid w:val="002E601F"/>
+    <w:rsid w:val="002F07A7"/>
     <w:rsid w:val="002F1718"/>
     <w:rsid w:val="002F2247"/>
     <w:rsid w:val="002F4438"/>
     <w:rsid w:val="002F5C87"/>
     <w:rsid w:val="003011E2"/>
     <w:rsid w:val="0030438A"/>
+    <w:rsid w:val="0030484E"/>
+    <w:rsid w:val="003048BF"/>
     <w:rsid w:val="00305433"/>
     <w:rsid w:val="003103B3"/>
+    <w:rsid w:val="00312631"/>
     <w:rsid w:val="00313387"/>
     <w:rsid w:val="003138FD"/>
     <w:rsid w:val="00315BAE"/>
     <w:rsid w:val="003167AC"/>
-    <w:rsid w:val="00317D4D"/>
+    <w:rsid w:val="00316BF4"/>
+    <w:rsid w:val="0032179A"/>
+    <w:rsid w:val="00321B42"/>
     <w:rsid w:val="00322D95"/>
+    <w:rsid w:val="00323CDB"/>
+    <w:rsid w:val="00324405"/>
+    <w:rsid w:val="0032552A"/>
     <w:rsid w:val="003256B5"/>
+    <w:rsid w:val="00325C30"/>
+    <w:rsid w:val="0032647A"/>
     <w:rsid w:val="0033135C"/>
     <w:rsid w:val="00331498"/>
+    <w:rsid w:val="003314F5"/>
     <w:rsid w:val="003317F3"/>
     <w:rsid w:val="00332CE9"/>
     <w:rsid w:val="0033484F"/>
     <w:rsid w:val="00334876"/>
-    <w:rsid w:val="00336316"/>
+    <w:rsid w:val="00334E29"/>
     <w:rsid w:val="00337111"/>
     <w:rsid w:val="00337F1A"/>
+    <w:rsid w:val="0034026E"/>
     <w:rsid w:val="003410F2"/>
     <w:rsid w:val="003455BD"/>
     <w:rsid w:val="0034780E"/>
+    <w:rsid w:val="003513CA"/>
+    <w:rsid w:val="00351E95"/>
+    <w:rsid w:val="0035294D"/>
     <w:rsid w:val="003529CA"/>
+    <w:rsid w:val="00352C2A"/>
+    <w:rsid w:val="0035386C"/>
     <w:rsid w:val="00356323"/>
+    <w:rsid w:val="00366148"/>
     <w:rsid w:val="00366F0A"/>
     <w:rsid w:val="00367EEB"/>
+    <w:rsid w:val="00370806"/>
     <w:rsid w:val="00372604"/>
     <w:rsid w:val="00375D22"/>
     <w:rsid w:val="00375FD1"/>
+    <w:rsid w:val="00377A54"/>
+    <w:rsid w:val="00377D64"/>
     <w:rsid w:val="00377E46"/>
+    <w:rsid w:val="00377F2A"/>
     <w:rsid w:val="003804F7"/>
+    <w:rsid w:val="00380562"/>
     <w:rsid w:val="0038069F"/>
+    <w:rsid w:val="00381416"/>
     <w:rsid w:val="00382F41"/>
+    <w:rsid w:val="00383EAE"/>
+    <w:rsid w:val="00385E51"/>
+    <w:rsid w:val="00387A47"/>
+    <w:rsid w:val="00391383"/>
+    <w:rsid w:val="00392390"/>
+    <w:rsid w:val="00392B88"/>
     <w:rsid w:val="00393F03"/>
+    <w:rsid w:val="0039497A"/>
     <w:rsid w:val="00395570"/>
     <w:rsid w:val="00395832"/>
-    <w:rsid w:val="00396CC9"/>
+    <w:rsid w:val="00397373"/>
     <w:rsid w:val="003A02B0"/>
+    <w:rsid w:val="003A2C20"/>
+    <w:rsid w:val="003A2CC2"/>
+    <w:rsid w:val="003A4365"/>
+    <w:rsid w:val="003A6BA7"/>
     <w:rsid w:val="003A6CAA"/>
+    <w:rsid w:val="003A7641"/>
     <w:rsid w:val="003A7CD8"/>
+    <w:rsid w:val="003B09B2"/>
     <w:rsid w:val="003B20AC"/>
+    <w:rsid w:val="003B6F8E"/>
+    <w:rsid w:val="003B7110"/>
     <w:rsid w:val="003C151C"/>
+    <w:rsid w:val="003C1B71"/>
     <w:rsid w:val="003C1BAD"/>
     <w:rsid w:val="003C359B"/>
     <w:rsid w:val="003C395F"/>
     <w:rsid w:val="003C3E91"/>
+    <w:rsid w:val="003C4AAD"/>
+    <w:rsid w:val="003C5914"/>
     <w:rsid w:val="003D1CFB"/>
+    <w:rsid w:val="003D25AA"/>
     <w:rsid w:val="003D377D"/>
+    <w:rsid w:val="003D4991"/>
     <w:rsid w:val="003D53AF"/>
+    <w:rsid w:val="003D5DE6"/>
+    <w:rsid w:val="003D71A8"/>
+    <w:rsid w:val="003D75BA"/>
     <w:rsid w:val="003E1D6C"/>
+    <w:rsid w:val="003E28C9"/>
     <w:rsid w:val="003E3152"/>
     <w:rsid w:val="003E5057"/>
+    <w:rsid w:val="003E5C71"/>
     <w:rsid w:val="003E64D1"/>
+    <w:rsid w:val="003F0420"/>
     <w:rsid w:val="003F2AEA"/>
+    <w:rsid w:val="003F378F"/>
+    <w:rsid w:val="003F3921"/>
+    <w:rsid w:val="003F421C"/>
+    <w:rsid w:val="003F495C"/>
+    <w:rsid w:val="003F5A39"/>
+    <w:rsid w:val="003F5BBE"/>
     <w:rsid w:val="004013C5"/>
+    <w:rsid w:val="00403182"/>
     <w:rsid w:val="004031F0"/>
+    <w:rsid w:val="00403BEE"/>
     <w:rsid w:val="00403D0D"/>
+    <w:rsid w:val="00403DD8"/>
+    <w:rsid w:val="00405030"/>
     <w:rsid w:val="00405294"/>
     <w:rsid w:val="004053B1"/>
+    <w:rsid w:val="0040616F"/>
+    <w:rsid w:val="0041094F"/>
     <w:rsid w:val="0041215B"/>
     <w:rsid w:val="0041295B"/>
+    <w:rsid w:val="00413EC1"/>
     <w:rsid w:val="00414004"/>
+    <w:rsid w:val="00415867"/>
+    <w:rsid w:val="00416808"/>
     <w:rsid w:val="00417338"/>
+    <w:rsid w:val="00420576"/>
+    <w:rsid w:val="00420688"/>
     <w:rsid w:val="00421113"/>
     <w:rsid w:val="004213F5"/>
     <w:rsid w:val="0042192E"/>
     <w:rsid w:val="0042202F"/>
+    <w:rsid w:val="00422CBA"/>
+    <w:rsid w:val="00424B5E"/>
+    <w:rsid w:val="004251C6"/>
+    <w:rsid w:val="00425CB8"/>
     <w:rsid w:val="00426FED"/>
+    <w:rsid w:val="00427CCD"/>
     <w:rsid w:val="004318D0"/>
+    <w:rsid w:val="0043198B"/>
     <w:rsid w:val="00432345"/>
+    <w:rsid w:val="00433429"/>
+    <w:rsid w:val="0043400C"/>
     <w:rsid w:val="004345B5"/>
     <w:rsid w:val="0043705F"/>
     <w:rsid w:val="00437331"/>
     <w:rsid w:val="0044147F"/>
+    <w:rsid w:val="00442184"/>
+    <w:rsid w:val="004422F8"/>
     <w:rsid w:val="00443D34"/>
     <w:rsid w:val="00445366"/>
     <w:rsid w:val="00446410"/>
     <w:rsid w:val="00447E59"/>
     <w:rsid w:val="00452091"/>
     <w:rsid w:val="00452687"/>
+    <w:rsid w:val="00452ECD"/>
+    <w:rsid w:val="0045342F"/>
+    <w:rsid w:val="00453ECB"/>
     <w:rsid w:val="00455916"/>
+    <w:rsid w:val="004577B7"/>
     <w:rsid w:val="00457C8A"/>
+    <w:rsid w:val="00460239"/>
     <w:rsid w:val="0046024C"/>
     <w:rsid w:val="00460D2A"/>
     <w:rsid w:val="00461A49"/>
     <w:rsid w:val="0046267C"/>
     <w:rsid w:val="004638F3"/>
-    <w:rsid w:val="00466AD8"/>
+    <w:rsid w:val="00465222"/>
+    <w:rsid w:val="00466003"/>
     <w:rsid w:val="00470B9C"/>
+    <w:rsid w:val="0047269B"/>
+    <w:rsid w:val="0047313D"/>
     <w:rsid w:val="004737BD"/>
     <w:rsid w:val="004738DC"/>
     <w:rsid w:val="00474EE7"/>
     <w:rsid w:val="004750BC"/>
     <w:rsid w:val="004761CC"/>
     <w:rsid w:val="00477B65"/>
     <w:rsid w:val="00481F56"/>
     <w:rsid w:val="00482452"/>
     <w:rsid w:val="00483034"/>
     <w:rsid w:val="00483782"/>
     <w:rsid w:val="00485879"/>
     <w:rsid w:val="00486592"/>
     <w:rsid w:val="00487655"/>
+    <w:rsid w:val="00490F67"/>
     <w:rsid w:val="00491887"/>
+    <w:rsid w:val="00492089"/>
+    <w:rsid w:val="0049245E"/>
+    <w:rsid w:val="0049352B"/>
+    <w:rsid w:val="00494721"/>
+    <w:rsid w:val="004951D4"/>
     <w:rsid w:val="00495A51"/>
+    <w:rsid w:val="00497777"/>
     <w:rsid w:val="00497FD1"/>
+    <w:rsid w:val="00497FEF"/>
     <w:rsid w:val="004A24B2"/>
     <w:rsid w:val="004A2BB4"/>
     <w:rsid w:val="004A31F3"/>
+    <w:rsid w:val="004A3F62"/>
     <w:rsid w:val="004A4760"/>
+    <w:rsid w:val="004A5D44"/>
+    <w:rsid w:val="004B0128"/>
     <w:rsid w:val="004B06EE"/>
+    <w:rsid w:val="004B41F0"/>
+    <w:rsid w:val="004B43A7"/>
+    <w:rsid w:val="004B49B5"/>
     <w:rsid w:val="004B689D"/>
     <w:rsid w:val="004B7478"/>
+    <w:rsid w:val="004B78A6"/>
     <w:rsid w:val="004B7DEB"/>
     <w:rsid w:val="004C0912"/>
     <w:rsid w:val="004C1A15"/>
+    <w:rsid w:val="004C22AF"/>
+    <w:rsid w:val="004C240B"/>
     <w:rsid w:val="004C3FE6"/>
     <w:rsid w:val="004C5372"/>
     <w:rsid w:val="004C6140"/>
     <w:rsid w:val="004C64D8"/>
     <w:rsid w:val="004C64DB"/>
+    <w:rsid w:val="004C653B"/>
+    <w:rsid w:val="004D1DAC"/>
+    <w:rsid w:val="004E0C88"/>
+    <w:rsid w:val="004E280B"/>
+    <w:rsid w:val="004E54C7"/>
     <w:rsid w:val="004E55E1"/>
+    <w:rsid w:val="004E5824"/>
     <w:rsid w:val="004E5C89"/>
+    <w:rsid w:val="004E5D9E"/>
     <w:rsid w:val="004E5FED"/>
+    <w:rsid w:val="004F1096"/>
     <w:rsid w:val="004F1B6C"/>
+    <w:rsid w:val="004F1D0E"/>
     <w:rsid w:val="004F2900"/>
+    <w:rsid w:val="004F2DDE"/>
     <w:rsid w:val="004F48B2"/>
     <w:rsid w:val="004F6032"/>
+    <w:rsid w:val="005003F2"/>
     <w:rsid w:val="00502693"/>
     <w:rsid w:val="00502A97"/>
+    <w:rsid w:val="0050351E"/>
+    <w:rsid w:val="00504C69"/>
+    <w:rsid w:val="00504D76"/>
+    <w:rsid w:val="005060B8"/>
     <w:rsid w:val="00510B05"/>
+    <w:rsid w:val="005113FF"/>
+    <w:rsid w:val="00511A9B"/>
     <w:rsid w:val="00514606"/>
+    <w:rsid w:val="00514F29"/>
     <w:rsid w:val="0051533A"/>
     <w:rsid w:val="00516126"/>
     <w:rsid w:val="005163FA"/>
+    <w:rsid w:val="005166D2"/>
     <w:rsid w:val="00516C3E"/>
     <w:rsid w:val="00517966"/>
     <w:rsid w:val="00520008"/>
     <w:rsid w:val="00521E8F"/>
     <w:rsid w:val="00523238"/>
     <w:rsid w:val="00523BA3"/>
     <w:rsid w:val="00524199"/>
     <w:rsid w:val="005241E3"/>
+    <w:rsid w:val="00524B91"/>
+    <w:rsid w:val="00524BC8"/>
+    <w:rsid w:val="005255E9"/>
+    <w:rsid w:val="0052597E"/>
     <w:rsid w:val="00525D32"/>
     <w:rsid w:val="00526FD2"/>
     <w:rsid w:val="0053015C"/>
+    <w:rsid w:val="005303B8"/>
+    <w:rsid w:val="00530DAD"/>
     <w:rsid w:val="00530DE2"/>
+    <w:rsid w:val="00533C7C"/>
     <w:rsid w:val="0053428B"/>
     <w:rsid w:val="005356FA"/>
+    <w:rsid w:val="005369C9"/>
+    <w:rsid w:val="00541201"/>
     <w:rsid w:val="00541DC0"/>
     <w:rsid w:val="005423AB"/>
     <w:rsid w:val="00542915"/>
+    <w:rsid w:val="00542FBC"/>
+    <w:rsid w:val="00543052"/>
     <w:rsid w:val="00544481"/>
     <w:rsid w:val="00545E04"/>
     <w:rsid w:val="0054621D"/>
     <w:rsid w:val="00546825"/>
+    <w:rsid w:val="00546DC5"/>
     <w:rsid w:val="005477EF"/>
+    <w:rsid w:val="005479EE"/>
     <w:rsid w:val="005514BC"/>
+    <w:rsid w:val="005532D2"/>
+    <w:rsid w:val="00554007"/>
+    <w:rsid w:val="00554F3F"/>
+    <w:rsid w:val="0055710F"/>
     <w:rsid w:val="0056040F"/>
     <w:rsid w:val="00561038"/>
+    <w:rsid w:val="005610BB"/>
+    <w:rsid w:val="005614E7"/>
+    <w:rsid w:val="0056160F"/>
     <w:rsid w:val="00564056"/>
     <w:rsid w:val="00564106"/>
     <w:rsid w:val="00564B08"/>
     <w:rsid w:val="0056597B"/>
     <w:rsid w:val="00566AE5"/>
     <w:rsid w:val="00566B69"/>
     <w:rsid w:val="00567265"/>
+    <w:rsid w:val="00570D0A"/>
+    <w:rsid w:val="00575268"/>
     <w:rsid w:val="00575627"/>
+    <w:rsid w:val="00575692"/>
     <w:rsid w:val="0057638B"/>
     <w:rsid w:val="005768C2"/>
+    <w:rsid w:val="0057763C"/>
+    <w:rsid w:val="00580EA1"/>
+    <w:rsid w:val="00582D6C"/>
+    <w:rsid w:val="00583FB2"/>
     <w:rsid w:val="00583FBC"/>
     <w:rsid w:val="00584E2E"/>
     <w:rsid w:val="005871AD"/>
+    <w:rsid w:val="00591709"/>
     <w:rsid w:val="00591D08"/>
     <w:rsid w:val="005926CC"/>
+    <w:rsid w:val="00592B11"/>
+    <w:rsid w:val="00592F3C"/>
     <w:rsid w:val="00593458"/>
+    <w:rsid w:val="00593923"/>
     <w:rsid w:val="00594064"/>
+    <w:rsid w:val="005A1437"/>
     <w:rsid w:val="005A2124"/>
     <w:rsid w:val="005A2E2A"/>
     <w:rsid w:val="005A5AE0"/>
+    <w:rsid w:val="005A7C6D"/>
     <w:rsid w:val="005A7F95"/>
     <w:rsid w:val="005B0D51"/>
     <w:rsid w:val="005B138F"/>
+    <w:rsid w:val="005B3FD0"/>
     <w:rsid w:val="005B48A2"/>
+    <w:rsid w:val="005B5487"/>
     <w:rsid w:val="005B604A"/>
+    <w:rsid w:val="005B6AC5"/>
+    <w:rsid w:val="005C0796"/>
     <w:rsid w:val="005C0886"/>
     <w:rsid w:val="005C0EBF"/>
     <w:rsid w:val="005C106F"/>
     <w:rsid w:val="005C2614"/>
-    <w:rsid w:val="005C2F3D"/>
+    <w:rsid w:val="005C3C59"/>
+    <w:rsid w:val="005C4DE2"/>
+    <w:rsid w:val="005C65A0"/>
     <w:rsid w:val="005C6B3E"/>
+    <w:rsid w:val="005C7048"/>
     <w:rsid w:val="005C7624"/>
+    <w:rsid w:val="005C787D"/>
+    <w:rsid w:val="005C792C"/>
     <w:rsid w:val="005D00AA"/>
     <w:rsid w:val="005D00E1"/>
+    <w:rsid w:val="005D05F7"/>
     <w:rsid w:val="005D07DB"/>
+    <w:rsid w:val="005D1FF1"/>
+    <w:rsid w:val="005D2FFD"/>
     <w:rsid w:val="005D2FFF"/>
+    <w:rsid w:val="005D4971"/>
+    <w:rsid w:val="005D4D21"/>
+    <w:rsid w:val="005D74EB"/>
+    <w:rsid w:val="005D7B0D"/>
     <w:rsid w:val="005E0B0C"/>
+    <w:rsid w:val="005E267F"/>
     <w:rsid w:val="005F237B"/>
+    <w:rsid w:val="005F2769"/>
+    <w:rsid w:val="005F3A2C"/>
     <w:rsid w:val="005F3B1D"/>
     <w:rsid w:val="005F3C0D"/>
     <w:rsid w:val="005F54BA"/>
     <w:rsid w:val="005F5F45"/>
+    <w:rsid w:val="005F6352"/>
     <w:rsid w:val="005F711F"/>
+    <w:rsid w:val="005F7FCF"/>
     <w:rsid w:val="006002B7"/>
+    <w:rsid w:val="00601CB6"/>
+    <w:rsid w:val="006064E9"/>
+    <w:rsid w:val="00606D82"/>
     <w:rsid w:val="00611BF7"/>
     <w:rsid w:val="00613891"/>
     <w:rsid w:val="00614909"/>
+    <w:rsid w:val="00616420"/>
     <w:rsid w:val="006177CA"/>
+    <w:rsid w:val="006178E1"/>
+    <w:rsid w:val="00621A8F"/>
+    <w:rsid w:val="00623F91"/>
+    <w:rsid w:val="00624C63"/>
     <w:rsid w:val="006254C6"/>
+    <w:rsid w:val="00625F72"/>
+    <w:rsid w:val="0062645A"/>
     <w:rsid w:val="006306AD"/>
-    <w:rsid w:val="00632AA5"/>
     <w:rsid w:val="00634436"/>
     <w:rsid w:val="00634A46"/>
     <w:rsid w:val="0063630B"/>
     <w:rsid w:val="00636357"/>
     <w:rsid w:val="00637826"/>
     <w:rsid w:val="006411DD"/>
+    <w:rsid w:val="00641684"/>
     <w:rsid w:val="0064175A"/>
     <w:rsid w:val="0064240B"/>
+    <w:rsid w:val="006431A7"/>
     <w:rsid w:val="006435C2"/>
     <w:rsid w:val="00645860"/>
+    <w:rsid w:val="00647CE4"/>
+    <w:rsid w:val="006512AF"/>
+    <w:rsid w:val="00652E7E"/>
+    <w:rsid w:val="0065305A"/>
+    <w:rsid w:val="006537DE"/>
     <w:rsid w:val="0065397E"/>
     <w:rsid w:val="00654494"/>
+    <w:rsid w:val="00654FB1"/>
+    <w:rsid w:val="0065516D"/>
+    <w:rsid w:val="00655629"/>
     <w:rsid w:val="00655790"/>
+    <w:rsid w:val="006557A9"/>
+    <w:rsid w:val="00657D8B"/>
+    <w:rsid w:val="00657FC8"/>
+    <w:rsid w:val="0066296C"/>
+    <w:rsid w:val="00662C34"/>
+    <w:rsid w:val="00665112"/>
     <w:rsid w:val="00666EAE"/>
     <w:rsid w:val="006676BD"/>
     <w:rsid w:val="0067100E"/>
+    <w:rsid w:val="006711CA"/>
     <w:rsid w:val="006713CE"/>
+    <w:rsid w:val="00675CD9"/>
+    <w:rsid w:val="006776ED"/>
     <w:rsid w:val="00680839"/>
+    <w:rsid w:val="00680A63"/>
     <w:rsid w:val="00681AE6"/>
     <w:rsid w:val="00683759"/>
+    <w:rsid w:val="00684199"/>
     <w:rsid w:val="00684AD6"/>
     <w:rsid w:val="00685E79"/>
     <w:rsid w:val="00686E56"/>
-    <w:rsid w:val="0069115B"/>
+    <w:rsid w:val="00686EED"/>
+    <w:rsid w:val="006877D1"/>
+    <w:rsid w:val="00690915"/>
+    <w:rsid w:val="00690FA2"/>
     <w:rsid w:val="00691D03"/>
+    <w:rsid w:val="006942C5"/>
+    <w:rsid w:val="00696331"/>
     <w:rsid w:val="006978A6"/>
     <w:rsid w:val="006A0A39"/>
+    <w:rsid w:val="006A20E4"/>
     <w:rsid w:val="006A295A"/>
     <w:rsid w:val="006A33C0"/>
+    <w:rsid w:val="006A5A46"/>
     <w:rsid w:val="006A6D67"/>
     <w:rsid w:val="006A7479"/>
+    <w:rsid w:val="006A7827"/>
+    <w:rsid w:val="006B36DF"/>
+    <w:rsid w:val="006B376A"/>
+    <w:rsid w:val="006B391F"/>
+    <w:rsid w:val="006B6013"/>
     <w:rsid w:val="006B6625"/>
+    <w:rsid w:val="006B6F79"/>
+    <w:rsid w:val="006B7A5E"/>
     <w:rsid w:val="006C152D"/>
+    <w:rsid w:val="006C153E"/>
     <w:rsid w:val="006C1AFB"/>
     <w:rsid w:val="006C2D5C"/>
     <w:rsid w:val="006C5206"/>
+    <w:rsid w:val="006C5850"/>
     <w:rsid w:val="006C6227"/>
+    <w:rsid w:val="006C74FD"/>
     <w:rsid w:val="006D00D3"/>
     <w:rsid w:val="006D021E"/>
+    <w:rsid w:val="006D0E9E"/>
     <w:rsid w:val="006D1B3A"/>
+    <w:rsid w:val="006D2426"/>
     <w:rsid w:val="006D2E75"/>
     <w:rsid w:val="006D4952"/>
     <w:rsid w:val="006D4A9D"/>
     <w:rsid w:val="006D5360"/>
+    <w:rsid w:val="006D7C55"/>
     <w:rsid w:val="006D7DF2"/>
     <w:rsid w:val="006D7F76"/>
     <w:rsid w:val="006E00B7"/>
+    <w:rsid w:val="006E0A23"/>
+    <w:rsid w:val="006E2867"/>
     <w:rsid w:val="006E3E16"/>
+    <w:rsid w:val="006E440B"/>
+    <w:rsid w:val="006E4B5E"/>
+    <w:rsid w:val="006E7913"/>
     <w:rsid w:val="006F225D"/>
+    <w:rsid w:val="006F2467"/>
     <w:rsid w:val="006F2584"/>
+    <w:rsid w:val="006F3019"/>
     <w:rsid w:val="006F449E"/>
     <w:rsid w:val="006F49D0"/>
     <w:rsid w:val="006F66D8"/>
     <w:rsid w:val="00701D97"/>
     <w:rsid w:val="00702DE1"/>
     <w:rsid w:val="00703EB2"/>
+    <w:rsid w:val="00707720"/>
+    <w:rsid w:val="007077AE"/>
     <w:rsid w:val="007077E1"/>
     <w:rsid w:val="00710BC1"/>
+    <w:rsid w:val="00711D16"/>
     <w:rsid w:val="007120D6"/>
+    <w:rsid w:val="0071299F"/>
     <w:rsid w:val="00714287"/>
-    <w:rsid w:val="007150FB"/>
+    <w:rsid w:val="00715E9B"/>
+    <w:rsid w:val="00716247"/>
     <w:rsid w:val="007173D6"/>
     <w:rsid w:val="007216A7"/>
     <w:rsid w:val="007224A0"/>
     <w:rsid w:val="00724AA5"/>
     <w:rsid w:val="00727914"/>
+    <w:rsid w:val="00731894"/>
     <w:rsid w:val="0073468B"/>
+    <w:rsid w:val="00735C36"/>
+    <w:rsid w:val="0074001C"/>
+    <w:rsid w:val="00742699"/>
     <w:rsid w:val="00742DEC"/>
     <w:rsid w:val="00743578"/>
     <w:rsid w:val="00744653"/>
+    <w:rsid w:val="0074581C"/>
     <w:rsid w:val="007467A3"/>
     <w:rsid w:val="00747956"/>
+    <w:rsid w:val="00747EAA"/>
+    <w:rsid w:val="00752602"/>
     <w:rsid w:val="00753B01"/>
+    <w:rsid w:val="00754C4B"/>
+    <w:rsid w:val="00756B4B"/>
     <w:rsid w:val="00756CE9"/>
+    <w:rsid w:val="007579F7"/>
     <w:rsid w:val="00760C74"/>
     <w:rsid w:val="00760D3F"/>
+    <w:rsid w:val="007611AA"/>
     <w:rsid w:val="00761BEA"/>
     <w:rsid w:val="007647E8"/>
     <w:rsid w:val="00764B22"/>
     <w:rsid w:val="00765BCB"/>
     <w:rsid w:val="00766166"/>
+    <w:rsid w:val="00767259"/>
     <w:rsid w:val="0077053A"/>
     <w:rsid w:val="00772840"/>
     <w:rsid w:val="007731F3"/>
-    <w:rsid w:val="0077321F"/>
     <w:rsid w:val="00776F14"/>
     <w:rsid w:val="007777DD"/>
+    <w:rsid w:val="007777EF"/>
+    <w:rsid w:val="0078288F"/>
     <w:rsid w:val="0078327E"/>
+    <w:rsid w:val="00783E07"/>
     <w:rsid w:val="00784806"/>
+    <w:rsid w:val="007851FA"/>
     <w:rsid w:val="00785955"/>
     <w:rsid w:val="00785A26"/>
     <w:rsid w:val="007862F1"/>
+    <w:rsid w:val="00786493"/>
     <w:rsid w:val="00786F98"/>
     <w:rsid w:val="00787A5A"/>
     <w:rsid w:val="00790C6A"/>
+    <w:rsid w:val="00791239"/>
+    <w:rsid w:val="0079178D"/>
     <w:rsid w:val="007935AF"/>
+    <w:rsid w:val="007939B2"/>
+    <w:rsid w:val="007942FC"/>
     <w:rsid w:val="0079484E"/>
+    <w:rsid w:val="00795759"/>
+    <w:rsid w:val="00795AC6"/>
+    <w:rsid w:val="00795DA1"/>
+    <w:rsid w:val="00796263"/>
+    <w:rsid w:val="007963DB"/>
     <w:rsid w:val="007A0AF4"/>
+    <w:rsid w:val="007A1627"/>
     <w:rsid w:val="007A3165"/>
+    <w:rsid w:val="007A52D5"/>
+    <w:rsid w:val="007A5BC0"/>
     <w:rsid w:val="007A63A7"/>
     <w:rsid w:val="007A6589"/>
+    <w:rsid w:val="007A661B"/>
     <w:rsid w:val="007A73C2"/>
     <w:rsid w:val="007B10B6"/>
-    <w:rsid w:val="007B1957"/>
     <w:rsid w:val="007B1CCB"/>
     <w:rsid w:val="007B1E77"/>
+    <w:rsid w:val="007B23A3"/>
+    <w:rsid w:val="007B2A3E"/>
+    <w:rsid w:val="007B2C54"/>
+    <w:rsid w:val="007B3F3B"/>
     <w:rsid w:val="007B4408"/>
-    <w:rsid w:val="007B4518"/>
-    <w:rsid w:val="007B49E8"/>
+    <w:rsid w:val="007B4A0B"/>
     <w:rsid w:val="007B5D1E"/>
+    <w:rsid w:val="007B6231"/>
     <w:rsid w:val="007B627D"/>
     <w:rsid w:val="007C5369"/>
     <w:rsid w:val="007C55BB"/>
     <w:rsid w:val="007C678C"/>
+    <w:rsid w:val="007C7EA6"/>
     <w:rsid w:val="007D012F"/>
+    <w:rsid w:val="007D249A"/>
     <w:rsid w:val="007D25DD"/>
+    <w:rsid w:val="007D2B74"/>
+    <w:rsid w:val="007D2D92"/>
+    <w:rsid w:val="007D342E"/>
+    <w:rsid w:val="007D3D8C"/>
+    <w:rsid w:val="007D44BC"/>
     <w:rsid w:val="007D4AA3"/>
+    <w:rsid w:val="007D4B67"/>
     <w:rsid w:val="007D63AE"/>
+    <w:rsid w:val="007D6933"/>
+    <w:rsid w:val="007D7446"/>
+    <w:rsid w:val="007E0C38"/>
+    <w:rsid w:val="007E10B4"/>
     <w:rsid w:val="007E2644"/>
     <w:rsid w:val="007E2C78"/>
     <w:rsid w:val="007E3624"/>
+    <w:rsid w:val="007E5992"/>
+    <w:rsid w:val="007E5A26"/>
+    <w:rsid w:val="007E727F"/>
     <w:rsid w:val="007F0EEC"/>
     <w:rsid w:val="007F176F"/>
+    <w:rsid w:val="007F2708"/>
+    <w:rsid w:val="007F3852"/>
+    <w:rsid w:val="007F41DC"/>
+    <w:rsid w:val="007F72EE"/>
+    <w:rsid w:val="007F789B"/>
+    <w:rsid w:val="007F7E4C"/>
+    <w:rsid w:val="0080054F"/>
+    <w:rsid w:val="00800A8D"/>
     <w:rsid w:val="008010C4"/>
     <w:rsid w:val="008024B6"/>
     <w:rsid w:val="00802509"/>
+    <w:rsid w:val="00802DD7"/>
+    <w:rsid w:val="0080636D"/>
+    <w:rsid w:val="00813D7C"/>
+    <w:rsid w:val="00813FF7"/>
     <w:rsid w:val="00814509"/>
     <w:rsid w:val="0081539D"/>
     <w:rsid w:val="008168A0"/>
     <w:rsid w:val="0082008D"/>
     <w:rsid w:val="008200F3"/>
     <w:rsid w:val="00823A54"/>
     <w:rsid w:val="008242BB"/>
     <w:rsid w:val="00824BE6"/>
+    <w:rsid w:val="00826938"/>
+    <w:rsid w:val="008332DA"/>
+    <w:rsid w:val="00833576"/>
+    <w:rsid w:val="00836903"/>
+    <w:rsid w:val="00836C4F"/>
+    <w:rsid w:val="00837480"/>
     <w:rsid w:val="008406C1"/>
+    <w:rsid w:val="0084199E"/>
+    <w:rsid w:val="00842ED1"/>
+    <w:rsid w:val="00843616"/>
     <w:rsid w:val="008444DF"/>
     <w:rsid w:val="00844D28"/>
+    <w:rsid w:val="00844D50"/>
+    <w:rsid w:val="00845B7C"/>
+    <w:rsid w:val="00846DE9"/>
+    <w:rsid w:val="00846F3B"/>
     <w:rsid w:val="008476A8"/>
     <w:rsid w:val="00850288"/>
-    <w:rsid w:val="00852E90"/>
     <w:rsid w:val="00855304"/>
     <w:rsid w:val="00856F43"/>
     <w:rsid w:val="008570A8"/>
     <w:rsid w:val="0085729A"/>
     <w:rsid w:val="008626A2"/>
+    <w:rsid w:val="00862A03"/>
     <w:rsid w:val="00862B18"/>
-    <w:rsid w:val="00863EB7"/>
+    <w:rsid w:val="00863A84"/>
     <w:rsid w:val="00863FBE"/>
     <w:rsid w:val="00864167"/>
+    <w:rsid w:val="00865231"/>
     <w:rsid w:val="008652AF"/>
+    <w:rsid w:val="0086575D"/>
     <w:rsid w:val="008673A7"/>
     <w:rsid w:val="00867AA2"/>
     <w:rsid w:val="00870033"/>
-    <w:rsid w:val="008715BC"/>
-    <w:rsid w:val="00873642"/>
+    <w:rsid w:val="0087317B"/>
+    <w:rsid w:val="008734D1"/>
+    <w:rsid w:val="00876B57"/>
+    <w:rsid w:val="00877477"/>
+    <w:rsid w:val="00880DDB"/>
     <w:rsid w:val="00881124"/>
+    <w:rsid w:val="008817AD"/>
+    <w:rsid w:val="008822D5"/>
     <w:rsid w:val="00882D7A"/>
+    <w:rsid w:val="0088359A"/>
+    <w:rsid w:val="008837B6"/>
     <w:rsid w:val="0088470A"/>
+    <w:rsid w:val="00885D3C"/>
+    <w:rsid w:val="00886FC9"/>
     <w:rsid w:val="008905F3"/>
+    <w:rsid w:val="00892B31"/>
+    <w:rsid w:val="00892CF3"/>
     <w:rsid w:val="008937CB"/>
     <w:rsid w:val="008939F2"/>
     <w:rsid w:val="00895203"/>
+    <w:rsid w:val="008A110E"/>
     <w:rsid w:val="008A2719"/>
     <w:rsid w:val="008A2B69"/>
+    <w:rsid w:val="008A2DBD"/>
+    <w:rsid w:val="008A3568"/>
+    <w:rsid w:val="008A3A6D"/>
     <w:rsid w:val="008A4730"/>
+    <w:rsid w:val="008A4BA0"/>
     <w:rsid w:val="008A70B0"/>
-    <w:rsid w:val="008B026D"/>
+    <w:rsid w:val="008A70C9"/>
+    <w:rsid w:val="008A75CB"/>
+    <w:rsid w:val="008A7977"/>
     <w:rsid w:val="008B156E"/>
+    <w:rsid w:val="008B5929"/>
+    <w:rsid w:val="008B606E"/>
     <w:rsid w:val="008B6EB1"/>
     <w:rsid w:val="008C0393"/>
-    <w:rsid w:val="008C2A8D"/>
+    <w:rsid w:val="008C0AF5"/>
+    <w:rsid w:val="008C3B62"/>
     <w:rsid w:val="008C4070"/>
+    <w:rsid w:val="008C4E2C"/>
     <w:rsid w:val="008C5C0E"/>
+    <w:rsid w:val="008C6339"/>
     <w:rsid w:val="008D0E1B"/>
     <w:rsid w:val="008D1ECB"/>
     <w:rsid w:val="008D2900"/>
+    <w:rsid w:val="008D30FF"/>
+    <w:rsid w:val="008D3D63"/>
     <w:rsid w:val="008D410D"/>
+    <w:rsid w:val="008D5B01"/>
     <w:rsid w:val="008D5C14"/>
     <w:rsid w:val="008D6E4E"/>
+    <w:rsid w:val="008D7411"/>
     <w:rsid w:val="008E166A"/>
+    <w:rsid w:val="008E18C9"/>
     <w:rsid w:val="008E1DCD"/>
     <w:rsid w:val="008E2681"/>
     <w:rsid w:val="008E45CC"/>
-    <w:rsid w:val="008F14B0"/>
-    <w:rsid w:val="008F3779"/>
+    <w:rsid w:val="008E4A23"/>
+    <w:rsid w:val="008E4FC3"/>
+    <w:rsid w:val="008F13EA"/>
+    <w:rsid w:val="008F4638"/>
+    <w:rsid w:val="008F6654"/>
     <w:rsid w:val="00900402"/>
     <w:rsid w:val="009007AE"/>
     <w:rsid w:val="00901E5E"/>
+    <w:rsid w:val="00902770"/>
     <w:rsid w:val="0090302C"/>
     <w:rsid w:val="00903FAA"/>
     <w:rsid w:val="00904429"/>
     <w:rsid w:val="00904FBC"/>
     <w:rsid w:val="0090635A"/>
     <w:rsid w:val="00906F5B"/>
     <w:rsid w:val="00911F89"/>
+    <w:rsid w:val="0091280E"/>
     <w:rsid w:val="00913139"/>
     <w:rsid w:val="009139EC"/>
     <w:rsid w:val="00914060"/>
     <w:rsid w:val="009145EC"/>
+    <w:rsid w:val="00917B9F"/>
+    <w:rsid w:val="009204F0"/>
+    <w:rsid w:val="009208A1"/>
+    <w:rsid w:val="00922565"/>
     <w:rsid w:val="00922835"/>
+    <w:rsid w:val="00925D63"/>
     <w:rsid w:val="00926FFB"/>
     <w:rsid w:val="00927430"/>
     <w:rsid w:val="00930F38"/>
+    <w:rsid w:val="00933FD5"/>
     <w:rsid w:val="0093522B"/>
+    <w:rsid w:val="00936E30"/>
     <w:rsid w:val="009408DA"/>
     <w:rsid w:val="00941CE8"/>
     <w:rsid w:val="0094376C"/>
     <w:rsid w:val="00943C6A"/>
     <w:rsid w:val="00946DCD"/>
+    <w:rsid w:val="009512CF"/>
     <w:rsid w:val="00951573"/>
     <w:rsid w:val="00953803"/>
-    <w:rsid w:val="00954001"/>
+    <w:rsid w:val="00953DA6"/>
+    <w:rsid w:val="00953E1A"/>
+    <w:rsid w:val="009541C1"/>
+    <w:rsid w:val="00954201"/>
     <w:rsid w:val="00954C4C"/>
     <w:rsid w:val="00956154"/>
+    <w:rsid w:val="00957BBB"/>
+    <w:rsid w:val="00957C3D"/>
     <w:rsid w:val="00961DE8"/>
+    <w:rsid w:val="009644AF"/>
     <w:rsid w:val="009652D2"/>
+    <w:rsid w:val="009661CF"/>
     <w:rsid w:val="00966654"/>
     <w:rsid w:val="00967367"/>
     <w:rsid w:val="00967FB9"/>
+    <w:rsid w:val="00972BAA"/>
+    <w:rsid w:val="00974C0E"/>
+    <w:rsid w:val="009769EB"/>
     <w:rsid w:val="00981186"/>
+    <w:rsid w:val="00982AE3"/>
     <w:rsid w:val="009830C5"/>
     <w:rsid w:val="009839A8"/>
     <w:rsid w:val="00983D35"/>
+    <w:rsid w:val="00984504"/>
+    <w:rsid w:val="00985C17"/>
     <w:rsid w:val="00987F87"/>
+    <w:rsid w:val="009901E4"/>
     <w:rsid w:val="009907B9"/>
     <w:rsid w:val="00991F84"/>
+    <w:rsid w:val="00992BB6"/>
     <w:rsid w:val="009934A8"/>
     <w:rsid w:val="009958DE"/>
+    <w:rsid w:val="009A06C8"/>
     <w:rsid w:val="009A1D23"/>
+    <w:rsid w:val="009A1D88"/>
     <w:rsid w:val="009A408C"/>
     <w:rsid w:val="009A4C06"/>
+    <w:rsid w:val="009A7031"/>
     <w:rsid w:val="009A74DC"/>
+    <w:rsid w:val="009A7F20"/>
+    <w:rsid w:val="009B0AF8"/>
+    <w:rsid w:val="009B2432"/>
+    <w:rsid w:val="009B252C"/>
     <w:rsid w:val="009B4091"/>
+    <w:rsid w:val="009B4DE2"/>
     <w:rsid w:val="009B724D"/>
+    <w:rsid w:val="009B75D5"/>
     <w:rsid w:val="009B7FE9"/>
     <w:rsid w:val="009C06A4"/>
     <w:rsid w:val="009C086F"/>
+    <w:rsid w:val="009C15B1"/>
     <w:rsid w:val="009C20C5"/>
     <w:rsid w:val="009C26CA"/>
     <w:rsid w:val="009C3CAE"/>
+    <w:rsid w:val="009C6E1A"/>
+    <w:rsid w:val="009D0728"/>
+    <w:rsid w:val="009D14C4"/>
+    <w:rsid w:val="009D2789"/>
+    <w:rsid w:val="009D3161"/>
+    <w:rsid w:val="009D4064"/>
+    <w:rsid w:val="009D4192"/>
     <w:rsid w:val="009D464B"/>
+    <w:rsid w:val="009D48A0"/>
     <w:rsid w:val="009D682F"/>
     <w:rsid w:val="009D6CDF"/>
+    <w:rsid w:val="009D7FA0"/>
+    <w:rsid w:val="009E0327"/>
+    <w:rsid w:val="009E0F76"/>
     <w:rsid w:val="009E125E"/>
     <w:rsid w:val="009E1E3E"/>
+    <w:rsid w:val="009E1F6A"/>
+    <w:rsid w:val="009E28D0"/>
     <w:rsid w:val="009E45C8"/>
     <w:rsid w:val="009E5B3D"/>
     <w:rsid w:val="009E5F5A"/>
+    <w:rsid w:val="009E79CB"/>
+    <w:rsid w:val="009F184F"/>
+    <w:rsid w:val="009F2C0C"/>
+    <w:rsid w:val="009F51A9"/>
     <w:rsid w:val="009F523E"/>
     <w:rsid w:val="009F5C4C"/>
     <w:rsid w:val="009F6350"/>
     <w:rsid w:val="009F6F1E"/>
+    <w:rsid w:val="009F7EB0"/>
     <w:rsid w:val="00A00270"/>
+    <w:rsid w:val="00A0218C"/>
     <w:rsid w:val="00A037AB"/>
     <w:rsid w:val="00A07D4A"/>
+    <w:rsid w:val="00A10769"/>
     <w:rsid w:val="00A10C7A"/>
+    <w:rsid w:val="00A12509"/>
     <w:rsid w:val="00A1367F"/>
+    <w:rsid w:val="00A137F0"/>
     <w:rsid w:val="00A13B7D"/>
-    <w:rsid w:val="00A14724"/>
+    <w:rsid w:val="00A13F2B"/>
+    <w:rsid w:val="00A1470D"/>
     <w:rsid w:val="00A14BCD"/>
     <w:rsid w:val="00A178A7"/>
+    <w:rsid w:val="00A17A24"/>
+    <w:rsid w:val="00A20FBF"/>
     <w:rsid w:val="00A22185"/>
+    <w:rsid w:val="00A232FD"/>
     <w:rsid w:val="00A25D25"/>
     <w:rsid w:val="00A26B30"/>
     <w:rsid w:val="00A274BB"/>
     <w:rsid w:val="00A307FE"/>
+    <w:rsid w:val="00A30875"/>
+    <w:rsid w:val="00A309B8"/>
+    <w:rsid w:val="00A32781"/>
     <w:rsid w:val="00A32C64"/>
     <w:rsid w:val="00A33581"/>
     <w:rsid w:val="00A346B4"/>
+    <w:rsid w:val="00A34D27"/>
     <w:rsid w:val="00A364A3"/>
+    <w:rsid w:val="00A36786"/>
     <w:rsid w:val="00A377FC"/>
+    <w:rsid w:val="00A404D2"/>
+    <w:rsid w:val="00A40FB5"/>
     <w:rsid w:val="00A4141A"/>
-    <w:rsid w:val="00A42363"/>
+    <w:rsid w:val="00A41B85"/>
     <w:rsid w:val="00A43220"/>
     <w:rsid w:val="00A44A96"/>
     <w:rsid w:val="00A44C32"/>
     <w:rsid w:val="00A4569F"/>
+    <w:rsid w:val="00A476B4"/>
+    <w:rsid w:val="00A47D22"/>
+    <w:rsid w:val="00A5145F"/>
     <w:rsid w:val="00A51BEB"/>
     <w:rsid w:val="00A51C9C"/>
     <w:rsid w:val="00A51D17"/>
     <w:rsid w:val="00A51DE1"/>
+    <w:rsid w:val="00A52EBE"/>
+    <w:rsid w:val="00A55740"/>
+    <w:rsid w:val="00A57C42"/>
     <w:rsid w:val="00A62358"/>
+    <w:rsid w:val="00A62CAC"/>
+    <w:rsid w:val="00A62E11"/>
     <w:rsid w:val="00A63291"/>
     <w:rsid w:val="00A63D5D"/>
     <w:rsid w:val="00A650EC"/>
+    <w:rsid w:val="00A655C8"/>
     <w:rsid w:val="00A65721"/>
+    <w:rsid w:val="00A659CB"/>
+    <w:rsid w:val="00A6724A"/>
     <w:rsid w:val="00A67261"/>
+    <w:rsid w:val="00A6752C"/>
     <w:rsid w:val="00A71989"/>
     <w:rsid w:val="00A73345"/>
     <w:rsid w:val="00A74502"/>
-    <w:rsid w:val="00A80D37"/>
+    <w:rsid w:val="00A74D0C"/>
+    <w:rsid w:val="00A7579C"/>
+    <w:rsid w:val="00A758EB"/>
+    <w:rsid w:val="00A76A9C"/>
+    <w:rsid w:val="00A832E0"/>
+    <w:rsid w:val="00A84434"/>
     <w:rsid w:val="00A86786"/>
+    <w:rsid w:val="00A869F7"/>
     <w:rsid w:val="00A86D79"/>
     <w:rsid w:val="00A86E9C"/>
+    <w:rsid w:val="00A87CAE"/>
     <w:rsid w:val="00A908D0"/>
+    <w:rsid w:val="00A92018"/>
+    <w:rsid w:val="00A9214A"/>
     <w:rsid w:val="00A9330A"/>
     <w:rsid w:val="00A94593"/>
+    <w:rsid w:val="00A9498B"/>
     <w:rsid w:val="00A94E3C"/>
+    <w:rsid w:val="00A9776E"/>
+    <w:rsid w:val="00AA0A34"/>
     <w:rsid w:val="00AA2219"/>
+    <w:rsid w:val="00AA2676"/>
     <w:rsid w:val="00AA4D39"/>
-    <w:rsid w:val="00AA7225"/>
+    <w:rsid w:val="00AA5C6D"/>
+    <w:rsid w:val="00AA5DA1"/>
     <w:rsid w:val="00AB1813"/>
     <w:rsid w:val="00AB2208"/>
     <w:rsid w:val="00AB3B68"/>
     <w:rsid w:val="00AB437A"/>
     <w:rsid w:val="00AB47AF"/>
-    <w:rsid w:val="00AB5D2F"/>
+    <w:rsid w:val="00AB48F6"/>
+    <w:rsid w:val="00AB786C"/>
+    <w:rsid w:val="00AC2F74"/>
+    <w:rsid w:val="00AC3A74"/>
     <w:rsid w:val="00AC51F1"/>
     <w:rsid w:val="00AC562E"/>
+    <w:rsid w:val="00AC5E6D"/>
+    <w:rsid w:val="00AC5FB1"/>
+    <w:rsid w:val="00AC6F4D"/>
+    <w:rsid w:val="00AC7D96"/>
     <w:rsid w:val="00AD07B1"/>
     <w:rsid w:val="00AD1AB7"/>
     <w:rsid w:val="00AD2263"/>
     <w:rsid w:val="00AD226C"/>
     <w:rsid w:val="00AD22ED"/>
     <w:rsid w:val="00AD361E"/>
     <w:rsid w:val="00AD401A"/>
+    <w:rsid w:val="00AD431D"/>
+    <w:rsid w:val="00AD4BD7"/>
     <w:rsid w:val="00AD4EB1"/>
+    <w:rsid w:val="00AD59B8"/>
+    <w:rsid w:val="00AD6BA0"/>
     <w:rsid w:val="00AE0675"/>
     <w:rsid w:val="00AE2647"/>
     <w:rsid w:val="00AE35DC"/>
     <w:rsid w:val="00AE4593"/>
+    <w:rsid w:val="00AE5BAB"/>
+    <w:rsid w:val="00AF0290"/>
     <w:rsid w:val="00AF1619"/>
+    <w:rsid w:val="00AF18DF"/>
+    <w:rsid w:val="00AF2049"/>
+    <w:rsid w:val="00AF2162"/>
     <w:rsid w:val="00AF2DE5"/>
-    <w:rsid w:val="00AF3986"/>
+    <w:rsid w:val="00AF3805"/>
     <w:rsid w:val="00AF6281"/>
+    <w:rsid w:val="00AF6988"/>
     <w:rsid w:val="00AF7056"/>
     <w:rsid w:val="00AF7CE2"/>
+    <w:rsid w:val="00B00444"/>
+    <w:rsid w:val="00B005FC"/>
+    <w:rsid w:val="00B00D86"/>
+    <w:rsid w:val="00B03677"/>
     <w:rsid w:val="00B03D36"/>
+    <w:rsid w:val="00B05D71"/>
     <w:rsid w:val="00B05E05"/>
     <w:rsid w:val="00B06252"/>
+    <w:rsid w:val="00B06345"/>
     <w:rsid w:val="00B071C8"/>
     <w:rsid w:val="00B07774"/>
+    <w:rsid w:val="00B1051A"/>
     <w:rsid w:val="00B13168"/>
+    <w:rsid w:val="00B132A2"/>
     <w:rsid w:val="00B147F8"/>
-    <w:rsid w:val="00B155BF"/>
+    <w:rsid w:val="00B15646"/>
+    <w:rsid w:val="00B15A53"/>
+    <w:rsid w:val="00B1651C"/>
     <w:rsid w:val="00B16B5D"/>
     <w:rsid w:val="00B17158"/>
     <w:rsid w:val="00B17D26"/>
     <w:rsid w:val="00B20C43"/>
+    <w:rsid w:val="00B23F43"/>
     <w:rsid w:val="00B2403B"/>
-    <w:rsid w:val="00B25319"/>
+    <w:rsid w:val="00B268A3"/>
     <w:rsid w:val="00B26A21"/>
+    <w:rsid w:val="00B26B44"/>
+    <w:rsid w:val="00B32B62"/>
+    <w:rsid w:val="00B33140"/>
+    <w:rsid w:val="00B33405"/>
+    <w:rsid w:val="00B36367"/>
+    <w:rsid w:val="00B36A82"/>
+    <w:rsid w:val="00B42324"/>
+    <w:rsid w:val="00B42895"/>
+    <w:rsid w:val="00B43F68"/>
     <w:rsid w:val="00B449E5"/>
+    <w:rsid w:val="00B44FE8"/>
     <w:rsid w:val="00B47B9A"/>
     <w:rsid w:val="00B47EB2"/>
     <w:rsid w:val="00B51B48"/>
     <w:rsid w:val="00B530E6"/>
+    <w:rsid w:val="00B5312B"/>
     <w:rsid w:val="00B5615E"/>
     <w:rsid w:val="00B5727C"/>
-    <w:rsid w:val="00B5781C"/>
+    <w:rsid w:val="00B57AC4"/>
     <w:rsid w:val="00B652A8"/>
     <w:rsid w:val="00B65AB5"/>
     <w:rsid w:val="00B67BE5"/>
     <w:rsid w:val="00B67C87"/>
     <w:rsid w:val="00B67CC1"/>
+    <w:rsid w:val="00B70F65"/>
+    <w:rsid w:val="00B74612"/>
+    <w:rsid w:val="00B76DCA"/>
+    <w:rsid w:val="00B7700D"/>
     <w:rsid w:val="00B7701A"/>
     <w:rsid w:val="00B80DA4"/>
     <w:rsid w:val="00B81871"/>
+    <w:rsid w:val="00B82137"/>
     <w:rsid w:val="00B829AA"/>
+    <w:rsid w:val="00B832F2"/>
     <w:rsid w:val="00B83706"/>
+    <w:rsid w:val="00B84533"/>
     <w:rsid w:val="00B87C9C"/>
-    <w:rsid w:val="00B90063"/>
+    <w:rsid w:val="00B92009"/>
     <w:rsid w:val="00B92F19"/>
+    <w:rsid w:val="00B93986"/>
     <w:rsid w:val="00B946A6"/>
     <w:rsid w:val="00B946B0"/>
     <w:rsid w:val="00B94EAE"/>
     <w:rsid w:val="00B967E3"/>
     <w:rsid w:val="00B969A3"/>
     <w:rsid w:val="00B96C0D"/>
+    <w:rsid w:val="00BA1B0D"/>
     <w:rsid w:val="00BA2143"/>
     <w:rsid w:val="00BA30E0"/>
     <w:rsid w:val="00BA5516"/>
     <w:rsid w:val="00BA7136"/>
-    <w:rsid w:val="00BB2F0B"/>
+    <w:rsid w:val="00BA7D09"/>
+    <w:rsid w:val="00BB082F"/>
+    <w:rsid w:val="00BB08B6"/>
+    <w:rsid w:val="00BB10D2"/>
     <w:rsid w:val="00BB409B"/>
     <w:rsid w:val="00BB457E"/>
+    <w:rsid w:val="00BB479C"/>
     <w:rsid w:val="00BB6EF9"/>
+    <w:rsid w:val="00BB75BA"/>
+    <w:rsid w:val="00BC0527"/>
+    <w:rsid w:val="00BC0573"/>
     <w:rsid w:val="00BC0A41"/>
+    <w:rsid w:val="00BC227E"/>
     <w:rsid w:val="00BC38AA"/>
+    <w:rsid w:val="00BC5854"/>
+    <w:rsid w:val="00BD153A"/>
+    <w:rsid w:val="00BD2380"/>
+    <w:rsid w:val="00BD2E37"/>
+    <w:rsid w:val="00BD300C"/>
+    <w:rsid w:val="00BD3D77"/>
+    <w:rsid w:val="00BD42DF"/>
+    <w:rsid w:val="00BD44E4"/>
+    <w:rsid w:val="00BD4FBE"/>
     <w:rsid w:val="00BD523D"/>
     <w:rsid w:val="00BD7469"/>
     <w:rsid w:val="00BD77E6"/>
     <w:rsid w:val="00BD7E23"/>
     <w:rsid w:val="00BE0562"/>
+    <w:rsid w:val="00BE07AA"/>
     <w:rsid w:val="00BE1901"/>
+    <w:rsid w:val="00BE32D5"/>
     <w:rsid w:val="00BE3F85"/>
     <w:rsid w:val="00BE455D"/>
+    <w:rsid w:val="00BE4671"/>
+    <w:rsid w:val="00BE486A"/>
+    <w:rsid w:val="00BE5043"/>
+    <w:rsid w:val="00BE50DA"/>
+    <w:rsid w:val="00BE57EC"/>
     <w:rsid w:val="00BE693D"/>
+    <w:rsid w:val="00BE697B"/>
+    <w:rsid w:val="00BE7AF9"/>
+    <w:rsid w:val="00BF0F6F"/>
+    <w:rsid w:val="00BF2F9F"/>
+    <w:rsid w:val="00BF4DBF"/>
     <w:rsid w:val="00BF5D43"/>
     <w:rsid w:val="00BF7459"/>
     <w:rsid w:val="00BF7753"/>
     <w:rsid w:val="00BF78CD"/>
     <w:rsid w:val="00C0054C"/>
+    <w:rsid w:val="00C006E3"/>
+    <w:rsid w:val="00C01EEB"/>
     <w:rsid w:val="00C020F9"/>
     <w:rsid w:val="00C02102"/>
     <w:rsid w:val="00C02116"/>
+    <w:rsid w:val="00C02BB0"/>
+    <w:rsid w:val="00C02E5C"/>
     <w:rsid w:val="00C033B1"/>
     <w:rsid w:val="00C0344D"/>
+    <w:rsid w:val="00C036FB"/>
+    <w:rsid w:val="00C03C69"/>
     <w:rsid w:val="00C050F8"/>
+    <w:rsid w:val="00C05520"/>
     <w:rsid w:val="00C06F9F"/>
+    <w:rsid w:val="00C117A5"/>
+    <w:rsid w:val="00C12257"/>
+    <w:rsid w:val="00C12E6B"/>
     <w:rsid w:val="00C13D7F"/>
     <w:rsid w:val="00C13DF5"/>
     <w:rsid w:val="00C14395"/>
     <w:rsid w:val="00C147C0"/>
+    <w:rsid w:val="00C14C69"/>
     <w:rsid w:val="00C152BD"/>
+    <w:rsid w:val="00C16DCD"/>
+    <w:rsid w:val="00C222FD"/>
     <w:rsid w:val="00C23A8F"/>
     <w:rsid w:val="00C23E84"/>
+    <w:rsid w:val="00C24913"/>
     <w:rsid w:val="00C24E5A"/>
     <w:rsid w:val="00C2526E"/>
     <w:rsid w:val="00C25725"/>
     <w:rsid w:val="00C2586B"/>
     <w:rsid w:val="00C25A62"/>
     <w:rsid w:val="00C26A7F"/>
     <w:rsid w:val="00C26B71"/>
+    <w:rsid w:val="00C31507"/>
+    <w:rsid w:val="00C31551"/>
     <w:rsid w:val="00C31BA8"/>
+    <w:rsid w:val="00C3249B"/>
+    <w:rsid w:val="00C32B05"/>
+    <w:rsid w:val="00C32E0B"/>
+    <w:rsid w:val="00C332DD"/>
     <w:rsid w:val="00C35FF3"/>
+    <w:rsid w:val="00C36870"/>
     <w:rsid w:val="00C37A33"/>
+    <w:rsid w:val="00C40B50"/>
     <w:rsid w:val="00C41BE1"/>
+    <w:rsid w:val="00C42099"/>
+    <w:rsid w:val="00C42F57"/>
     <w:rsid w:val="00C4389A"/>
-    <w:rsid w:val="00C44B70"/>
+    <w:rsid w:val="00C43FE2"/>
+    <w:rsid w:val="00C4571B"/>
+    <w:rsid w:val="00C4615C"/>
     <w:rsid w:val="00C46DE8"/>
+    <w:rsid w:val="00C46E5B"/>
+    <w:rsid w:val="00C47717"/>
     <w:rsid w:val="00C5280B"/>
     <w:rsid w:val="00C53660"/>
+    <w:rsid w:val="00C53BD0"/>
+    <w:rsid w:val="00C564A7"/>
     <w:rsid w:val="00C5723E"/>
+    <w:rsid w:val="00C576EB"/>
     <w:rsid w:val="00C61599"/>
     <w:rsid w:val="00C619B5"/>
+    <w:rsid w:val="00C6201A"/>
+    <w:rsid w:val="00C634F1"/>
+    <w:rsid w:val="00C65A3C"/>
     <w:rsid w:val="00C65C73"/>
     <w:rsid w:val="00C710EC"/>
     <w:rsid w:val="00C728B3"/>
     <w:rsid w:val="00C756FE"/>
+    <w:rsid w:val="00C761C4"/>
+    <w:rsid w:val="00C77F52"/>
+    <w:rsid w:val="00C800E3"/>
     <w:rsid w:val="00C807E9"/>
     <w:rsid w:val="00C80932"/>
     <w:rsid w:val="00C8108B"/>
     <w:rsid w:val="00C81D1E"/>
     <w:rsid w:val="00C8208C"/>
     <w:rsid w:val="00C824BF"/>
     <w:rsid w:val="00C8369D"/>
     <w:rsid w:val="00C836F7"/>
+    <w:rsid w:val="00C840CC"/>
+    <w:rsid w:val="00C85F7D"/>
     <w:rsid w:val="00C860F1"/>
+    <w:rsid w:val="00C87209"/>
     <w:rsid w:val="00C8735A"/>
     <w:rsid w:val="00C90591"/>
+    <w:rsid w:val="00C9156B"/>
     <w:rsid w:val="00C92385"/>
     <w:rsid w:val="00C9252D"/>
     <w:rsid w:val="00C92A52"/>
     <w:rsid w:val="00C92E5D"/>
     <w:rsid w:val="00C93CF8"/>
+    <w:rsid w:val="00C9510C"/>
+    <w:rsid w:val="00C9520A"/>
     <w:rsid w:val="00C975D8"/>
+    <w:rsid w:val="00C97CE7"/>
+    <w:rsid w:val="00CA16CE"/>
+    <w:rsid w:val="00CA1AA3"/>
+    <w:rsid w:val="00CA1CEB"/>
     <w:rsid w:val="00CA1F0E"/>
     <w:rsid w:val="00CA2B6D"/>
     <w:rsid w:val="00CA3405"/>
     <w:rsid w:val="00CA4537"/>
     <w:rsid w:val="00CA4ACB"/>
+    <w:rsid w:val="00CA5BC8"/>
     <w:rsid w:val="00CA651C"/>
+    <w:rsid w:val="00CA66BE"/>
     <w:rsid w:val="00CA77A0"/>
+    <w:rsid w:val="00CA7D39"/>
+    <w:rsid w:val="00CB0727"/>
     <w:rsid w:val="00CB2499"/>
+    <w:rsid w:val="00CB35BA"/>
+    <w:rsid w:val="00CB39DB"/>
+    <w:rsid w:val="00CB4D92"/>
     <w:rsid w:val="00CC097F"/>
+    <w:rsid w:val="00CC0ED4"/>
     <w:rsid w:val="00CC1472"/>
+    <w:rsid w:val="00CC1F0D"/>
+    <w:rsid w:val="00CC2D9D"/>
     <w:rsid w:val="00CC3388"/>
     <w:rsid w:val="00CC7279"/>
     <w:rsid w:val="00CC7373"/>
     <w:rsid w:val="00CC7881"/>
+    <w:rsid w:val="00CD0852"/>
+    <w:rsid w:val="00CD14BC"/>
+    <w:rsid w:val="00CD241D"/>
     <w:rsid w:val="00CD269E"/>
     <w:rsid w:val="00CD4F18"/>
+    <w:rsid w:val="00CD5E13"/>
     <w:rsid w:val="00CD6566"/>
+    <w:rsid w:val="00CD6C84"/>
+    <w:rsid w:val="00CD6D12"/>
+    <w:rsid w:val="00CD71D1"/>
     <w:rsid w:val="00CD74A0"/>
+    <w:rsid w:val="00CD79D0"/>
+    <w:rsid w:val="00CE035C"/>
     <w:rsid w:val="00CE273A"/>
     <w:rsid w:val="00CE4951"/>
+    <w:rsid w:val="00CE521D"/>
     <w:rsid w:val="00CE578B"/>
-    <w:rsid w:val="00CF0A1C"/>
+    <w:rsid w:val="00CF000F"/>
+    <w:rsid w:val="00CF03A9"/>
+    <w:rsid w:val="00CF16CC"/>
     <w:rsid w:val="00CF18AF"/>
+    <w:rsid w:val="00CF3233"/>
+    <w:rsid w:val="00CF3BFC"/>
     <w:rsid w:val="00CF3C1B"/>
     <w:rsid w:val="00CF3DED"/>
     <w:rsid w:val="00CF46F1"/>
+    <w:rsid w:val="00CF47BB"/>
     <w:rsid w:val="00CF637B"/>
+    <w:rsid w:val="00CF6948"/>
     <w:rsid w:val="00D0120D"/>
+    <w:rsid w:val="00D01C6F"/>
+    <w:rsid w:val="00D0343B"/>
     <w:rsid w:val="00D040CA"/>
     <w:rsid w:val="00D041C7"/>
     <w:rsid w:val="00D0452A"/>
     <w:rsid w:val="00D048C5"/>
+    <w:rsid w:val="00D06211"/>
+    <w:rsid w:val="00D0743E"/>
+    <w:rsid w:val="00D07AFE"/>
+    <w:rsid w:val="00D10C8C"/>
+    <w:rsid w:val="00D10CF2"/>
     <w:rsid w:val="00D12FC3"/>
     <w:rsid w:val="00D1362D"/>
+    <w:rsid w:val="00D152C8"/>
     <w:rsid w:val="00D15430"/>
     <w:rsid w:val="00D1672D"/>
+    <w:rsid w:val="00D17AEB"/>
+    <w:rsid w:val="00D209E8"/>
     <w:rsid w:val="00D21B3E"/>
+    <w:rsid w:val="00D233B5"/>
+    <w:rsid w:val="00D24A36"/>
     <w:rsid w:val="00D250DD"/>
+    <w:rsid w:val="00D25357"/>
     <w:rsid w:val="00D255C2"/>
     <w:rsid w:val="00D2628F"/>
+    <w:rsid w:val="00D264AF"/>
+    <w:rsid w:val="00D271B8"/>
+    <w:rsid w:val="00D2799D"/>
     <w:rsid w:val="00D30A2D"/>
+    <w:rsid w:val="00D30DF3"/>
+    <w:rsid w:val="00D31790"/>
     <w:rsid w:val="00D34B77"/>
+    <w:rsid w:val="00D35130"/>
     <w:rsid w:val="00D35449"/>
+    <w:rsid w:val="00D35512"/>
+    <w:rsid w:val="00D35D34"/>
     <w:rsid w:val="00D3671E"/>
-    <w:rsid w:val="00D4709B"/>
     <w:rsid w:val="00D474CF"/>
+    <w:rsid w:val="00D50649"/>
+    <w:rsid w:val="00D506A3"/>
+    <w:rsid w:val="00D56F69"/>
     <w:rsid w:val="00D57EF8"/>
     <w:rsid w:val="00D600E9"/>
+    <w:rsid w:val="00D60826"/>
     <w:rsid w:val="00D6372B"/>
     <w:rsid w:val="00D659D0"/>
     <w:rsid w:val="00D6741F"/>
+    <w:rsid w:val="00D67B82"/>
     <w:rsid w:val="00D700E7"/>
     <w:rsid w:val="00D7033D"/>
     <w:rsid w:val="00D7116B"/>
+    <w:rsid w:val="00D72B36"/>
+    <w:rsid w:val="00D72FCC"/>
+    <w:rsid w:val="00D739FC"/>
+    <w:rsid w:val="00D74122"/>
     <w:rsid w:val="00D74EAA"/>
     <w:rsid w:val="00D74F7F"/>
     <w:rsid w:val="00D7558A"/>
     <w:rsid w:val="00D7587E"/>
+    <w:rsid w:val="00D778E8"/>
+    <w:rsid w:val="00D803C5"/>
     <w:rsid w:val="00D808A2"/>
     <w:rsid w:val="00D81075"/>
+    <w:rsid w:val="00D82F44"/>
+    <w:rsid w:val="00D84FC2"/>
     <w:rsid w:val="00D8721B"/>
+    <w:rsid w:val="00D87780"/>
+    <w:rsid w:val="00D87D6B"/>
     <w:rsid w:val="00D90E04"/>
     <w:rsid w:val="00D913C4"/>
+    <w:rsid w:val="00D9297E"/>
+    <w:rsid w:val="00D95C0C"/>
+    <w:rsid w:val="00D95E23"/>
     <w:rsid w:val="00DA126C"/>
     <w:rsid w:val="00DA19A9"/>
+    <w:rsid w:val="00DA2145"/>
     <w:rsid w:val="00DA2A91"/>
+    <w:rsid w:val="00DA2E69"/>
+    <w:rsid w:val="00DA4E1D"/>
+    <w:rsid w:val="00DA643B"/>
+    <w:rsid w:val="00DB1C40"/>
     <w:rsid w:val="00DB32DA"/>
     <w:rsid w:val="00DB4196"/>
     <w:rsid w:val="00DB5B6D"/>
-    <w:rsid w:val="00DB6A8D"/>
+    <w:rsid w:val="00DC26EE"/>
+    <w:rsid w:val="00DC2844"/>
     <w:rsid w:val="00DC4837"/>
+    <w:rsid w:val="00DC48FF"/>
     <w:rsid w:val="00DC4DD5"/>
+    <w:rsid w:val="00DD0376"/>
+    <w:rsid w:val="00DD067D"/>
     <w:rsid w:val="00DD2528"/>
+    <w:rsid w:val="00DD4F54"/>
+    <w:rsid w:val="00DD58EC"/>
     <w:rsid w:val="00DD5909"/>
     <w:rsid w:val="00DD59F6"/>
     <w:rsid w:val="00DD7D04"/>
+    <w:rsid w:val="00DE0837"/>
+    <w:rsid w:val="00DE14DA"/>
     <w:rsid w:val="00DE4405"/>
     <w:rsid w:val="00DE445D"/>
     <w:rsid w:val="00DE4CCF"/>
+    <w:rsid w:val="00DE51E7"/>
     <w:rsid w:val="00DE531D"/>
     <w:rsid w:val="00DE538E"/>
     <w:rsid w:val="00DE5801"/>
+    <w:rsid w:val="00DE586D"/>
+    <w:rsid w:val="00DE5EB5"/>
+    <w:rsid w:val="00DE6EC4"/>
+    <w:rsid w:val="00DE7163"/>
+    <w:rsid w:val="00DF1285"/>
     <w:rsid w:val="00DF175A"/>
+    <w:rsid w:val="00DF6428"/>
+    <w:rsid w:val="00E02B47"/>
+    <w:rsid w:val="00E032AE"/>
     <w:rsid w:val="00E0340F"/>
+    <w:rsid w:val="00E047C4"/>
     <w:rsid w:val="00E04C71"/>
     <w:rsid w:val="00E054B4"/>
     <w:rsid w:val="00E05872"/>
     <w:rsid w:val="00E05C29"/>
+    <w:rsid w:val="00E06107"/>
     <w:rsid w:val="00E07A09"/>
     <w:rsid w:val="00E11B59"/>
     <w:rsid w:val="00E1290B"/>
     <w:rsid w:val="00E144F4"/>
     <w:rsid w:val="00E16889"/>
+    <w:rsid w:val="00E16CD0"/>
+    <w:rsid w:val="00E203A1"/>
+    <w:rsid w:val="00E20A6E"/>
+    <w:rsid w:val="00E22F69"/>
     <w:rsid w:val="00E23077"/>
     <w:rsid w:val="00E234E2"/>
+    <w:rsid w:val="00E23EE5"/>
+    <w:rsid w:val="00E311CF"/>
     <w:rsid w:val="00E3128A"/>
+    <w:rsid w:val="00E320BE"/>
+    <w:rsid w:val="00E32534"/>
     <w:rsid w:val="00E3449C"/>
+    <w:rsid w:val="00E3583D"/>
     <w:rsid w:val="00E35D9E"/>
     <w:rsid w:val="00E374ED"/>
     <w:rsid w:val="00E37CC3"/>
+    <w:rsid w:val="00E37D2A"/>
+    <w:rsid w:val="00E43B46"/>
+    <w:rsid w:val="00E44C12"/>
+    <w:rsid w:val="00E459DA"/>
+    <w:rsid w:val="00E47917"/>
     <w:rsid w:val="00E50B9E"/>
+    <w:rsid w:val="00E50CAF"/>
+    <w:rsid w:val="00E52784"/>
+    <w:rsid w:val="00E535DA"/>
+    <w:rsid w:val="00E56F98"/>
+    <w:rsid w:val="00E57E32"/>
     <w:rsid w:val="00E57E66"/>
+    <w:rsid w:val="00E61262"/>
     <w:rsid w:val="00E632B5"/>
     <w:rsid w:val="00E63A81"/>
     <w:rsid w:val="00E63BE8"/>
+    <w:rsid w:val="00E645D1"/>
     <w:rsid w:val="00E6462D"/>
     <w:rsid w:val="00E656AD"/>
     <w:rsid w:val="00E65BBC"/>
     <w:rsid w:val="00E66270"/>
+    <w:rsid w:val="00E66A3E"/>
     <w:rsid w:val="00E673DE"/>
+    <w:rsid w:val="00E675CE"/>
+    <w:rsid w:val="00E7048B"/>
     <w:rsid w:val="00E708C1"/>
     <w:rsid w:val="00E72305"/>
+    <w:rsid w:val="00E72AA4"/>
+    <w:rsid w:val="00E73347"/>
+    <w:rsid w:val="00E7508F"/>
     <w:rsid w:val="00E7549E"/>
-    <w:rsid w:val="00E75C12"/>
     <w:rsid w:val="00E75F2D"/>
+    <w:rsid w:val="00E777E7"/>
+    <w:rsid w:val="00E8078C"/>
+    <w:rsid w:val="00E80821"/>
     <w:rsid w:val="00E80F97"/>
+    <w:rsid w:val="00E81E91"/>
     <w:rsid w:val="00E82462"/>
+    <w:rsid w:val="00E83094"/>
     <w:rsid w:val="00E835CE"/>
+    <w:rsid w:val="00E83683"/>
     <w:rsid w:val="00E85F76"/>
+    <w:rsid w:val="00E86891"/>
     <w:rsid w:val="00E92DB4"/>
     <w:rsid w:val="00E93977"/>
     <w:rsid w:val="00E9424E"/>
     <w:rsid w:val="00E96AC8"/>
     <w:rsid w:val="00EA01E2"/>
+    <w:rsid w:val="00EA1812"/>
+    <w:rsid w:val="00EA1C29"/>
+    <w:rsid w:val="00EA4E5A"/>
+    <w:rsid w:val="00EA73E9"/>
+    <w:rsid w:val="00EB18D3"/>
+    <w:rsid w:val="00EB3CE6"/>
     <w:rsid w:val="00EB4FE2"/>
     <w:rsid w:val="00EB646E"/>
     <w:rsid w:val="00EC06FD"/>
     <w:rsid w:val="00EC16B6"/>
     <w:rsid w:val="00EC1BFE"/>
     <w:rsid w:val="00EC2740"/>
     <w:rsid w:val="00EC3159"/>
     <w:rsid w:val="00EC3CA5"/>
+    <w:rsid w:val="00EC49F7"/>
+    <w:rsid w:val="00EC4E89"/>
     <w:rsid w:val="00EC50A3"/>
+    <w:rsid w:val="00EC547A"/>
+    <w:rsid w:val="00EC5C01"/>
     <w:rsid w:val="00ED0C8C"/>
+    <w:rsid w:val="00ED1BA7"/>
     <w:rsid w:val="00ED2025"/>
     <w:rsid w:val="00ED219B"/>
-    <w:rsid w:val="00ED4DEB"/>
+    <w:rsid w:val="00ED2B1E"/>
+    <w:rsid w:val="00ED3A90"/>
     <w:rsid w:val="00ED6836"/>
+    <w:rsid w:val="00ED6919"/>
     <w:rsid w:val="00EE01B2"/>
+    <w:rsid w:val="00EE1D9D"/>
+    <w:rsid w:val="00EE2498"/>
+    <w:rsid w:val="00EE29DA"/>
     <w:rsid w:val="00EE33F5"/>
     <w:rsid w:val="00EE5171"/>
+    <w:rsid w:val="00EE62A4"/>
+    <w:rsid w:val="00EE655C"/>
+    <w:rsid w:val="00EE66CB"/>
+    <w:rsid w:val="00EF097E"/>
     <w:rsid w:val="00EF1D8F"/>
+    <w:rsid w:val="00EF357A"/>
     <w:rsid w:val="00EF551B"/>
+    <w:rsid w:val="00EF6F73"/>
     <w:rsid w:val="00EF70D6"/>
+    <w:rsid w:val="00F0079D"/>
     <w:rsid w:val="00F00C06"/>
     <w:rsid w:val="00F0660E"/>
     <w:rsid w:val="00F0700E"/>
     <w:rsid w:val="00F07572"/>
+    <w:rsid w:val="00F0C483"/>
     <w:rsid w:val="00F10BD8"/>
     <w:rsid w:val="00F11D44"/>
+    <w:rsid w:val="00F11DA4"/>
+    <w:rsid w:val="00F12670"/>
     <w:rsid w:val="00F17791"/>
+    <w:rsid w:val="00F17B4F"/>
+    <w:rsid w:val="00F217B2"/>
     <w:rsid w:val="00F225E6"/>
+    <w:rsid w:val="00F23479"/>
     <w:rsid w:val="00F2368B"/>
-    <w:rsid w:val="00F2414E"/>
+    <w:rsid w:val="00F23DAD"/>
+    <w:rsid w:val="00F23F39"/>
     <w:rsid w:val="00F25140"/>
     <w:rsid w:val="00F253B2"/>
     <w:rsid w:val="00F27C59"/>
     <w:rsid w:val="00F27F25"/>
+    <w:rsid w:val="00F30623"/>
     <w:rsid w:val="00F31DBD"/>
-    <w:rsid w:val="00F40C98"/>
+    <w:rsid w:val="00F33FDB"/>
+    <w:rsid w:val="00F354D6"/>
+    <w:rsid w:val="00F35883"/>
+    <w:rsid w:val="00F41C97"/>
+    <w:rsid w:val="00F4352A"/>
+    <w:rsid w:val="00F459A5"/>
     <w:rsid w:val="00F466AB"/>
     <w:rsid w:val="00F46A8B"/>
     <w:rsid w:val="00F472AC"/>
     <w:rsid w:val="00F4755F"/>
+    <w:rsid w:val="00F50709"/>
     <w:rsid w:val="00F51291"/>
+    <w:rsid w:val="00F52990"/>
     <w:rsid w:val="00F52F27"/>
+    <w:rsid w:val="00F532C9"/>
+    <w:rsid w:val="00F54427"/>
+    <w:rsid w:val="00F546C6"/>
+    <w:rsid w:val="00F56EBD"/>
     <w:rsid w:val="00F56EC4"/>
     <w:rsid w:val="00F57985"/>
+    <w:rsid w:val="00F6044F"/>
     <w:rsid w:val="00F61891"/>
     <w:rsid w:val="00F6240C"/>
     <w:rsid w:val="00F63BC2"/>
     <w:rsid w:val="00F63CAC"/>
+    <w:rsid w:val="00F64F48"/>
     <w:rsid w:val="00F66A6C"/>
     <w:rsid w:val="00F66DB3"/>
-    <w:rsid w:val="00F7057C"/>
+    <w:rsid w:val="00F70A8C"/>
+    <w:rsid w:val="00F71DF5"/>
+    <w:rsid w:val="00F72148"/>
+    <w:rsid w:val="00F723A1"/>
     <w:rsid w:val="00F7279F"/>
+    <w:rsid w:val="00F72AD1"/>
+    <w:rsid w:val="00F7441E"/>
     <w:rsid w:val="00F74A85"/>
+    <w:rsid w:val="00F761D2"/>
+    <w:rsid w:val="00F8141A"/>
     <w:rsid w:val="00F820D3"/>
     <w:rsid w:val="00F8267C"/>
     <w:rsid w:val="00F82AF9"/>
     <w:rsid w:val="00F82EB9"/>
+    <w:rsid w:val="00F8340A"/>
     <w:rsid w:val="00F8343F"/>
     <w:rsid w:val="00F836C9"/>
     <w:rsid w:val="00F8387D"/>
+    <w:rsid w:val="00F84BC9"/>
+    <w:rsid w:val="00F84C22"/>
+    <w:rsid w:val="00F84F3C"/>
+    <w:rsid w:val="00F8546C"/>
+    <w:rsid w:val="00F86C64"/>
     <w:rsid w:val="00F87C63"/>
+    <w:rsid w:val="00F900E9"/>
     <w:rsid w:val="00F91206"/>
     <w:rsid w:val="00F91530"/>
-    <w:rsid w:val="00F91EA1"/>
+    <w:rsid w:val="00F9278A"/>
     <w:rsid w:val="00F930EA"/>
     <w:rsid w:val="00F931EC"/>
     <w:rsid w:val="00F948AE"/>
     <w:rsid w:val="00F94ED8"/>
     <w:rsid w:val="00F9572C"/>
+    <w:rsid w:val="00F9632B"/>
+    <w:rsid w:val="00F9633F"/>
+    <w:rsid w:val="00FA04BA"/>
+    <w:rsid w:val="00FA0BF4"/>
     <w:rsid w:val="00FA1E78"/>
+    <w:rsid w:val="00FA20DE"/>
+    <w:rsid w:val="00FA370A"/>
+    <w:rsid w:val="00FA3DC5"/>
+    <w:rsid w:val="00FA3E11"/>
+    <w:rsid w:val="00FA41F7"/>
+    <w:rsid w:val="00FA43F2"/>
     <w:rsid w:val="00FA5429"/>
+    <w:rsid w:val="00FA6239"/>
     <w:rsid w:val="00FA768C"/>
-    <w:rsid w:val="00FB160B"/>
+    <w:rsid w:val="00FB23CF"/>
     <w:rsid w:val="00FB2933"/>
+    <w:rsid w:val="00FB4682"/>
     <w:rsid w:val="00FB4AA5"/>
     <w:rsid w:val="00FB4BDA"/>
     <w:rsid w:val="00FB5256"/>
+    <w:rsid w:val="00FB7F5B"/>
+    <w:rsid w:val="00FC414E"/>
+    <w:rsid w:val="00FC4B6B"/>
+    <w:rsid w:val="00FC5376"/>
     <w:rsid w:val="00FD00E6"/>
     <w:rsid w:val="00FD04F3"/>
     <w:rsid w:val="00FD424C"/>
     <w:rsid w:val="00FD43D7"/>
     <w:rsid w:val="00FD6583"/>
+    <w:rsid w:val="00FD6C94"/>
     <w:rsid w:val="00FE3AFB"/>
+    <w:rsid w:val="00FE3C89"/>
+    <w:rsid w:val="00FE42D5"/>
     <w:rsid w:val="00FE4FD8"/>
     <w:rsid w:val="00FE54AF"/>
     <w:rsid w:val="00FE6C9E"/>
     <w:rsid w:val="00FE70D0"/>
     <w:rsid w:val="00FE7433"/>
     <w:rsid w:val="00FE78B0"/>
+    <w:rsid w:val="00FE7DC4"/>
+    <w:rsid w:val="00FE7E8E"/>
     <w:rsid w:val="00FF2096"/>
     <w:rsid w:val="00FF3572"/>
     <w:rsid w:val="00FF3899"/>
     <w:rsid w:val="00FF3C53"/>
+    <w:rsid w:val="00FF41F7"/>
     <w:rsid w:val="00FF496C"/>
+    <w:rsid w:val="00FF558C"/>
+    <w:rsid w:val="00FF5C56"/>
     <w:rsid w:val="00FF6266"/>
+    <w:rsid w:val="00FF655E"/>
     <w:rsid w:val="00FF7830"/>
     <w:rsid w:val="0131093A"/>
     <w:rsid w:val="01B6FD0B"/>
     <w:rsid w:val="01D0C12A"/>
+    <w:rsid w:val="0212F60C"/>
+    <w:rsid w:val="027C8100"/>
     <w:rsid w:val="0288D0C9"/>
+    <w:rsid w:val="02D1BFA2"/>
     <w:rsid w:val="02DAB722"/>
     <w:rsid w:val="049A22DB"/>
     <w:rsid w:val="062FAC4E"/>
+    <w:rsid w:val="06BBA23F"/>
     <w:rsid w:val="072E71E7"/>
     <w:rsid w:val="074E9D82"/>
+    <w:rsid w:val="096E4E52"/>
     <w:rsid w:val="09A7DAE0"/>
     <w:rsid w:val="0A4E6DDC"/>
     <w:rsid w:val="0AA35651"/>
+    <w:rsid w:val="0B1FB0A3"/>
+    <w:rsid w:val="0B6F8577"/>
     <w:rsid w:val="0BE23261"/>
     <w:rsid w:val="0BE6205F"/>
     <w:rsid w:val="0BF018F5"/>
     <w:rsid w:val="0C168AB2"/>
     <w:rsid w:val="0C3E26BC"/>
     <w:rsid w:val="0C49417C"/>
     <w:rsid w:val="0C7E1989"/>
+    <w:rsid w:val="0CFCB318"/>
     <w:rsid w:val="0D230EFA"/>
+    <w:rsid w:val="0D79E2C9"/>
     <w:rsid w:val="0DBC6A05"/>
     <w:rsid w:val="0DDE06B6"/>
-    <w:rsid w:val="0DED1AA1"/>
     <w:rsid w:val="0E2FE7E3"/>
-    <w:rsid w:val="0EA22E45"/>
+    <w:rsid w:val="0E364FF1"/>
     <w:rsid w:val="0EB86187"/>
     <w:rsid w:val="0EBDB838"/>
     <w:rsid w:val="0F08147C"/>
     <w:rsid w:val="0F74F514"/>
-    <w:rsid w:val="0F8E25E6"/>
     <w:rsid w:val="1115A778"/>
     <w:rsid w:val="11537A45"/>
     <w:rsid w:val="115C4B35"/>
     <w:rsid w:val="118BEDB8"/>
     <w:rsid w:val="11A3724C"/>
+    <w:rsid w:val="11AD3873"/>
     <w:rsid w:val="11FB10AD"/>
     <w:rsid w:val="12B1D400"/>
+    <w:rsid w:val="12EA848C"/>
     <w:rsid w:val="145E2546"/>
     <w:rsid w:val="14F72197"/>
-    <w:rsid w:val="158619A1"/>
+    <w:rsid w:val="1509AAB5"/>
+    <w:rsid w:val="1580DACF"/>
+    <w:rsid w:val="15DE4A6A"/>
     <w:rsid w:val="15F9C9D2"/>
-    <w:rsid w:val="16012F20"/>
+    <w:rsid w:val="162A4070"/>
+    <w:rsid w:val="165436ED"/>
     <w:rsid w:val="166319BF"/>
     <w:rsid w:val="174745AD"/>
+    <w:rsid w:val="174ADD65"/>
     <w:rsid w:val="1765D7E5"/>
-    <w:rsid w:val="17FF95CE"/>
     <w:rsid w:val="1820CD83"/>
     <w:rsid w:val="1821D3CA"/>
+    <w:rsid w:val="18389B7B"/>
     <w:rsid w:val="18456D28"/>
     <w:rsid w:val="18481E92"/>
-    <w:rsid w:val="18EA211C"/>
+    <w:rsid w:val="18A36237"/>
+    <w:rsid w:val="191C2238"/>
     <w:rsid w:val="192F0C24"/>
+    <w:rsid w:val="1A4649BD"/>
     <w:rsid w:val="1A86489E"/>
+    <w:rsid w:val="1B1F1DA8"/>
+    <w:rsid w:val="1B7BCCC7"/>
     <w:rsid w:val="1BA53D82"/>
     <w:rsid w:val="1C0E2A45"/>
     <w:rsid w:val="1C2692F1"/>
     <w:rsid w:val="1D0F0FD0"/>
     <w:rsid w:val="1D50A1B2"/>
     <w:rsid w:val="1DEE0B8D"/>
     <w:rsid w:val="1E4C0A92"/>
+    <w:rsid w:val="1ED2777A"/>
     <w:rsid w:val="1EEC7213"/>
     <w:rsid w:val="1F45CB07"/>
+    <w:rsid w:val="1F614F41"/>
     <w:rsid w:val="1F7C2858"/>
     <w:rsid w:val="1F7D370B"/>
+    <w:rsid w:val="207CFA9E"/>
     <w:rsid w:val="20F8CA8C"/>
     <w:rsid w:val="20FF91FB"/>
     <w:rsid w:val="21647EA3"/>
-    <w:rsid w:val="21E93317"/>
+    <w:rsid w:val="21C4C6CD"/>
+    <w:rsid w:val="21C8A264"/>
+    <w:rsid w:val="229AB6ED"/>
     <w:rsid w:val="236C2D59"/>
     <w:rsid w:val="238159A7"/>
     <w:rsid w:val="23893A44"/>
     <w:rsid w:val="23B9700B"/>
     <w:rsid w:val="246CD6FD"/>
+    <w:rsid w:val="249C4381"/>
     <w:rsid w:val="24B062E7"/>
     <w:rsid w:val="25635415"/>
+    <w:rsid w:val="25BE27CE"/>
+    <w:rsid w:val="261C3F82"/>
+    <w:rsid w:val="269CE748"/>
     <w:rsid w:val="26E710B0"/>
     <w:rsid w:val="272B3F15"/>
+    <w:rsid w:val="27967B50"/>
     <w:rsid w:val="27BC309C"/>
     <w:rsid w:val="27F4D50F"/>
     <w:rsid w:val="2971E844"/>
     <w:rsid w:val="29BFA161"/>
+    <w:rsid w:val="29F72291"/>
     <w:rsid w:val="2A1F0F87"/>
     <w:rsid w:val="2BF44DF3"/>
     <w:rsid w:val="2CBDFBC7"/>
     <w:rsid w:val="2DDA08B3"/>
     <w:rsid w:val="2E112FCF"/>
-    <w:rsid w:val="2F0EAC07"/>
+    <w:rsid w:val="2F2798E2"/>
+    <w:rsid w:val="2F84EEEF"/>
     <w:rsid w:val="2FD00E51"/>
     <w:rsid w:val="2FE43150"/>
+    <w:rsid w:val="30367772"/>
     <w:rsid w:val="305CB40F"/>
     <w:rsid w:val="30AC0173"/>
     <w:rsid w:val="30C13BF6"/>
     <w:rsid w:val="30E37577"/>
     <w:rsid w:val="310B18AF"/>
     <w:rsid w:val="316FE29F"/>
+    <w:rsid w:val="3267E54E"/>
     <w:rsid w:val="32DEBB8C"/>
+    <w:rsid w:val="32EDD9E3"/>
     <w:rsid w:val="330BB300"/>
+    <w:rsid w:val="341BE823"/>
+    <w:rsid w:val="343B1C33"/>
+    <w:rsid w:val="345FF505"/>
     <w:rsid w:val="354E4B58"/>
     <w:rsid w:val="36A5CAEB"/>
-    <w:rsid w:val="375B8E4E"/>
-    <w:rsid w:val="3AFD49E4"/>
+    <w:rsid w:val="3748485D"/>
+    <w:rsid w:val="37BFE91B"/>
+    <w:rsid w:val="3A9E8897"/>
     <w:rsid w:val="3B104F4B"/>
+    <w:rsid w:val="3B2FD8A0"/>
     <w:rsid w:val="3BCF11DA"/>
     <w:rsid w:val="3BDF6AF2"/>
-    <w:rsid w:val="3D0C51B5"/>
     <w:rsid w:val="3D4C5EF4"/>
     <w:rsid w:val="3E461260"/>
     <w:rsid w:val="3E471094"/>
+    <w:rsid w:val="3EE56AB3"/>
+    <w:rsid w:val="3F0F33E6"/>
     <w:rsid w:val="3F1F742E"/>
     <w:rsid w:val="3F7281DA"/>
     <w:rsid w:val="3F884BF5"/>
+    <w:rsid w:val="3FB517D9"/>
+    <w:rsid w:val="3FFA09D6"/>
     <w:rsid w:val="4001033F"/>
-    <w:rsid w:val="402A7D4B"/>
     <w:rsid w:val="410B438A"/>
     <w:rsid w:val="411510D1"/>
     <w:rsid w:val="4124A351"/>
+    <w:rsid w:val="412CEA9D"/>
+    <w:rsid w:val="41EE1198"/>
     <w:rsid w:val="42337EEF"/>
     <w:rsid w:val="4279023D"/>
+    <w:rsid w:val="42A6246B"/>
     <w:rsid w:val="43234EB6"/>
+    <w:rsid w:val="4358DC44"/>
     <w:rsid w:val="440F2423"/>
     <w:rsid w:val="441940E6"/>
+    <w:rsid w:val="442CB1D9"/>
     <w:rsid w:val="443145CD"/>
+    <w:rsid w:val="443D372D"/>
+    <w:rsid w:val="447EC586"/>
     <w:rsid w:val="449E82A3"/>
+    <w:rsid w:val="44D51628"/>
     <w:rsid w:val="44E2416D"/>
+    <w:rsid w:val="454DADD8"/>
     <w:rsid w:val="454EF040"/>
     <w:rsid w:val="45C8BB00"/>
+    <w:rsid w:val="46719018"/>
+    <w:rsid w:val="467BB3B9"/>
+    <w:rsid w:val="4694FAD4"/>
+    <w:rsid w:val="46A1A195"/>
+    <w:rsid w:val="46F7B483"/>
     <w:rsid w:val="470C7A92"/>
     <w:rsid w:val="47F6BFD9"/>
     <w:rsid w:val="48533722"/>
+    <w:rsid w:val="487E389F"/>
+    <w:rsid w:val="4881B92B"/>
+    <w:rsid w:val="4884DC97"/>
     <w:rsid w:val="48AD4E95"/>
+    <w:rsid w:val="490028C3"/>
     <w:rsid w:val="4910AD4C"/>
     <w:rsid w:val="4916B605"/>
     <w:rsid w:val="4A1B129C"/>
-    <w:rsid w:val="4A7E48F5"/>
-    <w:rsid w:val="4B5B66B5"/>
     <w:rsid w:val="4B7CFEEA"/>
-    <w:rsid w:val="4C1018AD"/>
     <w:rsid w:val="4C125FCF"/>
+    <w:rsid w:val="4C70096F"/>
     <w:rsid w:val="4C982FB9"/>
     <w:rsid w:val="4CCA30FC"/>
+    <w:rsid w:val="4CF24005"/>
     <w:rsid w:val="4DCC33E9"/>
-    <w:rsid w:val="4E687DBC"/>
     <w:rsid w:val="4EADFCBF"/>
     <w:rsid w:val="4EE61F10"/>
     <w:rsid w:val="4F2C10E6"/>
     <w:rsid w:val="50AD10F2"/>
+    <w:rsid w:val="50AFE051"/>
     <w:rsid w:val="50F46AEA"/>
     <w:rsid w:val="5163DD4E"/>
-    <w:rsid w:val="52B9F3DB"/>
+    <w:rsid w:val="51991E94"/>
     <w:rsid w:val="549E4B2F"/>
     <w:rsid w:val="54DD6537"/>
     <w:rsid w:val="54FF35DB"/>
     <w:rsid w:val="56374E71"/>
+    <w:rsid w:val="56545739"/>
+    <w:rsid w:val="57484C53"/>
+    <w:rsid w:val="576A355C"/>
     <w:rsid w:val="57B90953"/>
     <w:rsid w:val="57CD0347"/>
     <w:rsid w:val="581F4FE7"/>
     <w:rsid w:val="590137A4"/>
     <w:rsid w:val="5A0873DC"/>
     <w:rsid w:val="5A32165A"/>
+    <w:rsid w:val="5A6BDA4E"/>
+    <w:rsid w:val="5A9D178E"/>
     <w:rsid w:val="5AC13ADC"/>
+    <w:rsid w:val="5B174823"/>
     <w:rsid w:val="5B310854"/>
+    <w:rsid w:val="5B44D041"/>
+    <w:rsid w:val="5BEA5B8D"/>
     <w:rsid w:val="5CA56A42"/>
     <w:rsid w:val="5CC64CF0"/>
     <w:rsid w:val="5CC8F7FA"/>
     <w:rsid w:val="5CF3826C"/>
     <w:rsid w:val="5D2A3A28"/>
+    <w:rsid w:val="5D32F685"/>
     <w:rsid w:val="5D533C1C"/>
+    <w:rsid w:val="5D6259BF"/>
     <w:rsid w:val="5DC87513"/>
     <w:rsid w:val="5E0451A4"/>
     <w:rsid w:val="5E098DAB"/>
+    <w:rsid w:val="5E258182"/>
     <w:rsid w:val="5E8DCF3D"/>
     <w:rsid w:val="5F95040A"/>
+    <w:rsid w:val="60678951"/>
+    <w:rsid w:val="60F39FB5"/>
     <w:rsid w:val="610B3F68"/>
     <w:rsid w:val="610E08D3"/>
     <w:rsid w:val="61716DA0"/>
+    <w:rsid w:val="61EE8C1E"/>
+    <w:rsid w:val="626C2A82"/>
     <w:rsid w:val="62D71438"/>
+    <w:rsid w:val="63929EBE"/>
     <w:rsid w:val="648C0868"/>
+    <w:rsid w:val="649DD536"/>
     <w:rsid w:val="64AB864F"/>
     <w:rsid w:val="64D3910F"/>
     <w:rsid w:val="64D94543"/>
+    <w:rsid w:val="65799BD1"/>
+    <w:rsid w:val="65FFC083"/>
+    <w:rsid w:val="660C68F1"/>
+    <w:rsid w:val="660D9EDC"/>
+    <w:rsid w:val="6635FC1F"/>
     <w:rsid w:val="6651390B"/>
-    <w:rsid w:val="66C3A440"/>
     <w:rsid w:val="66C49A84"/>
+    <w:rsid w:val="67879FA3"/>
     <w:rsid w:val="67D84FF4"/>
+    <w:rsid w:val="68534799"/>
     <w:rsid w:val="68606AE5"/>
     <w:rsid w:val="68E479A6"/>
     <w:rsid w:val="69C0D4C6"/>
+    <w:rsid w:val="69DC0544"/>
+    <w:rsid w:val="69E9364E"/>
+    <w:rsid w:val="6AA8DBC9"/>
+    <w:rsid w:val="6ABA559D"/>
     <w:rsid w:val="6BD1EFBA"/>
+    <w:rsid w:val="6BD97036"/>
     <w:rsid w:val="6BE880D6"/>
     <w:rsid w:val="6C1AA377"/>
+    <w:rsid w:val="6C24EDD6"/>
+    <w:rsid w:val="6C31417D"/>
     <w:rsid w:val="6C5FA074"/>
+    <w:rsid w:val="6C73F631"/>
     <w:rsid w:val="6D2905B8"/>
-    <w:rsid w:val="6D57D16C"/>
+    <w:rsid w:val="6D9291A7"/>
     <w:rsid w:val="6DC911FF"/>
     <w:rsid w:val="6E29107D"/>
     <w:rsid w:val="6ECFAC69"/>
     <w:rsid w:val="6F37415E"/>
+    <w:rsid w:val="6FB01B54"/>
     <w:rsid w:val="6FCE7202"/>
-    <w:rsid w:val="700599A9"/>
     <w:rsid w:val="714C02D4"/>
-    <w:rsid w:val="72A2F0A9"/>
+    <w:rsid w:val="71AC75A7"/>
     <w:rsid w:val="733729D8"/>
+    <w:rsid w:val="735AC875"/>
+    <w:rsid w:val="745C7D34"/>
     <w:rsid w:val="74A881BC"/>
     <w:rsid w:val="74E19E13"/>
+    <w:rsid w:val="7575402B"/>
     <w:rsid w:val="757FD150"/>
     <w:rsid w:val="75AD2083"/>
-    <w:rsid w:val="7643F43E"/>
     <w:rsid w:val="764727F3"/>
     <w:rsid w:val="767E06D1"/>
-    <w:rsid w:val="7701E0BA"/>
+    <w:rsid w:val="76E94554"/>
+    <w:rsid w:val="76F84D4B"/>
     <w:rsid w:val="774A66BF"/>
-    <w:rsid w:val="77906E8C"/>
     <w:rsid w:val="77CE8141"/>
+    <w:rsid w:val="77F35160"/>
     <w:rsid w:val="7806276B"/>
     <w:rsid w:val="78294321"/>
+    <w:rsid w:val="782F0F19"/>
+    <w:rsid w:val="783FF523"/>
     <w:rsid w:val="7889092B"/>
     <w:rsid w:val="78906E4C"/>
     <w:rsid w:val="78D61486"/>
+    <w:rsid w:val="794236A2"/>
     <w:rsid w:val="79516794"/>
     <w:rsid w:val="79647A53"/>
     <w:rsid w:val="79894596"/>
     <w:rsid w:val="7A574D26"/>
     <w:rsid w:val="7AD67A5E"/>
     <w:rsid w:val="7AE244DA"/>
+    <w:rsid w:val="7B0C0000"/>
     <w:rsid w:val="7C112F58"/>
     <w:rsid w:val="7C30C741"/>
     <w:rsid w:val="7C5DCAE7"/>
     <w:rsid w:val="7C8FF352"/>
     <w:rsid w:val="7D0566E3"/>
+    <w:rsid w:val="7D12B77C"/>
     <w:rsid w:val="7DA2A680"/>
+    <w:rsid w:val="7DDCB6FD"/>
     <w:rsid w:val="7E7F5B67"/>
+    <w:rsid w:val="7ECC5E4E"/>
+    <w:rsid w:val="7F91CE2C"/>
     <w:rsid w:val="7FF26C0C"/>
+    <w:rsid w:val="7FF27FAE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050" fillcolor="white">
+    <o:shapedefaults v:ext="edit" spidmax="2049" fillcolor="white">
       <v:fill color="white"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7DCCDE9B"/>
-  <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{BDED05C6-A123-4631-8237-761DDD509BB4}"/>
+  <w15:docId w15:val="{493DEA37-7584-4F7F-971F-E16015C3E26D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:lang w:val="en-CA" w:eastAsia="en-CA" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:qFormat="1"/>
     <w:lsdException w:name="annotation text" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="header" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="footer" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footnote reference" w:qFormat="1"/>
+    <w:lsdException w:name="footnote reference" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -46576,61 +46636,59 @@
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:qFormat/>
     <w:rPr>
       <w:color w:val="3366FF"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rPr>
       <w:color w:val="3366FF"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
-    <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabletext">
     <w:name w:val="Table text"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="20"/>
@@ -47125,513 +47183,684 @@
     <w:semiHidden/>
     <w:rsid w:val="00D12FC3"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ui-provider">
     <w:name w:val="ui-provider"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="006F49D0"/>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="006F49D0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Mention">
+    <w:name w:val="Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D0743E"/>
+    <w:rPr>
+      <w:color w:val="2B579A"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
+    <w:div w:id="187448895">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="249585413">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="442577969">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="757868857">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="955209499">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="976102510">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1235242570">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1486119293">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1898854676">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2013682640">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estm.fa.em2.oraclecloud.com/hcmUI/faces/FndOverview?fnd=%3B%3B%3B%3Bfalse%3B256%3B%3B%3B&amp;fndGlobalItemNodeId=itemNode_manager_resources_CareerandPerformance&amp;_afrLoop=51988636887518897&amp;_afrWindowMode=0&amp;_afrWindowId=il1sewf7g&amp;_adf.ctrl-state=15xm4069zv_108&amp;_afrFS=16&amp;_afrMT=screen&amp;_afrMFW=1756&amp;_afrMFH=880&amp;_afrMFDW=2195&amp;_afrMFDH=1235&amp;_afrMFC=8&amp;_afrMFCI=0&amp;_afrMFM=0&amp;_afrMFR=210&amp;_afrMFG=0&amp;_afrMFS=0&amp;_afrMFO=0" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/GSSC/_layouts/15/Doc.aspx?sourcedoc=%7B011736B9-6DFA-4252-8310-3EB16F0C8663%7D&amp;file=Guide%20to%20Writing%20TOR%20for%20NPSA.docx&amp;action=default&amp;mobileredirect=true" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/GSSC/Shared%20Documents/HR/PSA/NPSA/Annual%20Performance%20Review%20(by%20Supervisors).docx?d=w641b98d38dde4b6e834c8e4e34700348&amp;csf=1&amp;web=1&amp;e=Cj7m7z" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:reportmisconduct@undp.org" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.partneragencies.org/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/GSSC/Shared%20Documents/HR/PSA/NPSA/Certificate_of_Good_Health.docx?d=w25714fbf040640e7950f5e828f7c1b5e&amp;csf=1&amp;web=1&amp;e=7m2JTJ" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.microsoft.com/office/2019/05/relationships/documenttasks" Target="documenttasks/documenttasks1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/GSSC/_layouts/15/Doc.aspx?sourcedoc=%7B011736B9-6DFA-4252-8310-3EB16F0C8663%7D&amp;file=Guide%20to%20Writing%20TOR%20for%20NPSA.docx&amp;action=default&amp;mobileredirect=true" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/GSSC/Shared%20Documents/HR/PSA/NPSA/Vendor-Person_profile_update.doc?d=wc829c00eafcf4f4688f55bfa23e4a5ab&amp;csf=1&amp;web=1&amp;e=RXfAD2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:harassment.support@undp.org" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/GSSC/Shared%20Documents/HR/PSA/NPSA/Annual%20Performance%20Review%20(by%20Supervisors).docx?d=w641b98d38dde4b6e834c8e4e34700348&amp;csf=1&amp;web=1&amp;e=GvjSez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/GSSC/Shared%20Documents/HR/PSA/NPSA/PSA%20Reference%20Check%20Form.docx?d=wee121aa7ed404f87a06806eb370d131b&amp;csf=1&amp;web=1&amp;e=iEiKe8" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/GSSC/_layouts/15/Doc.aspx?sourcedoc=%7B5F839A46-D54E-48B5-88C9-91B76FA739D4%7D&amp;file=PSA%20Face%20Sheet%20and%20GTC%20(Regular)_Revised.docx&amp;action=default&amp;mobileredirect=true" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/GSSC/_layouts/15/Doc.aspx?sourcedoc=%7B5F839A46-D54E-48B5-88C9-91B76FA739D4%7D&amp;file=PSA%20Face%20Sheet%20and%20GTC%20(Regular)_Revised.docx&amp;action=default&amp;mobileredirect=true" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/10781" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estm.fa.em2.oraclecloud.com/hcmUI/faces/FndOverview?fnd=%3B%3B%3B%3Bfalse%3B256%3B%3B%3B&amp;fndGlobalItemNodeId=itemNode_manager_resources_CareerandPerformance&amp;_afrLoop=51988636887518897&amp;_afrWindowMode=0&amp;_afrWindowId=il1sewf7g&amp;_adf.ctrl-state=15xm4069zv_108&amp;_afrFS=16&amp;_afrMT=screen&amp;_afrMFW=1756&amp;_afrMFH=880&amp;_afrMFDW=2195&amp;_afrMFDH=1235&amp;_afrMFC=8&amp;_afrMFCI=0&amp;_afrMFM=0&amp;_afrMFR=210&amp;_afrMFG=0&amp;_afrMFS=0&amp;_afrMFO=0." TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:x:/r/teams/OHR-Portal/_layouts/15/Doc.aspx?sourcedoc=%7B2524519F-19B2-477E-827D-D17BB45C0E50%7D&amp;file=PSA_Remuneration_setting_Tool.xlsx&amp;action=default&amp;mobileredirect=true&amp;web=1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/GSSC/Shared%20Documents/HR/PSA/NPSA/PSA%20Face%20Sheet%20and%20GTC%20(Regular)_Revised.docx?d=w5f839a46d54e48b588c991b76fa739d4&amp;csf=1&amp;web=1&amp;e=OX7Zc7" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estm.fa.em2.oraclecloud.com/hcmUI/faces/FndOverview?fnd=%3B%3B%3B%3Bfalse%3B256%3B%3B%3B&amp;fndGlobalItemNodeId=itemNode_manager_resources_CareerandPerformance&amp;_afrLoop=51988636887518897&amp;_afrWindowMode=0&amp;_afrWindowId=il1sewf7g&amp;_adf.ctrl-state=15xm4069zv_108&amp;_afrFS=16&amp;_afrMT=screen&amp;_afrMFW=1756&amp;_afrMFH=880&amp;_afrMFDW=2195&amp;_afrMFDH=1235&amp;_afrMFC=8&amp;_afrMFCI=0&amp;_afrMFM=0&amp;_afrMFR=210&amp;_afrMFG=0&amp;_afrMFS=0&amp;_afrMFO=0" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/GSSC/_layouts/15/Doc.aspx?sourcedoc=%7B011736B9-6DFA-4252-8310-3EB16F0C8663%7D&amp;file=Guide%20to%20Writing%20TOR%20for%20NPSA.docx&amp;action=default&amp;mobileredirect=true" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/GSSC/Shared%20Documents/HR/PSA/NPSA/Annual%20Performance%20Review%20(by%20Supervisors).docx?d=w641b98d38dde4b6e834c8e4e34700348&amp;csf=1&amp;web=1&amp;e=EjG66S" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:harassment.support@undp.org" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.partneragencies.org/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/GSSC/Shared%20Documents/HR/PSA/NPSA/PSA%20Reference%20Check%20Form.docx?d=wee121aa7ed404f87a06806eb370d131b&amp;csf=1&amp;web=1&amp;e=iEiKe8" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/GSSC/Shared%20Documents/HR/PSA/NPSA/Annual%20Performance%20Review%20(by%20Supervisors).docx?d=w641b98d38dde4b6e834c8e4e34700348&amp;csf=1&amp;web=1&amp;e=GvjSez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/10781" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/GSSC/_layouts/15/Doc.aspx?sourcedoc=%7B5F839A46-D54E-48B5-88C9-91B76FA739D4%7D&amp;file=PSA%20Face%20Sheet%20and%20GTC%20(Regular)_Revised.docx&amp;action=default&amp;mobileredirect=true" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:x:/r/teams/OHR-Portal/_layouts/15/Doc.aspx?sourcedoc=%7B2524519F-19B2-477E-827D-D17BB45C0E50%7D&amp;file=PSA_Remuneration_setting_Tool.xlsx&amp;action=default&amp;mobileredirect=true&amp;web=1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estm.fa.em2.oraclecloud.com/hcmUI/faces/FndOverview?fnd=%3B%3B%3B%3Bfalse%3B256%3B%3B%3B&amp;fndGlobalItemNodeId=itemNode_manager_resources_CareerandPerformance&amp;_afrLoop=51988636887518897&amp;_afrWindowMode=0&amp;_afrWindowId=il1sewf7g&amp;_adf.ctrl-state=15xm4069zv_108&amp;_afrFS=16&amp;_afrMT=screen&amp;_afrMFW=1756&amp;_afrMFH=880&amp;_afrMFDW=2195&amp;_afrMFDH=1235&amp;_afrMFC=8&amp;_afrMFCI=0&amp;_afrMFM=0&amp;_afrMFR=210&amp;_afrMFG=0&amp;_afrMFS=0&amp;_afrMFO=0" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estm.fa.em2.oraclecloud.com/hcmUI/faces/FndOverview?fnd=%3B%3B%3B%3Bfalse%3B256%3B%3B%3B&amp;fndGlobalItemNodeId=itemNode_manager_resources_CareerandPerformance&amp;_afrLoop=51988636887518897&amp;_afrWindowMode=0&amp;_afrWindowId=il1sewf7g&amp;_adf.ctrl-state=15xm4069zv_108&amp;_afrFS=16&amp;_afrMT=screen&amp;_afrMFW=1756&amp;_afrMFH=880&amp;_afrMFDW=2195&amp;_afrMFDH=1235&amp;_afrMFC=8&amp;_afrMFCI=0&amp;_afrMFM=0&amp;_afrMFR=210&amp;_afrMFG=0&amp;_afrMFS=0&amp;_afrMFO=0." TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/GSSC/_layouts/15/Doc.aspx?sourcedoc=%7B5F839A46-D54E-48B5-88C9-91B76FA739D4%7D&amp;file=PSA%20Face%20Sheet%20and%20GTC%20(Regular)_Revised.docx&amp;action=default&amp;mobileredirect=true" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/GSSC/_layouts/15/Doc.aspx?sourcedoc=%7B011736B9-6DFA-4252-8310-3EB16F0C8663%7D&amp;file=Guide%20to%20Writing%20TOR%20for%20NPSA.docx&amp;action=default&amp;mobileredirect=true" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://estm.fa.em2.oraclecloud.com/hcmUI/faces/FndOverview?fnd=%3B%3B%3B%3Bfalse%3B256%3B%3B%3B&amp;fndGlobalItemNodeId=itemNode_manager_resources_CareerandPerformance&amp;_afrLoop=51988636887518897&amp;_afrWindowMode=0&amp;_afrWindowId=il1sewf7g&amp;_adf.ctrl-state=15xm4069zv_108&amp;_afrFS=16&amp;_afrMT=screen&amp;_afrMFW=1756&amp;_afrMFH=880&amp;_afrMFDW=2195&amp;_afrMFDH=1235&amp;_afrMFC=8&amp;_afrMFCI=0&amp;_afrMFM=0&amp;_afrMFR=210&amp;_afrMFG=0&amp;_afrMFS=0&amp;_afrMFO=0" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/GSSC/_layouts/15/Doc.aspx?sourcedoc=%7B011736B9-6DFA-4252-8310-3EB16F0C8663%7D&amp;file=Guide%20to%20Writing%20TOR%20for%20NPSA.docx&amp;action=default&amp;mobileredirect=true" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/GSSC/Shared%20Documents/HR/PSA/NPSA/PSA%20Face%20Sheet%20and%20GTC%20(Regular)_Revised.docx?d=w5f839a46d54e48b588c991b76fa739d4&amp;csf=1&amp;web=1&amp;e=OX7Zc7" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/GSSC/Shared%20Documents/HR/PSA/NPSA/Annual%20Performance%20Review%20(by%20Supervisors).docx?d=w641b98d38dde4b6e834c8e4e34700348&amp;csf=1&amp;web=1&amp;e=Cj7m7z" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/GSSC/Shared%20Documents/HR/PSA/NPSA/Annual%20Performance%20Review%20(by%20Supervisors).docx?d=w641b98d38dde4b6e834c8e4e34700348&amp;csf=1&amp;web=1&amp;e=EjG66S" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:reportmisconduct@undp.org" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/GSSC/_layouts/15/Doc.aspx?sourcedoc=%7B011736B9-6DFA-4252-8310-3EB16F0C8663%7D&amp;file=Guide%20to%20Writing%20TOR%20for%20NPSA.docx&amp;action=default&amp;mobileredirect=true" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/GSSC/Shared%20Documents/HR/PSA/NPSA/Certificate_of_Good_Health.docx?d=w25714fbf040640e7950f5e828f7c1b5e&amp;csf=1&amp;web=1&amp;e=7m2JTJ" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:w:/r/teams/GSSC/Shared%20Documents/HR/PSA/NPSA/Vendor-Person_profile_update.doc?d=wc829c00eafcf4f4688f55bfa23e4a5ab&amp;csf=1&amp;web=1&amp;e=RXfAD2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
-<file path=word/documenttasks/documenttasks1.xml><?xml version="1.0" encoding="utf-8"?>
-[...35 lines deleted...]
-
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
-    <w:docPart>
-[...24 lines deleted...]
-    </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D4AFABF47C884A3BBB12969CE9EA09DD"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CF31CBF2-919E-4602-82BC-70C6CC067EFD}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00F2414E" w:rsidRDefault="00F2414E">
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>[POPPRefItemVersion]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="F5484515B0A047DF9686A4507719059C"/>
+        <w:name w:val="A74217E9DAD4494CA2B48EE9B2BC1943"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{28E029DA-65D4-48C8-9948-91F0C543E889}"/>
+        <w:guid w:val="{4513BCF2-0DAA-4EC0-970B-65DF8054378C}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00F2414E" w:rsidRDefault="00F2414E">
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>[POPPRefItemVersion]</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E8EB2D91A74946DBBCE7B54483470289"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8F0B6071-4E9D-4AC3-A7A6-FAE3593577A5}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="005F008B" w:rsidRDefault="00F2414E">
           <w:pPr>
-            <w:pStyle w:val="F5484515B0A047DF9686A4507719059C"/>
+            <w:pStyle w:val="E8EB2D91A74946DBBCE7B54483470289"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>[Effective Date]</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E38FCC90A38F4FA8809B60941226C3EE"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{AFF500BA-A8AF-401E-81F7-8A6FAF6240F4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="005F008B" w:rsidRDefault="00F2414E">
+          <w:pPr>
+            <w:pStyle w:val="E38FCC90A38F4FA8809B60941226C3EE"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>[Effective Date]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0038081D" w:rsidRDefault="0038081D">
+    <w:p w:rsidR="00163E09" w:rsidRDefault="00163E09">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0038081D" w:rsidRDefault="0038081D">
+    <w:p w:rsidR="00163E09" w:rsidRDefault="00163E09">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="ＭＳ 明朝"/>
+    <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Angsana New">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="DE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
-    <w:altName w:val="Arial"/>
+    <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
+    <w:sig w:usb0="03000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos">
-[...4 lines deleted...]
-  </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian Light">
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos Display">
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0038081D" w:rsidRDefault="0038081D">
+    <w:p w:rsidR="00163E09" w:rsidRDefault="00163E09">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0038081D" w:rsidRDefault="0038081D">
+    <w:p w:rsidR="00163E09" w:rsidRDefault="00163E09">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:revisionView w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D6372B"/>
-    <w:rsid w:val="00037401"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00121E1D"/>
+    <w:rsid w:val="000216F2"/>
+    <w:rsid w:val="000A09A7"/>
+    <w:rsid w:val="000D22DF"/>
+    <w:rsid w:val="000E735F"/>
     <w:rsid w:val="0013350F"/>
     <w:rsid w:val="00141958"/>
     <w:rsid w:val="00146D71"/>
+    <w:rsid w:val="00153DE8"/>
+    <w:rsid w:val="00163E09"/>
+    <w:rsid w:val="00163F30"/>
+    <w:rsid w:val="00165EBD"/>
+    <w:rsid w:val="001660C4"/>
     <w:rsid w:val="001E739E"/>
     <w:rsid w:val="00220518"/>
+    <w:rsid w:val="00253886"/>
+    <w:rsid w:val="00254B65"/>
+    <w:rsid w:val="0025682D"/>
+    <w:rsid w:val="002A587F"/>
     <w:rsid w:val="002C0081"/>
     <w:rsid w:val="002D362B"/>
+    <w:rsid w:val="002E349C"/>
     <w:rsid w:val="00316827"/>
-    <w:rsid w:val="00336316"/>
+    <w:rsid w:val="00316BE3"/>
+    <w:rsid w:val="00324405"/>
     <w:rsid w:val="00336DED"/>
-    <w:rsid w:val="0038081D"/>
+    <w:rsid w:val="00361329"/>
+    <w:rsid w:val="00364643"/>
+    <w:rsid w:val="00377A54"/>
     <w:rsid w:val="00381AF3"/>
-    <w:rsid w:val="00396CC9"/>
     <w:rsid w:val="003A041D"/>
+    <w:rsid w:val="003A3DDC"/>
     <w:rsid w:val="003E3443"/>
     <w:rsid w:val="003E35A6"/>
     <w:rsid w:val="00406B44"/>
+    <w:rsid w:val="0043198B"/>
+    <w:rsid w:val="00491559"/>
+    <w:rsid w:val="004B43A7"/>
     <w:rsid w:val="004C48D5"/>
     <w:rsid w:val="004F7DB7"/>
     <w:rsid w:val="00507829"/>
+    <w:rsid w:val="00533589"/>
     <w:rsid w:val="005548A6"/>
     <w:rsid w:val="00564B89"/>
+    <w:rsid w:val="00572277"/>
+    <w:rsid w:val="00592F3C"/>
+    <w:rsid w:val="005963FC"/>
     <w:rsid w:val="005A5CEA"/>
+    <w:rsid w:val="005C65A0"/>
+    <w:rsid w:val="005F008B"/>
     <w:rsid w:val="005F12A4"/>
-    <w:rsid w:val="00632AA5"/>
     <w:rsid w:val="0066106B"/>
     <w:rsid w:val="00674C4E"/>
+    <w:rsid w:val="0069309A"/>
+    <w:rsid w:val="006D3D07"/>
+    <w:rsid w:val="006E11DC"/>
+    <w:rsid w:val="00755ABC"/>
     <w:rsid w:val="00763921"/>
+    <w:rsid w:val="00795AC6"/>
     <w:rsid w:val="007A3C5C"/>
+    <w:rsid w:val="007B2A3E"/>
+    <w:rsid w:val="007C1A49"/>
     <w:rsid w:val="007C20DE"/>
+    <w:rsid w:val="007D42FC"/>
     <w:rsid w:val="008218E2"/>
+    <w:rsid w:val="008332DA"/>
+    <w:rsid w:val="0087509F"/>
+    <w:rsid w:val="00882B79"/>
+    <w:rsid w:val="00882F15"/>
+    <w:rsid w:val="00915CD6"/>
+    <w:rsid w:val="009F28FC"/>
     <w:rsid w:val="009F307D"/>
     <w:rsid w:val="00A450C2"/>
     <w:rsid w:val="00A650EC"/>
     <w:rsid w:val="00A77EC8"/>
+    <w:rsid w:val="00A94170"/>
     <w:rsid w:val="00AA0756"/>
-    <w:rsid w:val="00AB5D2F"/>
+    <w:rsid w:val="00AC3AE5"/>
     <w:rsid w:val="00AE7DD9"/>
-    <w:rsid w:val="00B25319"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B5260A"/>
+    <w:rsid w:val="00B1051A"/>
+    <w:rsid w:val="00B11F4C"/>
+    <w:rsid w:val="00B268A3"/>
     <w:rsid w:val="00B60F24"/>
     <w:rsid w:val="00B80464"/>
-    <w:rsid w:val="00BA36A8"/>
-    <w:rsid w:val="00BE051A"/>
+    <w:rsid w:val="00B962AD"/>
+    <w:rsid w:val="00BB6E3E"/>
+    <w:rsid w:val="00BB7E11"/>
+    <w:rsid w:val="00BC7400"/>
+    <w:rsid w:val="00BD153A"/>
+    <w:rsid w:val="00C006E3"/>
     <w:rsid w:val="00C02571"/>
     <w:rsid w:val="00C3009B"/>
     <w:rsid w:val="00C40572"/>
+    <w:rsid w:val="00C4615C"/>
+    <w:rsid w:val="00CA1DBA"/>
+    <w:rsid w:val="00CD14BC"/>
+    <w:rsid w:val="00CF000F"/>
+    <w:rsid w:val="00D170C7"/>
+    <w:rsid w:val="00D60826"/>
     <w:rsid w:val="00D6372B"/>
     <w:rsid w:val="00D67F49"/>
+    <w:rsid w:val="00D72CCA"/>
+    <w:rsid w:val="00D7709F"/>
     <w:rsid w:val="00D8787B"/>
+    <w:rsid w:val="00DE14AA"/>
     <w:rsid w:val="00DE7AEB"/>
+    <w:rsid w:val="00DF0CC3"/>
     <w:rsid w:val="00E010D8"/>
+    <w:rsid w:val="00E44C12"/>
+    <w:rsid w:val="00E47917"/>
+    <w:rsid w:val="00E52011"/>
+    <w:rsid w:val="00E57D11"/>
+    <w:rsid w:val="00E65BFC"/>
+    <w:rsid w:val="00E73347"/>
     <w:rsid w:val="00EA4449"/>
     <w:rsid w:val="00EA6E40"/>
     <w:rsid w:val="00EA7E6F"/>
+    <w:rsid w:val="00EC29FA"/>
+    <w:rsid w:val="00ED3A90"/>
     <w:rsid w:val="00ED4999"/>
+    <w:rsid w:val="00EE1EF6"/>
     <w:rsid w:val="00EF54FB"/>
+    <w:rsid w:val="00F06C1C"/>
+    <w:rsid w:val="00F224F5"/>
     <w:rsid w:val="00F2414E"/>
     <w:rsid w:val="00F40FA6"/>
-    <w:rsid w:val="00F91EA1"/>
+    <w:rsid w:val="00F64601"/>
+    <w:rsid w:val="00F8340A"/>
+    <w:rsid w:val="00F83C87"/>
+    <w:rsid w:val="00FA48A5"/>
+    <w:rsid w:val="00FA4A6C"/>
     <w:rsid w:val="00FC7A1A"/>
+    <w:rsid w:val="00FE1575"/>
+    <w:rsid w:val="00FE39F2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:lang w:val="en-CA" w:eastAsia="en-CA" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -48015,67 +48244,81 @@
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F5484515B0A047DF9686A4507719059C">
-[...1 lines deleted...]
-    <w:qFormat/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E8EB2D91A74946DBBCE7B54483470289">
+    <w:name w:val="E8EB2D91A74946DBBCE7B54483470289"/>
     <w:pPr>
-      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="22"/>
-[...1 lines deleted...]
-      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E38FCC90A38F4FA8809B60941226C3EE">
+    <w:name w:val="E38FCC90A38F4FA8809B60941226C3EE"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -48374,327 +48617,211 @@
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="UNDP_POPP_DOCUMENTLIB_CONTENTTYPE" ma:contentTypeID="0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39" ma:contentTypeVersion="39" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6be656cb1c163ecae2ba3479e659beb4">
-[...3 lines deleted...]
-    <xsd:import namespace="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DF4E5EB98AFACA49B955F57620F5DD44" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="54d56521cb8b950110d779ecec233d4f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" xmlns:ns3="c26dc373-2944-4fff-a656-1635ba5514b5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="030e562aea712385259f3e9724b3d80f" ns2:_="" ns3:_="">
+    <xsd:import namespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <xsd:import namespace="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:UNDP_POPP_TITLE_EN" minOccurs="0"/>
-[...26 lines deleted...]
-                <xsd:element ref="ns3:POPPIsArchived" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_dlc_Exempt" ma:index="30" nillable="true" ma:displayName="Exempt from Policy" ma:hidden="true" ma:internalName="_dlc_Exempt" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f8ebb0a5-c57d-4c3a-bec7-8a38252dd05c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8264c5cc-ec60-4b56-8111-ce635d3d139a" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c26dc373-2944-4fff-a656-1635ba5514b5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="UNDP_POPP_TITLE_EN" ma:index="1" nillable="true" ma:displayName="Title_EN" ma:indexed="true" ma:internalName="UNDP_POPP_TITLE_EN">
-[...6 lines deleted...]
-    <xsd:element name="UNDP_POPP_FOCALPOINT" ma:index="3" nillable="true" ma:displayName="Focal Point" ma:SharePointGroup="0" ma:internalName="UNDP_POPP_FOCALPOINT" ma:showField="ImnName">
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_DOCUMENT_TYPE" ma:index="5" ma:displayName="Document TYPE" ma:default="Template" ma:format="Dropdown" ma:indexed="true" ma:internalName="UNDP_POPP_DOCUMENT_TYPE" ma:readOnly="false">
-[...29 lines deleted...]
-    <xsd:element name="UNDP_POPP_VERSION_COMMENTS" ma:index="9" nillable="true" ma:displayName="Version Comments" ma:internalName="UNDP_POPP_VERSION_COMMENTS">
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_FILEVERSION" ma:index="10" nillable="true" ma:displayName="FileVersionID" ma:decimals="0" ma:internalName="UNDP_POPP_FILEVERSION">
-[...21 lines deleted...]
-    <xsd:element name="TaxCatchAll" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ee792a02-1c68-437d-afee-526d4eee3bde}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+    <xsd:element name="TaxCatchAll" ma:index="24" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{7fb16e66-a0cf-4293-80d1-ecb3df652669}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c26dc373-2944-4fff-a656-1635ba5514b5">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
-    </xsd:element>
-[...100 lines deleted...]
-      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="24" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -48740,316 +48867,1619 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...22 lines deleted...]
-</p:Policy>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="c26dc373-2944-4fff-a656-1635ba5514b5" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps>
     <customSectPr/>
   </customSectProps>
   <customShpExts>
     <customShpInfo spid="_x0000_s1026" textRotate="1"/>
   </customShpExts>
 </s:customData>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...109 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{70EFC6AF-48A7-4CF7-9E4C-C481423EBF1F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E4A76D35-5246-4F4D-BDE3-78EDDA1D9617}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51DF3D7C-0233-4261-ACA9-728896689528}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{49A2CA22-59CF-485A-B445-BA3300D61766}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{15B243C3-A726-4697-A075-A6D3D6EC7181}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{861DDEC6-7435-4AC2-B328-8B0736FA152B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{15B243C3-A726-4697-A075-A6D3D6EC7181}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...25 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>50</Pages>
-[...1 lines deleted...]
-  <Characters>103674</Characters>
+  <Pages>42</Pages>
+  <Words>14972</Words>
+  <Characters>85341</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>863</Lines>
-  <Paragraphs>243</Paragraphs>
+  <Lines>711</Lines>
+  <Paragraphs>200</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>121619</CharactersWithSpaces>
+  <CharactersWithSpaces>100113</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="474" baseType="variant">
+      <vt:variant>
+        <vt:i4>6750326</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>363</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://undp.sharepoint.com/:w:/r/teams/GSSC/Shared Documents/HR/PSA/NPSA/Annual Performance Review (by Supervisors).docx?d=w641b98d38dde4b6e834c8e4e34700348&amp;csf=1&amp;web=1&amp;e=EjG66S</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2883699</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>360</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://undp.sharepoint.com/:w:/r/teams/GSSC/Shared Documents/HR/PSA/NPSA/Vendor-Person_profile_update.doc?d=wc829c00eafcf4f4688f55bfa23e4a5ab&amp;csf=1&amp;web=1&amp;e=RXfAD2</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1835083</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>354</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://undp.sharepoint.com/:w:/r/teams/GSSC/_layouts/15/Doc.aspx?sourcedoc=%7B5F839A46-D54E-48B5-88C9-91B76FA739D4%7D&amp;file=PSA%20Face%20Sheet%20and%20GTC%20(Regular)_Revised.docx&amp;action=default&amp;mobileredirect=true</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638516</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>351</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://undp.sharepoint.com/:w:/r/teams/GSSC/Shared Documents/HR/PSA/NPSA/PSA Face Sheet and GTC (Regular)_Revised.docx?d=w5f839a46d54e48b588c991b76fa739d4&amp;csf=1&amp;web=1&amp;e=OX7Zc7</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7471184</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>348</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://undp.sharepoint.com/:w:/r/teams/GSSC/Shared Documents/HR/PSA/NPSA/Certificate_of_Good_Health.docx?d=w25714fbf040640e7950f5e828f7c1b5e&amp;csf=1&amp;web=1&amp;e=7m2JTJ</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5177423</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>345</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://undp.sharepoint.com/:w:/r/teams/GSSC/Shared Documents/HR/PSA/NPSA/PSA Reference Check Form.docx?d=wee121aa7ed404f87a06806eb370d131b&amp;csf=1&amp;web=1&amp;e=iEiKe8</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4915281</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>342</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://undp.sharepoint.com/:x:/r/teams/OHR-Portal/_layouts/15/Doc.aspx?sourcedoc=%7B2524519F-19B2-477E-827D-D17BB45C0E50%7D&amp;file=PSA_Remuneration_setting_Tool.xlsx&amp;action=default&amp;mobileredirect=true&amp;web=1</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031723</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>339</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://undp.sharepoint.com/:w:/r/teams/GSSC/_layouts/15/Doc.aspx?sourcedoc=%7B011736B9-6DFA-4252-8310-3EB16F0C8663%7D&amp;file=Guide%20to%20Writing%20TOR%20for%20NPSA.docx&amp;action=default&amp;mobileredirect=true</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031723</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>336</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://undp.sharepoint.com/:w:/r/teams/GSSC/_layouts/15/Doc.aspx?sourcedoc=%7B011736B9-6DFA-4252-8310-3EB16F0C8663%7D&amp;file=Guide%20to%20Writing%20TOR%20for%20NPSA.docx&amp;action=default&amp;mobileredirect=true</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031723</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>333</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://undp.sharepoint.com/:w:/r/teams/GSSC/_layouts/15/Doc.aspx?sourcedoc=%7B011736B9-6DFA-4252-8310-3EB16F0C8663%7D&amp;file=Guide%20to%20Writing%20TOR%20for%20NPSA.docx&amp;action=default&amp;mobileredirect=true</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3604522</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>330</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://undp.sharepoint.com/:w:/r/teams/GSSC/Shared Documents/HR/PSA/NPSA/Annual Performance Review (by Supervisors).docx?d=w641b98d38dde4b6e834c8e4e34700348&amp;csf=1&amp;web=1&amp;e=GvjSez</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>196661</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>327</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://estm.fa.em2.oraclecloud.com/hcmUI/faces/FndOverview?fnd=%3B%3B%3B%3Bfalse%3B256%3B%3B%3B&amp;fndGlobalItemNodeId=itemNode_manager_resources_CareerandPerformance&amp;_afrLoop=51988636887518897&amp;_afrWindowMode=0&amp;_afrWindowId=il1sewf7g&amp;_adf.ctrl-state=15xm4069zv_108&amp;_afrFS=16&amp;_afrMT=screen&amp;_afrMFW=1756&amp;_afrMFH=880&amp;_afrMFDW=2195&amp;_afrMFDH=1235&amp;_afrMFC=8&amp;_afrMFCI=0&amp;_afrMFM=0&amp;_afrMFR=210&amp;_afrMFG=0&amp;_afrMFS=0&amp;_afrMFO=0.</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3473441</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>324</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://undp.sharepoint.com/:w:/r/teams/GSSC/Shared Documents/HR/PSA/NPSA/Annual Performance Review (by Supervisors).docx?d=w641b98d38dde4b6e834c8e4e34700348&amp;csf=1&amp;web=1&amp;e=Cj7m7z</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>262196</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>315</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Annex_7:_Equipment</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7405637</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>312</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Annex_6:_To</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7274591</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>309</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Annex_4:_Performance</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7929926</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>306</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Annex_3:_Definition</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>40</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>303</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Annex_2:_Overview</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>589865</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>300</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Annex_2:_Remuneration</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6553668</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>297</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Annex_1:_Recruitment</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6684712</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>294</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://hr.partneragencies.org/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1835083</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>291</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://undp.sharepoint.com/:w:/r/teams/GSSC/_layouts/15/Doc.aspx?sourcedoc=%7B5F839A46-D54E-48B5-88C9-91B76FA739D4%7D&amp;file=PSA%20Face%20Sheet%20and%20GTC%20(Regular)_Revised.docx&amp;action=default&amp;mobileredirect=true</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7274591</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>288</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Annex_4:_Performance</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7209055</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>285</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Annex_5:_Performance</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7274591</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>282</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Annex_4:_Performance</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>196661</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>279</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://estm.fa.em2.oraclecloud.com/hcmUI/faces/FndOverview?fnd=%3B%3B%3B%3Bfalse%3B256%3B%3B%3B&amp;fndGlobalItemNodeId=itemNode_manager_resources_CareerandPerformance&amp;_afrLoop=51988636887518897&amp;_afrWindowMode=0&amp;_afrWindowId=il1sewf7g&amp;_adf.ctrl-state=15xm4069zv_108&amp;_afrFS=16&amp;_afrMT=screen&amp;_afrMFW=1756&amp;_afrMFH=880&amp;_afrMFDW=2195&amp;_afrMFDH=1235&amp;_afrMFC=8&amp;_afrMFCI=0&amp;_afrMFM=0&amp;_afrMFR=210&amp;_afrMFG=0&amp;_afrMFS=0&amp;_afrMFO=0</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>196661</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>276</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://estm.fa.em2.oraclecloud.com/hcmUI/faces/FndOverview?fnd=%3B%3B%3B%3Bfalse%3B256%3B%3B%3B&amp;fndGlobalItemNodeId=itemNode_manager_resources_CareerandPerformance&amp;_afrLoop=51988636887518897&amp;_afrWindowMode=0&amp;_afrWindowId=il1sewf7g&amp;_adf.ctrl-state=15xm4069zv_108&amp;_afrFS=16&amp;_afrMT=screen&amp;_afrMFW=1756&amp;_afrMFH=880&amp;_afrMFDW=2195&amp;_afrMFDH=1235&amp;_afrMFC=8&amp;_afrMFCI=0&amp;_afrMFM=0&amp;_afrMFR=210&amp;_afrMFG=0&amp;_afrMFS=0&amp;_afrMFO=0</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7405633</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>273</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Annex_9:_Certificate</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3276828</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>267</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:reportmisconduct@undp.org</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>458877</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>264</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:harassment.support@undp.org</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5308501</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>261</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/node/10781</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>8257606</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>255</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Annex_4:_Definition</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1900597</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>248</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561378</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1900597</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>242</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561377</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1900597</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>236</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561376</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1900597</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>230</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561375</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1900597</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>224</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561374</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1900597</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>218</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561373</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1900597</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>212</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561372</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1900597</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>206</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561371</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1900597</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>200</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561370</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1835061</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>194</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561369</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1835061</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>188</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561368</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1835061</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>182</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561367</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1835061</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>176</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561366</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1835061</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>170</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561365</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1835061</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>164</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561364</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1835061</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>158</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561363</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1835061</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>152</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561362</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1835061</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>146</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561361</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1835061</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>140</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561360</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031669</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>134</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561359</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031669</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>128</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561356</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031669</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>122</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561355</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031669</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>116</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561354</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031669</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>110</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561353</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031669</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>104</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561352</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031669</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>98</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561351</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031669</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>92</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561350</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638453</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>86</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561332</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638453</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>80</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561331</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638453</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>74</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561330</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572917</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>68</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561329</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572917</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>62</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561328</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572917</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>56</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561327</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572917</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>50</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561326</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572917</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>44</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561325</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572917</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>38</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561324</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572917</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>32</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561323</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572917</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>26</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561322</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572917</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>20</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561321</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572917</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>14</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561320</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769525</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>8</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561319</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769525</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc191561318</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7929857</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>12</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:yuichi.kawamoto@undp.org</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2424913</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>9</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:sarah.rooney@undp.org</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2424896</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:hanne.rasmussen@undp.org</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2424913</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:sarah.rooney@undp.org</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2424913</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:sarah.rooney@undp.org</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Esperanza M Garcia</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39</vt:lpwstr>
+    <vt:lpwstr>0x010100DF4E5EB98AFACA49B955F57620F5DD44</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>59c8d3d9-f202-47b2-88bc-85c4556f2108</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="BusinessUnit">
     <vt:lpwstr>349;#Human Resources Management|1f57ad6b-760b-4b5a-be19-36e6fe76fd85</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="POPPBusinessProcess">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="l0e6ef0c43e74560bd7f3acd1f5e8571">
     <vt:lpwstr>Human Resources Management|1f57ad6b-760b-4b5a-be19-36e6fe76fd85</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="UNDP_POPP_BUSINESSUNIT">
     <vt:lpwstr>349;#Human Resources Management|1f57ad6b-760b-4b5a-be19-36e6fe76fd85</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="UNDPCountry">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="UndpDocTypeMM">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="UNDPDocumentCategory">
     <vt:lpwstr/>
   </property>
@@ -49088,27 +50518,33 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Location">
     <vt:lpwstr>Public</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="UndpDocStatus">
     <vt:lpwstr>Draft</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="UndpClassificationLevel">
     <vt:lpwstr>Internal Use Only</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="UndpIsTemplate">
     <vt:lpwstr>No</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="KSOProductBuildVer">
     <vt:lpwstr>2052-11.1.0.11365</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="ICV">
     <vt:lpwstr>D18D846AA5F34AF2970CE67714A00DE8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="DLCPolicyLabelClientValue">
     <vt:lpwstr>Effective Date: {UNDP_POPP_EFFECTIVEDATE}                                                Version #: {UNDP_POPP_REFITEM_VERSION}</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="TaxCatchAll">
     <vt:lpwstr>349;#Human Resources Management|1f57ad6b-760b-4b5a-be19-36e6fe76fd85</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="GrammarlyDocumentId">
+    <vt:lpwstr>d71fe30b-b77f-417f-a722-b75de429ba80</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>