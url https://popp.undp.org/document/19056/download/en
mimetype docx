--- v0 (2025-10-12)
+++ v1 (2026-03-24)
@@ -1,69 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-[...18 lines deleted...]
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="365A30E5" w14:textId="748BBB75" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Prepare Fully Costed Budgets for Projects</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A711A82" w14:textId="77777777" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
@@ -87,492 +83,752 @@
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Project Activities and Inputs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3012AD11" w14:textId="512507A3" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">To develop a results-based budget, UNDP must plan and cost all activities and inputs to deliver the project output(s). Major activities and functions that must be accounted for within a project budget include both direct and indirect costs, as listed below and further detailed in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00C248D6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           </w:rPr>
           <w:t>Annex 1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C248D6">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="578635B9" w14:textId="77777777" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="240"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Direct Costs</w:t>
       </w:r>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> - Direct costs of programme, administrative and operational support activities, that are part of the project input</w:t>
+        <w:t xml:space="preserve"> - Direct costs of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>programme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>, administrative and operational support activities, that are part of the project input</w:t>
       </w:r>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52C7DE29" w14:textId="77777777" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="900" w:hanging="180"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>Programmatic activities (as listed in the project document, including goods and services)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58A2B092" w14:textId="77777777" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
+    <w:p w14:paraId="609C79D7" w14:textId="53514309" w:rsidR="001C4601" w:rsidRPr="00EE3E69" w:rsidRDefault="005D02AA" w:rsidP="00EE3E69">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="900" w:hanging="180"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
         </w:rPr>
         <w:t>Project management</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="745CBD88" w14:textId="77777777" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="900" w:hanging="180"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Project communications, advocacy, and funding partner visibility </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65A480CC" w14:textId="515E8CDF" w:rsidR="00FC7DA1" w:rsidRPr="00FC7DA1" w:rsidRDefault="005D02AA" w:rsidP="0014794F">
+    <w:p w14:paraId="1071DB7D" w14:textId="6A5E5DD2" w:rsidR="0014794F" w:rsidRPr="00341507" w:rsidRDefault="005D02AA" w:rsidP="00341507">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="900" w:hanging="180"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC7DA1">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
         </w:rPr>
         <w:t>Independent audit and</w:t>
       </w:r>
       <w:r w:rsidR="00FC7DA1" w:rsidRPr="00FC7DA1">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="001B5F5C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:kern w:val="24"/>
+          </w:rPr>
+          <w:t>e</w:t>
+        </w:r>
         <w:r w:rsidR="00FC7DA1" w:rsidRPr="00FC7DA1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:kern w:val="24"/>
           </w:rPr>
-          <w:t>Evaluation</w:t>
+          <w:t>valuation</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1071DB7D" w14:textId="4A20B03A" w:rsidR="0014794F" w:rsidRPr="00FC7DA1" w:rsidRDefault="0060453A" w:rsidP="0014794F">
+    <w:p w14:paraId="1A2C3C5B" w14:textId="77777777" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="900" w:hanging="180"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="0014794F" w:rsidRPr="00FC7DA1">
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t>Monitoring, baseline data collection, surveys and evaluation of projects</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E143C29" w14:textId="77777777" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="900" w:hanging="180"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t>Project briefings and technical guidance for project stakeholders</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5954C736" w14:textId="77777777" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="900" w:hanging="180"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t>Project meetings, progress, and final reporting</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="246B460D" w14:textId="77777777" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="900" w:hanging="180"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t>Donor-specific reporting</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="426B159F" w14:textId="77777777" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="900" w:hanging="180"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t>Support to implementing and responsible parties</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FBDF157" w14:textId="77777777" w:rsidR="00AE7374" w:rsidRDefault="005D02AA" w:rsidP="00AE7374">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="900" w:hanging="180"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t>HACT assessments and all assurance activities</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22EA4315" w14:textId="30A59955" w:rsidR="00E84136" w:rsidRPr="00AE7374" w:rsidRDefault="00E84136" w:rsidP="00AE7374">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="900" w:hanging="180"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E332BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Equipment, including information technology equipment, maintenance, licenses and support specific to the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E332BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t>programme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E332BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/project </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A17EBD7" w14:textId="24368333" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="900" w:hanging="180"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t>Project supervision and coordination (</w:t>
+      </w:r>
+      <w:r w:rsidR="001744D5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">refer </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001744D5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> #</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 a. </w:t>
+      </w:r>
+      <w:r w:rsidR="001744D5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t>below</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12BF6C74" w14:textId="0D6B7C10" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="900" w:hanging="180"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t>Programme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> coordination (</w:t>
+      </w:r>
+      <w:r w:rsidR="001744D5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">refer to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">#10 b. </w:t>
+      </w:r>
+      <w:r w:rsidR="001744D5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t>below</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54B04D58" w14:textId="0FB47CE5" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="900" w:hanging="180"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Policy advice and </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="0057498A" w:rsidRPr="00FC7DA1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:kern w:val="24"/>
           </w:rPr>
           <w:t>Quality Assurance</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0014794F" w:rsidRPr="00FC7DA1">
+      <w:r w:rsidR="0057498A" w:rsidRPr="00FC7DA1">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (QA) services </w:t>
-[...16 lines deleted...]
-      <w:r w:rsidRPr="005D02AA">
+        <w:t xml:space="preserve"> (QA) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0057498A" w:rsidRPr="00FC7DA1">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
         </w:rPr>
-        <w:t>Monitoring, baseline data collection, surveys and evaluation of projects</w:t>
-[...15 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">services </w:t>
+      </w:r>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
         </w:rPr>
-        <w:t>Project briefings and technical guidance for project stakeholders</w:t>
-[...16 lines deleted...]
-      <w:r w:rsidRPr="005D02AA">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001F0FD7">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
         </w:rPr>
-        <w:t>Project meetings, progress, and final reporting</w:t>
-[...15 lines deleted...]
-      </w:pPr>
+        <w:t>refer to</w:t>
+      </w:r>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
         </w:rPr>
-        <w:t>Donor-specific reporting</w:t>
-[...11 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+        <w:t xml:space="preserve"> #10 c. </w:t>
+      </w:r>
+      <w:r w:rsidR="006D7A34">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>below</w:t>
+      </w:r>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
         </w:rPr>
-        <w:t>Support to implementing and responsible parties</w:t>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="212957BF" w14:textId="77777777" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
-[...49 lines deleted...]
-    <w:p w14:paraId="12BF6C74" w14:textId="77777777" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
+    <w:p w14:paraId="0D9F4C87" w14:textId="77777777" w:rsidR="00DB3D1F" w:rsidRDefault="005D02AA" w:rsidP="00DB3D1F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="900" w:hanging="180"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
         </w:rPr>
-        <w:t>Programme coordination (Page 5, #10 b. refers)</w:t>
+        <w:t>Risk management</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54B04D58" w14:textId="77777777" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
+    <w:p w14:paraId="43867E01" w14:textId="77777777" w:rsidR="00EC3279" w:rsidRDefault="00B16075" w:rsidP="00EC3279">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="900" w:hanging="180"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D02AA">
+      <w:r w:rsidRPr="006D7A34">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
         </w:rPr>
-        <w:t>Policy advice and Quality Assurance (Page 5, #10 c. refers)</w:t>
+        <w:t xml:space="preserve">Full cost of personnel, including all costs related to post occupancy such as rent and premises maintenance, utilities, communications, supplies, office related security and safety costs, etc. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A941372" w14:textId="77777777" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
+    <w:p w14:paraId="10614D9B" w14:textId="27BAE639" w:rsidR="00EC3279" w:rsidRPr="00EC3279" w:rsidRDefault="00EC3279" w:rsidP="00EC3279">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="900" w:hanging="180"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D02AA">
+      <w:r w:rsidRPr="006D7A34">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
         </w:rPr>
-        <w:t>Risk management</w:t>
+        <w:t xml:space="preserve">Costs of missions and travel incurred specifically to carry out or support </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D7A34">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t>programme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D7A34">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t>/project activities</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DBAB429" w14:textId="77777777" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="900" w:hanging="180"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
@@ -647,148 +903,189 @@
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS PGothic" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3929867B" w14:textId="0EF61B13" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="240"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Indirect Cost</w:t>
       </w:r>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F51AB9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> Costs that are additional to direct project costs, representing costs to the organization that are not directly attributable to specific projects or services, but necessary to fund the corporate structures, management and oversight costs of the organization. These are recovered by charging a cost recovery rate, known as General Management Support (GMS) fee.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="091901C4" w14:textId="77777777" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
+    <w:p w14:paraId="091901C4" w14:textId="45B557A0" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...15 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">While not all activities are applicable to all projects, for each of the above activities, all inputs must be budgeted in US dollars. Inputs must be based on internally available standard costs, such as pro forma rates, daily subsistence allowances, prevailing internal or market prices, and historical trends and events. Costs within a multi-year budget should be adjusted to reflect a reasonable estimate of anticipated inflation for the specific activities. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F6570F4" w14:textId="77777777" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">UNDP utilizes the ability of personnel to create, obtain and apply knowledge to deliver development results in its programmes and projects. For the purposes of this guide, personnel will be referred to as all individuals contracted through staff and non-staff type contracts. Personnel represent significant input to programmes and projects, and feature prominently in programme and project budgets. </w:t>
+        <w:t xml:space="preserve">UNDP utilizes the ability of personnel to create, obtain and apply knowledge to deliver development results in its </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>programmes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and projects. For the purposes of this guide, personnel will be referred to as all individuals contracted through staff and non-staff type contracts. Personnel represent significant input to </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>programmes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and projects, and feature prominently in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>programme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and project budgets. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11AB15B0" w14:textId="77777777" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">UNDP programmes and projects may draw upon personnel through different means, including contracting new personnel, receiving services from existing UNDP staff when full-time contracting within the project is not required, or sharing services of independent contractors when this is deemed more efficient. Project inputs likely include many such sources of personnel to achieve project results. </w:t>
+        <w:t xml:space="preserve">UNDP </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>programmes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and projects may draw upon personnel through different means, including contracting new personnel, receiving services from existing UNDP staff when full-time contracting within the project is not required, or sharing services of independent contractors when this is deemed more efficient. Project inputs likely include many such sources of personnel to achieve project results. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B6BBAA1" w14:textId="77777777" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Budgeting for Personnel Costs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EE3AD73" w14:textId="77777777" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
       <w:pPr>
@@ -807,94 +1104,101 @@
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>When planning personnel inputs, it is necessary to consider whether the function/activity needed to deliver the project requires personnel on a staff contract. Generally, there is a significant cost-differential between personnel on staff contracts versus other contractual modalities. Use of appropriate contractual modality should not be compromised solely to lower the required budget. Some functions require staff, while others can be conducted by non-staff personnel (such as consultants) for successful project delivery.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F81CB1A" w14:textId="77777777" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
-        <w:t>Personnel on a staff contract must be budgeted when the following are deemed necessary requirements for delivery: UNDP control functions; institutional knowledge of UNDP and the context in which it operates; strategic programme priorities that drive the project; organizational policies and procedures; consistency with UNDP position and quality assurance standards; exchange of UNDP knowledge and experience; and organizational risk management. Unless the project is large and long-term enough to justify contracting full-time staff, these services can typically be rendered by existing office staff, or staff in other cost centers.</w:t>
+        <w:t xml:space="preserve">Personnel on a staff contract must be budgeted when the following are deemed necessary requirements for delivery: UNDP control functions; institutional knowledge of UNDP and the context in which it operates; strategic </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>programme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> priorities that drive the project; organizational policies and procedures; consistency with UNDP position and quality assurance standards; exchange of UNDP knowledge and experience; and organizational risk management. Unless the project is large and long-term enough to justify contracting full-time staff, these services can typically be rendered by existing office staff, or staff in other cost centers.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5159725F" w14:textId="77777777" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
+    <w:p w14:paraId="5159725F" w14:textId="743C6E2F" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Non-staff personnel should generally be contracted directly under the project. However, for certain common and shared costs (see detailed definitions of major budget inputs </w:t>
-[...19 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>budgeting of shared costs must be inclusive of personnel-related overhead, such as rent, communication, IT services, etc.</w:t>
+        <w:t xml:space="preserve">Non-staff personnel should generally be contracted directly under the project. However, for certain common and shared </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>costs ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> it may prove more efficient to share available office or other cost center resources. In this case, a reasonable estimate of the anticipated share borne by the project must be discussed with the relevant operational teams. Note that budgeting of shared costs must be inclusive of personnel-related overhead, such as rent, communication, IT services, etc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F857CC0" w14:textId="77777777" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>At the design stage, UNDP must transparently discuss each type of personnel requirement internally, as well as with donors and partners, and disclose the total budget for successful project implementation, in line with UNDP’s financial, recruitment, procurement, and cost recovery policies.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F0FD492" w14:textId="77777777" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
       <w:pPr>
@@ -981,57 +1285,67 @@
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Project Supervision and Coordination </w:t>
       </w:r>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">– Every project must have a project manager, who may be contracted using any appropriate contractual modality. However, for UNDP-implemented projects (DIM or full CO support to NIM), overall supervision and coordination accountability is executed by staff only. For smaller projects, UNDP may recruit staff to supervise multiple projects, in which case each project must budget its share of delivery enabling services. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F145F1D" w14:textId="77777777" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Programme Coordination</w:t>
+        <w:t>Programme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Coordination</w:t>
       </w:r>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> –</w:t>
       </w:r>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>This function is provided by UNDP staff across multiple projects. Therefore, each project’s share of the delivery enabling services must be included in the budget.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B91A88F" w14:textId="77777777" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -1089,212 +1403,250 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Administrative, Operational, and Other Shared Services</w:t>
       </w:r>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – Every project must have the staff capacity to provide project operational support, with control functions executed by staff only. In most cases, a central support mechanism for multiple projects may prove most cost effective. Services from regional or HQ staff may also become necessary for complex project procurement, recruitment, or IT needs. Again, if full-time contracting under the project is not warranted, this should be considered as delivery enabling services to be sourced from existing UNDP staff and budgeted accordingly.</w:t>
+        <w:t xml:space="preserve"> – Every project must have the staff capacity to provide project operational support, with control functions executed by staff only. In most cases, a central support mechanism for multiple projects may prove most cost effective. Services from regional or HQ staff may also become necessary for complex project procurement, recruitment, or IT needs. Again, if full-time contracting under the project is not </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>warranted, this should be considered as delivery enabling services to be sourced from existing UNDP staff and budgeted accordingly.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67BB1A05" w14:textId="77777777" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
+    <w:p w14:paraId="67BB1A05" w14:textId="663A9EF5" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Project Communications, Advocacy and Funding Partner Visibility </w:t>
       </w:r>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">These services may be procured within the project through individual consultants or external companies, with a targeted and deliverable-based terms of reference.  However, if a full-time project personnel is not warranted under the project, these services may be sourced from existing UNDP staff as delivery enabling services and budgeted accordingly. </w:t>
+        <w:t xml:space="preserve">These services may be procured within the project through individual consultants or external companies, with a targeted and deliverable-based terms of reference.  However, if </w:t>
+      </w:r>
+      <w:r w:rsidR="00793F19" w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>full-time project personnel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> not warranted under the project, these services may be sourced from existing UNDP staff as delivery enabling services and budgeted accordingly. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FE213AD" w14:textId="59D073D0" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>A comprehensive project/portfolio planning exercise must be conducted annually to assess the magnitude of delivery enabling services required for the upcoming year across all projects within a Country Office. The relevant service-providing entities must be informed in order to pre-position relevant capacities. Further guidance on Plan</w:t>
       </w:r>
       <w:r w:rsidR="0026401B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>ning</w:t>
       </w:r>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Pay</w:t>
       </w:r>
       <w:r w:rsidR="0026401B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> for Delivery Enabling Services to Projects is provided </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="0026401B" w:rsidRPr="0026401B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F198FDD" w14:textId="77777777" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">The budget for </w:t>
       </w:r>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">delivery enabling services </w:t>
       </w:r>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">can be estimated using the proforma costs plus related operating expenses and calculated based on the amount of staff/other personnel time the project anticipates will be required for implementation. The actual cost charged should be based on the actual amount of time personnel spend supporting the project.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42B0FE15" w14:textId="77777777" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
+    <w:p w14:paraId="42B0FE15" w14:textId="43A5F810" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Personnel who provide delivery enabling services to projects may use a high-level timesheet when the donor requires detailed documentation.  Offices can modify this </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="005D02AA">
+        <w:t>Personnel who provide delivery enabling services to projects may use a high-level timesheet when the donor requires detailed documentation.  Offices can modify this</w:t>
+      </w:r>
+      <w:r w:rsidR="00A3677C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidR="000B31B5" w:rsidRPr="000B31B5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           </w:rPr>
           <w:t>template</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> to suit funding partners’ needs and requirements.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B103B94" w14:textId="77777777" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -1321,184 +1673,231 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">As mentioned in paragraph 10 above, </w:t>
       </w:r>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">under no circumstances should the cost of delivery enabling services be entered in a single project budget line. </w:t>
       </w:r>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">They must transparently reflect in the project budget related to the activities they support.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="691E1686" w14:textId="032EF831" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
+    <w:p w14:paraId="691E1686" w14:textId="45471AD3" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Where recruitment of full-time staff/personnel under the project is not warranted or cost-effective, the project must reimburse the cost of services based on the percentage of staff time allocated directly to the project. The mechanisms for managing such reimbursement is provided in </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId20" w:history="1">
+        <w:t xml:space="preserve">Where recruitment of full-time staff/personnel under the project is not warranted or cost-effective, the project must reimburse the cost of services based on the percentage of staff time allocated directly to the project. The mechanisms for managing such reimbursement </w:t>
+      </w:r>
+      <w:r w:rsidR="00037F6C" w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provided in </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="00D20CBA" w:rsidRPr="00D20CBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           </w:rPr>
           <w:t>Planning and Paying for Delivery Enabling Services to Projects</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4252FC2E" w14:textId="77777777" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Budgeting for Indirect Costs – General Management Support (GMS)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04A140F7" w14:textId="77777777" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Indirect or GMS costs are necessary to run the organization and support corporate structures which provide the platform for delivering programmes and projects. Indirect costs are costs and </w:t>
+        <w:t xml:space="preserve">Indirect or GMS costs are necessary to run the organization and support corporate structures which provide the platform for delivering </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>programmes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and projects. Indirect costs are costs and </w:t>
       </w:r>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>services that cannot be traced unequivocally and cost-</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">effectively to specific activities, projects, or programmes.  These costs are recovered by charging a cost recovery rate, known as a GMS fee, on all non-core resources. </w:t>
+        <w:t xml:space="preserve">services that cannot be traced unequivocally and cost-effectively to specific activities, projects, or programmes.  These costs are recovered by charging a cost recovery rate, known as a GMS fee, on all non-core resources. </w:t>
       </w:r>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>GMS fees are inapplicable</w:t>
       </w:r>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to TRAC and other programme resources allocated from UNDP core programme funds.</w:t>
+        <w:t xml:space="preserve"> to TRAC and other </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>programme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> resources allocated from UNDP core </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>programme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005D02AA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> funds.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3945E573" w14:textId="77777777" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">GMS should be budgeted in accordance with UNDP’s cost recovery policy using the minimum standard GMS rates. Detailed policies on GMS and allowable rates are provided in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21">
+      <w:hyperlink r:id="rId17">
         <w:r w:rsidRPr="005D02AA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           </w:rPr>
           <w:t>POPP Resource Planning and Cost Recovery</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005D02AA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49803C93" w14:textId="77777777" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57A0BE66" w14:textId="77777777" w:rsidR="005D02AA" w:rsidRPr="005D02AA" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -1514,267 +1913,256 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>Refer to POPP sections for budgeting and costing requirements of the following funding partners:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CB53794" w14:textId="11D0677F" w:rsidR="005D02AA" w:rsidRPr="00C248D6" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C248D6">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Costing and Budgeting of projects funded by the EU is found </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00A643AA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B50D0A" w:rsidRPr="00C248D6">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EAD59CE" w14:textId="417CFCA6" w:rsidR="00B50D0A" w:rsidRPr="00C248D6" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C248D6">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Costing and Budgeting of projects funded by GEF is found </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00A643AA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B50D0A" w:rsidRPr="00C248D6">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5701285B" w14:textId="6E3B0F17" w:rsidR="00A94E3C" w:rsidRPr="00C248D6" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C248D6">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Costing and Budgeting of projects funded by GF is found </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="00052001">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B50D0A" w:rsidRPr="00C248D6">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00A94E3C" w:rsidRPr="00C248D6" w:rsidSect="00BF5D43">
-      <w:headerReference w:type="even" r:id="rId25"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId30"/>
+      <w:headerReference w:type="default" r:id="rId21"/>
+      <w:footerReference w:type="default" r:id="rId22"/>
+      <w:headerReference w:type="first" r:id="rId23"/>
+      <w:footerReference w:type="first" r:id="rId24"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1080" w:right="1800" w:bottom="90" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="65A61B9E" w14:textId="77777777" w:rsidR="00BA5FE1" w:rsidRDefault="00BA5FE1" w:rsidP="006A295A">
+    <w:p w14:paraId="64E37EFB" w14:textId="77777777" w:rsidR="00871B15" w:rsidRDefault="00871B15" w:rsidP="006A295A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7B83EF7F" w14:textId="77777777" w:rsidR="00BA5FE1" w:rsidRDefault="00BA5FE1" w:rsidP="006A295A">
+    <w:p w14:paraId="2A65762D" w14:textId="77777777" w:rsidR="00871B15" w:rsidRDefault="00871B15" w:rsidP="006A295A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS PGothic">
     <w:panose1 w:val="020B0600070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
+    <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...10 lines deleted...]
-  <w:p w14:paraId="4150DD55" w14:textId="40F6B22A" w:rsidR="00F820D3" w:rsidRPr="00BF5D43" w:rsidRDefault="00BF5D43">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="4150DD55" w14:textId="0E17EE1F" w:rsidR="00F820D3" w:rsidRPr="00BF5D43" w:rsidRDefault="00BF5D43">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BF5D43">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00BF5D43">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
@@ -1885,138 +2273,170 @@
       </w:rPr>
       <w:t>Effective Date:</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:alias w:val="Effective Date"/>
         <w:tag w:val="UNDP_POPP_EFFECTIVEDATE"/>
         <w:id w:val="871878012"/>
         <w:placeholder>
           <w:docPart w:val="B1992C68484D4243988D495CB8F86BF2"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='8264c5cc-ec60-4b56-8111-ce635d3d139a' xmlns:ns4='e560140e-7b2f-4392-90df-e7567e3021a3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:UNDP_POPP_EFFECTIVEDATE[1]" w:storeItemID="{15B243C3-A726-4697-A075-A6D3D6EC7181}"/>
-        <w:date w:fullDate="2021-06-17T00:00:00Z">
+        <w:date w:fullDate="2026-02-02T00:00:00Z">
           <w:dateFormat w:val="dd/MM/yyyy"/>
           <w:lid w:val="en-US"/>
           <w:storeMappedDataAs w:val="dateTime"/>
           <w:calendar w:val="gregorian"/>
         </w:date>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00705722">
+        <w:r w:rsidR="00281446">
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>17/06/2021</w:t>
+          <w:t>0</w:t>
+        </w:r>
+        <w:r w:rsidR="00B44AAF">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidR="00281446">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>/0</w:t>
+        </w:r>
+        <w:r w:rsidR="00B44AAF">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidR="00281446">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>/2026</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidRPr="00BF5D43">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="00BF5D43">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>Version #:</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:alias w:val="POPPRefItemVersion"/>
         <w:tag w:val="UNDP_POPP_REFITEM_VERSION"/>
         <w:id w:val="1741753060"/>
         <w:placeholder>
           <w:docPart w:val="A74217E9DAD4494CA2B48EE9B2BC1943"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='8264c5cc-ec60-4b56-8111-ce635d3d139a' xmlns:ns4='e560140e-7b2f-4392-90df-e7567e3021a3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:UNDP_POPP_REFITEM_VERSION[1]" w:storeItemID="{15B243C3-A726-4697-A075-A6D3D6EC7181}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r>
+        <w:r w:rsidR="00B44AAF">
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>1</w:t>
+          <w:t>2</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="73533141" w14:textId="77777777" w:rsidR="00BF5D43" w:rsidRDefault="00BF5D43">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="59956F17" w14:textId="3B67E632" w:rsidR="00BF5D43" w:rsidRPr="00BF5D43" w:rsidRDefault="00BF5D43">
+  <w:p w14:paraId="59956F17" w14:textId="4716E212" w:rsidR="00BF5D43" w:rsidRPr="00BF5D43" w:rsidRDefault="00BF5D43">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BF5D43">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00BF5D43">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
@@ -2128,66 +2548,66 @@
       <w:t>Effective Date:</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:alias w:val="Effective Date"/>
         <w:tag w:val="UNDP_POPP_EFFECTIVEDATE"/>
         <w:id w:val="588976823"/>
         <w:placeholder>
           <w:docPart w:val="9D9FFA76BB264CB1AAA9C516E5872875"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='8264c5cc-ec60-4b56-8111-ce635d3d139a' xmlns:ns4='e560140e-7b2f-4392-90df-e7567e3021a3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:UNDP_POPP_EFFECTIVEDATE[1]" w:storeItemID="{15B243C3-A726-4697-A075-A6D3D6EC7181}"/>
-        <w:date w:fullDate="2021-06-17T00:00:00Z">
+        <w:date w:fullDate="2026-01-01T00:00:00Z">
           <w:dateFormat w:val="dd/MM/yyyy"/>
           <w:lid w:val="en-US"/>
           <w:storeMappedDataAs w:val="dateTime"/>
           <w:calendar w:val="gregorian"/>
         </w:date>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00705722">
+        <w:r w:rsidR="00281446">
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>17/06/2021</w:t>
+          <w:t>01/01/2026</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidRPr="00BF5D43">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="00BF5D43">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>Version #:</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
@@ -2204,60 +2624,60 @@
         <w:tag w:val="UNDP_POPP_REFITEM_VERSION"/>
         <w:id w:val="935481089"/>
         <w:placeholder>
           <w:docPart w:val="D4AFABF47C884A3BBB12969CE9EA09DD"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='8264c5cc-ec60-4b56-8111-ce635d3d139a' xmlns:ns4='e560140e-7b2f-4392-90df-e7567e3021a3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:UNDP_POPP_REFITEM_VERSION[1]" w:storeItemID="{15B243C3-A726-4697-A075-A6D3D6EC7181}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="131F4D74" w14:textId="77777777" w:rsidR="00BA5FE1" w:rsidRDefault="00BA5FE1" w:rsidP="006A295A">
+    <w:p w14:paraId="208B5A4B" w14:textId="77777777" w:rsidR="00871B15" w:rsidRDefault="00871B15" w:rsidP="006A295A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="00C47C3E" w14:textId="77777777" w:rsidR="00BA5FE1" w:rsidRDefault="00BA5FE1" w:rsidP="006A295A">
+    <w:p w14:paraId="1536C64E" w14:textId="77777777" w:rsidR="00871B15" w:rsidRDefault="00871B15" w:rsidP="006A295A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="54D657D0" w14:textId="77777777" w:rsidR="005D02AA" w:rsidRPr="00B50D0A" w:rsidRDefault="005D02AA" w:rsidP="005D02AA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B50D0A">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B50D0A">
         <w:rPr>
@@ -2305,61 +2725,51 @@
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B50D0A">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B50D0A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> GMS fees are inapplicable to ‘Special Volunteers Fund’</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...9 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="12CA8DF1" w14:textId="77777777" w:rsidR="00BF5D43" w:rsidRDefault="00BF5D43" w:rsidP="00BF5D43">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4AC9B88D" wp14:editId="1AFE804E">
           <wp:extent cx="309776" cy="597159"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="2" name="Picture 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2" name="logo-undp-300.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
@@ -2384,52 +2794,52 @@
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="7FB40B86" w14:textId="77777777" w:rsidR="00BF5D43" w:rsidRDefault="00BF5D43" w:rsidP="00BF5D43">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="1FD6F694" w14:textId="77777777" w:rsidR="00BF5D43" w:rsidRDefault="00BF5D43" w:rsidP="00BF5D43">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6CA1187A" wp14:editId="7B34F069">
           <wp:extent cx="304800" cy="703072"/>
           <wp:effectExtent l="0" t="0" r="0" b="1905"/>
           <wp:docPr id="3" name="Picture 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2" name="logo-undp-300.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
@@ -2448,51 +2858,51 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="309317" cy="713491"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="14BE3C06" w14:textId="77777777" w:rsidR="00BF5D43" w:rsidRDefault="00BF5D43" w:rsidP="00BF5D43">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="008F104A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B3D43FFE"/>
     <w:lvl w:ilvl="0" w:tplc="0FE2C05A">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -7359,409 +7769,467 @@
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="758059405">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="65497758">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1613825003">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1639844441">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="876772143">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="846485872">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1381172209">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="630092599">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1413237031">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="2062558585">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="2037466465">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1181891039">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="491261216">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="921330759">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1511527932">
+  <w:num w:numId="15">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1479765134">
+  <w:num w:numId="16">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="785271318">
+  <w:num w:numId="17">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1651521424">
+  <w:num w:numId="18">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="898831958">
+  <w:num w:numId="19">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="725641585">
+  <w:num w:numId="20">
     <w:abstractNumId w:val="42"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1114910345">
+  <w:num w:numId="21">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="1370566693">
+  <w:num w:numId="22">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="2081439701">
+  <w:num w:numId="23">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="1337927323">
+  <w:num w:numId="24">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="1247766656">
+  <w:num w:numId="25">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="1316683901">
+  <w:num w:numId="26">
     <w:abstractNumId w:val="41"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="2083597318">
+  <w:num w:numId="27">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="213273884">
+  <w:num w:numId="28">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="865338657">
+  <w:num w:numId="29">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="544634337">
+  <w:num w:numId="30">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="1053701285">
+  <w:num w:numId="31">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="1354040320">
+  <w:num w:numId="32">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="912856480">
+  <w:num w:numId="33">
     <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="34" w16cid:durableId="388651859">
+  <w:num w:numId="34">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="35" w16cid:durableId="2099447757">
+  <w:num w:numId="35">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="36" w16cid:durableId="1163664531">
+  <w:num w:numId="36">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="37" w16cid:durableId="323165305">
+  <w:num w:numId="37">
     <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="38" w16cid:durableId="1173643810">
+  <w:num w:numId="38">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="39" w16cid:durableId="1449161376">
+  <w:num w:numId="39">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="40" w16cid:durableId="2146042511">
+  <w:num w:numId="40">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="41" w16cid:durableId="214390309">
+  <w:num w:numId="41">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="42" w16cid:durableId="1422793285">
+  <w:num w:numId="42">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="43" w16cid:durableId="1141658037">
+  <w:num w:numId="43">
     <w:abstractNumId w:val="22"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="16385"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006A295A"/>
     <w:rsid w:val="00006FF7"/>
     <w:rsid w:val="00022E58"/>
     <w:rsid w:val="00030286"/>
+    <w:rsid w:val="00037F6C"/>
     <w:rsid w:val="00046540"/>
     <w:rsid w:val="00052001"/>
     <w:rsid w:val="00052072"/>
     <w:rsid w:val="00066C36"/>
     <w:rsid w:val="00071401"/>
     <w:rsid w:val="0007215E"/>
     <w:rsid w:val="00077DAE"/>
+    <w:rsid w:val="000B31B5"/>
     <w:rsid w:val="000B6527"/>
     <w:rsid w:val="000C1AC3"/>
     <w:rsid w:val="000E6465"/>
+    <w:rsid w:val="000F5DF4"/>
     <w:rsid w:val="00112DA1"/>
+    <w:rsid w:val="00121CA4"/>
+    <w:rsid w:val="001360DF"/>
     <w:rsid w:val="00136E54"/>
     <w:rsid w:val="001469CA"/>
     <w:rsid w:val="0014794F"/>
     <w:rsid w:val="00160BC9"/>
     <w:rsid w:val="00165A30"/>
     <w:rsid w:val="00171714"/>
     <w:rsid w:val="001721EA"/>
+    <w:rsid w:val="001744D5"/>
     <w:rsid w:val="001769F5"/>
     <w:rsid w:val="00183D50"/>
     <w:rsid w:val="00192536"/>
+    <w:rsid w:val="00192871"/>
+    <w:rsid w:val="001A0226"/>
+    <w:rsid w:val="001B5F5C"/>
+    <w:rsid w:val="001C4601"/>
     <w:rsid w:val="001D1B37"/>
     <w:rsid w:val="001E677A"/>
+    <w:rsid w:val="001F0FD7"/>
     <w:rsid w:val="001F1675"/>
     <w:rsid w:val="001F6445"/>
+    <w:rsid w:val="00203F31"/>
     <w:rsid w:val="00227910"/>
     <w:rsid w:val="002326C7"/>
     <w:rsid w:val="00242E2D"/>
+    <w:rsid w:val="0025312E"/>
+    <w:rsid w:val="00254D3C"/>
     <w:rsid w:val="00262C6D"/>
     <w:rsid w:val="0026401B"/>
     <w:rsid w:val="00274531"/>
     <w:rsid w:val="002754E9"/>
+    <w:rsid w:val="00281446"/>
     <w:rsid w:val="0028237E"/>
     <w:rsid w:val="00285D35"/>
     <w:rsid w:val="00290CC6"/>
+    <w:rsid w:val="002B1E56"/>
     <w:rsid w:val="002B5C83"/>
+    <w:rsid w:val="002C1E0E"/>
     <w:rsid w:val="003011E2"/>
     <w:rsid w:val="00331498"/>
     <w:rsid w:val="003317F3"/>
     <w:rsid w:val="00332CE9"/>
+    <w:rsid w:val="00341507"/>
     <w:rsid w:val="003445E1"/>
+    <w:rsid w:val="00352C64"/>
     <w:rsid w:val="00377E46"/>
+    <w:rsid w:val="00380269"/>
     <w:rsid w:val="0038069F"/>
+    <w:rsid w:val="003972FA"/>
+    <w:rsid w:val="003A4EBB"/>
     <w:rsid w:val="003C151C"/>
     <w:rsid w:val="003E3152"/>
     <w:rsid w:val="003E64D1"/>
     <w:rsid w:val="004213F5"/>
     <w:rsid w:val="004345B5"/>
     <w:rsid w:val="0044147F"/>
     <w:rsid w:val="004750BC"/>
     <w:rsid w:val="004761CC"/>
     <w:rsid w:val="00497FD1"/>
     <w:rsid w:val="004B7DEB"/>
     <w:rsid w:val="004C0912"/>
     <w:rsid w:val="004F48B2"/>
     <w:rsid w:val="00510B05"/>
     <w:rsid w:val="00516C3E"/>
     <w:rsid w:val="00520008"/>
+    <w:rsid w:val="0053309E"/>
     <w:rsid w:val="00541DC0"/>
     <w:rsid w:val="00564056"/>
+    <w:rsid w:val="0057498A"/>
     <w:rsid w:val="005768C2"/>
     <w:rsid w:val="005B48A2"/>
     <w:rsid w:val="005D00AA"/>
     <w:rsid w:val="005D02AA"/>
+    <w:rsid w:val="005F2F6C"/>
     <w:rsid w:val="005F5F45"/>
     <w:rsid w:val="0060453A"/>
     <w:rsid w:val="00613891"/>
+    <w:rsid w:val="00616322"/>
     <w:rsid w:val="006411DD"/>
+    <w:rsid w:val="00647A36"/>
     <w:rsid w:val="00677FCC"/>
     <w:rsid w:val="00684AD6"/>
     <w:rsid w:val="00685E79"/>
+    <w:rsid w:val="00694EEA"/>
     <w:rsid w:val="006978A6"/>
     <w:rsid w:val="006A0A39"/>
     <w:rsid w:val="006A295A"/>
     <w:rsid w:val="006A33C0"/>
     <w:rsid w:val="006A6D67"/>
     <w:rsid w:val="006A7479"/>
     <w:rsid w:val="006B6625"/>
     <w:rsid w:val="006C2D5C"/>
     <w:rsid w:val="006C5AAE"/>
+    <w:rsid w:val="006D4CB7"/>
+    <w:rsid w:val="006D7A34"/>
+    <w:rsid w:val="006E1CD5"/>
     <w:rsid w:val="006F225D"/>
     <w:rsid w:val="00701D97"/>
     <w:rsid w:val="00705722"/>
     <w:rsid w:val="007467A3"/>
+    <w:rsid w:val="00753D72"/>
     <w:rsid w:val="00760D3F"/>
     <w:rsid w:val="007647E8"/>
     <w:rsid w:val="00772840"/>
     <w:rsid w:val="007731F3"/>
+    <w:rsid w:val="0078116E"/>
     <w:rsid w:val="0078327E"/>
     <w:rsid w:val="00784806"/>
+    <w:rsid w:val="00793F19"/>
     <w:rsid w:val="007A6589"/>
     <w:rsid w:val="007B10B6"/>
     <w:rsid w:val="007B4408"/>
     <w:rsid w:val="007E2644"/>
     <w:rsid w:val="007E3624"/>
     <w:rsid w:val="007F7D0B"/>
     <w:rsid w:val="008024B6"/>
+    <w:rsid w:val="0085387A"/>
     <w:rsid w:val="008652AF"/>
+    <w:rsid w:val="008671E2"/>
+    <w:rsid w:val="00871B15"/>
+    <w:rsid w:val="00887FD9"/>
     <w:rsid w:val="008937CB"/>
     <w:rsid w:val="008B156E"/>
     <w:rsid w:val="008D2900"/>
+    <w:rsid w:val="008E144E"/>
     <w:rsid w:val="008E2681"/>
     <w:rsid w:val="008E45CC"/>
+    <w:rsid w:val="008F007E"/>
     <w:rsid w:val="00904429"/>
     <w:rsid w:val="00913139"/>
     <w:rsid w:val="00922835"/>
     <w:rsid w:val="00943C6A"/>
     <w:rsid w:val="00954C4C"/>
     <w:rsid w:val="00956154"/>
     <w:rsid w:val="00967367"/>
     <w:rsid w:val="009C3CAE"/>
     <w:rsid w:val="009D682F"/>
+    <w:rsid w:val="009E7884"/>
     <w:rsid w:val="00A037AB"/>
+    <w:rsid w:val="00A315B3"/>
+    <w:rsid w:val="00A3677C"/>
     <w:rsid w:val="00A643AA"/>
     <w:rsid w:val="00A73345"/>
     <w:rsid w:val="00A94E3C"/>
+    <w:rsid w:val="00AE7374"/>
+    <w:rsid w:val="00AF24CC"/>
+    <w:rsid w:val="00B0174C"/>
+    <w:rsid w:val="00B16075"/>
+    <w:rsid w:val="00B33148"/>
+    <w:rsid w:val="00B44AAF"/>
     <w:rsid w:val="00B50D0A"/>
     <w:rsid w:val="00B530E6"/>
     <w:rsid w:val="00B7701A"/>
     <w:rsid w:val="00B969A3"/>
     <w:rsid w:val="00BA5FE1"/>
     <w:rsid w:val="00BC0A41"/>
+    <w:rsid w:val="00BD0326"/>
     <w:rsid w:val="00BD7E23"/>
     <w:rsid w:val="00BE1901"/>
     <w:rsid w:val="00BF5D43"/>
     <w:rsid w:val="00C14395"/>
     <w:rsid w:val="00C248D6"/>
     <w:rsid w:val="00C24E5A"/>
     <w:rsid w:val="00C2526E"/>
     <w:rsid w:val="00C26A7F"/>
     <w:rsid w:val="00C26B71"/>
     <w:rsid w:val="00C4389A"/>
     <w:rsid w:val="00C63045"/>
     <w:rsid w:val="00C8208C"/>
     <w:rsid w:val="00C9252D"/>
     <w:rsid w:val="00CA651C"/>
     <w:rsid w:val="00CC097F"/>
     <w:rsid w:val="00CD6566"/>
     <w:rsid w:val="00CF3DED"/>
     <w:rsid w:val="00D20CBA"/>
     <w:rsid w:val="00D255C2"/>
     <w:rsid w:val="00D474CF"/>
     <w:rsid w:val="00D659D0"/>
     <w:rsid w:val="00D6741F"/>
     <w:rsid w:val="00D74F7F"/>
+    <w:rsid w:val="00D8769B"/>
     <w:rsid w:val="00D913C4"/>
+    <w:rsid w:val="00DB3D1F"/>
     <w:rsid w:val="00DD2528"/>
     <w:rsid w:val="00DD5909"/>
     <w:rsid w:val="00DE445D"/>
     <w:rsid w:val="00E1290B"/>
     <w:rsid w:val="00E144F4"/>
+    <w:rsid w:val="00E332BA"/>
+    <w:rsid w:val="00E7040A"/>
+    <w:rsid w:val="00E84136"/>
     <w:rsid w:val="00E9424E"/>
     <w:rsid w:val="00EA069B"/>
     <w:rsid w:val="00EB5786"/>
     <w:rsid w:val="00EC1BFE"/>
+    <w:rsid w:val="00EC3279"/>
     <w:rsid w:val="00EC50A3"/>
+    <w:rsid w:val="00EE3E69"/>
     <w:rsid w:val="00EF551B"/>
     <w:rsid w:val="00EF70D6"/>
     <w:rsid w:val="00F27C59"/>
     <w:rsid w:val="00F466AB"/>
     <w:rsid w:val="00F472AC"/>
     <w:rsid w:val="00F51291"/>
     <w:rsid w:val="00F51AB9"/>
     <w:rsid w:val="00F61891"/>
     <w:rsid w:val="00F820D3"/>
     <w:rsid w:val="00F82AF9"/>
     <w:rsid w:val="00F87C63"/>
     <w:rsid w:val="00F948AE"/>
     <w:rsid w:val="00FC7DA1"/>
     <w:rsid w:val="00FE78B0"/>
     <w:rsid w:val="00FF3899"/>
     <w:rsid w:val="00FF3C53"/>
+    <w:rsid w:val="00FF628D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="16385"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="18ABF5AB"/>
   <w14:defaultImageDpi w14:val="300"/>
   <w15:docId w15:val="{F7173E27-DD42-4A04-B125-DB1869A1851E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8480,64 +8948,62 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BF5D43"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00701D97"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00701D97"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00701D97"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00701D97"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
@@ -8604,68 +9070,68 @@
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FC7DA1"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1711" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11271" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/taxonomy/term/116" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/ofrm/_layouts/15/WopiFrame.aspx?sourcedoc=/unit/ofrm/Financial%20Resource%20Management%20Policies/Major%20Budget%20lines.docx&amp;action=default" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/ofrm/_layouts/15/WopiFrame.aspx?sourcedoc=/unit/ofrm/Financial%20Resource%20Management%20Policies/Major%20Budget%20lines.docx&amp;action=default" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11271" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1706" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11386" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1456" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/ofrm/Financial%20Resource%20Management%20Policies/Workload%20Survey/Staff%20TimeSheet_sample_2021%20proforma.xlsx?Web=1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/4026" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1701" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11386" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1701" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/4026" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/taxonomy/term/116" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11271" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1706" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1711" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/OFM/Shared%20Documents/Forms/AllItems.aspx?id=%2Fteams%2FOFM%2FShared%20Documents%2FPDI%20%2D%20Costing%20and%20Cost%20Recovery%20Documents%2FDelivery%20Enabling%20Services%20%28DPC%29%2FWorkload%20Survey&amp;sortField=Modified&amp;isAscending=false&amp;viewid=d3211020%2D86e1%2D4f49%2Dab1b%2Db08df0afa1ad&amp;FolderCTID=0x01200000BF6763B005D14682430E0814FFD5DE&amp;clickparams=eyAiWC1BcHBOYW1lIiA6ICJNaWNyb3NvZnQgT3V0bG9vayIsICJYLUFwcFZlcnNpb24iIDogIjE2LjAuMTk1MzAuMjAyMjYiLCAiT1MiIDogIldpbmRvd3MiIH0%3D" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1456" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11271" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
-<file path=word/_rels/header3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="9D9FFA76BB264CB1AAA9C516E5872875"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FB9C98DA-2380-4963-8918-C25E1F50381E}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="007C20DE" w:rsidRDefault="00D6372B">
           <w:r w:rsidRPr="004152D5">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>[Effective Date]</w:t>
           </w:r>
         </w:p>
@@ -8766,147 +9232,157 @@
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS PGothic">
     <w:panose1 w:val="020B0600070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
+    <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D6372B"/>
+    <w:rsid w:val="0025312E"/>
     <w:rsid w:val="002C0081"/>
+    <w:rsid w:val="00352C64"/>
+    <w:rsid w:val="004E7D4D"/>
     <w:rsid w:val="005A5CEA"/>
+    <w:rsid w:val="005C539B"/>
     <w:rsid w:val="007C20DE"/>
+    <w:rsid w:val="009E7884"/>
     <w:rsid w:val="00A77EC8"/>
     <w:rsid w:val="00C40572"/>
+    <w:rsid w:val="00CC7F37"/>
     <w:rsid w:val="00D6372B"/>
+    <w:rsid w:val="00D74A8C"/>
     <w:rsid w:val="00E17FE7"/>
+    <w:rsid w:val="00E33CA3"/>
     <w:rsid w:val="00EA4449"/>
     <w:rsid w:val="00EA7E6F"/>
+    <w:rsid w:val="00F81D3D"/>
     <w:rsid w:val="00FC7A1A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -9633,395 +10109,227 @@
     </a:spDef>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-[...6 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...55 lines deleted...]
-    <xsd:import namespace="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C70F24FAA7BA5249BDEB0641E59DC52A" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d971145f1b56e9c13361b9e0ab868cd7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9c9e5014-7273-40ba-95fc-e628b777c505" xmlns:ns3="7ef5284c-a724-486d-9c6e-6b46d35db2dd" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f55cf61d224918266b7d54861f14722c" ns2:_="" ns3:_="">
+    <xsd:import namespace="9c9e5014-7273-40ba-95fc-e628b777c505"/>
+    <xsd:import namespace="7ef5284c-a724-486d-9c6e-6b46d35db2dd"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:UNDP_POPP_TITLE_EN" minOccurs="0"/>
-[...26 lines deleted...]
-                <xsd:element ref="ns3:POPPIsArchived" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9c9e5014-7273-40ba-95fc-e628b777c505" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_dlc_Exempt" ma:index="30" nillable="true" ma:displayName="Exempt from Policy" ma:hidden="true" ma:internalName="_dlc_Exempt" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-  </xsd:schema>
-[...3 lines deleted...]
-    <xsd:element name="UNDP_POPP_TITLE_EN" ma:index="1" nillable="true" ma:displayName="Title_EN" ma:indexed="true" ma:internalName="UNDP_POPP_TITLE_EN">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="16" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text">
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f8ebb0a5-c57d-4c3a-bec7-8a38252dd05c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="23" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_FOCALPOINT" ma:index="3" nillable="true" ma:displayName="Focal Point" ma:SharePointGroup="0" ma:internalName="UNDP_POPP_FOCALPOINT" ma:showField="ImnName">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="24" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7ef5284c-a724-486d-9c6e-6b46d35db2dd" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_DOCUMENT_TYPE" ma:index="5" ma:displayName="Document TYPE" ma:default="Template" ma:format="Dropdown" ma:indexed="true" ma:internalName="UNDP_POPP_DOCUMENT_TYPE" ma:readOnly="false">
-[...29 lines deleted...]
-    <xsd:element name="UNDP_POPP_VERSION_COMMENTS" ma:index="9" nillable="true" ma:displayName="Version Comments" ma:internalName="UNDP_POPP_VERSION_COMMENTS">
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_FILEVERSION" ma:index="10" nillable="true" ma:displayName="FileVersionID" ma:decimals="0" ma:internalName="UNDP_POPP_FILEVERSION">
-[...21 lines deleted...]
-    <xsd:element name="TaxCatchAll" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ee792a02-1c68-437d-afee-526d4eee3bde}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{795fc9f7-b0fa-4401-b58e-16dde1209691}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="7ef5284c-a724-486d-9c6e-6b46d35db2dd">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
-    </xsd:element>
-[...100 lines deleted...]
-      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="24" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -10066,263 +10374,357 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...49 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-</p:Policy>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="7ef5284c-a724-486d-9c6e-6b46d35db2dd" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="9c9e5014-7273-40ba-95fc-e628b777c505">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{15B243C3-A726-4697-A075-A6D3D6EC7181}">
-[...17 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E19962E4-2F52-49C4-940C-01FD22134CE6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{36BEAEC2-26D2-46FA-A01C-F2AA1296B0BC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+    <ds:schemaRef ds:uri="9c9e5014-7273-40ba-95fc-e628b777c505"/>
+    <ds:schemaRef ds:uri="7ef5284c-a724-486d-9c6e-6b46d35db2dd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{861DDEC6-7435-4AC2-B328-8B0736FA152B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{49A2CA22-59CF-485A-B445-BA3300D61766}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DA30B41-5019-4D39-ABC1-5B26C8ACF58E}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{15B243C3-A726-4697-A075-A6D3D6EC7181}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="office.server.policy"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="7ef5284c-a724-486d-9c6e-6b46d35db2dd"/>
+    <ds:schemaRef ds:uri="9c9e5014-7273-40ba-95fc-e628b777c505"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1839</Words>
-  <Characters>10488</Characters>
+  <Words>1806</Words>
+  <Characters>10298</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>87</Lines>
+  <Lines>85</Lines>
   <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12303</CharactersWithSpaces>
+  <CharactersWithSpaces>12080</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="60" baseType="variant">
+      <vt:variant>
+        <vt:i4>6750314</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>36</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/node/1706</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6422633</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>33</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/node/1456</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6750314</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>30</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/node/1701</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7077985</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>27</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/taxonomy/term/116</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5505115</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>24</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/node/11271</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4391003</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>21</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://intranet.undp.org/unit/ofrm/Financial Resource Management Policies/Workload Survey/Staff TimeSheet_sample_2021 proforma.xlsx?Web=1</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5505115</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>18</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/node/11271</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5374036</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>9</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/node/11386</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6291565</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/node/4026</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6684778</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/node/1711</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Esperanza M Garcia</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39</vt:lpwstr>
+    <vt:lpwstr>0x010100C70F24FAA7BA5249BDEB0641E59DC52A</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>e0a9f251-13fb-4804-bc3a-36ff8a0b51e1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="BusinessUnit">
     <vt:lpwstr>349;#Human Resources Management|1f57ad6b-760b-4b5a-be19-36e6fe76fd85</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="POPPBusinessProcess">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="l0e6ef0c43e74560bd7f3acd1f5e8571">
     <vt:lpwstr>Human Resources Management|1f57ad6b-760b-4b5a-be19-36e6fe76fd85</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="UNDP_POPP_BUSINESSUNIT">
     <vt:lpwstr>669;#Programme and Project Management|1c019435-9793-447e-8959-0b32d23bf3d5</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="UNDPCountry">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="UndpDocTypeMM">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="UNDPDocumentCategory">
     <vt:lpwstr/>
   </property>
@@ -10349,27 +10751,33 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="UNDP_POPP_VERSION_COMMENTS">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="UNDP_POPP_DOCUMENT_LANGUAGE">
     <vt:lpwstr>English</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="UNDP_POPP_FILEVERSION">
     <vt:r8>6656</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="UNDP_POPP_REFITEM_VERSION">
     <vt:r8>2</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Location">
     <vt:lpwstr>Public</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="UndpDocStatus">
     <vt:lpwstr>Draft</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="UndpClassificationLevel">
     <vt:lpwstr>Internal Use Only</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="UndpIsTemplate">
     <vt:lpwstr>No</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>