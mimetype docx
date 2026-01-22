--- v0 (2025-10-23)
+++ v1 (2026-01-22)
@@ -1,3765 +1,13260 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="29E433E0" w14:textId="77777777" w:rsidR="0011267F" w:rsidRDefault="0011267F" w:rsidP="0011267F">
-[...14 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="256F3A69" w14:textId="4AA9E1A7" w:rsidR="00961FB2" w:rsidRPr="00864298" w:rsidRDefault="00961FB2" w:rsidP="004F14BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8190"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc210824678"/>
+      <w:r w:rsidRPr="00864298">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Mandat du comité des risques</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="13F59718" w14:textId="6E861BC5" w:rsidR="0011267F" w:rsidRPr="0011267F" w:rsidRDefault="0011267F" w:rsidP="0011267F">
-[...179 lines deleted...]
-          <w:kern w:val="0"/>
+    <w:p w14:paraId="372081FF" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00864298" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="fr-CH"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="3" w:name="_Toc155179468"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7527E1C9" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00290166" w:rsidRDefault="00961FB2" w:rsidP="003567C8">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="Contexte"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc210824679"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00290166">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Contexte</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="0011267F">
-[...10 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="160DC72B" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La gestion des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l'entreprise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ERM), y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>compris</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l'aspect</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>stratégique</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sécurité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et gestion des crises et de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>continuité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>activités</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sont</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tous</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des parties </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>intégrantes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>risque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, et des disciplines de la gestion </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>efficace</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pour des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>résultats</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>développement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Au fur et à </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mesure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> le PNUD </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s'oriente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vers des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>programmes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>impliquant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des conseils politiques de haut </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>niveau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>changements</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>transformationnels</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l'échelle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>système</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>réalisation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>résultats</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>programmatiques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>dépendra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de plus </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> plus de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>facteurs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>échappant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>totalement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>partiellement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>notre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>contrôle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ces</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>facteurs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>comprennent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nous devons </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>gérer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>coopération</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> avec </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>partenaires</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>autres</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> parties </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>prenantes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Pour </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tirer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> parti </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d'opportunités</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>prometteuses</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l'organisation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> doit </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>souvent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prendre des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>calculés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Il est </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>essentiel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d'être agile, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>réactif</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>proactif</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pour </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>obtenir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>résultats</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45284BCD" w14:textId="77777777" w:rsidR="00DF39FC" w:rsidRPr="00E44CE4" w:rsidRDefault="00DF39FC" w:rsidP="00961FB2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="299E8CDF" w14:textId="26988B64" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La politique GRE du PNUD </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>guidera</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>conduite</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l'application</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la GRE et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>définira</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>rôles</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>responsabilités</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Au </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>niveau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l'organisation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> est un group </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>consultatif</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>présidé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l'Administrateur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>associé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, supervise la mise </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>œuvre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>globale</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du cadre de gestion de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> au sein du PNUD. Le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> est un sous-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du GE. Il </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>recommande</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>transmettre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l'administrateur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>fournit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des conseils/examens sur des questions </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>spécifiques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>demande</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l'administrateur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fait rapport au GE sur le cadre </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>fonction</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>besoins</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="428F0F18" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0542DB85" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00290166" w:rsidRDefault="00961FB2" w:rsidP="0068294D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="Tâches_et_responsabilités"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc210824680"/>
       <w:bookmarkEnd w:id="3"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00290166">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Tâches</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00290166">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00290166">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>responsabilités</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="087C7251" w14:textId="77777777" w:rsidR="0011267F" w:rsidRPr="0011267F" w:rsidRDefault="0011267F" w:rsidP="0011267F">
-[...5 lines deleted...]
-        <w:ind w:left="120" w:right="121"/>
+    <w:p w14:paraId="70EC41F3" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="0034752C">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="121"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> :</w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Conformément</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à la (aux) politique(s) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>pertinente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(s), le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> est </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>responsable</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ce</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> qui suit :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="293A3E95" w14:textId="77777777" w:rsidR="0011267F" w:rsidRPr="0011267F" w:rsidRDefault="0011267F" w:rsidP="0011267F">
-[...1 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w14:paraId="32AAEFCE" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="121"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62BE744C" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="0042017B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="73"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="810"/>
+        <w:ind w:left="360" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:bCs/>
           <w:i/>
-          <w:iCs/>
-          <w:kern w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="fr-CH"/>
-          <w14:ligatures w14:val="none"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:bCs/>
           <w:i/>
-          <w:iCs/>
-          <w:kern w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="fr-CH"/>
-          <w14:ligatures w14:val="none"/>
-[...1 lines deleted...]
-        <w:t>Examen et analyse des risques d'entreprise</w:t>
+        </w:rPr>
+        <w:t>Identification, examen et analyse des risques d'entreprise</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A7F9399" w14:textId="77777777" w:rsidR="0011267F" w:rsidRPr="0011267F" w:rsidRDefault="0011267F" w:rsidP="0011267F">
-[...5 lines deleted...]
-        <w:ind w:left="119" w:right="120"/>
+    <w:p w14:paraId="3F8065DF" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="160" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...52 lines deleted...]
-        <w:t xml:space="preserve"> le Conseil de crise).</w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dans le cadre de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>cette</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>responsabilité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>identifie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, examine et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>délibère</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sur les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>stratégies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>d’entreprise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de gestion/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>traitement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et, le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>cas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>échéant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sur les modifications </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>proposées</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>stratégies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>révisées</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>concentrera</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sur les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>stratégiques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>l'entreprise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> qui </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>sont</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>identifiés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>lui</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>sont</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>transmis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>compris</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sur les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>opérationnels</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>escaladés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>depuis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>d’autres</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> forums </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>respectifs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (par </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>exemple</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>l'OPG</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, le SMG, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>l'ET</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et le Conseil de crise).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B4E3AA2" w14:textId="77777777" w:rsidR="0011267F" w:rsidRPr="0011267F" w:rsidRDefault="0011267F" w:rsidP="0011267F">
-      <w:pPr>
+    <w:p w14:paraId="3F623CC6" w14:textId="77777777" w:rsidR="00AC4AD1" w:rsidRPr="00E44CE4" w:rsidRDefault="00AC4AD1" w:rsidP="00961FB2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="160" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55D67A9C" w14:textId="20C08247" w:rsidR="00AC4AD1" w:rsidRPr="00091D23" w:rsidRDefault="00961FB2" w:rsidP="00091D23">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="73"/>
         </w:numPr>
-        <w:tabs>
-[...365 lines deleted...]
-        <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7378"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:kern w:val="0"/>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>escaladés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>provenant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d'autres</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mécanismes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l'entreprise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="579A5EB7" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00091D23">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
-          <w14:ligatures w14:val="none"/>
-[...5 lines deleted...]
-          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
-          <w14:ligatures w14:val="none"/>
-[...1 lines deleted...]
-        <w:tab/>
+        </w:rPr>
+        <w:t>Le président et le membre du comité peuvent soumettre au comité les risques identifiés et transmis au comité par le biais des différents mécanismes de l'entreprise, par ex :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CDDE8E0" w14:textId="77777777" w:rsidR="0011267F" w:rsidRPr="0011267F" w:rsidRDefault="0011267F" w:rsidP="0011267F">
-      <w:pPr>
+    <w:p w14:paraId="583076CF" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="74"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Le groupe de performance organisationnelle (OPG) pour les risques élevés importants liés à la performance organisationnelle et opérationnelle, y compris les priorités en matière de risques d'audit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4" w:rsidDel="00854449">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="564AC55B" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="74"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Crisis Board</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>, pour les risques élevés liés à un programme pays particulier en crise ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D820BF4" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="74"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Groupe de gestion de la sécurité</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pour les risques élevés liés à la sûreté et à la sécurité du personnel ainsi qu'à la continuité des activités au siège ; et- le comité de diligence raisonnable du secteur privé, pour les partenariats à haut risque avec le secteur privé ; et</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51114597" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="74"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Autres mécanismes d'entreprise, le cas échéant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DEE1F23" w14:textId="1B3A3DA2" w:rsidR="005B7F24" w:rsidRPr="00091D23" w:rsidRDefault="00961FB2" w:rsidP="00091D23">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="73"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7378"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...20 lines deleted...]
-        <w:tab/>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Analyse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>registre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> agrégé</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="383B8283" w14:textId="77777777" w:rsidR="0011267F" w:rsidRPr="0011267F" w:rsidRDefault="0011267F" w:rsidP="0011267F">
-[...5 lines deleted...]
-        <w:ind w:left="120" w:right="117"/>
+    <w:p w14:paraId="0E8351E1" w14:textId="75073FD6" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00091D23">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="42" w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="117"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...13 lines deleted...]
-        <w:t>Deux fois par an, une analyse des risques provenant de toutes les entrées de risques dans les journaux de risques agrégés doit être présentée au Comité afin d'examiner les risques émergents éventuels et/ou les risques dont la criticité augmente et qui pourraient nécessiter des traitements au niveau de l'entreprise. Cette analyse, le cas échéant, peut inclure une comparaison entre les risques enregistrés dans le système et les risques qui se sont matérialisés au cours de la période considérée.</w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Une </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>fois</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par an, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>une</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>analyse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>provenant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des entrées de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>bureaux</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dans les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>registres</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> agrégés doit </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>être</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>présentée</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> au </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>afin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>d'examiner</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>émergents</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>éventuels</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>dont</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>criticité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>augmente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et qui </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>pourraient</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>nécessiter</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>traitements</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> au </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>niveau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>l'entreprise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Cette </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>analyse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>cas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>échéant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>peut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>inclure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>une</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>comparaison</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> entre les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>enregistrés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dans le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>système</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> qui se </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>sont</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>matérialisés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> au </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>cours</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>période</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>considérée</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E0AAAB6" w14:textId="77777777" w:rsidR="0011267F" w:rsidRPr="0011267F" w:rsidRDefault="0011267F" w:rsidP="0011267F">
-      <w:pPr>
+    <w:p w14:paraId="1A4A8CCD" w14:textId="20EFBD31" w:rsidR="005B7F24" w:rsidRPr="00091D23" w:rsidRDefault="00961FB2" w:rsidP="00091D23">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="73"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7378"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B7F24">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B7F24">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B7F24">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>identifiés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B7F24">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B7F24">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l'entreprise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="2E7B0617" w14:textId="54C61ECF" w:rsidR="00233A1A" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00091D23">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Les membres du comité des risques, ainsi que les experts techniques compétents, présenteront de manière proactive au comité des risques des éléments d'information sur les risques de l'entreprise afin de permettre l'identification des risques critiques d'importance stratégique.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21F72D16" w14:textId="1B9FEBC4" w:rsidR="005B7F24" w:rsidRPr="005B7F24" w:rsidRDefault="00961FB2" w:rsidP="005B7F24">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="73"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7378"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7F24">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Risques escaladés du bureau et des </w:t>
+      </w:r>
+      <w:r w:rsidR="005B7F24">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>unites</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E163B54" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00A57830">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="160" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="118"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Conformément</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aux </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>critères</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>remontée</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>tous</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>remontés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> au </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>niveau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>l'entreprise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>seront</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>examinés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>voie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>électronique</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> particulier pour les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>projet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>remontés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> qui </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>peuvent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>être</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>traités</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ce</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>biais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>cas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>échéant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>remontés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>peuvent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>être</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>examinés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>lors</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>réunion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pour les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>décisions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et les points </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>d'action</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15EEE99F" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="160" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="118"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09854604" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="0042017B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="73"/>
+        </w:numPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...12 lines deleted...]
-        <w:t>Risques escaladés du bureau et des unités</w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>Maintenir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>le</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>cadre</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>global</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>risque</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>et</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>résilience</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A440120" w14:textId="77777777" w:rsidR="0011267F" w:rsidRPr="0011267F" w:rsidRDefault="0011267F" w:rsidP="0011267F">
-[...5 lines deleted...]
-        <w:ind w:left="119" w:right="118"/>
+    <w:p w14:paraId="58DBC558" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidDel="000E2DF4" w:rsidRDefault="00961FB2" w:rsidP="00A57830">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="42" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="117"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dans le cadre de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>cette</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>responsabilité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>examinera</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les politiques et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>procédures</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> relatives à la gestion des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>l'entreprise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>compris</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les aspects </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>stratégiques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la gestion de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>continuité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>activités</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (BCM), de la gestion de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>sécurité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et des crises </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4" w:rsidDel="00854449">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>et</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>réserves</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pour </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DEC0FDF" w14:textId="77777777" w:rsidR="0011267F" w:rsidRPr="0011267F" w:rsidRDefault="0011267F" w:rsidP="0011267F">
-[...5 lines deleted...]
-        <w:ind w:left="119" w:right="118"/>
+    <w:p w14:paraId="022E9C29" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00A57830">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="42" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="117"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dans le cadre de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>cette</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>fonction</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>devrait</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>également</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>pencher</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sur </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>l'aspect</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> global de la gestion des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>connaissances</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> matière de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>compris</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>saisie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>l'examen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>enseignements</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>tirés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>meilleures</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pratiques à appliquer et/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à diffuser dans toute </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>l'organisation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6429E9C0" w14:textId="77777777" w:rsidR="0011267F" w:rsidRPr="0011267F" w:rsidRDefault="0011267F" w:rsidP="0011267F">
-      <w:pPr>
+    <w:p w14:paraId="5129868B" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00A57830">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="42" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="117"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dans </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>l'exercice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>cette</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>fonction</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>peut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> demander au Groupe de performance </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>organisationnelle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (OPG) de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>fournir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des contributions et des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>commentaires</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> avant </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les politiques </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>pertinentes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ne </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>soient</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>proposées</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> au Groupe </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>exécutif</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (EG) pour approbation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="411B5E70" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00A57830">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="42" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="117"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> examine </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>également</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et fait des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>recommandations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pour la mise à jour de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>déclaration</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>d'appétit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pour le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du PNUD et la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>recommande</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> au GE pour approbation. Cette </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>déclaration</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> doit </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>être</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> revue et mise à jour </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>si</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>nécessaire</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5202B44C" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="121" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="122"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CCB97A2" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="005B7F24" w:rsidRDefault="00961FB2" w:rsidP="0042017B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="73"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7F24">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>Comité de vérification des entreprises (CVC)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3984FB64" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="007452C6">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="160"/>
+        <w:ind w:left="0" w:right="119"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du PNUD fait </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>également</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> office de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>vérification</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>entreprises</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Des experts et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>d'autres</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>représentants</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>pertinents</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>peuvent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>être</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>invités</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>selon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>besoins</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, à </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>soutenir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>délibérations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Le CVC est chargé de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>conseiller</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> le Senior Designated Officer (SDO)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sur les points </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>suivants</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DAD077E" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="007452C6">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32053049" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00233A1A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
-[...529 lines deleted...]
-          <w:numId w:val="2"/>
+          <w:numId w:val="72"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="622"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...15 lines deleted...]
-        <w:t>La prise de décision en matière de LBC/FT, y compris :</w:t>
+        <w:ind w:left="504"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>prise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>décision</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> matière de LBC/FT, y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>compris</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A24FBD1" w14:textId="77777777" w:rsidR="0011267F" w:rsidRPr="0011267F" w:rsidRDefault="0011267F" w:rsidP="0011267F">
-      <w:pPr>
+    <w:p w14:paraId="0C1A2D40" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="007452C6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="75"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1559"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
-[...15 lines deleted...]
-        <w:t>Relations d'affaires avec des contreparties à haut risque ;</w:t>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="1080"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Relations d'affaires avec des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>contreparties</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à haut </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>risque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67DD5A2A" w14:textId="77777777" w:rsidR="0011267F" w:rsidRPr="0011267F" w:rsidRDefault="0011267F" w:rsidP="0011267F">
-      <w:pPr>
+    <w:p w14:paraId="6346A3B9" w14:textId="457CCB3F" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="007452C6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="75"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1559"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...21 lines deleted...]
-          <w:kern w:val="0"/>
+        <w:ind w:left="1080" w:right="119"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Relations avec les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>contreparties</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>supprimer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, à </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>interdire</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ajouter</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-          <w:lang w:val="fr-FR"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>"</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8">
-        <w:r w:rsidRPr="0011267F">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="0034752C" w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve">HYPERLINK "https://popp.undp.org/fr/document/guide-operationnel-pour-la-mise-en-oeuvre-de-la-politique-du-pnud-en-matiere-de-lutte" \h </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>liste</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11">
+        <w:r w:rsidRPr="00E44CE4">
           <w:rPr>
-            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-            <w:kern w:val="0"/>
+            <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+            <w:color w:val="4472C4" w:themeColor="accent1"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:u w:val="single"/>
-            <w:lang w:val="fr-FR"/>
-            <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>liste</w:t>
+          <w:t xml:space="preserve">interne des </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00E44CE4">
+          <w:rPr>
+            <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+            <w:color w:val="4472C4" w:themeColor="accent1"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>exclus</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00E44CE4">
+          <w:rPr>
+            <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+            <w:color w:val="4472C4" w:themeColor="accent1"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>"</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0011267F">
-[...28 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31D8E3E9" w14:textId="77777777" w:rsidR="0011267F" w:rsidRPr="0011267F" w:rsidRDefault="0011267F" w:rsidP="0011267F">
-      <w:pPr>
+    <w:p w14:paraId="2803E83E" w14:textId="434BEB75" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="007452C6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="75"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1559"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="280" w:lineRule="exact"/>
-[...14 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+        <w:spacing w:line="280" w:lineRule="exact"/>
+        <w:ind w:left="1080"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4" w:rsidDel="00EE694E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>les</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...13 lines deleted...]
-          <w:kern w:val="0"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>contreparties</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ajouter</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-          <w:lang w:val="fr-FR"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>"</w:t>
       </w:r>
-      <w:hyperlink r:id="rId10">
-[...16 lines deleted...]
-          <w:kern w:val="0"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="003B58B2">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve">HYPERLINK "https://popp.undp.org/fr/document/guide-operationnel-pour-la-mise-en-oeuvre-de-la-politique-du-pnud-en-matiere-de-lutte" \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="003B58B2" w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
-          <w:lang w:val="fr-FR"/>
-          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>liste</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de dispense</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>"</w:t>
       </w:r>
-      <w:r w:rsidRPr="0011267F">
-[...5 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0011267F">
-[...4 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>; et</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68AC35A3" w14:textId="77777777" w:rsidR="0011267F" w:rsidRPr="0011267F" w:rsidRDefault="0011267F" w:rsidP="0011267F">
-      <w:pPr>
+    <w:p w14:paraId="38F16BEA" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="007452C6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="75"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1559"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...15 lines deleted...]
-        <w:t>Toute autre question connexe qui nécessite un examen et une prise de décision au niveau supérieur, comme le juge l'OEN.</w:t>
+        <w:ind w:left="1080" w:right="117"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Toute </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>autre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> question </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>connexe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> qui </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nécessite</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un examen et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>une</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>prise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>décision</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> au </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>niveau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> supérieur, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>comme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>juge</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l'OEN</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31929FCF" w14:textId="77777777" w:rsidR="0011267F" w:rsidRPr="0011267F" w:rsidRDefault="0011267F" w:rsidP="0011267F">
-      <w:pPr>
+    <w:p w14:paraId="20C5BE3C" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00233A1A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="72"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="622"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:ind w:left="504" w:right="115"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2E5395"/>
-          <w:kern w:val="0"/>
-[...18 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mise </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="Arrangement_de_gestion"/>
-      <w:bookmarkEnd w:id="4"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>œuvre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>perfectionnement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>selon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>besoins</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) de la politique, des processus, des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>outils</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="Arrangement_de_gestion"/>
+      <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w14:paraId="610989C3" w14:textId="77777777" w:rsidR="0011267F" w:rsidRPr="0011267F" w:rsidRDefault="0011267F" w:rsidP="0011267F">
-[...1 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w14:paraId="5D1FCF8C" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00864298" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="622"/>
         </w:tabs>
-        <w:autoSpaceDE w:val="0"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:ind w:right="120"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2E5395"/>
-          <w:kern w:val="0"/>
-[...1 lines deleted...]
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45F6D535" w14:textId="77777777" w:rsidR="0011267F" w:rsidRPr="0011267F" w:rsidRDefault="0011267F" w:rsidP="0011267F">
-[...5 lines deleted...]
-        <w:ind w:left="563" w:hanging="390"/>
+    <w:p w14:paraId="286A2034" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00864298" w:rsidRDefault="00961FB2" w:rsidP="004020A6">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc210824681"/>
+      <w:r w:rsidRPr="00864298">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>Arrangement de gestion</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w14:paraId="0A62256A" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="007452C6">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="120"/>
         <w:jc w:val="both"/>
-        <w:outlineLvl w:val="2"/>
-[...32 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> est un sous-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>groupe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0011267F">
-[...20 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>exécutif</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (GE) et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>sert</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>plateforme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0011267F">
-[...11 lines deleted...]
-      <w:bookmarkEnd w:id="5"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>principale</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pour identifier, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>évaluer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>développer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>traitement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>surveiller</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> au </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>niveau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>l'entreprise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rend </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>compte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> au GE </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>fonction</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>besoins</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="295E2427" w14:textId="77777777" w:rsidR="0011267F" w:rsidRDefault="0011267F" w:rsidP="0011267F">
-[...5 lines deleted...]
-        <w:ind w:left="120" w:right="120"/>
+    <w:p w14:paraId="724201A9" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...32 lines deleted...]
-      </w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="4727738A" w14:textId="77777777" w:rsidR="0011267F" w:rsidRDefault="0011267F" w:rsidP="0011267F">
-[...17 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w14:paraId="6946AC66" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="0042017B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="71"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:bCs/>
           <w:i/>
-          <w:iCs/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:bCs/>
           <w:i/>
-          <w:iCs/>
-[...1 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Composition du </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0011267F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:bCs/>
           <w:i/>
-          <w:iCs/>
-[...1 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>comité</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="0C130B50" w14:textId="77777777" w:rsidR="0011267F" w:rsidRPr="0011267F" w:rsidRDefault="0011267F" w:rsidP="0011267F">
-[...5 lines deleted...]
-        <w:ind w:left="119" w:right="116"/>
+    <w:p w14:paraId="5750B692" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00A57830">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="161" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="116"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...12 lines deleted...]
-        <w:t>La composition du comité des risques doit inclure une représentation adéquate du point de vue de l'organisation dans les cinq catégories de conséquences des risques (c'est-à-dire les finances et les ressources, la sûreté et la sécurité, l'exécution des programmes, l'efficacité institutionnelle et la réputation). À cet égard, la composition permanente du comité est la suivante :</w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La composition du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> doit </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>inclure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>une</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>représentation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>adéquate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du point de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>vue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>l'organisation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dans les cinq </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>catégories</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>conséquences</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>c'est</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-à-dire les finances et les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ressources</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>sûreté</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>sécurité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>l'exécution</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>programmes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>l'efficacité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>institutionnelle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>réputation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). À </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>cet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>égard</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, la composition </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>permanente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> est la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>suivante</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51A5A293" w14:textId="77777777" w:rsidR="0011267F" w:rsidRPr="0011267F" w:rsidRDefault="0011267F" w:rsidP="0011267F">
-      <w:pPr>
+    <w:p w14:paraId="4E78DFFF" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="007452C6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
-[...935 lines deleted...]
-          <w:numId w:val="1"/>
+          <w:numId w:val="71"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1200"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1199" w:right="121"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="121"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...12 lines deleted...]
-        <w:t>Examiner l'efficacité de la mise en œuvre de la GRE (y compris les politiques, les procédures, l'apprentissage et les autres outils) ;</w:t>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>L'administrateur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>associé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tant </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>président</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E8749CD" w14:textId="77777777" w:rsidR="0011267F" w:rsidRPr="0011267F" w:rsidRDefault="0011267F" w:rsidP="0011267F">
-      <w:pPr>
+    <w:p w14:paraId="0E361521" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="007452C6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="71"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1200"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="121"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bureau </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>exécutif</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD53E26" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="007452C6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="71"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1200"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="121"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Directeurs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tous</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>bureaux</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>régionaux</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="4EBE0342" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="007452C6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="71"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1200"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="121"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Directeur du Bureau des services de gestion ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A8FD171" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="007452C6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="71"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1200"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="121"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Directeur du BERA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A62CD6B" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="007452C6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="71"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1200"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="121"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Directeur du BPPS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B6F54E5" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="007452C6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="71"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1200"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="121"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Directeur du Bureau des crises ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6918928E" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="007452C6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="71"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1200"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="121"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Directeur </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>général</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des finances ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EBB48B8" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="007452C6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="71"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1200"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="121"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Directeur du bureau de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sécurité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21E1B3B5" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AB7D9C7" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00A57830">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="118"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>membres</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ne </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>sont</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>substituables</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Si un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>membre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>n'est</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pas disponible pour assister à </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>une</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>réunion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>sa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> participation ne </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>peut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>être</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>déléguée</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>d'autres</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>membres</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du personnel. Sur </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>une</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> base ad hoc, le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>peut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inviter </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>d'autres</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>membres</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du personnel à </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>participer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>réunion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pour </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>délibérer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sur des questions </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>spécifiques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Cela </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>peut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>inclure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A2A9BE2" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00A57830">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="71"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1200"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="739" w:right="121"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Propriétaire de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>risque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pour des entrées de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>risque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>spécifiques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l'entreprise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AC89530" w14:textId="77777777" w:rsidR="009F4724" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00A57830">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="71"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1200"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="739" w:right="121"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Responsable</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>hiérarchique</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d'un bureau/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>unité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>spécifique</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FAAF8DB" w14:textId="22E6C963" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00A57830">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="71"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1200"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="739" w:right="121"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>gestionnaires</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de fonds </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>verticaux</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E5629A6" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00A57830">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="71"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1200"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="739" w:right="121"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>gestionnaires</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de fonds </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>verticaux</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A88C030" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00A57830">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="71"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1200"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="739" w:right="121"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Directeurs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> adjoints du Bureau ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B41C714" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00A57830">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="71"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1200"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="739" w:right="121"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Experts </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>personnes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ressources</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sur des questions </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>particulières</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24971C46" w14:textId="0B8690BC" w:rsidR="00E44CE4" w:rsidRPr="00951F6B" w:rsidRDefault="00961FB2" w:rsidP="00951F6B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="71"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1200"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="739" w:right="121"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>D'autres</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>membres</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du personnel, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>selon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>besoins</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="151ADEC8" w14:textId="77777777" w:rsidR="00E44CE4" w:rsidRDefault="00E44CE4" w:rsidP="00961FB2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="9"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77958534" w14:textId="77777777" w:rsidR="00F636F0" w:rsidRPr="00E44CE4" w:rsidRDefault="00F636F0" w:rsidP="00961FB2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="9"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C1EE05F" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="0042017B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="71"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Relation avec les autres structures décisionnelles de l'entreprise</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57928BC7" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00A57830">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> est un group </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>consultatif</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et un sous-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>groupe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>exécutif</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Il </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>fournit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des rapports au GE deux </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>fois</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par an et/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>selon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>besoins</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. La relation avec les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>autres</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> structures </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>décisionnelles</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>l'entreprise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>peut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>être</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>décrite</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>comme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> suit :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="129BA098" w14:textId="77777777" w:rsidR="009C58BC" w:rsidRPr="00E44CE4" w:rsidRDefault="009C58BC" w:rsidP="00961FB2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C094762" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E51F8CB" wp14:editId="59C2666D">
+            <wp:extent cx="4273550" cy="3206750"/>
+            <wp:effectExtent l="0" t="57150" r="0" b="50800"/>
+            <wp:docPr id="1883822137" name="Diagram 1"/>
+            <wp:cNvGraphicFramePr/>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
+                <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId12" r:lo="rId13" r:qs="rId14" r:cs="rId15"/>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B043844" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BEF7559" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C75BFDB" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00A57830">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="116"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> examine, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>analyse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>fournit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des conseils sur les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>d’entreprise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>recommandés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pour </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>l’escalade</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>différents</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>mécanismes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et sources de données de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>l'entreprise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (par </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>exemple</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> OPG, SMG, Crisis Board, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>registre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, etc.) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ainsi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>l'analyse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>différents</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>bureaux</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> experts techniques. Les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>décisions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> relatives au </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>traitement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>doivent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ensuite </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>être</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>recommandées</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> au </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>mécanisme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>existant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pour </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>être</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mises </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>œuvre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>suivra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>l'état</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>d'avancement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la mise </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>œuvre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ces</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>traitements</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>lors</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ses</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>réunions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>périodiques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C4E1D63" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="10"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BCA16DC" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="0042017B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="71"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Réunions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="22DBE318" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00A57830">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="41" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="116"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>réunit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> quatre </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>fois</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par an. Sur </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>une</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> base ad hoc, le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>président</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>peut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>également</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>convoquer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>une</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>réunion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pour </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>délibérer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>immédiatement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de toute question </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>urgente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>liée</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aux </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>L'ordre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du jour de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>réunion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>peut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>inclure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>sujets</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>tels</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>suivants</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68A3DC25" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="71"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1198"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1197" w:hanging="361"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="121"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...12 lines deleted...]
-        <w:t>Examen des décisions et des mécanismes de l'équipe de direction ;</w:t>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Examiner </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l'efficacité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la mise </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>œuvre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la GRE (y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>compris</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les politiques, les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>procédures</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l'apprentissage</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>autres</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>outils</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>) ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67271A4F" w14:textId="77777777" w:rsidR="0011267F" w:rsidRPr="0011267F" w:rsidRDefault="0011267F" w:rsidP="0011267F">
-      <w:pPr>
+    <w:p w14:paraId="71415BC5" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="71"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1198"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="39" w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1197" w:right="119"/>
+        <w:spacing w:before="39" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="119"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...12 lines deleted...]
-        <w:t>Examiner et gérer les risques de l'entreprise, y compris l'analyse des tendances et des risques émergents ayant un impact sur l'organisation (y compris l'examen du registre des risques et des KRI de l'entreprise) ;</w:t>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Identifier, examiner et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>gérer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l'entreprise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>compris</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l'analyse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des tendances et des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>émergents</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ayant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un impact sur </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l'organisation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>compris</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l'examen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>registre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et des KRI de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l'entreprise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>) ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6229248F" w14:textId="77777777" w:rsidR="0011267F" w:rsidRPr="0011267F" w:rsidRDefault="0011267F" w:rsidP="0011267F">
-      <w:pPr>
+    <w:p w14:paraId="736A76B8" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidDel="0014035C" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="71"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1198"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1197" w:hanging="361"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...12 lines deleted...]
-        <w:t>Examen des risques des pays en crise de niveau 3 - dirigé par les bureaux régionaux</w:t>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Examen des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des pays </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> crise de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>niveau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>dirigé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>bureaux</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>régionaux</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F6C7650" w14:textId="77777777" w:rsidR="0011267F" w:rsidRDefault="0011267F" w:rsidP="0011267F">
-      <w:pPr>
+    <w:p w14:paraId="56596F3F" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="71"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1198"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Examiner les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>remontés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d'autres</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mécanismes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>bureaux</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67E11DCA" w14:textId="46D7B0D0" w:rsidR="00961FB2" w:rsidRPr="00F636F0" w:rsidRDefault="00961FB2" w:rsidP="00F636F0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="71"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1197"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1197"/>
+        <w:spacing w:before="40"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...12 lines deleted...]
-        <w:t>Autres affaires</w:t>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Autres</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> affaires</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A593B12" w14:textId="77777777" w:rsidR="0011267F" w:rsidRDefault="0011267F" w:rsidP="0011267F">
-[...69 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w14:paraId="4240B5DC" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00951F6B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="71"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:bCs/>
           <w:i/>
-          <w:iCs/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:bCs/>
           <w:i/>
-          <w:iCs/>
-[...2 lines deleted...]
-        </w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Secrétariat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0011267F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:bCs/>
           <w:i/>
-          <w:iCs/>
-[...1 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> du </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0011267F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:bCs/>
           <w:i/>
-          <w:iCs/>
-[...1 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>comité</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0011267F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:bCs/>
           <w:i/>
-          <w:iCs/>
-[...1 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> des </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0011267F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:bCs/>
           <w:i/>
-          <w:iCs/>
-[...1 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>risques</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="0A05BE54" w14:textId="77777777" w:rsidR="0011267F" w:rsidRPr="0011267F" w:rsidRDefault="0011267F" w:rsidP="0011267F">
+    <w:p w14:paraId="478D8CD7" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00EA6F07">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1200"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1199" w:right="121"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="121"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...12 lines deleted...]
-        <w:t>Le comité des risques est soutenu par un secrétariat (spécialistes de la gestion des risques) qui aide le président et les membres du comité à gérer efficacement les réunions du comité. Cela comprend :</w:t>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> est soutenu par un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>secrétariat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (EXO/CPU) qui aide le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>président</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>membres</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>gérer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>efficacement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>réunions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Cela </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>comprend</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1963553D" w14:textId="77777777" w:rsidR="0011267F" w:rsidRPr="0011267F" w:rsidRDefault="0011267F" w:rsidP="0011267F">
-      <w:pPr>
+    <w:p w14:paraId="1C60FEBB" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="71"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1197"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1199" w:right="121"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="121"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...12 lines deleted...]
-        <w:t>Préparer l'ordre du jour et les documents de référence pour les réunions du comité ;</w:t>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Préparer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l'ordre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du jour pour les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>réunions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12C9CBE5" w14:textId="77777777" w:rsidR="0011267F" w:rsidRPr="0011267F" w:rsidRDefault="0011267F" w:rsidP="0011267F">
-      <w:pPr>
+    <w:p w14:paraId="5019119E" w14:textId="704E9F50" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="71"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1197"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1199" w:right="121"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="121"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...12 lines deleted...]
-        <w:t>Effectuer l'analyse des journaux de risques agrégés ;</w:t>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Assurer la liaison avec les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>bureaux</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ce</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> qui </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>concerne</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les documents de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>référence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>pertinents</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="629FD5A6" w14:textId="77777777" w:rsidR="0011267F" w:rsidRPr="0011267F" w:rsidRDefault="0011267F" w:rsidP="0011267F">
-      <w:pPr>
+    <w:p w14:paraId="6CC5B163" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="71"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1198"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1199" w:right="121"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="121"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...12 lines deleted...]
-        <w:t>Enregistrer et présenter les risques escaladés pour les délibérations du comité ;</w:t>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effectuer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l'analyse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>journaux</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> agrégés dans le cadre de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l'analyse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l’entreprise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28D429C2" w14:textId="77777777" w:rsidR="0011267F" w:rsidRPr="0011267F" w:rsidRDefault="0011267F" w:rsidP="0011267F">
-      <w:pPr>
+    <w:p w14:paraId="77331EBE" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="71"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1198"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1199" w:right="121"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="121"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...12 lines deleted...]
-        <w:t>Assurer une documentation adéquate des décisions du comité des risques</w:t>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Enregistrer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>présenter</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>escaladés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pour les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>délibérations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E52B2E4" w14:textId="77777777" w:rsidR="0011267F" w:rsidRPr="0011267F" w:rsidRDefault="0011267F" w:rsidP="0011267F">
-      <w:pPr>
+    <w:p w14:paraId="7F2F61EB" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="71"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...23 lines deleted...]
-        <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1200"/>
+          <w:tab w:val="left" w:pos="1198"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1199" w:right="121"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="121"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Faciliter</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>présentation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>preuves</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> relatives aux </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> critiques </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d'importance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>stratégique</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7626C2DC" w14:textId="77777777" w:rsidR="0011267F" w:rsidRPr="0011267F" w:rsidRDefault="0011267F" w:rsidP="0011267F">
-      <w:pPr>
+    <w:p w14:paraId="57CC8129" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="71"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1198"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="279" w:lineRule="exact"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="121"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Assurer </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>un</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4" w:rsidDel="008D0AE8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>enregistrement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> correct des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>décisions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="480E67EF" w14:textId="77777777" w:rsidR="0011267F" w:rsidRPr="0011267F" w:rsidRDefault="0011267F" w:rsidP="0011267F">
-      <w:pPr>
+    <w:p w14:paraId="73EF4E86" w14:textId="576485B7" w:rsidR="00990E16" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="71"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1198"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="279" w:lineRule="exact"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="121"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Toute </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>autre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tâche</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>confiée</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>président</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5EA06FBD" w14:textId="77777777" w:rsidR="0011267F" w:rsidRDefault="0011267F"/>
-[...3 lines deleted...]
-      <w:cols w:space="720"/>
+    <w:sectPr w:rsidR="00990E16" w:rsidRPr="00E44CE4" w:rsidSect="007F34DB">
+      <w:footerReference w:type="default" r:id="rId17"/>
+      <w:pgSz w:w="11909" w:h="16834" w:code="9"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="706" w:footer="706" w:gutter="0"/>
+      <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5A11049B" w14:textId="77777777" w:rsidR="0011267F" w:rsidRDefault="0011267F" w:rsidP="0011267F">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="31CEE9AE" w14:textId="77777777" w:rsidR="009E6421" w:rsidRDefault="009E6421" w:rsidP="00B23B3E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="54BDE48B" w14:textId="77777777" w:rsidR="0011267F" w:rsidRDefault="0011267F" w:rsidP="0011267F">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="72F1F8DE" w14:textId="77777777" w:rsidR="009E6421" w:rsidRDefault="009E6421" w:rsidP="00B23B3E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="435EDD6E" w14:textId="77777777" w:rsidR="009E6421" w:rsidRDefault="009E6421"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...6 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Myriad Pro">
-[...1 lines deleted...]
-    <w:panose1 w:val="00000000000000000000"/>
+  <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...43 lines deleted...]
-  <w:p w14:paraId="6EA518D3" w14:textId="77777777" w:rsidR="0011267F" w:rsidRDefault="0011267F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="574CDEDB" w14:textId="0953B01F" w:rsidR="007931CC" w:rsidRPr="0092647C" w:rsidRDefault="00D9761B" w:rsidP="00D9761B">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
     </w:pPr>
+    <w:r w:rsidRPr="0092647C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Page </w:t>
+    </w:r>
+    <w:r w:rsidRPr="0092647C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="0092647C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="0092647C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidRPr="0092647C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidRPr="0092647C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidRPr="0092647C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> de </w:t>
+    </w:r>
+    <w:r w:rsidRPr="0092647C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="0092647C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="0092647C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidRPr="0092647C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>40</w:t>
+    </w:r>
+    <w:r w:rsidRPr="0092647C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidRPr="0092647C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
+    </w:r>
+    <w:r w:rsidRPr="0092647C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Date </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="0092647C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>d’entrée</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="0092647C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="0092647C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>en</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="0092647C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="0092647C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>vigueur</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="0092647C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> : 29/08/2025</w:t>
+    </w:r>
+    <w:r w:rsidRPr="0092647C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7BB341D3" w14:textId="77777777" w:rsidR="0011267F" w:rsidRDefault="0011267F" w:rsidP="0011267F">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="023C3340" w14:textId="77777777" w:rsidR="009E6421" w:rsidRDefault="009E6421" w:rsidP="00B23B3E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="21C36DE7" w14:textId="77777777" w:rsidR="0011267F" w:rsidRDefault="0011267F" w:rsidP="0011267F">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="03A6C18A" w14:textId="77777777" w:rsidR="009E6421" w:rsidRDefault="009E6421" w:rsidP="00B23B3E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="1">
-    <w:p w14:paraId="45BA44B0" w14:textId="77777777" w:rsidR="0011267F" w:rsidRPr="004B57DF" w:rsidRDefault="0011267F" w:rsidP="0011267F">
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="6296A98B" w14:textId="77777777" w:rsidR="009E6421" w:rsidRDefault="009E6421"/>
+  </w:footnote>
+  <w:footnote w:id="2">
+    <w:p w14:paraId="11E045FB" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="006B4AEE" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Le Senior Designated Officer (SDO) est chargé de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>veiller</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à la mise </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B57DF">
-[...18 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>œuvre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> effective de la politique de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>lutte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004B57DF">
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> (SDO) est chargé de veiller à la mise en œuvre effective de la politique de lutte contre le blanchiment d'argent et le financement du terrorisme au PNUD et de prendre des décisions sur les questions présentant des risques accrus pour l'organisation, y compris les cas remontés. Le rôle du SDO est confié à l'Administrateur associé (AA). L'AA est également le responsable des risques du PNUD</w:t>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>contre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>blanchiment</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>d'argent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>financement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>terrorisme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> au PNUD et de prendre des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>décisions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sur les questions </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>présentant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>accrus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pour </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>l'organisation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>compris</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>cas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>remontés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>rôle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du SDO est </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>confié</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>l'Administrateur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>associé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (AA). L'AA est </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>également</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>responsable</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du PNUD</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="00000001"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="00000001"/>
+    <w:lvl w:ilvl="0" w:tplc="00000001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01ED01F3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D8B40BE6"/>
+    <w:tmpl w:val="0C0A5A28"/>
     <w:lvl w:ilvl="0" w:tplc="CC7E7522">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="929" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:w w:val="99"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="1966C112">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="839" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:b w:val="0"/>
@@ -3842,51 +13337,5307 @@
     <w:lvl w:ilvl="7" w:tplc="30D0FB98">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6484" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="BDC2387C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7411" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0494553E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DB644426"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="05941CA0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C9CC4B06"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09AD5600"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F72AAEAC"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="109E2151"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AC082AC6"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="450" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1170" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1890" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2610" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3330" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4050" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4770" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5490" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6210" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="134A44CF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AC548E32"/>
+    <w:lvl w:ilvl="0" w:tplc="5D46A998">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="155230D1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FAC86586"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="16224FAB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2EF60270"/>
+    <w:lvl w:ilvl="0" w:tplc="E36C4B42">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="918C3A82">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFAE5E96">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="34D40454">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="7F8A4CCA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="47F60110">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="051696BC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%7)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="22CC4850">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="777E998E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%9)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1623608E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EBC6C2DE"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="16903C69"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3B2A1F5C"/>
+    <w:lvl w:ilvl="0" w:tplc="55C4A494">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="Principle %1: "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="16957CEC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="954CFAA6"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1BFC4987"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="EAD20CAA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="5.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1D672274"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E0943BF8"/>
+    <w:lvl w:ilvl="0" w:tplc="02FE017C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="4.2.%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1E9B679F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CF904558"/>
+    <w:lvl w:ilvl="0" w:tplc="744CF912">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="502" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1222" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1942" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2662" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3382" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4102" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4822" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5542" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6262" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1F000625"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D30E3D30"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="20CF6347"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="AA4CD554"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="3.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25A13E5A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9B1617F6"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25F5618F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E0C6CAD6"/>
+    <w:lvl w:ilvl="0" w:tplc="A586816E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="282417EF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="AA724568"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="2.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="288F1FCF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BEF68DDE"/>
+    <w:lvl w:ilvl="0" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1170" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1890" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2610" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3330" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4050" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4770" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5490" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6210" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6930" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="28EA4BA9"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0554BD1A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:strike w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="295C71B6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="54EAF51C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2A80263C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E606FA2C"/>
+    <w:lvl w:ilvl="0" w:tplc="3502D5D8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="7E82E1BC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="9A0C5800">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="8264AA98">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="11DC956C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FBFA5A9C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="8A0423D6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%7)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20F836FE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="1C94AA20">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%9)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2B9535F4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="08EC824A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="480" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="480" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2F43691B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1BBC4E96"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="301B29D2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D95C351A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="4.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="346A1487"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7026D944"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1077" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1797" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2517" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3237" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3957" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4677" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5397" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6117" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6837" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="351E093E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8C5E8A50"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="35385B4C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="854656FC"/>
+    <w:lvl w:ilvl="0" w:tplc="20000001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="20000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="20000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="35F81A8A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C14619AA"/>
+    <w:lvl w:ilvl="0" w:tplc="E7F8A3DC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:sz w:val="32"/>
+        <w:szCs w:val="32"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="3BE652BE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="360A5449"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="25C2C760"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="37213919"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="94DC6556"/>
+    <w:lvl w:ilvl="0" w:tplc="08E0BA3C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="810" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3BB43A6E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6BF0580C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3C6C3088"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="16260E04"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="40C32C7C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2DA21812"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="43B53A52"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4A82CCF4"/>
+    <w:lvl w:ilvl="0" w:tplc="28F255CC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="D41AAB7C" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="407EAF82" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="961EA8A2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="F0164330" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="DD3AA24C" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="ED5ED188" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="CF86DE1E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="A302FC8A" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="449E17F0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="305E072C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="44EB302D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E4567C62"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="45D67722"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5310EE6E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1077" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1797" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2517" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3237" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3957" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4677" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5397" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6117" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6837" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="49796166"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3DD8E710"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4D073A92"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="404C19CC"/>
+    <w:lvl w:ilvl="0" w:tplc="355C6DCA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:i/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4D5917BD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E9109FA0"/>
+    <w:lvl w:ilvl="0" w:tplc="28F255CC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4E527834"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5AFAA6E4"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4E711118"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EE3E63DC"/>
+    <w:lvl w:ilvl="0" w:tplc="68F052CA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="8CFE8F18">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2BD63F3A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0CC66892">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="428C6134">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A3E28D32">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="35F2D76E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%7)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="1CC8A76E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="D66ECD3C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%9)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4F441BF0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E160D326"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="50E230D9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="74822CF2"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="563A4674"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="191A7C70"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1180" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1900" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2620" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3340" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4060" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4780" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5500" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6220" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6940" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="56CF0920"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8FECB23A"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="57DE2047"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="922C3106"/>
+    <w:lvl w:ilvl="0" w:tplc="0C4AC48A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="58CA043B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="52DE91EE"/>
+    <w:lvl w:ilvl="0" w:tplc="4AAE7A38">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5CD06C33"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4EB8506E"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5CD933E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="456A4506"/>
     <w:lvl w:ilvl="0" w:tplc="44747846">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9008" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:w w:val="99"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="940AC824">
       <w:numFmt w:val="bullet"/>
@@ -3970,68 +18721,2163 @@
     <w:lvl w:ilvl="7" w:tplc="D534D10E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6577" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="C4C4192A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7473" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="53" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5D5B3B02"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FECEB7DC"/>
+    <w:lvl w:ilvl="0" w:tplc="E61AF652">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="41F4A750">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="54B07EC4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="C6787B54">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="C466EEB8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="B3FAECD4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1AAEF2CA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%7)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="D15AE456">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="7D825104">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%9)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="54" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="60AC7478"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C13E1C4E"/>
+    <w:lvl w:ilvl="0" w:tplc="268E7D42">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="DDF6C62E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="8408C84C" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="A586A716" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="83FE291E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="CCDCC264" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="19CCE63C" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="446C2E96" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="C136E6C4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="55" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="61A25D5B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5330B2D6"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="56" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="62082798"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7A1E557C"/>
+    <w:lvl w:ilvl="0" w:tplc="C2DE526E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="57" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6366158A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FF0644B6"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3198" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3918" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4638" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5358" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6078" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6798" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7518" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8238" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8958" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="58" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="646DE7DE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="42DAEF76">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="·"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="30CED95E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="8A509B96">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="49F23DCE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="66703CEC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="7A54513A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="8DA67B4C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="B07E856A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="CCB83A72">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="59" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="67E33566"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A2C4B600"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="7.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="60" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6AE64432"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="ED706046"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="61" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6AF742E3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D36A12FE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="6.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="62" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6AFD2E6F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="481A64EE"/>
+    <w:lvl w:ilvl="0" w:tplc="53321E10">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="63" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6B9E5453"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F4DE9D84"/>
+    <w:lvl w:ilvl="0" w:tplc="FB604010">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="64" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6F02715A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B8BCBAF6"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="EFD08EB6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="65" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7233681C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9482AC50"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="66" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="75C31068"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="512C82C8"/>
+    <w:lvl w:ilvl="0" w:tplc="B8F8A94C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="73ACF356">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="DFE603E6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="D150746A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="A490D998">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="154EB488">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="3814CB24">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%7)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="B6BCC082">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="F222BAB0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%9)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="67" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="75CF56E0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="41247A8E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="68" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="775258EA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="791A7B3A"/>
+    <w:lvl w:ilvl="0" w:tplc="FE0007DA">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="69" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="78AF3639"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B7B074E6"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="70" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="79B445BD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C46616A8"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="71" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7A5563D6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="87FC6EDC"/>
+    <w:lvl w:ilvl="0" w:tplc="8B224172">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="140A2C14" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="7B0AC5E8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="DB3E7068" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="BA22637C" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="09D8EB54" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="9F04EEF4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="A4E6887A" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="1A42C962" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="72" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7AAA2E33"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BA782888"/>
+    <w:lvl w:ilvl="0" w:tplc="04090011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="73" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C743AFF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="22EE865A"/>
-    <w:lvl w:ilvl="0" w:tplc="AB1E0894">
+    <w:tmpl w:val="FC806358"/>
+    <w:lvl w:ilvl="0" w:tplc="BC1CF9DE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="621" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
+        <w:color w:val="auto"/>
         <w:w w:val="99"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="8836EA06">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1560" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:w w:val="99"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
@@ -4098,204 +20944,5377 @@
     <w:lvl w:ilvl="7" w:tplc="1F2A188E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6697" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="3F7E1504">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7553" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="367611172">
+  <w:abstractNum w:abstractNumId="74" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7EBD6EC9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E0941054"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="121772670">
+    <w:abstractNumId w:val="58"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="2005820542">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="2041055189">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="841434330">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1228492669">
+    <w:abstractNumId w:val="49"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="952515411">
+    <w:abstractNumId w:val="67"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1205943519">
+    <w:abstractNumId w:val="65"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1797677928">
+    <w:abstractNumId w:val="43"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="51581032">
+    <w:abstractNumId w:val="46"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1099061114">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1421023625">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="645400287">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1478449002">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="2017532811">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1695692316">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="588276458">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1460297548">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1493983265">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="255482317">
+    <w:abstractNumId w:val="59"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1309940752">
+    <w:abstractNumId w:val="61"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="2131976799">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="845094731">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1919485813">
+    <w:abstractNumId w:val="57"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1209223656">
+    <w:abstractNumId w:val="51"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="540900248">
+    <w:abstractNumId w:val="64"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="612828893">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="233856845">
+    <w:abstractNumId w:val="55"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1378356087">
+    <w:abstractNumId w:val="45"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="445002611">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="9841752">
+    <w:abstractNumId w:val="74"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="442576833">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="654722175">
+    <w:abstractNumId w:val="60"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="2135755659">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="372077027">
+    <w:abstractNumId w:val="69"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="1050805074">
+    <w:abstractNumId w:val="70"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="212617796">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="1561091188">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="1029260056">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="275798559">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="1670979335">
+    <w:abstractNumId w:val="60"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="1482117603">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="941452220">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="1551917312">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="712726902">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="297103763">
+    <w:abstractNumId w:val="63"/>
+  </w:num>
+  <w:num w:numId="46" w16cid:durableId="2089690598">
+    <w:abstractNumId w:val="14"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="47" w16cid:durableId="597180292">
+    <w:abstractNumId w:val="48"/>
+  </w:num>
+  <w:num w:numId="48" w16cid:durableId="2056198907">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="49" w16cid:durableId="237789663">
+    <w:abstractNumId w:val="54"/>
+  </w:num>
+  <w:num w:numId="50" w16cid:durableId="514534109">
+    <w:abstractNumId w:val="50"/>
+  </w:num>
+  <w:num w:numId="51" w16cid:durableId="101809278">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="52" w16cid:durableId="2140687644">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="53" w16cid:durableId="203250946">
+    <w:abstractNumId w:val="42"/>
+  </w:num>
+  <w:num w:numId="54" w16cid:durableId="1189634736">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="55" w16cid:durableId="43800976">
+    <w:abstractNumId w:val="72"/>
+  </w:num>
+  <w:num w:numId="56" w16cid:durableId="1441148664">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="57" w16cid:durableId="1002272075">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="58" w16cid:durableId="435102515">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="59" w16cid:durableId="1187449552">
+    <w:abstractNumId w:val="66"/>
+  </w:num>
+  <w:num w:numId="60" w16cid:durableId="36510875">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="61" w16cid:durableId="780106016">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="62" w16cid:durableId="513343734">
+    <w:abstractNumId w:val="68"/>
+  </w:num>
+  <w:num w:numId="63" w16cid:durableId="713844737">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="64" w16cid:durableId="454717991">
+    <w:abstractNumId w:val="62"/>
+  </w:num>
+  <w:num w:numId="65" w16cid:durableId="1257862067">
+    <w:abstractNumId w:val="56"/>
+  </w:num>
+  <w:num w:numId="66" w16cid:durableId="2129007858">
+    <w:abstractNumId w:val="44"/>
+  </w:num>
+  <w:num w:numId="67" w16cid:durableId="969096944">
+    <w:abstractNumId w:val="53"/>
+  </w:num>
+  <w:num w:numId="68" w16cid:durableId="709302200">
+    <w:abstractNumId w:val="71"/>
+  </w:num>
+  <w:num w:numId="69" w16cid:durableId="337198802">
+    <w:abstractNumId w:val="40"/>
+  </w:num>
+  <w:num w:numId="70" w16cid:durableId="1477337465">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="71" w16cid:durableId="164439285">
+    <w:abstractNumId w:val="52"/>
+  </w:num>
+  <w:num w:numId="72" w16cid:durableId="1502575939">
+    <w:abstractNumId w:val="73"/>
+  </w:num>
+  <w:num w:numId="73" w16cid:durableId="126511838">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="680398937">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="74" w16cid:durableId="1546870130">
+    <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1728844304">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="75" w16cid:durableId="1221594713">
+    <w:abstractNumId w:val="47"/>
   </w:num>
+  <w:num w:numId="76" w16cid:durableId="910888264">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:numIdMacAtCleanup w:val="64"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:removeDateAndTime/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0011267F"/>
-    <w:rsid w:val="0011267F"/>
+    <w:rsidRoot w:val="00DF1167"/>
+    <w:rsid w:val="00000C84"/>
+    <w:rsid w:val="000014F3"/>
+    <w:rsid w:val="00001E35"/>
+    <w:rsid w:val="000022DE"/>
+    <w:rsid w:val="00002F4C"/>
+    <w:rsid w:val="00004B1A"/>
+    <w:rsid w:val="00004BAB"/>
+    <w:rsid w:val="00004E08"/>
+    <w:rsid w:val="00004F8A"/>
+    <w:rsid w:val="000052B3"/>
+    <w:rsid w:val="000068F3"/>
+    <w:rsid w:val="0000708A"/>
+    <w:rsid w:val="00007331"/>
+    <w:rsid w:val="00007858"/>
+    <w:rsid w:val="00007ED0"/>
+    <w:rsid w:val="00010321"/>
+    <w:rsid w:val="000107E8"/>
+    <w:rsid w:val="00011193"/>
+    <w:rsid w:val="00011194"/>
+    <w:rsid w:val="0001138F"/>
+    <w:rsid w:val="00011692"/>
+    <w:rsid w:val="00011A40"/>
+    <w:rsid w:val="00012379"/>
+    <w:rsid w:val="000124B9"/>
+    <w:rsid w:val="0001324B"/>
+    <w:rsid w:val="000132A4"/>
+    <w:rsid w:val="00013C11"/>
+    <w:rsid w:val="000141FA"/>
+    <w:rsid w:val="00014242"/>
+    <w:rsid w:val="00014922"/>
+    <w:rsid w:val="00016731"/>
+    <w:rsid w:val="0001727F"/>
+    <w:rsid w:val="00017EE0"/>
+    <w:rsid w:val="00020678"/>
+    <w:rsid w:val="000207BF"/>
+    <w:rsid w:val="00021263"/>
+    <w:rsid w:val="000216E1"/>
+    <w:rsid w:val="00021AC8"/>
+    <w:rsid w:val="00022B1C"/>
+    <w:rsid w:val="00023A5A"/>
+    <w:rsid w:val="00023D45"/>
+    <w:rsid w:val="00024F57"/>
+    <w:rsid w:val="00025171"/>
+    <w:rsid w:val="0002544D"/>
+    <w:rsid w:val="00025599"/>
+    <w:rsid w:val="00025661"/>
+    <w:rsid w:val="000258E7"/>
+    <w:rsid w:val="00026796"/>
+    <w:rsid w:val="000267E3"/>
+    <w:rsid w:val="00027505"/>
+    <w:rsid w:val="00030918"/>
+    <w:rsid w:val="00030A64"/>
+    <w:rsid w:val="00030B91"/>
+    <w:rsid w:val="00031959"/>
+    <w:rsid w:val="00031F84"/>
+    <w:rsid w:val="00032514"/>
+    <w:rsid w:val="00032BC2"/>
+    <w:rsid w:val="0003319C"/>
+    <w:rsid w:val="00033F24"/>
+    <w:rsid w:val="0003408A"/>
+    <w:rsid w:val="00034DC9"/>
+    <w:rsid w:val="00035134"/>
+    <w:rsid w:val="0003635C"/>
+    <w:rsid w:val="00036447"/>
+    <w:rsid w:val="00036842"/>
+    <w:rsid w:val="00036A2C"/>
+    <w:rsid w:val="000370CC"/>
+    <w:rsid w:val="00037145"/>
+    <w:rsid w:val="000375D6"/>
+    <w:rsid w:val="00037BA0"/>
+    <w:rsid w:val="00040492"/>
+    <w:rsid w:val="000405D1"/>
+    <w:rsid w:val="00040999"/>
+    <w:rsid w:val="00040A16"/>
+    <w:rsid w:val="00040C29"/>
+    <w:rsid w:val="00041372"/>
+    <w:rsid w:val="00041987"/>
+    <w:rsid w:val="00041AE1"/>
+    <w:rsid w:val="00041C32"/>
+    <w:rsid w:val="00041F44"/>
+    <w:rsid w:val="000426F4"/>
+    <w:rsid w:val="00042AE7"/>
+    <w:rsid w:val="00043596"/>
+    <w:rsid w:val="00043A12"/>
+    <w:rsid w:val="00043A8F"/>
+    <w:rsid w:val="000441C3"/>
+    <w:rsid w:val="000443FB"/>
+    <w:rsid w:val="00044FC5"/>
+    <w:rsid w:val="00045075"/>
+    <w:rsid w:val="00045086"/>
+    <w:rsid w:val="00045795"/>
+    <w:rsid w:val="00045807"/>
+    <w:rsid w:val="0004619C"/>
+    <w:rsid w:val="000472AC"/>
+    <w:rsid w:val="000502EB"/>
+    <w:rsid w:val="00050D6D"/>
+    <w:rsid w:val="00050FCD"/>
+    <w:rsid w:val="00051128"/>
+    <w:rsid w:val="00052E9F"/>
+    <w:rsid w:val="000533F9"/>
+    <w:rsid w:val="000539E1"/>
+    <w:rsid w:val="00053BE8"/>
+    <w:rsid w:val="00055177"/>
+    <w:rsid w:val="0005527D"/>
+    <w:rsid w:val="00055425"/>
+    <w:rsid w:val="000557CF"/>
+    <w:rsid w:val="000558F3"/>
+    <w:rsid w:val="00055F4B"/>
+    <w:rsid w:val="00057544"/>
+    <w:rsid w:val="0005762F"/>
+    <w:rsid w:val="000601C8"/>
+    <w:rsid w:val="00060E16"/>
+    <w:rsid w:val="0006115E"/>
+    <w:rsid w:val="00062D3B"/>
+    <w:rsid w:val="00063085"/>
+    <w:rsid w:val="00063732"/>
+    <w:rsid w:val="00063788"/>
+    <w:rsid w:val="000643DA"/>
+    <w:rsid w:val="000648DD"/>
+    <w:rsid w:val="00064C26"/>
+    <w:rsid w:val="00064CD5"/>
+    <w:rsid w:val="00065458"/>
+    <w:rsid w:val="00065FAD"/>
+    <w:rsid w:val="0006699D"/>
+    <w:rsid w:val="00067527"/>
+    <w:rsid w:val="0006780F"/>
+    <w:rsid w:val="00067968"/>
+    <w:rsid w:val="00067EB2"/>
+    <w:rsid w:val="00067F87"/>
+    <w:rsid w:val="0007018B"/>
+    <w:rsid w:val="00070C42"/>
+    <w:rsid w:val="00070EC3"/>
+    <w:rsid w:val="000710C2"/>
+    <w:rsid w:val="000717A4"/>
+    <w:rsid w:val="000717C3"/>
+    <w:rsid w:val="00071A01"/>
+    <w:rsid w:val="00071AA0"/>
+    <w:rsid w:val="00072BE0"/>
+    <w:rsid w:val="00072D4F"/>
+    <w:rsid w:val="00072D53"/>
+    <w:rsid w:val="00073045"/>
+    <w:rsid w:val="000738AC"/>
+    <w:rsid w:val="00074F8E"/>
+    <w:rsid w:val="0007506E"/>
+    <w:rsid w:val="000752C8"/>
+    <w:rsid w:val="000766F1"/>
+    <w:rsid w:val="0007673B"/>
+    <w:rsid w:val="000772B0"/>
+    <w:rsid w:val="0007763F"/>
+    <w:rsid w:val="000804E9"/>
+    <w:rsid w:val="00080B23"/>
+    <w:rsid w:val="0008137B"/>
+    <w:rsid w:val="00081772"/>
+    <w:rsid w:val="000818F6"/>
+    <w:rsid w:val="00081B62"/>
+    <w:rsid w:val="00081DF5"/>
+    <w:rsid w:val="00082082"/>
+    <w:rsid w:val="00083559"/>
+    <w:rsid w:val="00083BE0"/>
+    <w:rsid w:val="00083FBF"/>
+    <w:rsid w:val="000848AF"/>
+    <w:rsid w:val="000849D9"/>
+    <w:rsid w:val="00085DAB"/>
+    <w:rsid w:val="00085E70"/>
+    <w:rsid w:val="00086B53"/>
+    <w:rsid w:val="00087AA3"/>
+    <w:rsid w:val="00090286"/>
+    <w:rsid w:val="0009047C"/>
+    <w:rsid w:val="000907FE"/>
+    <w:rsid w:val="00091A24"/>
+    <w:rsid w:val="00091D23"/>
+    <w:rsid w:val="00091E88"/>
+    <w:rsid w:val="00092115"/>
+    <w:rsid w:val="00092644"/>
+    <w:rsid w:val="000935D7"/>
+    <w:rsid w:val="000939AD"/>
+    <w:rsid w:val="00093C5E"/>
+    <w:rsid w:val="000942FD"/>
+    <w:rsid w:val="00094B60"/>
+    <w:rsid w:val="00095BC6"/>
+    <w:rsid w:val="00095D28"/>
+    <w:rsid w:val="00096167"/>
+    <w:rsid w:val="00096511"/>
+    <w:rsid w:val="00096E21"/>
+    <w:rsid w:val="00097344"/>
+    <w:rsid w:val="0009779E"/>
+    <w:rsid w:val="00097997"/>
+    <w:rsid w:val="000A031F"/>
+    <w:rsid w:val="000A1552"/>
+    <w:rsid w:val="000A19DC"/>
+    <w:rsid w:val="000A21C6"/>
+    <w:rsid w:val="000A21CF"/>
+    <w:rsid w:val="000A24F7"/>
+    <w:rsid w:val="000A37B8"/>
+    <w:rsid w:val="000A3E88"/>
+    <w:rsid w:val="000A40D8"/>
+    <w:rsid w:val="000A47F5"/>
+    <w:rsid w:val="000A495A"/>
+    <w:rsid w:val="000A5743"/>
+    <w:rsid w:val="000A6331"/>
+    <w:rsid w:val="000A6BA4"/>
+    <w:rsid w:val="000A710F"/>
+    <w:rsid w:val="000A7A2E"/>
+    <w:rsid w:val="000A7B41"/>
+    <w:rsid w:val="000B0B50"/>
+    <w:rsid w:val="000B1E09"/>
+    <w:rsid w:val="000B2B41"/>
+    <w:rsid w:val="000B2DB3"/>
+    <w:rsid w:val="000B4F16"/>
+    <w:rsid w:val="000B5016"/>
+    <w:rsid w:val="000B55D5"/>
+    <w:rsid w:val="000B577A"/>
+    <w:rsid w:val="000B6ED1"/>
+    <w:rsid w:val="000C02E0"/>
+    <w:rsid w:val="000C0579"/>
+    <w:rsid w:val="000C0B7B"/>
+    <w:rsid w:val="000C0D70"/>
+    <w:rsid w:val="000C0FF1"/>
+    <w:rsid w:val="000C2090"/>
+    <w:rsid w:val="000C28C7"/>
+    <w:rsid w:val="000C304B"/>
+    <w:rsid w:val="000C3339"/>
+    <w:rsid w:val="000C3359"/>
+    <w:rsid w:val="000C3829"/>
+    <w:rsid w:val="000C39A4"/>
+    <w:rsid w:val="000C3B6C"/>
+    <w:rsid w:val="000C41C7"/>
+    <w:rsid w:val="000C484E"/>
+    <w:rsid w:val="000C48DA"/>
+    <w:rsid w:val="000C4BB0"/>
+    <w:rsid w:val="000C62FE"/>
+    <w:rsid w:val="000C6C00"/>
+    <w:rsid w:val="000C6C80"/>
+    <w:rsid w:val="000C6F1C"/>
+    <w:rsid w:val="000C7139"/>
+    <w:rsid w:val="000D0816"/>
+    <w:rsid w:val="000D0882"/>
+    <w:rsid w:val="000D0B0F"/>
+    <w:rsid w:val="000D1E6D"/>
+    <w:rsid w:val="000D2BA5"/>
+    <w:rsid w:val="000D2CA0"/>
+    <w:rsid w:val="000D2FE6"/>
+    <w:rsid w:val="000D4423"/>
+    <w:rsid w:val="000D46FD"/>
+    <w:rsid w:val="000D4CE7"/>
+    <w:rsid w:val="000D5319"/>
+    <w:rsid w:val="000D55AD"/>
+    <w:rsid w:val="000D6679"/>
+    <w:rsid w:val="000D690D"/>
+    <w:rsid w:val="000D6E19"/>
+    <w:rsid w:val="000E0BED"/>
+    <w:rsid w:val="000E119E"/>
+    <w:rsid w:val="000E1A8A"/>
+    <w:rsid w:val="000E1CA3"/>
+    <w:rsid w:val="000E3BE7"/>
+    <w:rsid w:val="000E4579"/>
+    <w:rsid w:val="000E5983"/>
+    <w:rsid w:val="000E5AC0"/>
+    <w:rsid w:val="000E6DDB"/>
+    <w:rsid w:val="000E7061"/>
+    <w:rsid w:val="000F0732"/>
+    <w:rsid w:val="000F08C2"/>
+    <w:rsid w:val="000F0AC4"/>
+    <w:rsid w:val="000F0F33"/>
+    <w:rsid w:val="000F1560"/>
+    <w:rsid w:val="000F157F"/>
+    <w:rsid w:val="000F15A3"/>
+    <w:rsid w:val="000F168C"/>
+    <w:rsid w:val="000F1DEB"/>
+    <w:rsid w:val="000F2438"/>
+    <w:rsid w:val="000F2943"/>
+    <w:rsid w:val="000F2977"/>
+    <w:rsid w:val="000F2BD5"/>
+    <w:rsid w:val="000F3081"/>
+    <w:rsid w:val="000F32A1"/>
+    <w:rsid w:val="000F3394"/>
+    <w:rsid w:val="000F3872"/>
+    <w:rsid w:val="000F3BA0"/>
+    <w:rsid w:val="000F5324"/>
+    <w:rsid w:val="000F5CF7"/>
+    <w:rsid w:val="000F64A6"/>
+    <w:rsid w:val="000F6905"/>
+    <w:rsid w:val="000F6A08"/>
+    <w:rsid w:val="000F73BA"/>
+    <w:rsid w:val="000F754D"/>
+    <w:rsid w:val="000F76F5"/>
+    <w:rsid w:val="00100D0A"/>
+    <w:rsid w:val="00100DCB"/>
+    <w:rsid w:val="0010183E"/>
+    <w:rsid w:val="00101D71"/>
+    <w:rsid w:val="00102C02"/>
+    <w:rsid w:val="0010366B"/>
+    <w:rsid w:val="001042A6"/>
+    <w:rsid w:val="001044C0"/>
+    <w:rsid w:val="0010694A"/>
+    <w:rsid w:val="00106A53"/>
+    <w:rsid w:val="00106DE8"/>
+    <w:rsid w:val="001072C2"/>
+    <w:rsid w:val="001073A4"/>
+    <w:rsid w:val="00110C2B"/>
+    <w:rsid w:val="00111E82"/>
+    <w:rsid w:val="00112FA2"/>
+    <w:rsid w:val="0011390F"/>
+    <w:rsid w:val="00113BBE"/>
+    <w:rsid w:val="00113C22"/>
+    <w:rsid w:val="00114436"/>
+    <w:rsid w:val="0011452A"/>
+    <w:rsid w:val="001145CA"/>
+    <w:rsid w:val="00114604"/>
+    <w:rsid w:val="00114F49"/>
+    <w:rsid w:val="00115433"/>
+    <w:rsid w:val="00115718"/>
+    <w:rsid w:val="001157B9"/>
+    <w:rsid w:val="00116178"/>
+    <w:rsid w:val="00116685"/>
+    <w:rsid w:val="00117542"/>
+    <w:rsid w:val="00117BE8"/>
+    <w:rsid w:val="0012163C"/>
+    <w:rsid w:val="00122019"/>
+    <w:rsid w:val="00123FC1"/>
+    <w:rsid w:val="001240AE"/>
+    <w:rsid w:val="001240EC"/>
+    <w:rsid w:val="0012492C"/>
+    <w:rsid w:val="001257C7"/>
+    <w:rsid w:val="001258FC"/>
+    <w:rsid w:val="00125FCE"/>
+    <w:rsid w:val="00126500"/>
+    <w:rsid w:val="00126565"/>
+    <w:rsid w:val="00127EF8"/>
+    <w:rsid w:val="00130511"/>
+    <w:rsid w:val="0013171D"/>
+    <w:rsid w:val="00131BE3"/>
+    <w:rsid w:val="001330BF"/>
+    <w:rsid w:val="00133B3F"/>
+    <w:rsid w:val="00134082"/>
+    <w:rsid w:val="00134540"/>
+    <w:rsid w:val="00134A76"/>
+    <w:rsid w:val="00134FE7"/>
+    <w:rsid w:val="001354AF"/>
+    <w:rsid w:val="00135924"/>
+    <w:rsid w:val="0013592F"/>
+    <w:rsid w:val="00135B89"/>
+    <w:rsid w:val="001365B4"/>
+    <w:rsid w:val="00136FC2"/>
+    <w:rsid w:val="001372C4"/>
+    <w:rsid w:val="00137B2C"/>
+    <w:rsid w:val="00140978"/>
+    <w:rsid w:val="0014111D"/>
+    <w:rsid w:val="00141370"/>
+    <w:rsid w:val="0014160C"/>
+    <w:rsid w:val="0014221E"/>
+    <w:rsid w:val="0014441B"/>
+    <w:rsid w:val="001444A4"/>
+    <w:rsid w:val="0014472D"/>
+    <w:rsid w:val="00145459"/>
+    <w:rsid w:val="00145AE4"/>
+    <w:rsid w:val="00145C06"/>
+    <w:rsid w:val="00145E87"/>
+    <w:rsid w:val="001460C0"/>
+    <w:rsid w:val="00146133"/>
+    <w:rsid w:val="0014703E"/>
+    <w:rsid w:val="0014726C"/>
+    <w:rsid w:val="00147634"/>
+    <w:rsid w:val="00150196"/>
+    <w:rsid w:val="001507E3"/>
+    <w:rsid w:val="00150863"/>
+    <w:rsid w:val="00150B7B"/>
+    <w:rsid w:val="00150DCF"/>
+    <w:rsid w:val="00151D0E"/>
+    <w:rsid w:val="001526A1"/>
+    <w:rsid w:val="0015283E"/>
+    <w:rsid w:val="00152ED1"/>
+    <w:rsid w:val="001533D8"/>
+    <w:rsid w:val="001543DF"/>
+    <w:rsid w:val="001546BB"/>
+    <w:rsid w:val="001552F1"/>
+    <w:rsid w:val="00155E3F"/>
+    <w:rsid w:val="0015615E"/>
+    <w:rsid w:val="0015676E"/>
+    <w:rsid w:val="00156811"/>
+    <w:rsid w:val="00156AC5"/>
+    <w:rsid w:val="00156D00"/>
+    <w:rsid w:val="00156EF7"/>
+    <w:rsid w:val="00156F72"/>
+    <w:rsid w:val="001573D8"/>
+    <w:rsid w:val="00157702"/>
+    <w:rsid w:val="0015773C"/>
+    <w:rsid w:val="001578F3"/>
+    <w:rsid w:val="001579F3"/>
+    <w:rsid w:val="00160D57"/>
+    <w:rsid w:val="00160FC8"/>
+    <w:rsid w:val="00160FF1"/>
+    <w:rsid w:val="0016135F"/>
+    <w:rsid w:val="001620A5"/>
+    <w:rsid w:val="00162DBF"/>
+    <w:rsid w:val="001638FE"/>
+    <w:rsid w:val="00163F83"/>
+    <w:rsid w:val="001654B3"/>
+    <w:rsid w:val="001658A3"/>
+    <w:rsid w:val="001658F7"/>
+    <w:rsid w:val="00165B04"/>
+    <w:rsid w:val="00165DEE"/>
+    <w:rsid w:val="001660CC"/>
+    <w:rsid w:val="0016627C"/>
+    <w:rsid w:val="0016645F"/>
+    <w:rsid w:val="0016667B"/>
+    <w:rsid w:val="00166DF6"/>
+    <w:rsid w:val="00167FBA"/>
+    <w:rsid w:val="001703A4"/>
+    <w:rsid w:val="001705DE"/>
+    <w:rsid w:val="00170602"/>
+    <w:rsid w:val="00170912"/>
+    <w:rsid w:val="001710EF"/>
+    <w:rsid w:val="001717AD"/>
+    <w:rsid w:val="00171B0D"/>
+    <w:rsid w:val="00174029"/>
+    <w:rsid w:val="001766A6"/>
+    <w:rsid w:val="00176A26"/>
+    <w:rsid w:val="00176CBC"/>
+    <w:rsid w:val="0017792E"/>
+    <w:rsid w:val="00180071"/>
+    <w:rsid w:val="001816B7"/>
+    <w:rsid w:val="00181B8F"/>
+    <w:rsid w:val="00182A8C"/>
+    <w:rsid w:val="00182D69"/>
+    <w:rsid w:val="00183625"/>
+    <w:rsid w:val="00183AF1"/>
+    <w:rsid w:val="001843A4"/>
+    <w:rsid w:val="001849C1"/>
+    <w:rsid w:val="00184B98"/>
+    <w:rsid w:val="00185527"/>
+    <w:rsid w:val="001859D5"/>
+    <w:rsid w:val="00186111"/>
+    <w:rsid w:val="001862ED"/>
+    <w:rsid w:val="00186578"/>
+    <w:rsid w:val="001876AC"/>
+    <w:rsid w:val="00187A28"/>
+    <w:rsid w:val="00187B9D"/>
+    <w:rsid w:val="00187F3F"/>
+    <w:rsid w:val="001909B6"/>
+    <w:rsid w:val="00190A6B"/>
+    <w:rsid w:val="00190DB7"/>
+    <w:rsid w:val="0019111C"/>
+    <w:rsid w:val="00191264"/>
+    <w:rsid w:val="0019312E"/>
+    <w:rsid w:val="00194388"/>
+    <w:rsid w:val="0019474E"/>
+    <w:rsid w:val="0019480A"/>
+    <w:rsid w:val="00194A53"/>
+    <w:rsid w:val="00194BE1"/>
+    <w:rsid w:val="00195D8C"/>
+    <w:rsid w:val="00195DE1"/>
+    <w:rsid w:val="00196518"/>
+    <w:rsid w:val="00196A5A"/>
+    <w:rsid w:val="00196ABF"/>
+    <w:rsid w:val="00196AE5"/>
+    <w:rsid w:val="001972F6"/>
+    <w:rsid w:val="00197DAE"/>
+    <w:rsid w:val="00197DFF"/>
+    <w:rsid w:val="001A00BE"/>
+    <w:rsid w:val="001A1075"/>
+    <w:rsid w:val="001A15A7"/>
+    <w:rsid w:val="001A1F43"/>
+    <w:rsid w:val="001A2019"/>
+    <w:rsid w:val="001A22A3"/>
+    <w:rsid w:val="001A2640"/>
+    <w:rsid w:val="001A2959"/>
+    <w:rsid w:val="001A351B"/>
+    <w:rsid w:val="001A3CC3"/>
+    <w:rsid w:val="001A4529"/>
+    <w:rsid w:val="001A49D3"/>
+    <w:rsid w:val="001A531B"/>
+    <w:rsid w:val="001A5948"/>
+    <w:rsid w:val="001A6BD0"/>
+    <w:rsid w:val="001A6F99"/>
+    <w:rsid w:val="001A7297"/>
+    <w:rsid w:val="001A72C2"/>
+    <w:rsid w:val="001A7317"/>
+    <w:rsid w:val="001A7697"/>
+    <w:rsid w:val="001A7EE4"/>
+    <w:rsid w:val="001B0B8F"/>
+    <w:rsid w:val="001B175B"/>
+    <w:rsid w:val="001B2E27"/>
+    <w:rsid w:val="001B3731"/>
+    <w:rsid w:val="001B3E72"/>
+    <w:rsid w:val="001B4A18"/>
+    <w:rsid w:val="001B5153"/>
+    <w:rsid w:val="001B5719"/>
+    <w:rsid w:val="001B586D"/>
+    <w:rsid w:val="001B66C6"/>
+    <w:rsid w:val="001B6A0E"/>
+    <w:rsid w:val="001B7040"/>
+    <w:rsid w:val="001B70E5"/>
+    <w:rsid w:val="001B7C89"/>
+    <w:rsid w:val="001B7CD3"/>
+    <w:rsid w:val="001C04F2"/>
+    <w:rsid w:val="001C0C65"/>
+    <w:rsid w:val="001C3204"/>
+    <w:rsid w:val="001C42ED"/>
+    <w:rsid w:val="001C757C"/>
+    <w:rsid w:val="001D07A2"/>
+    <w:rsid w:val="001D0875"/>
+    <w:rsid w:val="001D15D5"/>
+    <w:rsid w:val="001D1860"/>
+    <w:rsid w:val="001D29DD"/>
+    <w:rsid w:val="001D3AB1"/>
+    <w:rsid w:val="001D3B94"/>
+    <w:rsid w:val="001D3CC4"/>
+    <w:rsid w:val="001D406A"/>
+    <w:rsid w:val="001D420D"/>
+    <w:rsid w:val="001D4AF2"/>
+    <w:rsid w:val="001D4BDF"/>
+    <w:rsid w:val="001D4D4D"/>
+    <w:rsid w:val="001D5925"/>
+    <w:rsid w:val="001D6042"/>
+    <w:rsid w:val="001D640C"/>
+    <w:rsid w:val="001D6EFC"/>
+    <w:rsid w:val="001D75AD"/>
+    <w:rsid w:val="001D7F5C"/>
+    <w:rsid w:val="001E02FD"/>
+    <w:rsid w:val="001E10D2"/>
+    <w:rsid w:val="001E1576"/>
+    <w:rsid w:val="001E1613"/>
+    <w:rsid w:val="001E17C4"/>
+    <w:rsid w:val="001E1ADF"/>
+    <w:rsid w:val="001E1C5A"/>
+    <w:rsid w:val="001E1D3C"/>
+    <w:rsid w:val="001E20FA"/>
+    <w:rsid w:val="001E25BE"/>
+    <w:rsid w:val="001E2FB8"/>
+    <w:rsid w:val="001E3758"/>
+    <w:rsid w:val="001E4293"/>
+    <w:rsid w:val="001E4355"/>
+    <w:rsid w:val="001E49E1"/>
+    <w:rsid w:val="001E4AD3"/>
+    <w:rsid w:val="001E4B9F"/>
+    <w:rsid w:val="001E4C82"/>
+    <w:rsid w:val="001E50B1"/>
+    <w:rsid w:val="001E5503"/>
+    <w:rsid w:val="001E5621"/>
+    <w:rsid w:val="001E5D3F"/>
+    <w:rsid w:val="001E6BE6"/>
+    <w:rsid w:val="001E6E26"/>
+    <w:rsid w:val="001E6F11"/>
+    <w:rsid w:val="001E7D54"/>
+    <w:rsid w:val="001E7ED7"/>
+    <w:rsid w:val="001F143E"/>
+    <w:rsid w:val="001F1BAC"/>
+    <w:rsid w:val="001F2793"/>
+    <w:rsid w:val="001F2E01"/>
+    <w:rsid w:val="001F2E7E"/>
+    <w:rsid w:val="001F42EB"/>
+    <w:rsid w:val="001F43AC"/>
+    <w:rsid w:val="001F4843"/>
+    <w:rsid w:val="001F48F3"/>
+    <w:rsid w:val="001F4C7C"/>
+    <w:rsid w:val="001F59EB"/>
+    <w:rsid w:val="001F5CFB"/>
+    <w:rsid w:val="001F6221"/>
+    <w:rsid w:val="001F6232"/>
+    <w:rsid w:val="001F62E6"/>
+    <w:rsid w:val="001F6643"/>
+    <w:rsid w:val="001F7259"/>
+    <w:rsid w:val="001F780B"/>
+    <w:rsid w:val="0020004F"/>
+    <w:rsid w:val="0020069B"/>
+    <w:rsid w:val="00201B04"/>
+    <w:rsid w:val="002024D9"/>
+    <w:rsid w:val="002034A1"/>
+    <w:rsid w:val="00203502"/>
+    <w:rsid w:val="00203BE0"/>
+    <w:rsid w:val="00203E32"/>
+    <w:rsid w:val="00204371"/>
+    <w:rsid w:val="0020472C"/>
+    <w:rsid w:val="00204769"/>
+    <w:rsid w:val="002047E9"/>
+    <w:rsid w:val="00204B4C"/>
+    <w:rsid w:val="00206886"/>
+    <w:rsid w:val="0020734B"/>
+    <w:rsid w:val="00207707"/>
+    <w:rsid w:val="00210269"/>
+    <w:rsid w:val="00210313"/>
+    <w:rsid w:val="00210519"/>
+    <w:rsid w:val="00210BFC"/>
+    <w:rsid w:val="00211207"/>
+    <w:rsid w:val="00212DD7"/>
+    <w:rsid w:val="00212E9D"/>
+    <w:rsid w:val="00213797"/>
+    <w:rsid w:val="002139DB"/>
+    <w:rsid w:val="00214E72"/>
+    <w:rsid w:val="00215AC0"/>
+    <w:rsid w:val="00215F3D"/>
+    <w:rsid w:val="0021686E"/>
+    <w:rsid w:val="0021732C"/>
+    <w:rsid w:val="002173C8"/>
+    <w:rsid w:val="0021747B"/>
+    <w:rsid w:val="00217686"/>
+    <w:rsid w:val="00217A6A"/>
+    <w:rsid w:val="00217C5D"/>
+    <w:rsid w:val="00220178"/>
+    <w:rsid w:val="00220659"/>
+    <w:rsid w:val="002211F8"/>
+    <w:rsid w:val="00221770"/>
+    <w:rsid w:val="00221BCB"/>
+    <w:rsid w:val="002227C0"/>
+    <w:rsid w:val="0022452E"/>
+    <w:rsid w:val="00224743"/>
+    <w:rsid w:val="002247EF"/>
+    <w:rsid w:val="0022531A"/>
+    <w:rsid w:val="002253B1"/>
+    <w:rsid w:val="002258CB"/>
+    <w:rsid w:val="002266A4"/>
+    <w:rsid w:val="00226CA6"/>
+    <w:rsid w:val="0022754C"/>
+    <w:rsid w:val="00227C0C"/>
+    <w:rsid w:val="0023095E"/>
+    <w:rsid w:val="002309B5"/>
+    <w:rsid w:val="00230A68"/>
+    <w:rsid w:val="00230D39"/>
+    <w:rsid w:val="00231119"/>
+    <w:rsid w:val="0023187F"/>
+    <w:rsid w:val="00232560"/>
+    <w:rsid w:val="0023285F"/>
+    <w:rsid w:val="00232B9D"/>
+    <w:rsid w:val="00233A1A"/>
+    <w:rsid w:val="00233A87"/>
+    <w:rsid w:val="00235A25"/>
+    <w:rsid w:val="00235DF6"/>
+    <w:rsid w:val="00236A94"/>
+    <w:rsid w:val="00236E44"/>
+    <w:rsid w:val="00237677"/>
+    <w:rsid w:val="00237ED4"/>
+    <w:rsid w:val="002405F8"/>
+    <w:rsid w:val="0024060C"/>
+    <w:rsid w:val="0024079E"/>
+    <w:rsid w:val="00240B42"/>
+    <w:rsid w:val="00241B56"/>
+    <w:rsid w:val="0024238F"/>
+    <w:rsid w:val="002423D1"/>
+    <w:rsid w:val="00242E96"/>
+    <w:rsid w:val="0024321E"/>
+    <w:rsid w:val="00244389"/>
+    <w:rsid w:val="002444BF"/>
+    <w:rsid w:val="00244910"/>
+    <w:rsid w:val="002457DF"/>
+    <w:rsid w:val="00245EBF"/>
+    <w:rsid w:val="00246051"/>
+    <w:rsid w:val="00246B30"/>
+    <w:rsid w:val="00247199"/>
+    <w:rsid w:val="002476BE"/>
+    <w:rsid w:val="00247885"/>
+    <w:rsid w:val="00247B51"/>
+    <w:rsid w:val="0025278D"/>
+    <w:rsid w:val="00253678"/>
+    <w:rsid w:val="00253778"/>
+    <w:rsid w:val="0025385D"/>
+    <w:rsid w:val="00253A16"/>
+    <w:rsid w:val="00254521"/>
+    <w:rsid w:val="00254DEB"/>
+    <w:rsid w:val="002550CE"/>
+    <w:rsid w:val="0025595E"/>
+    <w:rsid w:val="00255B0D"/>
+    <w:rsid w:val="00255E04"/>
+    <w:rsid w:val="002563BC"/>
+    <w:rsid w:val="0025640A"/>
+    <w:rsid w:val="00256B5A"/>
+    <w:rsid w:val="00256D00"/>
+    <w:rsid w:val="00256F94"/>
+    <w:rsid w:val="0025725E"/>
+    <w:rsid w:val="00257521"/>
+    <w:rsid w:val="0025768F"/>
+    <w:rsid w:val="00260336"/>
+    <w:rsid w:val="00261675"/>
+    <w:rsid w:val="0026176C"/>
+    <w:rsid w:val="00261985"/>
+    <w:rsid w:val="00261E0E"/>
+    <w:rsid w:val="00261F87"/>
+    <w:rsid w:val="00261FFC"/>
+    <w:rsid w:val="00262213"/>
+    <w:rsid w:val="00262CE0"/>
+    <w:rsid w:val="00262E0C"/>
+    <w:rsid w:val="002631B8"/>
+    <w:rsid w:val="002634B3"/>
+    <w:rsid w:val="00263AF0"/>
+    <w:rsid w:val="00263FF7"/>
+    <w:rsid w:val="00265EDE"/>
+    <w:rsid w:val="0026657F"/>
+    <w:rsid w:val="0026741A"/>
+    <w:rsid w:val="00267DCD"/>
+    <w:rsid w:val="00272244"/>
+    <w:rsid w:val="002730ED"/>
+    <w:rsid w:val="00273491"/>
+    <w:rsid w:val="00273F16"/>
+    <w:rsid w:val="00274A71"/>
+    <w:rsid w:val="00277348"/>
+    <w:rsid w:val="00280CE3"/>
+    <w:rsid w:val="00281DD5"/>
+    <w:rsid w:val="0028212A"/>
+    <w:rsid w:val="0028326B"/>
+    <w:rsid w:val="002832BF"/>
+    <w:rsid w:val="00283729"/>
+    <w:rsid w:val="0028378F"/>
+    <w:rsid w:val="002848FA"/>
+    <w:rsid w:val="00284AA2"/>
+    <w:rsid w:val="00285017"/>
+    <w:rsid w:val="00285C9F"/>
+    <w:rsid w:val="00285FC1"/>
+    <w:rsid w:val="002872E8"/>
+    <w:rsid w:val="002876D7"/>
+    <w:rsid w:val="00290166"/>
+    <w:rsid w:val="002905C1"/>
+    <w:rsid w:val="00290B33"/>
+    <w:rsid w:val="002917DB"/>
+    <w:rsid w:val="00291E32"/>
+    <w:rsid w:val="002929F1"/>
+    <w:rsid w:val="00292B05"/>
+    <w:rsid w:val="00293535"/>
+    <w:rsid w:val="00293E21"/>
+    <w:rsid w:val="0029442E"/>
+    <w:rsid w:val="002945CE"/>
+    <w:rsid w:val="002945E4"/>
+    <w:rsid w:val="002953CA"/>
+    <w:rsid w:val="00296149"/>
+    <w:rsid w:val="00296E4B"/>
+    <w:rsid w:val="002979DE"/>
+    <w:rsid w:val="00297D5A"/>
+    <w:rsid w:val="002A0232"/>
+    <w:rsid w:val="002A049E"/>
+    <w:rsid w:val="002A0F5C"/>
+    <w:rsid w:val="002A12A7"/>
+    <w:rsid w:val="002A195E"/>
+    <w:rsid w:val="002A2057"/>
+    <w:rsid w:val="002A2948"/>
+    <w:rsid w:val="002A2B49"/>
+    <w:rsid w:val="002A2F6F"/>
+    <w:rsid w:val="002A2FE0"/>
+    <w:rsid w:val="002A3DE3"/>
+    <w:rsid w:val="002A4276"/>
+    <w:rsid w:val="002A491E"/>
+    <w:rsid w:val="002A5FD9"/>
+    <w:rsid w:val="002A6298"/>
+    <w:rsid w:val="002A6E73"/>
+    <w:rsid w:val="002A7F5C"/>
+    <w:rsid w:val="002B175B"/>
+    <w:rsid w:val="002B27AD"/>
+    <w:rsid w:val="002B38A9"/>
+    <w:rsid w:val="002B3F4D"/>
+    <w:rsid w:val="002B48D1"/>
+    <w:rsid w:val="002B494F"/>
+    <w:rsid w:val="002B498E"/>
+    <w:rsid w:val="002B5284"/>
+    <w:rsid w:val="002B54A6"/>
+    <w:rsid w:val="002B5A38"/>
+    <w:rsid w:val="002B5BE1"/>
+    <w:rsid w:val="002B7034"/>
+    <w:rsid w:val="002B731C"/>
+    <w:rsid w:val="002B751B"/>
+    <w:rsid w:val="002C037B"/>
+    <w:rsid w:val="002C04DD"/>
+    <w:rsid w:val="002C0BBC"/>
+    <w:rsid w:val="002C0EF4"/>
+    <w:rsid w:val="002C1007"/>
+    <w:rsid w:val="002C12F6"/>
+    <w:rsid w:val="002C156A"/>
+    <w:rsid w:val="002C166B"/>
+    <w:rsid w:val="002C2092"/>
+    <w:rsid w:val="002C2AFD"/>
+    <w:rsid w:val="002C3A35"/>
+    <w:rsid w:val="002C4C7C"/>
+    <w:rsid w:val="002C51E1"/>
+    <w:rsid w:val="002C5AA5"/>
+    <w:rsid w:val="002C63F5"/>
+    <w:rsid w:val="002C6F8C"/>
+    <w:rsid w:val="002C7309"/>
+    <w:rsid w:val="002C7315"/>
+    <w:rsid w:val="002C74C4"/>
+    <w:rsid w:val="002D0707"/>
+    <w:rsid w:val="002D0829"/>
+    <w:rsid w:val="002D0E27"/>
+    <w:rsid w:val="002D0EC9"/>
+    <w:rsid w:val="002D0F67"/>
+    <w:rsid w:val="002D15E7"/>
+    <w:rsid w:val="002D17CA"/>
+    <w:rsid w:val="002D1E78"/>
+    <w:rsid w:val="002D25D6"/>
+    <w:rsid w:val="002D35B1"/>
+    <w:rsid w:val="002D627F"/>
+    <w:rsid w:val="002D6574"/>
+    <w:rsid w:val="002D662D"/>
+    <w:rsid w:val="002D6BD8"/>
+    <w:rsid w:val="002D758B"/>
+    <w:rsid w:val="002E0824"/>
+    <w:rsid w:val="002E0A03"/>
+    <w:rsid w:val="002E0D47"/>
+    <w:rsid w:val="002E14C2"/>
+    <w:rsid w:val="002E14EC"/>
+    <w:rsid w:val="002E1E23"/>
+    <w:rsid w:val="002E2AC3"/>
+    <w:rsid w:val="002E2E30"/>
+    <w:rsid w:val="002E4668"/>
+    <w:rsid w:val="002E4D74"/>
+    <w:rsid w:val="002E4DE3"/>
+    <w:rsid w:val="002E4F41"/>
+    <w:rsid w:val="002E59ED"/>
+    <w:rsid w:val="002E59FA"/>
+    <w:rsid w:val="002E5EA7"/>
+    <w:rsid w:val="002E65AB"/>
+    <w:rsid w:val="002E68C5"/>
+    <w:rsid w:val="002E7244"/>
+    <w:rsid w:val="002E754C"/>
+    <w:rsid w:val="002F089C"/>
+    <w:rsid w:val="002F0A19"/>
+    <w:rsid w:val="002F10D4"/>
+    <w:rsid w:val="002F1D2A"/>
+    <w:rsid w:val="002F1FC4"/>
+    <w:rsid w:val="002F28B5"/>
+    <w:rsid w:val="002F297C"/>
+    <w:rsid w:val="002F2FC1"/>
+    <w:rsid w:val="002F3234"/>
+    <w:rsid w:val="002F3378"/>
+    <w:rsid w:val="002F3E05"/>
+    <w:rsid w:val="002F439E"/>
+    <w:rsid w:val="002F4597"/>
+    <w:rsid w:val="002F4F01"/>
+    <w:rsid w:val="002F5D8F"/>
+    <w:rsid w:val="002F624F"/>
+    <w:rsid w:val="003007F2"/>
+    <w:rsid w:val="00301245"/>
+    <w:rsid w:val="003013D7"/>
+    <w:rsid w:val="0030182E"/>
+    <w:rsid w:val="0030228C"/>
+    <w:rsid w:val="00302933"/>
+    <w:rsid w:val="00302BBE"/>
+    <w:rsid w:val="00303C34"/>
+    <w:rsid w:val="00304538"/>
+    <w:rsid w:val="003052CC"/>
+    <w:rsid w:val="003055F8"/>
+    <w:rsid w:val="00305B61"/>
+    <w:rsid w:val="00306248"/>
+    <w:rsid w:val="0030652E"/>
+    <w:rsid w:val="00306727"/>
+    <w:rsid w:val="00306771"/>
+    <w:rsid w:val="003068A0"/>
+    <w:rsid w:val="003071E1"/>
+    <w:rsid w:val="00307394"/>
+    <w:rsid w:val="00310101"/>
+    <w:rsid w:val="0031012B"/>
+    <w:rsid w:val="00310571"/>
+    <w:rsid w:val="00310725"/>
+    <w:rsid w:val="003109B7"/>
+    <w:rsid w:val="003111FF"/>
+    <w:rsid w:val="00311220"/>
+    <w:rsid w:val="00311284"/>
+    <w:rsid w:val="003113C7"/>
+    <w:rsid w:val="00312000"/>
+    <w:rsid w:val="00312AD9"/>
+    <w:rsid w:val="00313821"/>
+    <w:rsid w:val="00314B50"/>
+    <w:rsid w:val="0031578D"/>
+    <w:rsid w:val="00316324"/>
+    <w:rsid w:val="0031648E"/>
+    <w:rsid w:val="00316909"/>
+    <w:rsid w:val="00316B50"/>
+    <w:rsid w:val="00316D8D"/>
+    <w:rsid w:val="00317DEF"/>
+    <w:rsid w:val="003202FF"/>
+    <w:rsid w:val="00320321"/>
+    <w:rsid w:val="00320443"/>
+    <w:rsid w:val="00320702"/>
+    <w:rsid w:val="0032084F"/>
+    <w:rsid w:val="00321944"/>
+    <w:rsid w:val="00321C9D"/>
+    <w:rsid w:val="00321D37"/>
+    <w:rsid w:val="003221FA"/>
+    <w:rsid w:val="00322FA5"/>
+    <w:rsid w:val="00322FC2"/>
+    <w:rsid w:val="00323065"/>
+    <w:rsid w:val="0032325D"/>
+    <w:rsid w:val="00323945"/>
+    <w:rsid w:val="003247A0"/>
+    <w:rsid w:val="00324A2C"/>
+    <w:rsid w:val="00324B00"/>
+    <w:rsid w:val="00324EF1"/>
+    <w:rsid w:val="0032557A"/>
+    <w:rsid w:val="00325920"/>
+    <w:rsid w:val="003262C3"/>
+    <w:rsid w:val="003271B8"/>
+    <w:rsid w:val="00327983"/>
+    <w:rsid w:val="00327FAD"/>
+    <w:rsid w:val="00331AF7"/>
+    <w:rsid w:val="00331F05"/>
+    <w:rsid w:val="00332AFD"/>
+    <w:rsid w:val="00332FB5"/>
+    <w:rsid w:val="003334CD"/>
+    <w:rsid w:val="003334D4"/>
+    <w:rsid w:val="003338B3"/>
+    <w:rsid w:val="00333AFE"/>
+    <w:rsid w:val="00333B9E"/>
+    <w:rsid w:val="00333D76"/>
+    <w:rsid w:val="003346BE"/>
+    <w:rsid w:val="00334AB6"/>
+    <w:rsid w:val="0033541E"/>
+    <w:rsid w:val="0033625D"/>
+    <w:rsid w:val="00336396"/>
+    <w:rsid w:val="00336AB6"/>
+    <w:rsid w:val="00336BE4"/>
+    <w:rsid w:val="00336C5B"/>
+    <w:rsid w:val="00337483"/>
+    <w:rsid w:val="00337658"/>
+    <w:rsid w:val="003378A6"/>
+    <w:rsid w:val="00337AB8"/>
+    <w:rsid w:val="00337DC3"/>
+    <w:rsid w:val="00340B76"/>
+    <w:rsid w:val="00340FF0"/>
+    <w:rsid w:val="003412DE"/>
+    <w:rsid w:val="00341A1F"/>
+    <w:rsid w:val="00341ACD"/>
+    <w:rsid w:val="00341F81"/>
+    <w:rsid w:val="00342294"/>
+    <w:rsid w:val="003428EE"/>
+    <w:rsid w:val="003445C3"/>
+    <w:rsid w:val="00344641"/>
+    <w:rsid w:val="00345168"/>
+    <w:rsid w:val="0034543B"/>
+    <w:rsid w:val="00345963"/>
+    <w:rsid w:val="003460DF"/>
+    <w:rsid w:val="0034640A"/>
+    <w:rsid w:val="00346625"/>
+    <w:rsid w:val="0034752C"/>
+    <w:rsid w:val="00347B48"/>
+    <w:rsid w:val="00347B70"/>
+    <w:rsid w:val="00347C74"/>
+    <w:rsid w:val="0035028C"/>
+    <w:rsid w:val="0035080B"/>
+    <w:rsid w:val="00350C5D"/>
+    <w:rsid w:val="00351484"/>
+    <w:rsid w:val="00352249"/>
+    <w:rsid w:val="0035258D"/>
+    <w:rsid w:val="0035658A"/>
+    <w:rsid w:val="003567C8"/>
+    <w:rsid w:val="003570DB"/>
+    <w:rsid w:val="00357485"/>
+    <w:rsid w:val="00357AEC"/>
+    <w:rsid w:val="00357B9B"/>
+    <w:rsid w:val="00360490"/>
+    <w:rsid w:val="00361655"/>
+    <w:rsid w:val="003617DE"/>
+    <w:rsid w:val="00361FAF"/>
+    <w:rsid w:val="00362261"/>
+    <w:rsid w:val="00362335"/>
+    <w:rsid w:val="00362367"/>
+    <w:rsid w:val="00362EDD"/>
+    <w:rsid w:val="003637F9"/>
+    <w:rsid w:val="00363920"/>
+    <w:rsid w:val="00363CBB"/>
+    <w:rsid w:val="00364A2E"/>
+    <w:rsid w:val="0036558E"/>
+    <w:rsid w:val="003658DB"/>
+    <w:rsid w:val="00367240"/>
+    <w:rsid w:val="0036752E"/>
+    <w:rsid w:val="00367AEA"/>
+    <w:rsid w:val="00370162"/>
+    <w:rsid w:val="00370398"/>
+    <w:rsid w:val="00370FC9"/>
+    <w:rsid w:val="003710D7"/>
+    <w:rsid w:val="00371336"/>
+    <w:rsid w:val="00371424"/>
+    <w:rsid w:val="00371BDF"/>
+    <w:rsid w:val="00371D20"/>
+    <w:rsid w:val="00374DBC"/>
+    <w:rsid w:val="00374F9B"/>
+    <w:rsid w:val="00374FBE"/>
+    <w:rsid w:val="00375135"/>
+    <w:rsid w:val="0037515C"/>
+    <w:rsid w:val="00375625"/>
+    <w:rsid w:val="0037582C"/>
+    <w:rsid w:val="00375E27"/>
+    <w:rsid w:val="00376887"/>
+    <w:rsid w:val="003772A6"/>
+    <w:rsid w:val="003774EB"/>
+    <w:rsid w:val="003775E7"/>
+    <w:rsid w:val="00377AC7"/>
+    <w:rsid w:val="00380912"/>
+    <w:rsid w:val="00380B04"/>
+    <w:rsid w:val="00381FE6"/>
+    <w:rsid w:val="00382527"/>
+    <w:rsid w:val="0038329B"/>
+    <w:rsid w:val="00384711"/>
+    <w:rsid w:val="0038482D"/>
+    <w:rsid w:val="003849F7"/>
+    <w:rsid w:val="00385309"/>
+    <w:rsid w:val="0038634D"/>
+    <w:rsid w:val="0038666A"/>
+    <w:rsid w:val="00386853"/>
+    <w:rsid w:val="003869FD"/>
+    <w:rsid w:val="00387C5C"/>
+    <w:rsid w:val="00387DF9"/>
+    <w:rsid w:val="003904E8"/>
+    <w:rsid w:val="003907BC"/>
+    <w:rsid w:val="00390CBF"/>
+    <w:rsid w:val="00390FF0"/>
+    <w:rsid w:val="003924A6"/>
+    <w:rsid w:val="003925C1"/>
+    <w:rsid w:val="003926E6"/>
+    <w:rsid w:val="00392BAC"/>
+    <w:rsid w:val="00392DC0"/>
+    <w:rsid w:val="00393222"/>
+    <w:rsid w:val="003939EA"/>
+    <w:rsid w:val="00394A58"/>
+    <w:rsid w:val="003955FC"/>
+    <w:rsid w:val="00395628"/>
+    <w:rsid w:val="00395A97"/>
+    <w:rsid w:val="003970E4"/>
+    <w:rsid w:val="00397527"/>
+    <w:rsid w:val="003A0923"/>
+    <w:rsid w:val="003A1C62"/>
+    <w:rsid w:val="003A1EB0"/>
+    <w:rsid w:val="003A206A"/>
+    <w:rsid w:val="003A2BA4"/>
+    <w:rsid w:val="003A30D9"/>
+    <w:rsid w:val="003A3396"/>
+    <w:rsid w:val="003A3746"/>
+    <w:rsid w:val="003A3B54"/>
+    <w:rsid w:val="003A3FC4"/>
+    <w:rsid w:val="003A406A"/>
+    <w:rsid w:val="003A40B2"/>
+    <w:rsid w:val="003A4556"/>
+    <w:rsid w:val="003A4987"/>
+    <w:rsid w:val="003A4ACF"/>
+    <w:rsid w:val="003A5AE6"/>
+    <w:rsid w:val="003A5B45"/>
+    <w:rsid w:val="003A5C22"/>
+    <w:rsid w:val="003A6448"/>
+    <w:rsid w:val="003A6491"/>
+    <w:rsid w:val="003A6F09"/>
+    <w:rsid w:val="003A714A"/>
+    <w:rsid w:val="003A71AF"/>
+    <w:rsid w:val="003A7214"/>
+    <w:rsid w:val="003A735B"/>
+    <w:rsid w:val="003A7E5A"/>
+    <w:rsid w:val="003B00C6"/>
+    <w:rsid w:val="003B03FA"/>
+    <w:rsid w:val="003B0807"/>
+    <w:rsid w:val="003B1EA6"/>
+    <w:rsid w:val="003B25D3"/>
+    <w:rsid w:val="003B26D5"/>
+    <w:rsid w:val="003B2EA4"/>
+    <w:rsid w:val="003B337E"/>
+    <w:rsid w:val="003B48BB"/>
+    <w:rsid w:val="003B51C3"/>
+    <w:rsid w:val="003B52DA"/>
+    <w:rsid w:val="003B58B2"/>
+    <w:rsid w:val="003B5BDB"/>
+    <w:rsid w:val="003B63CB"/>
+    <w:rsid w:val="003B64AA"/>
+    <w:rsid w:val="003B6652"/>
+    <w:rsid w:val="003B7D59"/>
+    <w:rsid w:val="003C0253"/>
+    <w:rsid w:val="003C295A"/>
+    <w:rsid w:val="003C2EB1"/>
+    <w:rsid w:val="003C343F"/>
+    <w:rsid w:val="003C3656"/>
+    <w:rsid w:val="003C3E3C"/>
+    <w:rsid w:val="003C40A2"/>
+    <w:rsid w:val="003C4541"/>
+    <w:rsid w:val="003C491A"/>
+    <w:rsid w:val="003C61A0"/>
+    <w:rsid w:val="003C62DD"/>
+    <w:rsid w:val="003C6467"/>
+    <w:rsid w:val="003C71A0"/>
+    <w:rsid w:val="003C72A8"/>
+    <w:rsid w:val="003C73F1"/>
+    <w:rsid w:val="003C7A64"/>
+    <w:rsid w:val="003C7E1E"/>
+    <w:rsid w:val="003D05F3"/>
+    <w:rsid w:val="003D1301"/>
+    <w:rsid w:val="003D1580"/>
+    <w:rsid w:val="003D1587"/>
+    <w:rsid w:val="003D181D"/>
+    <w:rsid w:val="003D1BFA"/>
+    <w:rsid w:val="003D2C00"/>
+    <w:rsid w:val="003D3116"/>
+    <w:rsid w:val="003D33F4"/>
+    <w:rsid w:val="003D34ED"/>
+    <w:rsid w:val="003D378A"/>
+    <w:rsid w:val="003D3A20"/>
+    <w:rsid w:val="003D3EB1"/>
+    <w:rsid w:val="003D474D"/>
+    <w:rsid w:val="003D4F3D"/>
+    <w:rsid w:val="003D5D76"/>
+    <w:rsid w:val="003D5F97"/>
+    <w:rsid w:val="003D68C3"/>
+    <w:rsid w:val="003D739F"/>
+    <w:rsid w:val="003D74B6"/>
+    <w:rsid w:val="003D7CDE"/>
+    <w:rsid w:val="003E1AC5"/>
+    <w:rsid w:val="003E1B7B"/>
+    <w:rsid w:val="003E21B2"/>
+    <w:rsid w:val="003E22D7"/>
+    <w:rsid w:val="003E28AC"/>
+    <w:rsid w:val="003E2A4B"/>
+    <w:rsid w:val="003E3416"/>
+    <w:rsid w:val="003E3B2E"/>
+    <w:rsid w:val="003E3DDA"/>
+    <w:rsid w:val="003E506C"/>
+    <w:rsid w:val="003E51F7"/>
+    <w:rsid w:val="003E555D"/>
+    <w:rsid w:val="003E5B93"/>
+    <w:rsid w:val="003E6054"/>
+    <w:rsid w:val="003E6525"/>
+    <w:rsid w:val="003E658D"/>
+    <w:rsid w:val="003E6892"/>
+    <w:rsid w:val="003E7919"/>
+    <w:rsid w:val="003F01EE"/>
+    <w:rsid w:val="003F0B53"/>
+    <w:rsid w:val="003F0F13"/>
+    <w:rsid w:val="003F1961"/>
+    <w:rsid w:val="003F1F2D"/>
+    <w:rsid w:val="003F20B7"/>
+    <w:rsid w:val="003F2447"/>
+    <w:rsid w:val="003F2869"/>
+    <w:rsid w:val="003F2BB7"/>
+    <w:rsid w:val="003F30E8"/>
+    <w:rsid w:val="003F4A7A"/>
+    <w:rsid w:val="003F5158"/>
+    <w:rsid w:val="003F5241"/>
+    <w:rsid w:val="003F569D"/>
+    <w:rsid w:val="003F5A9E"/>
+    <w:rsid w:val="003F6764"/>
+    <w:rsid w:val="003F6A0F"/>
+    <w:rsid w:val="003F7A19"/>
+    <w:rsid w:val="0040061E"/>
+    <w:rsid w:val="004008A0"/>
+    <w:rsid w:val="00400BAE"/>
+    <w:rsid w:val="00401B2D"/>
+    <w:rsid w:val="004020A6"/>
+    <w:rsid w:val="00402314"/>
+    <w:rsid w:val="00402947"/>
+    <w:rsid w:val="004038F8"/>
+    <w:rsid w:val="0040399F"/>
+    <w:rsid w:val="00403DDF"/>
+    <w:rsid w:val="00403EF9"/>
+    <w:rsid w:val="00403FDC"/>
+    <w:rsid w:val="0040400D"/>
+    <w:rsid w:val="0040520E"/>
+    <w:rsid w:val="0040521A"/>
+    <w:rsid w:val="00405894"/>
+    <w:rsid w:val="0040595F"/>
+    <w:rsid w:val="00405CA3"/>
+    <w:rsid w:val="00405E10"/>
+    <w:rsid w:val="004061F3"/>
+    <w:rsid w:val="00406540"/>
+    <w:rsid w:val="00406548"/>
+    <w:rsid w:val="00407BFA"/>
+    <w:rsid w:val="00410621"/>
+    <w:rsid w:val="004119BB"/>
+    <w:rsid w:val="00412192"/>
+    <w:rsid w:val="00412319"/>
+    <w:rsid w:val="004123F2"/>
+    <w:rsid w:val="00412858"/>
+    <w:rsid w:val="0041291B"/>
+    <w:rsid w:val="00412A87"/>
+    <w:rsid w:val="004135EB"/>
+    <w:rsid w:val="004137E4"/>
+    <w:rsid w:val="00414FFB"/>
+    <w:rsid w:val="00415241"/>
+    <w:rsid w:val="00416DBB"/>
+    <w:rsid w:val="0042017B"/>
+    <w:rsid w:val="004201EB"/>
+    <w:rsid w:val="004206B2"/>
+    <w:rsid w:val="00420EF9"/>
+    <w:rsid w:val="0042147D"/>
+    <w:rsid w:val="00421FD3"/>
+    <w:rsid w:val="00422A99"/>
+    <w:rsid w:val="00422CC6"/>
+    <w:rsid w:val="004235F3"/>
+    <w:rsid w:val="00423B2A"/>
+    <w:rsid w:val="00424E81"/>
+    <w:rsid w:val="00425166"/>
+    <w:rsid w:val="004253DE"/>
+    <w:rsid w:val="004257BC"/>
+    <w:rsid w:val="004305B8"/>
+    <w:rsid w:val="00430F3D"/>
+    <w:rsid w:val="00431D9A"/>
+    <w:rsid w:val="004320E2"/>
+    <w:rsid w:val="004334C8"/>
+    <w:rsid w:val="00433F49"/>
+    <w:rsid w:val="00435367"/>
+    <w:rsid w:val="00435903"/>
+    <w:rsid w:val="004364C9"/>
+    <w:rsid w:val="0043669A"/>
+    <w:rsid w:val="004368CC"/>
+    <w:rsid w:val="00436C5C"/>
+    <w:rsid w:val="00436CC1"/>
+    <w:rsid w:val="00436CFF"/>
+    <w:rsid w:val="00436E3B"/>
+    <w:rsid w:val="004370D0"/>
+    <w:rsid w:val="004372D0"/>
+    <w:rsid w:val="00437A56"/>
+    <w:rsid w:val="004403FB"/>
+    <w:rsid w:val="0044055B"/>
+    <w:rsid w:val="00440A32"/>
+    <w:rsid w:val="00441911"/>
+    <w:rsid w:val="0044199E"/>
+    <w:rsid w:val="004428D4"/>
+    <w:rsid w:val="0044394E"/>
+    <w:rsid w:val="00443F6F"/>
+    <w:rsid w:val="0044436E"/>
+    <w:rsid w:val="004443D7"/>
+    <w:rsid w:val="00444D97"/>
+    <w:rsid w:val="0044506A"/>
+    <w:rsid w:val="004453BA"/>
+    <w:rsid w:val="00445941"/>
+    <w:rsid w:val="00445984"/>
+    <w:rsid w:val="00445FAC"/>
+    <w:rsid w:val="00446F9E"/>
+    <w:rsid w:val="0044785B"/>
+    <w:rsid w:val="00447F10"/>
+    <w:rsid w:val="00450FBC"/>
+    <w:rsid w:val="00451A11"/>
+    <w:rsid w:val="00451DFC"/>
+    <w:rsid w:val="0045301C"/>
+    <w:rsid w:val="00453143"/>
+    <w:rsid w:val="00453559"/>
+    <w:rsid w:val="00453824"/>
+    <w:rsid w:val="004541BC"/>
+    <w:rsid w:val="00454447"/>
+    <w:rsid w:val="0045447E"/>
+    <w:rsid w:val="00454A55"/>
+    <w:rsid w:val="00455ABC"/>
+    <w:rsid w:val="004563AA"/>
+    <w:rsid w:val="0045657B"/>
+    <w:rsid w:val="0045704C"/>
+    <w:rsid w:val="004579F1"/>
+    <w:rsid w:val="00457E3A"/>
+    <w:rsid w:val="00457F4D"/>
+    <w:rsid w:val="00461224"/>
+    <w:rsid w:val="004621D8"/>
+    <w:rsid w:val="0046295E"/>
+    <w:rsid w:val="00463554"/>
+    <w:rsid w:val="00463661"/>
+    <w:rsid w:val="00463C16"/>
+    <w:rsid w:val="00463D89"/>
+    <w:rsid w:val="0046448A"/>
+    <w:rsid w:val="00464C66"/>
+    <w:rsid w:val="00465629"/>
+    <w:rsid w:val="0046622D"/>
+    <w:rsid w:val="0046699D"/>
+    <w:rsid w:val="00467200"/>
+    <w:rsid w:val="00467D28"/>
+    <w:rsid w:val="00467DDF"/>
+    <w:rsid w:val="00470752"/>
+    <w:rsid w:val="004714B6"/>
+    <w:rsid w:val="0047171E"/>
+    <w:rsid w:val="00471F62"/>
+    <w:rsid w:val="00472033"/>
+    <w:rsid w:val="00473B0E"/>
+    <w:rsid w:val="004749C7"/>
+    <w:rsid w:val="00474E0A"/>
+    <w:rsid w:val="0047625A"/>
+    <w:rsid w:val="004766E7"/>
+    <w:rsid w:val="00477437"/>
+    <w:rsid w:val="00477567"/>
+    <w:rsid w:val="00477D63"/>
+    <w:rsid w:val="00477E27"/>
+    <w:rsid w:val="0048039F"/>
+    <w:rsid w:val="00480504"/>
+    <w:rsid w:val="00481AA5"/>
+    <w:rsid w:val="004835D1"/>
+    <w:rsid w:val="00483628"/>
+    <w:rsid w:val="00484230"/>
+    <w:rsid w:val="004845CC"/>
+    <w:rsid w:val="00484665"/>
+    <w:rsid w:val="0048474B"/>
+    <w:rsid w:val="00484BDB"/>
+    <w:rsid w:val="00484D2D"/>
+    <w:rsid w:val="004854CD"/>
+    <w:rsid w:val="00485601"/>
+    <w:rsid w:val="004858B4"/>
+    <w:rsid w:val="00485F7E"/>
+    <w:rsid w:val="00486188"/>
+    <w:rsid w:val="0048631D"/>
+    <w:rsid w:val="004873CC"/>
+    <w:rsid w:val="004878CD"/>
+    <w:rsid w:val="00490429"/>
+    <w:rsid w:val="00490D43"/>
+    <w:rsid w:val="00491137"/>
+    <w:rsid w:val="00491836"/>
+    <w:rsid w:val="0049210C"/>
+    <w:rsid w:val="004928F2"/>
+    <w:rsid w:val="00492E41"/>
+    <w:rsid w:val="00492EFE"/>
+    <w:rsid w:val="0049316F"/>
+    <w:rsid w:val="00493D82"/>
+    <w:rsid w:val="00493FEF"/>
+    <w:rsid w:val="004944BF"/>
+    <w:rsid w:val="0049489E"/>
+    <w:rsid w:val="00494C9F"/>
+    <w:rsid w:val="00494F3C"/>
+    <w:rsid w:val="00495472"/>
+    <w:rsid w:val="004957D6"/>
+    <w:rsid w:val="004965DB"/>
+    <w:rsid w:val="004965E4"/>
+    <w:rsid w:val="004966C3"/>
+    <w:rsid w:val="00496E7B"/>
+    <w:rsid w:val="00497091"/>
+    <w:rsid w:val="004973A5"/>
+    <w:rsid w:val="004975BF"/>
+    <w:rsid w:val="00497F4E"/>
+    <w:rsid w:val="004A0586"/>
+    <w:rsid w:val="004A061B"/>
+    <w:rsid w:val="004A090A"/>
+    <w:rsid w:val="004A0CE9"/>
+    <w:rsid w:val="004A14A0"/>
+    <w:rsid w:val="004A1BAD"/>
+    <w:rsid w:val="004A1D8C"/>
+    <w:rsid w:val="004A2FB7"/>
+    <w:rsid w:val="004A319E"/>
+    <w:rsid w:val="004A3579"/>
+    <w:rsid w:val="004A3FA0"/>
+    <w:rsid w:val="004A3FDD"/>
+    <w:rsid w:val="004A4559"/>
+    <w:rsid w:val="004A455B"/>
+    <w:rsid w:val="004A4D83"/>
+    <w:rsid w:val="004A6520"/>
+    <w:rsid w:val="004A78A2"/>
+    <w:rsid w:val="004B085E"/>
+    <w:rsid w:val="004B0BB5"/>
+    <w:rsid w:val="004B0D78"/>
+    <w:rsid w:val="004B19E4"/>
+    <w:rsid w:val="004B2276"/>
+    <w:rsid w:val="004B3A15"/>
+    <w:rsid w:val="004B60BA"/>
+    <w:rsid w:val="004B645C"/>
+    <w:rsid w:val="004B67F0"/>
+    <w:rsid w:val="004B6B3E"/>
+    <w:rsid w:val="004B6E5C"/>
+    <w:rsid w:val="004B79ED"/>
+    <w:rsid w:val="004C016E"/>
+    <w:rsid w:val="004C0B50"/>
+    <w:rsid w:val="004C0BAC"/>
+    <w:rsid w:val="004C2BF7"/>
+    <w:rsid w:val="004C44AE"/>
+    <w:rsid w:val="004C4907"/>
+    <w:rsid w:val="004C58FF"/>
+    <w:rsid w:val="004C5E8D"/>
+    <w:rsid w:val="004C60FE"/>
+    <w:rsid w:val="004C6388"/>
+    <w:rsid w:val="004C6AA0"/>
+    <w:rsid w:val="004C7418"/>
+    <w:rsid w:val="004C76D5"/>
+    <w:rsid w:val="004C7E5E"/>
+    <w:rsid w:val="004C7ECC"/>
+    <w:rsid w:val="004D013F"/>
+    <w:rsid w:val="004D0828"/>
+    <w:rsid w:val="004D0F5F"/>
+    <w:rsid w:val="004D298A"/>
+    <w:rsid w:val="004D4010"/>
+    <w:rsid w:val="004D50D2"/>
+    <w:rsid w:val="004D5462"/>
+    <w:rsid w:val="004D5A40"/>
+    <w:rsid w:val="004D5C54"/>
+    <w:rsid w:val="004D6D76"/>
+    <w:rsid w:val="004D75E2"/>
+    <w:rsid w:val="004D79D4"/>
+    <w:rsid w:val="004E042A"/>
+    <w:rsid w:val="004E0510"/>
+    <w:rsid w:val="004E119F"/>
+    <w:rsid w:val="004E1359"/>
+    <w:rsid w:val="004E2161"/>
+    <w:rsid w:val="004E2F95"/>
+    <w:rsid w:val="004E3155"/>
+    <w:rsid w:val="004E3545"/>
+    <w:rsid w:val="004E47AF"/>
+    <w:rsid w:val="004E4AF1"/>
+    <w:rsid w:val="004E4D64"/>
+    <w:rsid w:val="004E59F5"/>
+    <w:rsid w:val="004E6C2F"/>
+    <w:rsid w:val="004E6EA0"/>
+    <w:rsid w:val="004E74A9"/>
+    <w:rsid w:val="004E74B9"/>
+    <w:rsid w:val="004E762A"/>
+    <w:rsid w:val="004E7DD8"/>
+    <w:rsid w:val="004E7EB1"/>
+    <w:rsid w:val="004F092F"/>
+    <w:rsid w:val="004F0E57"/>
+    <w:rsid w:val="004F1117"/>
+    <w:rsid w:val="004F14BB"/>
+    <w:rsid w:val="004F1566"/>
+    <w:rsid w:val="004F1E59"/>
+    <w:rsid w:val="004F20F2"/>
+    <w:rsid w:val="004F3AF0"/>
+    <w:rsid w:val="004F4110"/>
+    <w:rsid w:val="004F43B6"/>
+    <w:rsid w:val="004F48A8"/>
+    <w:rsid w:val="004F4941"/>
+    <w:rsid w:val="004F52D4"/>
+    <w:rsid w:val="004F5853"/>
+    <w:rsid w:val="004F651F"/>
+    <w:rsid w:val="004F6A50"/>
+    <w:rsid w:val="004F6D23"/>
+    <w:rsid w:val="004F70E6"/>
+    <w:rsid w:val="004F7A1C"/>
+    <w:rsid w:val="0050022E"/>
+    <w:rsid w:val="00500423"/>
+    <w:rsid w:val="00501259"/>
+    <w:rsid w:val="0050172B"/>
+    <w:rsid w:val="00501F9A"/>
+    <w:rsid w:val="005022EB"/>
+    <w:rsid w:val="00502712"/>
+    <w:rsid w:val="00502A8A"/>
+    <w:rsid w:val="00502C9D"/>
+    <w:rsid w:val="00503CE1"/>
+    <w:rsid w:val="00503F9A"/>
+    <w:rsid w:val="0050486E"/>
+    <w:rsid w:val="00504D71"/>
+    <w:rsid w:val="00504DA9"/>
+    <w:rsid w:val="00504F67"/>
+    <w:rsid w:val="005052BB"/>
+    <w:rsid w:val="00505504"/>
+    <w:rsid w:val="005055F2"/>
+    <w:rsid w:val="00505913"/>
+    <w:rsid w:val="0050651B"/>
+    <w:rsid w:val="00506ED4"/>
+    <w:rsid w:val="005071C4"/>
+    <w:rsid w:val="005079E0"/>
+    <w:rsid w:val="00507AD4"/>
+    <w:rsid w:val="00507FD5"/>
+    <w:rsid w:val="005105AC"/>
+    <w:rsid w:val="005105C0"/>
+    <w:rsid w:val="005107D0"/>
+    <w:rsid w:val="00510B38"/>
+    <w:rsid w:val="0051111B"/>
+    <w:rsid w:val="005111A4"/>
+    <w:rsid w:val="00511698"/>
+    <w:rsid w:val="005123C2"/>
+    <w:rsid w:val="00512A8B"/>
+    <w:rsid w:val="00512A99"/>
+    <w:rsid w:val="00514324"/>
+    <w:rsid w:val="005159CF"/>
+    <w:rsid w:val="00516DD9"/>
+    <w:rsid w:val="005171F1"/>
+    <w:rsid w:val="005173DA"/>
+    <w:rsid w:val="00520003"/>
+    <w:rsid w:val="00520C58"/>
+    <w:rsid w:val="00520DD9"/>
+    <w:rsid w:val="00521E8C"/>
+    <w:rsid w:val="00522974"/>
+    <w:rsid w:val="00523770"/>
+    <w:rsid w:val="005240C1"/>
+    <w:rsid w:val="005243AE"/>
+    <w:rsid w:val="005245C2"/>
+    <w:rsid w:val="005255FC"/>
+    <w:rsid w:val="00526371"/>
+    <w:rsid w:val="00526564"/>
+    <w:rsid w:val="005271F0"/>
+    <w:rsid w:val="005273FF"/>
+    <w:rsid w:val="00527D30"/>
+    <w:rsid w:val="005300BE"/>
+    <w:rsid w:val="00530346"/>
+    <w:rsid w:val="005306A2"/>
+    <w:rsid w:val="00530998"/>
+    <w:rsid w:val="00530B38"/>
+    <w:rsid w:val="00530CEC"/>
+    <w:rsid w:val="005321B9"/>
+    <w:rsid w:val="00533024"/>
+    <w:rsid w:val="005335F8"/>
+    <w:rsid w:val="00533961"/>
+    <w:rsid w:val="00533E88"/>
+    <w:rsid w:val="00534B9D"/>
+    <w:rsid w:val="00534BB7"/>
+    <w:rsid w:val="0053526A"/>
+    <w:rsid w:val="00535351"/>
+    <w:rsid w:val="00535882"/>
+    <w:rsid w:val="00535AC9"/>
+    <w:rsid w:val="005370A4"/>
+    <w:rsid w:val="0053712E"/>
+    <w:rsid w:val="0053723C"/>
+    <w:rsid w:val="005374EB"/>
+    <w:rsid w:val="005375F7"/>
+    <w:rsid w:val="0053767C"/>
+    <w:rsid w:val="005376E5"/>
+    <w:rsid w:val="00537DA5"/>
+    <w:rsid w:val="005400FC"/>
+    <w:rsid w:val="0054132B"/>
+    <w:rsid w:val="0054178D"/>
+    <w:rsid w:val="00541C67"/>
+    <w:rsid w:val="00542A73"/>
+    <w:rsid w:val="005431D3"/>
+    <w:rsid w:val="00543272"/>
+    <w:rsid w:val="00543529"/>
+    <w:rsid w:val="00543F56"/>
+    <w:rsid w:val="005447CD"/>
+    <w:rsid w:val="00544CD4"/>
+    <w:rsid w:val="005457B3"/>
+    <w:rsid w:val="00545821"/>
+    <w:rsid w:val="00546DB1"/>
+    <w:rsid w:val="00547760"/>
+    <w:rsid w:val="005477FC"/>
+    <w:rsid w:val="00547B6B"/>
+    <w:rsid w:val="00550750"/>
+    <w:rsid w:val="005508BA"/>
+    <w:rsid w:val="005513FE"/>
+    <w:rsid w:val="00551E59"/>
+    <w:rsid w:val="00552315"/>
+    <w:rsid w:val="0055264A"/>
+    <w:rsid w:val="00552B34"/>
+    <w:rsid w:val="00552DD5"/>
+    <w:rsid w:val="0055346A"/>
+    <w:rsid w:val="00554210"/>
+    <w:rsid w:val="00554FA1"/>
+    <w:rsid w:val="005550B6"/>
+    <w:rsid w:val="00555A61"/>
+    <w:rsid w:val="00555B49"/>
+    <w:rsid w:val="00555CC2"/>
+    <w:rsid w:val="00555D6E"/>
+    <w:rsid w:val="00555FF0"/>
+    <w:rsid w:val="00557218"/>
+    <w:rsid w:val="00557CA4"/>
+    <w:rsid w:val="00560E1D"/>
+    <w:rsid w:val="005616C1"/>
+    <w:rsid w:val="00562AFD"/>
+    <w:rsid w:val="005667BB"/>
+    <w:rsid w:val="005669C6"/>
+    <w:rsid w:val="00567D6F"/>
+    <w:rsid w:val="00570B4A"/>
+    <w:rsid w:val="00570B92"/>
+    <w:rsid w:val="00570D10"/>
+    <w:rsid w:val="005713E9"/>
+    <w:rsid w:val="0057170B"/>
+    <w:rsid w:val="00571F0B"/>
+    <w:rsid w:val="005725FB"/>
+    <w:rsid w:val="0057298F"/>
+    <w:rsid w:val="005735C5"/>
+    <w:rsid w:val="00574B3D"/>
+    <w:rsid w:val="00575DC8"/>
+    <w:rsid w:val="00576017"/>
+    <w:rsid w:val="00576751"/>
+    <w:rsid w:val="00576D42"/>
+    <w:rsid w:val="00580332"/>
+    <w:rsid w:val="00581285"/>
+    <w:rsid w:val="00581400"/>
+    <w:rsid w:val="00581B26"/>
+    <w:rsid w:val="00581DA1"/>
+    <w:rsid w:val="0058262F"/>
+    <w:rsid w:val="005829D9"/>
+    <w:rsid w:val="0058476A"/>
+    <w:rsid w:val="00584B26"/>
+    <w:rsid w:val="00584E35"/>
+    <w:rsid w:val="0058586C"/>
+    <w:rsid w:val="00585BEB"/>
+    <w:rsid w:val="00585F50"/>
+    <w:rsid w:val="00585FDE"/>
+    <w:rsid w:val="00586548"/>
+    <w:rsid w:val="00586760"/>
+    <w:rsid w:val="00586F0A"/>
+    <w:rsid w:val="005874DE"/>
+    <w:rsid w:val="00587940"/>
+    <w:rsid w:val="0059171B"/>
+    <w:rsid w:val="00591C01"/>
+    <w:rsid w:val="0059287A"/>
+    <w:rsid w:val="0059362F"/>
+    <w:rsid w:val="005936F2"/>
+    <w:rsid w:val="0059436B"/>
+    <w:rsid w:val="00594B29"/>
+    <w:rsid w:val="00594CFB"/>
+    <w:rsid w:val="00594D29"/>
+    <w:rsid w:val="00594D56"/>
+    <w:rsid w:val="00595381"/>
+    <w:rsid w:val="00595410"/>
+    <w:rsid w:val="00595701"/>
+    <w:rsid w:val="00595C4C"/>
+    <w:rsid w:val="00596247"/>
+    <w:rsid w:val="00596791"/>
+    <w:rsid w:val="005969BF"/>
+    <w:rsid w:val="0059735D"/>
+    <w:rsid w:val="00597B97"/>
+    <w:rsid w:val="005A03A1"/>
+    <w:rsid w:val="005A0492"/>
+    <w:rsid w:val="005A0F5A"/>
+    <w:rsid w:val="005A17AD"/>
+    <w:rsid w:val="005A1CF2"/>
+    <w:rsid w:val="005A2AFA"/>
+    <w:rsid w:val="005A2E9D"/>
+    <w:rsid w:val="005A3256"/>
+    <w:rsid w:val="005A3462"/>
+    <w:rsid w:val="005A35F2"/>
+    <w:rsid w:val="005A3CBA"/>
+    <w:rsid w:val="005A3ED9"/>
+    <w:rsid w:val="005A4EA4"/>
+    <w:rsid w:val="005A580E"/>
+    <w:rsid w:val="005A7679"/>
+    <w:rsid w:val="005A7CCB"/>
+    <w:rsid w:val="005B034D"/>
+    <w:rsid w:val="005B0637"/>
+    <w:rsid w:val="005B0FDA"/>
+    <w:rsid w:val="005B0FEE"/>
+    <w:rsid w:val="005B11EE"/>
+    <w:rsid w:val="005B1465"/>
+    <w:rsid w:val="005B176E"/>
+    <w:rsid w:val="005B17F4"/>
+    <w:rsid w:val="005B1820"/>
+    <w:rsid w:val="005B192B"/>
+    <w:rsid w:val="005B251D"/>
+    <w:rsid w:val="005B2A56"/>
+    <w:rsid w:val="005B2DB4"/>
+    <w:rsid w:val="005B3150"/>
+    <w:rsid w:val="005B34C0"/>
+    <w:rsid w:val="005B37E5"/>
+    <w:rsid w:val="005B511E"/>
+    <w:rsid w:val="005B5E71"/>
+    <w:rsid w:val="005B7C20"/>
+    <w:rsid w:val="005B7C8D"/>
+    <w:rsid w:val="005B7F24"/>
+    <w:rsid w:val="005C034F"/>
+    <w:rsid w:val="005C04AF"/>
+    <w:rsid w:val="005C14D4"/>
+    <w:rsid w:val="005C1734"/>
+    <w:rsid w:val="005C2116"/>
+    <w:rsid w:val="005C3EBF"/>
+    <w:rsid w:val="005C46DB"/>
+    <w:rsid w:val="005C4913"/>
+    <w:rsid w:val="005C4D93"/>
+    <w:rsid w:val="005C5C9A"/>
+    <w:rsid w:val="005C6370"/>
+    <w:rsid w:val="005C664B"/>
+    <w:rsid w:val="005C6D9A"/>
+    <w:rsid w:val="005C7705"/>
+    <w:rsid w:val="005C7917"/>
+    <w:rsid w:val="005C7D3D"/>
+    <w:rsid w:val="005C7E4D"/>
+    <w:rsid w:val="005D03B2"/>
+    <w:rsid w:val="005D1E6B"/>
+    <w:rsid w:val="005D1EBC"/>
+    <w:rsid w:val="005D1F1A"/>
+    <w:rsid w:val="005D1F8B"/>
+    <w:rsid w:val="005D3D4F"/>
+    <w:rsid w:val="005D4775"/>
+    <w:rsid w:val="005D49B2"/>
+    <w:rsid w:val="005D4D2B"/>
+    <w:rsid w:val="005D51DF"/>
+    <w:rsid w:val="005D589C"/>
+    <w:rsid w:val="005D5AC1"/>
+    <w:rsid w:val="005D607A"/>
+    <w:rsid w:val="005D641A"/>
+    <w:rsid w:val="005D6E5D"/>
+    <w:rsid w:val="005D6EE4"/>
+    <w:rsid w:val="005D6F61"/>
+    <w:rsid w:val="005D71C0"/>
+    <w:rsid w:val="005D788D"/>
+    <w:rsid w:val="005D7EED"/>
+    <w:rsid w:val="005E0575"/>
+    <w:rsid w:val="005E0B45"/>
+    <w:rsid w:val="005E0CFA"/>
+    <w:rsid w:val="005E0F8C"/>
+    <w:rsid w:val="005E1FAD"/>
+    <w:rsid w:val="005E250A"/>
+    <w:rsid w:val="005E25C6"/>
+    <w:rsid w:val="005E3D54"/>
+    <w:rsid w:val="005E4861"/>
+    <w:rsid w:val="005E48DE"/>
+    <w:rsid w:val="005E49B6"/>
+    <w:rsid w:val="005E4F4E"/>
+    <w:rsid w:val="005E5219"/>
+    <w:rsid w:val="005E55B1"/>
+    <w:rsid w:val="005E5F0C"/>
+    <w:rsid w:val="005F1172"/>
+    <w:rsid w:val="005F1AAB"/>
+    <w:rsid w:val="005F28FB"/>
+    <w:rsid w:val="005F3601"/>
+    <w:rsid w:val="005F4469"/>
+    <w:rsid w:val="005F4F22"/>
+    <w:rsid w:val="005F5A0C"/>
+    <w:rsid w:val="005F5D03"/>
+    <w:rsid w:val="005F77C3"/>
+    <w:rsid w:val="00601257"/>
+    <w:rsid w:val="006013A2"/>
+    <w:rsid w:val="0060261D"/>
+    <w:rsid w:val="0060388B"/>
+    <w:rsid w:val="00603CA5"/>
+    <w:rsid w:val="00605567"/>
+    <w:rsid w:val="00606665"/>
+    <w:rsid w:val="00606C28"/>
+    <w:rsid w:val="00606CA4"/>
+    <w:rsid w:val="00607B68"/>
+    <w:rsid w:val="00610E7E"/>
+    <w:rsid w:val="006113E9"/>
+    <w:rsid w:val="00611A04"/>
+    <w:rsid w:val="00612109"/>
+    <w:rsid w:val="006132DC"/>
+    <w:rsid w:val="006138E6"/>
+    <w:rsid w:val="0061416E"/>
+    <w:rsid w:val="00614858"/>
+    <w:rsid w:val="00614C6B"/>
+    <w:rsid w:val="0061533F"/>
+    <w:rsid w:val="00615931"/>
+    <w:rsid w:val="00615D55"/>
+    <w:rsid w:val="00616490"/>
+    <w:rsid w:val="00617229"/>
+    <w:rsid w:val="00617296"/>
+    <w:rsid w:val="006172C6"/>
+    <w:rsid w:val="0061773E"/>
+    <w:rsid w:val="00620BC4"/>
+    <w:rsid w:val="00620E3F"/>
+    <w:rsid w:val="00621DBB"/>
+    <w:rsid w:val="00623004"/>
+    <w:rsid w:val="00623728"/>
+    <w:rsid w:val="00623B18"/>
+    <w:rsid w:val="0062440E"/>
+    <w:rsid w:val="0062466D"/>
+    <w:rsid w:val="00624AA8"/>
+    <w:rsid w:val="00624E54"/>
+    <w:rsid w:val="00625770"/>
+    <w:rsid w:val="006258AE"/>
+    <w:rsid w:val="006264A5"/>
+    <w:rsid w:val="00626966"/>
+    <w:rsid w:val="00627880"/>
+    <w:rsid w:val="006305EC"/>
+    <w:rsid w:val="00630611"/>
+    <w:rsid w:val="006308BE"/>
+    <w:rsid w:val="00630CA5"/>
+    <w:rsid w:val="006310BF"/>
+    <w:rsid w:val="006311AA"/>
+    <w:rsid w:val="006323D9"/>
+    <w:rsid w:val="006324DF"/>
+    <w:rsid w:val="00633752"/>
+    <w:rsid w:val="0063380E"/>
+    <w:rsid w:val="00633822"/>
+    <w:rsid w:val="00634CA7"/>
+    <w:rsid w:val="00635577"/>
+    <w:rsid w:val="00635953"/>
+    <w:rsid w:val="006359D6"/>
+    <w:rsid w:val="0063685D"/>
+    <w:rsid w:val="006373C4"/>
+    <w:rsid w:val="00637A41"/>
+    <w:rsid w:val="00640367"/>
+    <w:rsid w:val="006403FA"/>
+    <w:rsid w:val="006404D9"/>
+    <w:rsid w:val="006406C7"/>
+    <w:rsid w:val="00640BF7"/>
+    <w:rsid w:val="00641C18"/>
+    <w:rsid w:val="00641D94"/>
+    <w:rsid w:val="00642685"/>
+    <w:rsid w:val="00642828"/>
+    <w:rsid w:val="00643CF7"/>
+    <w:rsid w:val="00644239"/>
+    <w:rsid w:val="00644AE6"/>
+    <w:rsid w:val="00645126"/>
+    <w:rsid w:val="00645A8D"/>
+    <w:rsid w:val="00646124"/>
+    <w:rsid w:val="006461E8"/>
+    <w:rsid w:val="00646FCB"/>
+    <w:rsid w:val="00650255"/>
+    <w:rsid w:val="00650B75"/>
+    <w:rsid w:val="00651059"/>
+    <w:rsid w:val="0065129A"/>
+    <w:rsid w:val="00651A2E"/>
+    <w:rsid w:val="006526D2"/>
+    <w:rsid w:val="006526FB"/>
+    <w:rsid w:val="0065289A"/>
+    <w:rsid w:val="00652B5D"/>
+    <w:rsid w:val="00652F35"/>
+    <w:rsid w:val="006535B5"/>
+    <w:rsid w:val="00653C10"/>
+    <w:rsid w:val="00654106"/>
+    <w:rsid w:val="00654586"/>
+    <w:rsid w:val="00654792"/>
+    <w:rsid w:val="00654D59"/>
+    <w:rsid w:val="006552DF"/>
+    <w:rsid w:val="006559EB"/>
+    <w:rsid w:val="00655E36"/>
+    <w:rsid w:val="006564B5"/>
+    <w:rsid w:val="00656641"/>
+    <w:rsid w:val="00657109"/>
+    <w:rsid w:val="00657BFE"/>
+    <w:rsid w:val="00660453"/>
+    <w:rsid w:val="00660A5B"/>
+    <w:rsid w:val="00660BC4"/>
+    <w:rsid w:val="00660F3F"/>
+    <w:rsid w:val="0066125E"/>
+    <w:rsid w:val="006612B0"/>
+    <w:rsid w:val="00662CB0"/>
+    <w:rsid w:val="00663609"/>
+    <w:rsid w:val="00663A5A"/>
+    <w:rsid w:val="006641BE"/>
+    <w:rsid w:val="006649E7"/>
+    <w:rsid w:val="0066503C"/>
+    <w:rsid w:val="006658E0"/>
+    <w:rsid w:val="00666155"/>
+    <w:rsid w:val="006669A5"/>
+    <w:rsid w:val="006670F7"/>
+    <w:rsid w:val="0066746F"/>
+    <w:rsid w:val="00667E3E"/>
+    <w:rsid w:val="00667FAD"/>
+    <w:rsid w:val="0067016D"/>
+    <w:rsid w:val="00671165"/>
+    <w:rsid w:val="00671CF0"/>
+    <w:rsid w:val="00672595"/>
+    <w:rsid w:val="00672B22"/>
+    <w:rsid w:val="00673709"/>
+    <w:rsid w:val="00673A1C"/>
+    <w:rsid w:val="00673F20"/>
+    <w:rsid w:val="0067496B"/>
+    <w:rsid w:val="00674A88"/>
+    <w:rsid w:val="00675287"/>
+    <w:rsid w:val="00675395"/>
+    <w:rsid w:val="0067574F"/>
+    <w:rsid w:val="006764AC"/>
+    <w:rsid w:val="00676861"/>
+    <w:rsid w:val="00676C36"/>
+    <w:rsid w:val="00676FB6"/>
+    <w:rsid w:val="00677D81"/>
+    <w:rsid w:val="00680239"/>
+    <w:rsid w:val="00680858"/>
+    <w:rsid w:val="006812EA"/>
+    <w:rsid w:val="0068132D"/>
+    <w:rsid w:val="00681799"/>
+    <w:rsid w:val="006820F0"/>
+    <w:rsid w:val="0068294D"/>
+    <w:rsid w:val="00682986"/>
+    <w:rsid w:val="00682A5B"/>
+    <w:rsid w:val="00682C34"/>
+    <w:rsid w:val="00682C39"/>
+    <w:rsid w:val="0068374A"/>
+    <w:rsid w:val="006842B6"/>
+    <w:rsid w:val="0068438C"/>
+    <w:rsid w:val="00684CD2"/>
+    <w:rsid w:val="00685009"/>
+    <w:rsid w:val="0068525A"/>
+    <w:rsid w:val="0068671E"/>
+    <w:rsid w:val="006869D0"/>
+    <w:rsid w:val="00686AB7"/>
+    <w:rsid w:val="006874D7"/>
+    <w:rsid w:val="00687556"/>
+    <w:rsid w:val="00687E52"/>
+    <w:rsid w:val="00690305"/>
+    <w:rsid w:val="00690D42"/>
+    <w:rsid w:val="00691B51"/>
+    <w:rsid w:val="00692017"/>
+    <w:rsid w:val="00692D8D"/>
+    <w:rsid w:val="0069385A"/>
+    <w:rsid w:val="00693EA9"/>
+    <w:rsid w:val="00694391"/>
+    <w:rsid w:val="00695194"/>
+    <w:rsid w:val="00695CD1"/>
+    <w:rsid w:val="00695EEF"/>
+    <w:rsid w:val="00696E8E"/>
+    <w:rsid w:val="00697969"/>
+    <w:rsid w:val="006A0BCE"/>
+    <w:rsid w:val="006A19A8"/>
+    <w:rsid w:val="006A1C3D"/>
+    <w:rsid w:val="006A26C8"/>
+    <w:rsid w:val="006A2AA5"/>
+    <w:rsid w:val="006A463F"/>
+    <w:rsid w:val="006A5307"/>
+    <w:rsid w:val="006A6481"/>
+    <w:rsid w:val="006A6EBE"/>
+    <w:rsid w:val="006A6F4D"/>
+    <w:rsid w:val="006A715B"/>
+    <w:rsid w:val="006B0278"/>
+    <w:rsid w:val="006B14CA"/>
+    <w:rsid w:val="006B1929"/>
+    <w:rsid w:val="006B219F"/>
+    <w:rsid w:val="006B30DF"/>
+    <w:rsid w:val="006B3572"/>
+    <w:rsid w:val="006B43E9"/>
+    <w:rsid w:val="006B4FD6"/>
+    <w:rsid w:val="006B5068"/>
+    <w:rsid w:val="006B5A49"/>
+    <w:rsid w:val="006B65BE"/>
+    <w:rsid w:val="006B6E53"/>
+    <w:rsid w:val="006B6F68"/>
+    <w:rsid w:val="006B74D7"/>
+    <w:rsid w:val="006B7B75"/>
+    <w:rsid w:val="006C0320"/>
+    <w:rsid w:val="006C087B"/>
+    <w:rsid w:val="006C0F32"/>
+    <w:rsid w:val="006C10A4"/>
+    <w:rsid w:val="006C1630"/>
+    <w:rsid w:val="006C1698"/>
+    <w:rsid w:val="006C22A1"/>
+    <w:rsid w:val="006C391B"/>
+    <w:rsid w:val="006C4618"/>
+    <w:rsid w:val="006C4821"/>
+    <w:rsid w:val="006C4CF0"/>
+    <w:rsid w:val="006C4DFB"/>
+    <w:rsid w:val="006C5481"/>
+    <w:rsid w:val="006C77D1"/>
+    <w:rsid w:val="006C7A09"/>
+    <w:rsid w:val="006C7C8C"/>
+    <w:rsid w:val="006D07C7"/>
+    <w:rsid w:val="006D1347"/>
+    <w:rsid w:val="006D19BA"/>
+    <w:rsid w:val="006D2263"/>
+    <w:rsid w:val="006D269C"/>
+    <w:rsid w:val="006D294F"/>
+    <w:rsid w:val="006D297E"/>
+    <w:rsid w:val="006D32E4"/>
+    <w:rsid w:val="006D3835"/>
+    <w:rsid w:val="006D3FE5"/>
+    <w:rsid w:val="006D4007"/>
+    <w:rsid w:val="006D4212"/>
+    <w:rsid w:val="006D6490"/>
+    <w:rsid w:val="006D6E81"/>
+    <w:rsid w:val="006D7531"/>
+    <w:rsid w:val="006D75DA"/>
+    <w:rsid w:val="006D7E00"/>
+    <w:rsid w:val="006E035F"/>
+    <w:rsid w:val="006E04EA"/>
+    <w:rsid w:val="006E0617"/>
+    <w:rsid w:val="006E07F9"/>
+    <w:rsid w:val="006E2259"/>
+    <w:rsid w:val="006E2335"/>
+    <w:rsid w:val="006E2374"/>
+    <w:rsid w:val="006E2414"/>
+    <w:rsid w:val="006E2540"/>
+    <w:rsid w:val="006E26A6"/>
+    <w:rsid w:val="006E3837"/>
+    <w:rsid w:val="006E395B"/>
+    <w:rsid w:val="006E3F6C"/>
+    <w:rsid w:val="006E43EC"/>
+    <w:rsid w:val="006E497A"/>
+    <w:rsid w:val="006E5425"/>
+    <w:rsid w:val="006E5462"/>
+    <w:rsid w:val="006E547E"/>
+    <w:rsid w:val="006E572D"/>
+    <w:rsid w:val="006E652A"/>
+    <w:rsid w:val="006E6A22"/>
+    <w:rsid w:val="006E6B30"/>
+    <w:rsid w:val="006E7109"/>
+    <w:rsid w:val="006E736A"/>
+    <w:rsid w:val="006E7CBE"/>
+    <w:rsid w:val="006E7E1A"/>
+    <w:rsid w:val="006F01EF"/>
+    <w:rsid w:val="006F0D70"/>
+    <w:rsid w:val="006F0DF9"/>
+    <w:rsid w:val="006F16A0"/>
+    <w:rsid w:val="006F2518"/>
+    <w:rsid w:val="006F2A22"/>
+    <w:rsid w:val="006F2EDD"/>
+    <w:rsid w:val="006F2F75"/>
+    <w:rsid w:val="006F31CC"/>
+    <w:rsid w:val="006F33D5"/>
+    <w:rsid w:val="006F36ED"/>
+    <w:rsid w:val="006F3908"/>
+    <w:rsid w:val="006F43CD"/>
+    <w:rsid w:val="006F4818"/>
+    <w:rsid w:val="006F4AC8"/>
+    <w:rsid w:val="006F502F"/>
+    <w:rsid w:val="006F587C"/>
+    <w:rsid w:val="006F5E41"/>
+    <w:rsid w:val="006F662D"/>
+    <w:rsid w:val="006F6891"/>
+    <w:rsid w:val="006F6976"/>
+    <w:rsid w:val="006F7CE9"/>
+    <w:rsid w:val="007008FD"/>
+    <w:rsid w:val="00700ACB"/>
+    <w:rsid w:val="0070140B"/>
+    <w:rsid w:val="00701A7B"/>
+    <w:rsid w:val="00701E16"/>
+    <w:rsid w:val="007021B5"/>
+    <w:rsid w:val="00702355"/>
+    <w:rsid w:val="0070281D"/>
+    <w:rsid w:val="00702F8B"/>
+    <w:rsid w:val="0070348E"/>
+    <w:rsid w:val="007036FA"/>
+    <w:rsid w:val="007039D1"/>
+    <w:rsid w:val="00703C67"/>
+    <w:rsid w:val="007040E9"/>
+    <w:rsid w:val="00704BE7"/>
+    <w:rsid w:val="00704E86"/>
+    <w:rsid w:val="0070539D"/>
+    <w:rsid w:val="00705534"/>
+    <w:rsid w:val="00705952"/>
+    <w:rsid w:val="00706817"/>
+    <w:rsid w:val="00706A99"/>
+    <w:rsid w:val="00706AE8"/>
+    <w:rsid w:val="00706F16"/>
+    <w:rsid w:val="007070AC"/>
+    <w:rsid w:val="00707369"/>
+    <w:rsid w:val="0070763E"/>
+    <w:rsid w:val="007101B7"/>
+    <w:rsid w:val="00710383"/>
+    <w:rsid w:val="0071080F"/>
+    <w:rsid w:val="00710BAD"/>
+    <w:rsid w:val="00710BB9"/>
+    <w:rsid w:val="00710C00"/>
+    <w:rsid w:val="00710D6D"/>
+    <w:rsid w:val="00710FC4"/>
+    <w:rsid w:val="0071226A"/>
+    <w:rsid w:val="00713E59"/>
+    <w:rsid w:val="0071533B"/>
+    <w:rsid w:val="0071579E"/>
+    <w:rsid w:val="00715F41"/>
+    <w:rsid w:val="00716A69"/>
+    <w:rsid w:val="00716A6B"/>
+    <w:rsid w:val="00717002"/>
+    <w:rsid w:val="00717297"/>
+    <w:rsid w:val="007172CA"/>
+    <w:rsid w:val="00722461"/>
+    <w:rsid w:val="00722E30"/>
+    <w:rsid w:val="0072354C"/>
+    <w:rsid w:val="00723E25"/>
+    <w:rsid w:val="00724745"/>
+    <w:rsid w:val="007247A4"/>
+    <w:rsid w:val="00724E3D"/>
+    <w:rsid w:val="0072537C"/>
+    <w:rsid w:val="00725BBE"/>
+    <w:rsid w:val="00725C32"/>
+    <w:rsid w:val="00725F2E"/>
+    <w:rsid w:val="00726732"/>
+    <w:rsid w:val="00726859"/>
+    <w:rsid w:val="0072792F"/>
+    <w:rsid w:val="00727C09"/>
+    <w:rsid w:val="0072F529"/>
+    <w:rsid w:val="0073021C"/>
+    <w:rsid w:val="0073119D"/>
+    <w:rsid w:val="0073128F"/>
+    <w:rsid w:val="00731CCB"/>
+    <w:rsid w:val="0073230F"/>
+    <w:rsid w:val="00732CBD"/>
+    <w:rsid w:val="00732DEA"/>
+    <w:rsid w:val="00733138"/>
+    <w:rsid w:val="00733271"/>
+    <w:rsid w:val="0073504C"/>
+    <w:rsid w:val="007357E1"/>
+    <w:rsid w:val="0073596B"/>
+    <w:rsid w:val="00735AF8"/>
+    <w:rsid w:val="00735C2F"/>
+    <w:rsid w:val="0073635C"/>
+    <w:rsid w:val="00736420"/>
+    <w:rsid w:val="00736C68"/>
+    <w:rsid w:val="00741E0A"/>
+    <w:rsid w:val="00742786"/>
+    <w:rsid w:val="0074327D"/>
+    <w:rsid w:val="007433F2"/>
+    <w:rsid w:val="00743FB2"/>
+    <w:rsid w:val="00744E8D"/>
+    <w:rsid w:val="00744F68"/>
+    <w:rsid w:val="007452C6"/>
+    <w:rsid w:val="00745DA0"/>
+    <w:rsid w:val="00746323"/>
+    <w:rsid w:val="007467F9"/>
+    <w:rsid w:val="007506B4"/>
+    <w:rsid w:val="0075188E"/>
+    <w:rsid w:val="00752EBE"/>
+    <w:rsid w:val="00753B1B"/>
+    <w:rsid w:val="00753EE1"/>
+    <w:rsid w:val="00754075"/>
+    <w:rsid w:val="00754529"/>
+    <w:rsid w:val="00754583"/>
+    <w:rsid w:val="0075576E"/>
+    <w:rsid w:val="007566DF"/>
+    <w:rsid w:val="00757003"/>
+    <w:rsid w:val="00760A92"/>
+    <w:rsid w:val="00760DCA"/>
+    <w:rsid w:val="00760ED2"/>
+    <w:rsid w:val="0076146D"/>
+    <w:rsid w:val="00762397"/>
+    <w:rsid w:val="007625AC"/>
+    <w:rsid w:val="007628D8"/>
+    <w:rsid w:val="007629AB"/>
+    <w:rsid w:val="00762F8D"/>
+    <w:rsid w:val="00763124"/>
+    <w:rsid w:val="007638D8"/>
+    <w:rsid w:val="00763A94"/>
+    <w:rsid w:val="00763BB9"/>
+    <w:rsid w:val="00763D68"/>
+    <w:rsid w:val="00763DB2"/>
+    <w:rsid w:val="007646D8"/>
+    <w:rsid w:val="00764AB4"/>
+    <w:rsid w:val="00764C11"/>
+    <w:rsid w:val="00765D33"/>
+    <w:rsid w:val="0076613D"/>
+    <w:rsid w:val="007667C8"/>
+    <w:rsid w:val="00766ECF"/>
+    <w:rsid w:val="0076710F"/>
+    <w:rsid w:val="007679DE"/>
+    <w:rsid w:val="00767A3E"/>
+    <w:rsid w:val="0077034E"/>
+    <w:rsid w:val="007703B5"/>
+    <w:rsid w:val="00770B84"/>
+    <w:rsid w:val="00770BFF"/>
+    <w:rsid w:val="00771113"/>
+    <w:rsid w:val="00771689"/>
+    <w:rsid w:val="0077463C"/>
+    <w:rsid w:val="00774BCE"/>
+    <w:rsid w:val="00774CB1"/>
+    <w:rsid w:val="00774FFB"/>
+    <w:rsid w:val="007756A0"/>
+    <w:rsid w:val="00775CE2"/>
+    <w:rsid w:val="00775DAD"/>
+    <w:rsid w:val="00775F60"/>
+    <w:rsid w:val="00776214"/>
+    <w:rsid w:val="0077696E"/>
+    <w:rsid w:val="007777AA"/>
+    <w:rsid w:val="00780E0C"/>
+    <w:rsid w:val="00780E97"/>
+    <w:rsid w:val="00780EC6"/>
+    <w:rsid w:val="00781400"/>
+    <w:rsid w:val="00781CDB"/>
+    <w:rsid w:val="0078352C"/>
+    <w:rsid w:val="007837AE"/>
+    <w:rsid w:val="007845F1"/>
+    <w:rsid w:val="00784728"/>
+    <w:rsid w:val="00784757"/>
+    <w:rsid w:val="00785B26"/>
+    <w:rsid w:val="007863F8"/>
+    <w:rsid w:val="00786582"/>
+    <w:rsid w:val="0078694E"/>
+    <w:rsid w:val="00786F4D"/>
+    <w:rsid w:val="0078715A"/>
+    <w:rsid w:val="00787380"/>
+    <w:rsid w:val="00787D4F"/>
+    <w:rsid w:val="007907E4"/>
+    <w:rsid w:val="00790FE9"/>
+    <w:rsid w:val="0079111D"/>
+    <w:rsid w:val="00791490"/>
+    <w:rsid w:val="0079224F"/>
+    <w:rsid w:val="00792FCF"/>
+    <w:rsid w:val="007931CC"/>
+    <w:rsid w:val="00793462"/>
+    <w:rsid w:val="00793A9C"/>
+    <w:rsid w:val="00793C9E"/>
+    <w:rsid w:val="00794185"/>
+    <w:rsid w:val="00794517"/>
+    <w:rsid w:val="0079460F"/>
+    <w:rsid w:val="00794DD9"/>
+    <w:rsid w:val="0079515F"/>
+    <w:rsid w:val="007951EC"/>
+    <w:rsid w:val="00796957"/>
+    <w:rsid w:val="00796BA8"/>
+    <w:rsid w:val="00796CB4"/>
+    <w:rsid w:val="00797810"/>
+    <w:rsid w:val="00797951"/>
+    <w:rsid w:val="00797BF4"/>
+    <w:rsid w:val="007A0D86"/>
+    <w:rsid w:val="007A1975"/>
+    <w:rsid w:val="007A1B04"/>
+    <w:rsid w:val="007A1B75"/>
+    <w:rsid w:val="007A20B6"/>
+    <w:rsid w:val="007A2A54"/>
+    <w:rsid w:val="007A2F9D"/>
+    <w:rsid w:val="007A3957"/>
+    <w:rsid w:val="007A3BE1"/>
+    <w:rsid w:val="007A4184"/>
+    <w:rsid w:val="007A5362"/>
+    <w:rsid w:val="007A597F"/>
+    <w:rsid w:val="007A5B5A"/>
+    <w:rsid w:val="007A617F"/>
+    <w:rsid w:val="007A69C0"/>
+    <w:rsid w:val="007A6A22"/>
+    <w:rsid w:val="007A6BAD"/>
+    <w:rsid w:val="007A763F"/>
+    <w:rsid w:val="007A795B"/>
+    <w:rsid w:val="007A7F3F"/>
+    <w:rsid w:val="007B00D1"/>
+    <w:rsid w:val="007B0661"/>
+    <w:rsid w:val="007B069D"/>
+    <w:rsid w:val="007B0C9C"/>
+    <w:rsid w:val="007B12B0"/>
+    <w:rsid w:val="007B20B3"/>
+    <w:rsid w:val="007B2AC7"/>
+    <w:rsid w:val="007B412A"/>
+    <w:rsid w:val="007B494F"/>
+    <w:rsid w:val="007B4CAA"/>
+    <w:rsid w:val="007B591C"/>
+    <w:rsid w:val="007B59AF"/>
+    <w:rsid w:val="007B602A"/>
+    <w:rsid w:val="007B7764"/>
+    <w:rsid w:val="007C0D87"/>
+    <w:rsid w:val="007C0E7B"/>
+    <w:rsid w:val="007C0EEC"/>
+    <w:rsid w:val="007C1157"/>
+    <w:rsid w:val="007C1298"/>
+    <w:rsid w:val="007C1A98"/>
+    <w:rsid w:val="007C265C"/>
+    <w:rsid w:val="007C2743"/>
+    <w:rsid w:val="007C350B"/>
+    <w:rsid w:val="007C424E"/>
+    <w:rsid w:val="007C4306"/>
+    <w:rsid w:val="007C44DD"/>
+    <w:rsid w:val="007C4701"/>
+    <w:rsid w:val="007C49CD"/>
+    <w:rsid w:val="007C5705"/>
+    <w:rsid w:val="007C6B44"/>
+    <w:rsid w:val="007C794F"/>
+    <w:rsid w:val="007D0ACD"/>
+    <w:rsid w:val="007D1341"/>
+    <w:rsid w:val="007D16D4"/>
+    <w:rsid w:val="007D1B8E"/>
+    <w:rsid w:val="007D231D"/>
+    <w:rsid w:val="007D2E55"/>
+    <w:rsid w:val="007D3455"/>
+    <w:rsid w:val="007D4A81"/>
+    <w:rsid w:val="007D59A2"/>
+    <w:rsid w:val="007D5B0A"/>
+    <w:rsid w:val="007D6D0B"/>
+    <w:rsid w:val="007D7E9E"/>
+    <w:rsid w:val="007E02C4"/>
+    <w:rsid w:val="007E035A"/>
+    <w:rsid w:val="007E0458"/>
+    <w:rsid w:val="007E06CC"/>
+    <w:rsid w:val="007E082F"/>
+    <w:rsid w:val="007E0BB6"/>
+    <w:rsid w:val="007E1819"/>
+    <w:rsid w:val="007E1F4F"/>
+    <w:rsid w:val="007E20E8"/>
+    <w:rsid w:val="007E2E16"/>
+    <w:rsid w:val="007E2F2F"/>
+    <w:rsid w:val="007E46B2"/>
+    <w:rsid w:val="007E549A"/>
+    <w:rsid w:val="007E55B4"/>
+    <w:rsid w:val="007E641A"/>
+    <w:rsid w:val="007E6604"/>
+    <w:rsid w:val="007E6628"/>
+    <w:rsid w:val="007E6721"/>
+    <w:rsid w:val="007E67A6"/>
+    <w:rsid w:val="007E6E76"/>
+    <w:rsid w:val="007E7759"/>
+    <w:rsid w:val="007E7D92"/>
+    <w:rsid w:val="007F18C0"/>
+    <w:rsid w:val="007F1F53"/>
+    <w:rsid w:val="007F1FE5"/>
+    <w:rsid w:val="007F2002"/>
+    <w:rsid w:val="007F2691"/>
+    <w:rsid w:val="007F34DB"/>
+    <w:rsid w:val="007F37D5"/>
+    <w:rsid w:val="007F47F2"/>
+    <w:rsid w:val="007F4CF9"/>
+    <w:rsid w:val="007F4FA1"/>
+    <w:rsid w:val="007F5380"/>
+    <w:rsid w:val="007F5488"/>
+    <w:rsid w:val="007F55DF"/>
+    <w:rsid w:val="007F66C2"/>
+    <w:rsid w:val="007F724B"/>
+    <w:rsid w:val="007F77DA"/>
+    <w:rsid w:val="007F7AFC"/>
+    <w:rsid w:val="008009AE"/>
+    <w:rsid w:val="0080161A"/>
+    <w:rsid w:val="00801B66"/>
+    <w:rsid w:val="00802BAC"/>
+    <w:rsid w:val="00803691"/>
+    <w:rsid w:val="008044C1"/>
+    <w:rsid w:val="00804811"/>
+    <w:rsid w:val="00805482"/>
+    <w:rsid w:val="00805ACB"/>
+    <w:rsid w:val="0080651B"/>
+    <w:rsid w:val="00806FB4"/>
+    <w:rsid w:val="008070AB"/>
+    <w:rsid w:val="008076A6"/>
+    <w:rsid w:val="00807737"/>
+    <w:rsid w:val="00807738"/>
+    <w:rsid w:val="00807DF6"/>
+    <w:rsid w:val="0081079C"/>
+    <w:rsid w:val="00811187"/>
+    <w:rsid w:val="00811228"/>
+    <w:rsid w:val="00812012"/>
+    <w:rsid w:val="0081204A"/>
+    <w:rsid w:val="00812621"/>
+    <w:rsid w:val="008133B6"/>
+    <w:rsid w:val="00813E96"/>
+    <w:rsid w:val="008151CB"/>
+    <w:rsid w:val="0081596E"/>
+    <w:rsid w:val="00815D6E"/>
+    <w:rsid w:val="008173E0"/>
+    <w:rsid w:val="0081777D"/>
+    <w:rsid w:val="00817D44"/>
+    <w:rsid w:val="0082080D"/>
+    <w:rsid w:val="00821219"/>
+    <w:rsid w:val="00822409"/>
+    <w:rsid w:val="00822F33"/>
+    <w:rsid w:val="00824163"/>
+    <w:rsid w:val="008243D3"/>
+    <w:rsid w:val="00824C32"/>
+    <w:rsid w:val="0082500A"/>
+    <w:rsid w:val="008267EB"/>
+    <w:rsid w:val="008271E9"/>
+    <w:rsid w:val="00827259"/>
+    <w:rsid w:val="00827D3B"/>
+    <w:rsid w:val="00830377"/>
+    <w:rsid w:val="00830815"/>
+    <w:rsid w:val="00830CA8"/>
+    <w:rsid w:val="00831BD1"/>
+    <w:rsid w:val="00831E91"/>
+    <w:rsid w:val="00832136"/>
+    <w:rsid w:val="008329EE"/>
+    <w:rsid w:val="00833261"/>
+    <w:rsid w:val="0083350B"/>
+    <w:rsid w:val="008341BC"/>
+    <w:rsid w:val="0083431E"/>
+    <w:rsid w:val="00835106"/>
+    <w:rsid w:val="00835300"/>
+    <w:rsid w:val="0083543E"/>
+    <w:rsid w:val="008354B5"/>
+    <w:rsid w:val="008355B1"/>
+    <w:rsid w:val="00835C27"/>
+    <w:rsid w:val="00836F49"/>
+    <w:rsid w:val="008370E1"/>
+    <w:rsid w:val="00837509"/>
+    <w:rsid w:val="0084071E"/>
+    <w:rsid w:val="00840FFF"/>
+    <w:rsid w:val="00841E38"/>
+    <w:rsid w:val="0084244A"/>
+    <w:rsid w:val="008424FA"/>
+    <w:rsid w:val="00842FDC"/>
+    <w:rsid w:val="00843085"/>
+    <w:rsid w:val="008435C2"/>
+    <w:rsid w:val="00843B29"/>
+    <w:rsid w:val="00843B33"/>
+    <w:rsid w:val="00843F1B"/>
+    <w:rsid w:val="00845BA5"/>
+    <w:rsid w:val="0084600C"/>
+    <w:rsid w:val="008462F3"/>
+    <w:rsid w:val="00846EAB"/>
+    <w:rsid w:val="00847002"/>
+    <w:rsid w:val="0084707F"/>
+    <w:rsid w:val="00847109"/>
+    <w:rsid w:val="0084767D"/>
+    <w:rsid w:val="00850365"/>
+    <w:rsid w:val="008504CE"/>
+    <w:rsid w:val="0085166A"/>
+    <w:rsid w:val="00854D13"/>
+    <w:rsid w:val="00854D67"/>
+    <w:rsid w:val="00854F6F"/>
+    <w:rsid w:val="008553E3"/>
+    <w:rsid w:val="00855BEC"/>
+    <w:rsid w:val="00855F55"/>
+    <w:rsid w:val="0085612B"/>
+    <w:rsid w:val="00856341"/>
+    <w:rsid w:val="00856561"/>
+    <w:rsid w:val="00857644"/>
+    <w:rsid w:val="00857893"/>
+    <w:rsid w:val="00857D5B"/>
+    <w:rsid w:val="00857EDF"/>
+    <w:rsid w:val="00860696"/>
+    <w:rsid w:val="008606DD"/>
+    <w:rsid w:val="00860C79"/>
+    <w:rsid w:val="008611B5"/>
+    <w:rsid w:val="008624B8"/>
+    <w:rsid w:val="008627D9"/>
+    <w:rsid w:val="00862A9B"/>
+    <w:rsid w:val="0086327F"/>
+    <w:rsid w:val="00863E67"/>
+    <w:rsid w:val="00863EA1"/>
+    <w:rsid w:val="00864298"/>
+    <w:rsid w:val="00866286"/>
+    <w:rsid w:val="0086630D"/>
+    <w:rsid w:val="0086731C"/>
+    <w:rsid w:val="00867BF0"/>
+    <w:rsid w:val="0087009B"/>
+    <w:rsid w:val="00870368"/>
+    <w:rsid w:val="00870BD8"/>
+    <w:rsid w:val="00870FFE"/>
+    <w:rsid w:val="008718BF"/>
+    <w:rsid w:val="0087243A"/>
+    <w:rsid w:val="00873272"/>
+    <w:rsid w:val="0087333A"/>
+    <w:rsid w:val="008736A4"/>
+    <w:rsid w:val="00873765"/>
+    <w:rsid w:val="00873C14"/>
+    <w:rsid w:val="00873D80"/>
+    <w:rsid w:val="0087448C"/>
+    <w:rsid w:val="00874BF6"/>
+    <w:rsid w:val="008752CA"/>
+    <w:rsid w:val="00875EE9"/>
+    <w:rsid w:val="0087639D"/>
+    <w:rsid w:val="00876D88"/>
+    <w:rsid w:val="00876E81"/>
+    <w:rsid w:val="008770CA"/>
+    <w:rsid w:val="00880044"/>
+    <w:rsid w:val="008801E3"/>
+    <w:rsid w:val="0088051E"/>
+    <w:rsid w:val="00880540"/>
+    <w:rsid w:val="008805B5"/>
+    <w:rsid w:val="00881449"/>
+    <w:rsid w:val="0088181E"/>
+    <w:rsid w:val="0088253A"/>
+    <w:rsid w:val="00882540"/>
+    <w:rsid w:val="00882C86"/>
+    <w:rsid w:val="00882CF7"/>
+    <w:rsid w:val="00883223"/>
+    <w:rsid w:val="00883427"/>
+    <w:rsid w:val="0088390C"/>
+    <w:rsid w:val="00884203"/>
+    <w:rsid w:val="00884392"/>
+    <w:rsid w:val="00884704"/>
+    <w:rsid w:val="008854C5"/>
+    <w:rsid w:val="00885D73"/>
+    <w:rsid w:val="0088645E"/>
+    <w:rsid w:val="0088679A"/>
+    <w:rsid w:val="00886E65"/>
+    <w:rsid w:val="008908B9"/>
+    <w:rsid w:val="0089098F"/>
+    <w:rsid w:val="00890A4A"/>
+    <w:rsid w:val="00890A98"/>
+    <w:rsid w:val="0089274B"/>
+    <w:rsid w:val="00892F81"/>
+    <w:rsid w:val="00893FED"/>
+    <w:rsid w:val="00894216"/>
+    <w:rsid w:val="00894A58"/>
+    <w:rsid w:val="00894A6A"/>
+    <w:rsid w:val="00894C6F"/>
+    <w:rsid w:val="00894DFC"/>
+    <w:rsid w:val="0089505C"/>
+    <w:rsid w:val="00895277"/>
+    <w:rsid w:val="00895586"/>
+    <w:rsid w:val="00895B23"/>
+    <w:rsid w:val="00895FC9"/>
+    <w:rsid w:val="00895FDF"/>
+    <w:rsid w:val="00896872"/>
+    <w:rsid w:val="00896AD7"/>
+    <w:rsid w:val="00897815"/>
+    <w:rsid w:val="00897AF9"/>
+    <w:rsid w:val="00897D10"/>
+    <w:rsid w:val="00897D2D"/>
+    <w:rsid w:val="008A0875"/>
+    <w:rsid w:val="008A08BC"/>
+    <w:rsid w:val="008A09CC"/>
+    <w:rsid w:val="008A1503"/>
+    <w:rsid w:val="008A16BE"/>
+    <w:rsid w:val="008A1CF9"/>
+    <w:rsid w:val="008A2809"/>
+    <w:rsid w:val="008A29B3"/>
+    <w:rsid w:val="008A2AD2"/>
+    <w:rsid w:val="008A31B8"/>
+    <w:rsid w:val="008A32D9"/>
+    <w:rsid w:val="008A39C2"/>
+    <w:rsid w:val="008A3CA6"/>
+    <w:rsid w:val="008A4505"/>
+    <w:rsid w:val="008A4874"/>
+    <w:rsid w:val="008A487A"/>
+    <w:rsid w:val="008A4A65"/>
+    <w:rsid w:val="008A5175"/>
+    <w:rsid w:val="008A541B"/>
+    <w:rsid w:val="008A57F5"/>
+    <w:rsid w:val="008A5D1A"/>
+    <w:rsid w:val="008A6107"/>
+    <w:rsid w:val="008A627C"/>
+    <w:rsid w:val="008A64B4"/>
+    <w:rsid w:val="008A6C1B"/>
+    <w:rsid w:val="008A749C"/>
+    <w:rsid w:val="008A74E4"/>
+    <w:rsid w:val="008A7926"/>
+    <w:rsid w:val="008A7E04"/>
+    <w:rsid w:val="008B0422"/>
+    <w:rsid w:val="008B0982"/>
+    <w:rsid w:val="008B14A2"/>
+    <w:rsid w:val="008B1E0D"/>
+    <w:rsid w:val="008B2043"/>
+    <w:rsid w:val="008B20A2"/>
+    <w:rsid w:val="008B2656"/>
+    <w:rsid w:val="008B287C"/>
+    <w:rsid w:val="008B2E00"/>
+    <w:rsid w:val="008B2FD0"/>
+    <w:rsid w:val="008B4B1B"/>
+    <w:rsid w:val="008B4C34"/>
+    <w:rsid w:val="008B5690"/>
+    <w:rsid w:val="008B60A5"/>
+    <w:rsid w:val="008B667A"/>
+    <w:rsid w:val="008B6E1D"/>
+    <w:rsid w:val="008B703F"/>
+    <w:rsid w:val="008B766B"/>
+    <w:rsid w:val="008B7858"/>
+    <w:rsid w:val="008C01F2"/>
+    <w:rsid w:val="008C0DA2"/>
+    <w:rsid w:val="008C111F"/>
+    <w:rsid w:val="008C1358"/>
+    <w:rsid w:val="008C20F4"/>
+    <w:rsid w:val="008C2596"/>
+    <w:rsid w:val="008C2636"/>
+    <w:rsid w:val="008C2FCE"/>
+    <w:rsid w:val="008C2FFA"/>
+    <w:rsid w:val="008C3479"/>
+    <w:rsid w:val="008C3AAE"/>
+    <w:rsid w:val="008C4646"/>
+    <w:rsid w:val="008C49DF"/>
+    <w:rsid w:val="008C5312"/>
+    <w:rsid w:val="008C598A"/>
+    <w:rsid w:val="008C6228"/>
+    <w:rsid w:val="008C64F5"/>
+    <w:rsid w:val="008C6B0C"/>
+    <w:rsid w:val="008C6C2F"/>
+    <w:rsid w:val="008C7415"/>
+    <w:rsid w:val="008C7781"/>
+    <w:rsid w:val="008D1378"/>
+    <w:rsid w:val="008D1892"/>
+    <w:rsid w:val="008D1F17"/>
+    <w:rsid w:val="008D20CD"/>
+    <w:rsid w:val="008D2552"/>
+    <w:rsid w:val="008D358E"/>
+    <w:rsid w:val="008D48B2"/>
+    <w:rsid w:val="008D49E3"/>
+    <w:rsid w:val="008D4E5E"/>
+    <w:rsid w:val="008D524A"/>
+    <w:rsid w:val="008D5461"/>
+    <w:rsid w:val="008D5673"/>
+    <w:rsid w:val="008D5ED1"/>
+    <w:rsid w:val="008D6130"/>
+    <w:rsid w:val="008D6399"/>
+    <w:rsid w:val="008D7090"/>
+    <w:rsid w:val="008D7173"/>
+    <w:rsid w:val="008D7783"/>
+    <w:rsid w:val="008D7A3D"/>
+    <w:rsid w:val="008D7AF7"/>
+    <w:rsid w:val="008D7FA1"/>
+    <w:rsid w:val="008E04E2"/>
+    <w:rsid w:val="008E07AF"/>
+    <w:rsid w:val="008E0D01"/>
+    <w:rsid w:val="008E12D2"/>
+    <w:rsid w:val="008E1419"/>
+    <w:rsid w:val="008E194C"/>
+    <w:rsid w:val="008E238E"/>
+    <w:rsid w:val="008E29A1"/>
+    <w:rsid w:val="008E29C0"/>
+    <w:rsid w:val="008E2E35"/>
+    <w:rsid w:val="008E2F0C"/>
+    <w:rsid w:val="008E317A"/>
+    <w:rsid w:val="008E39DF"/>
+    <w:rsid w:val="008E502A"/>
+    <w:rsid w:val="008E5509"/>
+    <w:rsid w:val="008E5606"/>
+    <w:rsid w:val="008E73B9"/>
+    <w:rsid w:val="008E7E27"/>
+    <w:rsid w:val="008ECE53"/>
+    <w:rsid w:val="008F16A7"/>
+    <w:rsid w:val="008F1BE3"/>
+    <w:rsid w:val="008F2424"/>
+    <w:rsid w:val="008F254E"/>
+    <w:rsid w:val="008F288C"/>
+    <w:rsid w:val="008F28A4"/>
+    <w:rsid w:val="008F295B"/>
+    <w:rsid w:val="008F2A04"/>
+    <w:rsid w:val="008F3CBA"/>
+    <w:rsid w:val="008F41CD"/>
+    <w:rsid w:val="008F45C9"/>
+    <w:rsid w:val="008F4638"/>
+    <w:rsid w:val="008F474F"/>
+    <w:rsid w:val="008F586D"/>
+    <w:rsid w:val="008F5957"/>
+    <w:rsid w:val="008F6761"/>
+    <w:rsid w:val="008F6F51"/>
+    <w:rsid w:val="008F7B42"/>
+    <w:rsid w:val="00900478"/>
+    <w:rsid w:val="009008CB"/>
+    <w:rsid w:val="009008D6"/>
+    <w:rsid w:val="00900DA8"/>
+    <w:rsid w:val="00902B0F"/>
+    <w:rsid w:val="00902F74"/>
+    <w:rsid w:val="00903ED8"/>
+    <w:rsid w:val="00903FE6"/>
+    <w:rsid w:val="00904294"/>
+    <w:rsid w:val="00904569"/>
+    <w:rsid w:val="00904A3C"/>
+    <w:rsid w:val="00904DBE"/>
+    <w:rsid w:val="0090536C"/>
+    <w:rsid w:val="00905CD7"/>
+    <w:rsid w:val="00905DDE"/>
+    <w:rsid w:val="009068D5"/>
+    <w:rsid w:val="009076A5"/>
+    <w:rsid w:val="00907A47"/>
+    <w:rsid w:val="00907D85"/>
+    <w:rsid w:val="009105AB"/>
+    <w:rsid w:val="0091103C"/>
+    <w:rsid w:val="00911B4C"/>
+    <w:rsid w:val="00911F1D"/>
+    <w:rsid w:val="00911FAA"/>
+    <w:rsid w:val="00912614"/>
+    <w:rsid w:val="0091280B"/>
+    <w:rsid w:val="0091294C"/>
+    <w:rsid w:val="00913077"/>
+    <w:rsid w:val="00914AF5"/>
+    <w:rsid w:val="00916C22"/>
+    <w:rsid w:val="00916D3D"/>
+    <w:rsid w:val="00917561"/>
+    <w:rsid w:val="0092023F"/>
+    <w:rsid w:val="00920F43"/>
+    <w:rsid w:val="00920F8A"/>
+    <w:rsid w:val="00921493"/>
+    <w:rsid w:val="009214EE"/>
+    <w:rsid w:val="00921B7A"/>
+    <w:rsid w:val="00923070"/>
+    <w:rsid w:val="0092343B"/>
+    <w:rsid w:val="00923AD7"/>
+    <w:rsid w:val="00924315"/>
+    <w:rsid w:val="009247E2"/>
+    <w:rsid w:val="00925480"/>
+    <w:rsid w:val="00926275"/>
+    <w:rsid w:val="00926318"/>
+    <w:rsid w:val="0092647C"/>
+    <w:rsid w:val="0092669A"/>
+    <w:rsid w:val="009266D3"/>
+    <w:rsid w:val="00926ECC"/>
+    <w:rsid w:val="009271A4"/>
+    <w:rsid w:val="009276C4"/>
+    <w:rsid w:val="00927DE7"/>
+    <w:rsid w:val="0093056E"/>
+    <w:rsid w:val="00930BB2"/>
+    <w:rsid w:val="009327B5"/>
+    <w:rsid w:val="0093294B"/>
+    <w:rsid w:val="00932AAA"/>
+    <w:rsid w:val="00932DA5"/>
+    <w:rsid w:val="00933321"/>
+    <w:rsid w:val="0093364D"/>
+    <w:rsid w:val="00933936"/>
+    <w:rsid w:val="00933966"/>
+    <w:rsid w:val="00933A36"/>
+    <w:rsid w:val="00933B67"/>
+    <w:rsid w:val="00933F59"/>
+    <w:rsid w:val="00934B7A"/>
+    <w:rsid w:val="00935756"/>
+    <w:rsid w:val="009358BE"/>
+    <w:rsid w:val="009358EA"/>
+    <w:rsid w:val="00935E7F"/>
+    <w:rsid w:val="009367E2"/>
+    <w:rsid w:val="0094022F"/>
+    <w:rsid w:val="00940F85"/>
+    <w:rsid w:val="009410B3"/>
+    <w:rsid w:val="0094117B"/>
+    <w:rsid w:val="0094152D"/>
+    <w:rsid w:val="00941C4E"/>
+    <w:rsid w:val="00942077"/>
+    <w:rsid w:val="009429EC"/>
+    <w:rsid w:val="00942AC9"/>
+    <w:rsid w:val="00944220"/>
+    <w:rsid w:val="0094456D"/>
+    <w:rsid w:val="00944873"/>
+    <w:rsid w:val="00944ACB"/>
+    <w:rsid w:val="00945EDB"/>
+    <w:rsid w:val="009474EB"/>
+    <w:rsid w:val="0094763E"/>
+    <w:rsid w:val="009476FF"/>
+    <w:rsid w:val="00947C79"/>
+    <w:rsid w:val="00947CE0"/>
+    <w:rsid w:val="0095020E"/>
+    <w:rsid w:val="00951F6B"/>
+    <w:rsid w:val="00952B08"/>
+    <w:rsid w:val="00952C06"/>
+    <w:rsid w:val="00952C8D"/>
+    <w:rsid w:val="00952F1E"/>
+    <w:rsid w:val="00953542"/>
+    <w:rsid w:val="00953761"/>
+    <w:rsid w:val="009540C5"/>
+    <w:rsid w:val="009541D0"/>
+    <w:rsid w:val="00955317"/>
+    <w:rsid w:val="009559E2"/>
+    <w:rsid w:val="009563DA"/>
+    <w:rsid w:val="0095661C"/>
+    <w:rsid w:val="009566A4"/>
+    <w:rsid w:val="00956A09"/>
+    <w:rsid w:val="00956D7E"/>
+    <w:rsid w:val="00957DAD"/>
+    <w:rsid w:val="0096011D"/>
+    <w:rsid w:val="0096098D"/>
+    <w:rsid w:val="0096136B"/>
+    <w:rsid w:val="00961C7E"/>
+    <w:rsid w:val="00961FB2"/>
+    <w:rsid w:val="009628F2"/>
+    <w:rsid w:val="009636E9"/>
+    <w:rsid w:val="009639C2"/>
+    <w:rsid w:val="0096434C"/>
+    <w:rsid w:val="00964AF3"/>
+    <w:rsid w:val="00965C12"/>
+    <w:rsid w:val="00965E52"/>
+    <w:rsid w:val="009678F2"/>
+    <w:rsid w:val="00967AA6"/>
+    <w:rsid w:val="00967B74"/>
+    <w:rsid w:val="0097024F"/>
+    <w:rsid w:val="00971741"/>
+    <w:rsid w:val="00972683"/>
+    <w:rsid w:val="00972D98"/>
+    <w:rsid w:val="00972E0F"/>
+    <w:rsid w:val="009735A2"/>
+    <w:rsid w:val="009736E6"/>
+    <w:rsid w:val="00973CEC"/>
+    <w:rsid w:val="00973D6D"/>
+    <w:rsid w:val="00974D52"/>
+    <w:rsid w:val="0097536C"/>
+    <w:rsid w:val="00975656"/>
+    <w:rsid w:val="00975879"/>
+    <w:rsid w:val="00975B60"/>
+    <w:rsid w:val="00975D3A"/>
+    <w:rsid w:val="00977451"/>
+    <w:rsid w:val="00977A98"/>
+    <w:rsid w:val="00980379"/>
+    <w:rsid w:val="009803B0"/>
+    <w:rsid w:val="009826FD"/>
+    <w:rsid w:val="0098272B"/>
+    <w:rsid w:val="00982796"/>
+    <w:rsid w:val="0098286C"/>
+    <w:rsid w:val="00982878"/>
+    <w:rsid w:val="00982C68"/>
+    <w:rsid w:val="00983F50"/>
+    <w:rsid w:val="009843F8"/>
+    <w:rsid w:val="00985BE0"/>
+    <w:rsid w:val="00985E18"/>
+    <w:rsid w:val="00986671"/>
+    <w:rsid w:val="00986896"/>
+    <w:rsid w:val="00986A09"/>
+    <w:rsid w:val="009872DF"/>
+    <w:rsid w:val="009876AF"/>
+    <w:rsid w:val="00987ACB"/>
+    <w:rsid w:val="0099068D"/>
+    <w:rsid w:val="00990822"/>
+    <w:rsid w:val="00990E16"/>
+    <w:rsid w:val="00991880"/>
+    <w:rsid w:val="00991C0C"/>
+    <w:rsid w:val="009920EF"/>
+    <w:rsid w:val="00992C61"/>
+    <w:rsid w:val="00992D17"/>
+    <w:rsid w:val="0099339C"/>
+    <w:rsid w:val="009933E1"/>
+    <w:rsid w:val="00993633"/>
+    <w:rsid w:val="00993DA1"/>
+    <w:rsid w:val="00993E47"/>
+    <w:rsid w:val="00994619"/>
+    <w:rsid w:val="00994D37"/>
+    <w:rsid w:val="00995EB0"/>
+    <w:rsid w:val="00997410"/>
+    <w:rsid w:val="00997D55"/>
+    <w:rsid w:val="00997E35"/>
+    <w:rsid w:val="009A1230"/>
+    <w:rsid w:val="009A188E"/>
+    <w:rsid w:val="009A25B5"/>
+    <w:rsid w:val="009A2791"/>
+    <w:rsid w:val="009A2D6C"/>
+    <w:rsid w:val="009A2E14"/>
+    <w:rsid w:val="009A2E4F"/>
+    <w:rsid w:val="009A38C8"/>
+    <w:rsid w:val="009A3A4B"/>
+    <w:rsid w:val="009A4699"/>
+    <w:rsid w:val="009A4C2E"/>
+    <w:rsid w:val="009A4D89"/>
+    <w:rsid w:val="009A4E98"/>
+    <w:rsid w:val="009A551A"/>
+    <w:rsid w:val="009A6D07"/>
+    <w:rsid w:val="009A7048"/>
+    <w:rsid w:val="009A7057"/>
+    <w:rsid w:val="009A7AE9"/>
+    <w:rsid w:val="009B0070"/>
+    <w:rsid w:val="009B02CF"/>
+    <w:rsid w:val="009B0305"/>
+    <w:rsid w:val="009B1587"/>
+    <w:rsid w:val="009B184E"/>
+    <w:rsid w:val="009B1BD1"/>
+    <w:rsid w:val="009B21D8"/>
+    <w:rsid w:val="009B379D"/>
+    <w:rsid w:val="009B37E5"/>
+    <w:rsid w:val="009B3956"/>
+    <w:rsid w:val="009B4153"/>
+    <w:rsid w:val="009B49F3"/>
+    <w:rsid w:val="009B4B88"/>
+    <w:rsid w:val="009B5C71"/>
+    <w:rsid w:val="009B5F1C"/>
+    <w:rsid w:val="009B6B33"/>
+    <w:rsid w:val="009B6D90"/>
+    <w:rsid w:val="009B727A"/>
+    <w:rsid w:val="009C004E"/>
+    <w:rsid w:val="009C0EF7"/>
+    <w:rsid w:val="009C0F0B"/>
+    <w:rsid w:val="009C252A"/>
+    <w:rsid w:val="009C2789"/>
+    <w:rsid w:val="009C3078"/>
+    <w:rsid w:val="009C387D"/>
+    <w:rsid w:val="009C42BE"/>
+    <w:rsid w:val="009C44F2"/>
+    <w:rsid w:val="009C463F"/>
+    <w:rsid w:val="009C4870"/>
+    <w:rsid w:val="009C58BC"/>
+    <w:rsid w:val="009C5F32"/>
+    <w:rsid w:val="009C61A4"/>
+    <w:rsid w:val="009C66EA"/>
+    <w:rsid w:val="009C6ABB"/>
+    <w:rsid w:val="009D0006"/>
+    <w:rsid w:val="009D10F4"/>
+    <w:rsid w:val="009D10F8"/>
+    <w:rsid w:val="009D259E"/>
+    <w:rsid w:val="009D291C"/>
+    <w:rsid w:val="009D3136"/>
+    <w:rsid w:val="009D378E"/>
+    <w:rsid w:val="009D3919"/>
+    <w:rsid w:val="009D3BE1"/>
+    <w:rsid w:val="009D417E"/>
+    <w:rsid w:val="009D4C84"/>
+    <w:rsid w:val="009D4DCA"/>
+    <w:rsid w:val="009D52FE"/>
+    <w:rsid w:val="009D5895"/>
+    <w:rsid w:val="009D5BAD"/>
+    <w:rsid w:val="009D6040"/>
+    <w:rsid w:val="009D6B02"/>
+    <w:rsid w:val="009D6CE5"/>
+    <w:rsid w:val="009D6FC3"/>
+    <w:rsid w:val="009E04F3"/>
+    <w:rsid w:val="009E08F3"/>
+    <w:rsid w:val="009E0EDC"/>
+    <w:rsid w:val="009E103B"/>
+    <w:rsid w:val="009E146E"/>
+    <w:rsid w:val="009E1C63"/>
+    <w:rsid w:val="009E1ECC"/>
+    <w:rsid w:val="009E27CB"/>
+    <w:rsid w:val="009E28CD"/>
+    <w:rsid w:val="009E3896"/>
+    <w:rsid w:val="009E38A3"/>
+    <w:rsid w:val="009E38DF"/>
+    <w:rsid w:val="009E4281"/>
+    <w:rsid w:val="009E4888"/>
+    <w:rsid w:val="009E489F"/>
+    <w:rsid w:val="009E4EE2"/>
+    <w:rsid w:val="009E50D4"/>
+    <w:rsid w:val="009E5110"/>
+    <w:rsid w:val="009E52EE"/>
+    <w:rsid w:val="009E6109"/>
+    <w:rsid w:val="009E61C3"/>
+    <w:rsid w:val="009E6421"/>
+    <w:rsid w:val="009E648A"/>
+    <w:rsid w:val="009E67DA"/>
+    <w:rsid w:val="009E7114"/>
+    <w:rsid w:val="009E71DD"/>
+    <w:rsid w:val="009F1566"/>
+    <w:rsid w:val="009F190B"/>
+    <w:rsid w:val="009F194E"/>
+    <w:rsid w:val="009F3883"/>
+    <w:rsid w:val="009F3AE8"/>
+    <w:rsid w:val="009F4102"/>
+    <w:rsid w:val="009F4724"/>
+    <w:rsid w:val="009F4B82"/>
+    <w:rsid w:val="009F4D55"/>
+    <w:rsid w:val="009F57EA"/>
+    <w:rsid w:val="009F623C"/>
+    <w:rsid w:val="009F6919"/>
+    <w:rsid w:val="009F69B7"/>
+    <w:rsid w:val="009F6CE2"/>
+    <w:rsid w:val="009F6D19"/>
+    <w:rsid w:val="009F6FB9"/>
+    <w:rsid w:val="009F7F16"/>
+    <w:rsid w:val="00A00E2D"/>
+    <w:rsid w:val="00A010D8"/>
+    <w:rsid w:val="00A014AA"/>
+    <w:rsid w:val="00A01A5A"/>
+    <w:rsid w:val="00A023A1"/>
+    <w:rsid w:val="00A0342F"/>
+    <w:rsid w:val="00A045CF"/>
+    <w:rsid w:val="00A045F9"/>
+    <w:rsid w:val="00A0522F"/>
+    <w:rsid w:val="00A05AD6"/>
+    <w:rsid w:val="00A05F64"/>
+    <w:rsid w:val="00A061CF"/>
+    <w:rsid w:val="00A074DE"/>
+    <w:rsid w:val="00A07ED3"/>
+    <w:rsid w:val="00A10460"/>
+    <w:rsid w:val="00A10CB6"/>
+    <w:rsid w:val="00A112C0"/>
+    <w:rsid w:val="00A1135D"/>
+    <w:rsid w:val="00A11555"/>
+    <w:rsid w:val="00A1188B"/>
+    <w:rsid w:val="00A135B2"/>
+    <w:rsid w:val="00A1369E"/>
+    <w:rsid w:val="00A13BBB"/>
+    <w:rsid w:val="00A14FB0"/>
+    <w:rsid w:val="00A14FBC"/>
+    <w:rsid w:val="00A16673"/>
+    <w:rsid w:val="00A166C2"/>
+    <w:rsid w:val="00A16927"/>
+    <w:rsid w:val="00A16976"/>
+    <w:rsid w:val="00A17CE1"/>
+    <w:rsid w:val="00A207CA"/>
+    <w:rsid w:val="00A20C4C"/>
+    <w:rsid w:val="00A21150"/>
+    <w:rsid w:val="00A2316C"/>
+    <w:rsid w:val="00A231AB"/>
+    <w:rsid w:val="00A23A51"/>
+    <w:rsid w:val="00A245AB"/>
+    <w:rsid w:val="00A24D66"/>
+    <w:rsid w:val="00A24F43"/>
+    <w:rsid w:val="00A250EE"/>
+    <w:rsid w:val="00A255D0"/>
+    <w:rsid w:val="00A25641"/>
+    <w:rsid w:val="00A25F32"/>
+    <w:rsid w:val="00A25F46"/>
+    <w:rsid w:val="00A2652E"/>
+    <w:rsid w:val="00A2717E"/>
+    <w:rsid w:val="00A271D5"/>
+    <w:rsid w:val="00A274EB"/>
+    <w:rsid w:val="00A27A20"/>
+    <w:rsid w:val="00A27A8D"/>
+    <w:rsid w:val="00A3040C"/>
+    <w:rsid w:val="00A304F9"/>
+    <w:rsid w:val="00A3108E"/>
+    <w:rsid w:val="00A310D9"/>
+    <w:rsid w:val="00A31F63"/>
+    <w:rsid w:val="00A3202A"/>
+    <w:rsid w:val="00A322BD"/>
+    <w:rsid w:val="00A32778"/>
+    <w:rsid w:val="00A33801"/>
+    <w:rsid w:val="00A33CCC"/>
+    <w:rsid w:val="00A33E10"/>
+    <w:rsid w:val="00A344AF"/>
+    <w:rsid w:val="00A34C21"/>
+    <w:rsid w:val="00A34D1D"/>
+    <w:rsid w:val="00A356AA"/>
+    <w:rsid w:val="00A357B5"/>
+    <w:rsid w:val="00A37388"/>
+    <w:rsid w:val="00A37890"/>
+    <w:rsid w:val="00A37FBA"/>
+    <w:rsid w:val="00A402FE"/>
+    <w:rsid w:val="00A40D66"/>
+    <w:rsid w:val="00A4123D"/>
+    <w:rsid w:val="00A41909"/>
+    <w:rsid w:val="00A42A69"/>
+    <w:rsid w:val="00A42C80"/>
+    <w:rsid w:val="00A430AA"/>
+    <w:rsid w:val="00A43341"/>
+    <w:rsid w:val="00A443E0"/>
+    <w:rsid w:val="00A44D2A"/>
+    <w:rsid w:val="00A4520B"/>
+    <w:rsid w:val="00A4529C"/>
+    <w:rsid w:val="00A458CF"/>
+    <w:rsid w:val="00A45CB5"/>
+    <w:rsid w:val="00A462B4"/>
+    <w:rsid w:val="00A4739A"/>
+    <w:rsid w:val="00A47446"/>
+    <w:rsid w:val="00A47CF2"/>
+    <w:rsid w:val="00A50D82"/>
+    <w:rsid w:val="00A5117B"/>
+    <w:rsid w:val="00A51566"/>
+    <w:rsid w:val="00A5198F"/>
+    <w:rsid w:val="00A522DB"/>
+    <w:rsid w:val="00A5265C"/>
+    <w:rsid w:val="00A52D1D"/>
+    <w:rsid w:val="00A54C48"/>
+    <w:rsid w:val="00A551AB"/>
+    <w:rsid w:val="00A556EB"/>
+    <w:rsid w:val="00A55B64"/>
+    <w:rsid w:val="00A5604E"/>
+    <w:rsid w:val="00A5670E"/>
+    <w:rsid w:val="00A573DD"/>
+    <w:rsid w:val="00A57830"/>
+    <w:rsid w:val="00A60A77"/>
+    <w:rsid w:val="00A60C50"/>
+    <w:rsid w:val="00A6110E"/>
+    <w:rsid w:val="00A61114"/>
+    <w:rsid w:val="00A61573"/>
+    <w:rsid w:val="00A61A2A"/>
+    <w:rsid w:val="00A62840"/>
+    <w:rsid w:val="00A62F39"/>
+    <w:rsid w:val="00A63FA8"/>
+    <w:rsid w:val="00A64BE2"/>
+    <w:rsid w:val="00A66542"/>
+    <w:rsid w:val="00A66868"/>
+    <w:rsid w:val="00A66A02"/>
+    <w:rsid w:val="00A706FA"/>
+    <w:rsid w:val="00A720F4"/>
+    <w:rsid w:val="00A72B6D"/>
+    <w:rsid w:val="00A73620"/>
+    <w:rsid w:val="00A75C5C"/>
+    <w:rsid w:val="00A75E24"/>
+    <w:rsid w:val="00A761DA"/>
+    <w:rsid w:val="00A7639F"/>
+    <w:rsid w:val="00A76409"/>
+    <w:rsid w:val="00A76521"/>
+    <w:rsid w:val="00A7680E"/>
+    <w:rsid w:val="00A76ABF"/>
+    <w:rsid w:val="00A77528"/>
+    <w:rsid w:val="00A80192"/>
+    <w:rsid w:val="00A812D6"/>
+    <w:rsid w:val="00A8186B"/>
+    <w:rsid w:val="00A81A90"/>
+    <w:rsid w:val="00A8395A"/>
+    <w:rsid w:val="00A83AA6"/>
+    <w:rsid w:val="00A83D29"/>
+    <w:rsid w:val="00A843EE"/>
+    <w:rsid w:val="00A84531"/>
+    <w:rsid w:val="00A84813"/>
+    <w:rsid w:val="00A84C6F"/>
+    <w:rsid w:val="00A853C3"/>
+    <w:rsid w:val="00A854F4"/>
+    <w:rsid w:val="00A863A3"/>
+    <w:rsid w:val="00A8692D"/>
+    <w:rsid w:val="00A90742"/>
+    <w:rsid w:val="00A907F3"/>
+    <w:rsid w:val="00A90863"/>
+    <w:rsid w:val="00A90AA4"/>
+    <w:rsid w:val="00A90B3F"/>
+    <w:rsid w:val="00A92027"/>
+    <w:rsid w:val="00A924B9"/>
+    <w:rsid w:val="00A925C2"/>
+    <w:rsid w:val="00A92731"/>
+    <w:rsid w:val="00A9289E"/>
+    <w:rsid w:val="00A93044"/>
+    <w:rsid w:val="00A9322E"/>
+    <w:rsid w:val="00A93B23"/>
+    <w:rsid w:val="00A9423C"/>
+    <w:rsid w:val="00A94244"/>
+    <w:rsid w:val="00A94776"/>
+    <w:rsid w:val="00A94A13"/>
+    <w:rsid w:val="00A955E6"/>
+    <w:rsid w:val="00A96A62"/>
+    <w:rsid w:val="00A9793A"/>
+    <w:rsid w:val="00AA03E9"/>
+    <w:rsid w:val="00AA0EEB"/>
+    <w:rsid w:val="00AA1377"/>
+    <w:rsid w:val="00AA149D"/>
+    <w:rsid w:val="00AA14EA"/>
+    <w:rsid w:val="00AA15DF"/>
+    <w:rsid w:val="00AA17CE"/>
+    <w:rsid w:val="00AA1B16"/>
+    <w:rsid w:val="00AA1F26"/>
+    <w:rsid w:val="00AA218F"/>
+    <w:rsid w:val="00AA3B44"/>
+    <w:rsid w:val="00AA3BEE"/>
+    <w:rsid w:val="00AA3E1C"/>
+    <w:rsid w:val="00AA44DF"/>
+    <w:rsid w:val="00AA54A9"/>
+    <w:rsid w:val="00AA5D58"/>
+    <w:rsid w:val="00AA5EAF"/>
+    <w:rsid w:val="00AA66D1"/>
+    <w:rsid w:val="00AA6703"/>
+    <w:rsid w:val="00AA6946"/>
+    <w:rsid w:val="00AA6AE4"/>
+    <w:rsid w:val="00AA6D7C"/>
+    <w:rsid w:val="00AA741E"/>
+    <w:rsid w:val="00AA7A97"/>
+    <w:rsid w:val="00AA7D58"/>
+    <w:rsid w:val="00AB0DE2"/>
+    <w:rsid w:val="00AB0EF8"/>
+    <w:rsid w:val="00AB1490"/>
+    <w:rsid w:val="00AB1781"/>
+    <w:rsid w:val="00AB1B9F"/>
+    <w:rsid w:val="00AB2C8D"/>
+    <w:rsid w:val="00AB4459"/>
+    <w:rsid w:val="00AB5562"/>
+    <w:rsid w:val="00AB584C"/>
+    <w:rsid w:val="00AB59A0"/>
+    <w:rsid w:val="00AB6587"/>
+    <w:rsid w:val="00AB69E3"/>
+    <w:rsid w:val="00AB776D"/>
+    <w:rsid w:val="00AC055F"/>
+    <w:rsid w:val="00AC074F"/>
+    <w:rsid w:val="00AC1991"/>
+    <w:rsid w:val="00AC1A60"/>
+    <w:rsid w:val="00AC1BD5"/>
+    <w:rsid w:val="00AC2961"/>
+    <w:rsid w:val="00AC41D0"/>
+    <w:rsid w:val="00AC4980"/>
+    <w:rsid w:val="00AC4AD1"/>
+    <w:rsid w:val="00AC5171"/>
+    <w:rsid w:val="00AC60C8"/>
+    <w:rsid w:val="00AC61EB"/>
+    <w:rsid w:val="00AC68D0"/>
+    <w:rsid w:val="00AC7C86"/>
+    <w:rsid w:val="00AC7D50"/>
+    <w:rsid w:val="00AD030F"/>
+    <w:rsid w:val="00AD0633"/>
+    <w:rsid w:val="00AD0ACE"/>
+    <w:rsid w:val="00AD0DD3"/>
+    <w:rsid w:val="00AD0F51"/>
+    <w:rsid w:val="00AD13DF"/>
+    <w:rsid w:val="00AD289C"/>
+    <w:rsid w:val="00AD33F3"/>
+    <w:rsid w:val="00AD4158"/>
+    <w:rsid w:val="00AD44E1"/>
+    <w:rsid w:val="00AD48B6"/>
+    <w:rsid w:val="00AD4A43"/>
+    <w:rsid w:val="00AD4ACE"/>
+    <w:rsid w:val="00AD4CB7"/>
+    <w:rsid w:val="00AD4DD0"/>
+    <w:rsid w:val="00AD50A6"/>
+    <w:rsid w:val="00AD517E"/>
+    <w:rsid w:val="00AD5A6E"/>
+    <w:rsid w:val="00AD6DF8"/>
+    <w:rsid w:val="00AD6ECB"/>
+    <w:rsid w:val="00AD6FF6"/>
+    <w:rsid w:val="00AD77F6"/>
+    <w:rsid w:val="00AD7881"/>
+    <w:rsid w:val="00AE073E"/>
+    <w:rsid w:val="00AE13C2"/>
+    <w:rsid w:val="00AE15F8"/>
+    <w:rsid w:val="00AE2039"/>
+    <w:rsid w:val="00AE25D8"/>
+    <w:rsid w:val="00AE26D5"/>
+    <w:rsid w:val="00AE2AA9"/>
+    <w:rsid w:val="00AE34B7"/>
+    <w:rsid w:val="00AE3772"/>
+    <w:rsid w:val="00AE412D"/>
+    <w:rsid w:val="00AE42F8"/>
+    <w:rsid w:val="00AE4C3D"/>
+    <w:rsid w:val="00AE4F6D"/>
+    <w:rsid w:val="00AE51C0"/>
+    <w:rsid w:val="00AE52E9"/>
+    <w:rsid w:val="00AE5962"/>
+    <w:rsid w:val="00AE70F3"/>
+    <w:rsid w:val="00AE7CE3"/>
+    <w:rsid w:val="00AE7F45"/>
+    <w:rsid w:val="00AF0DAA"/>
+    <w:rsid w:val="00AF1164"/>
+    <w:rsid w:val="00AF2C91"/>
+    <w:rsid w:val="00AF2D8F"/>
+    <w:rsid w:val="00AF34A3"/>
+    <w:rsid w:val="00AF36F8"/>
+    <w:rsid w:val="00AF386F"/>
+    <w:rsid w:val="00AF3928"/>
+    <w:rsid w:val="00AF3B1D"/>
+    <w:rsid w:val="00AF3C3C"/>
+    <w:rsid w:val="00AF3F96"/>
+    <w:rsid w:val="00AF475C"/>
+    <w:rsid w:val="00AF49E4"/>
+    <w:rsid w:val="00AF544B"/>
+    <w:rsid w:val="00AF5CDD"/>
+    <w:rsid w:val="00AF5FB5"/>
+    <w:rsid w:val="00AF6742"/>
+    <w:rsid w:val="00AF6D1E"/>
+    <w:rsid w:val="00AF70AA"/>
+    <w:rsid w:val="00AF73D1"/>
+    <w:rsid w:val="00AF7DE6"/>
+    <w:rsid w:val="00AF7FE2"/>
+    <w:rsid w:val="00B009A3"/>
+    <w:rsid w:val="00B00FB5"/>
+    <w:rsid w:val="00B0143B"/>
+    <w:rsid w:val="00B03360"/>
+    <w:rsid w:val="00B033EA"/>
+    <w:rsid w:val="00B04003"/>
+    <w:rsid w:val="00B0401C"/>
+    <w:rsid w:val="00B0560A"/>
+    <w:rsid w:val="00B06CA4"/>
+    <w:rsid w:val="00B10849"/>
+    <w:rsid w:val="00B10BC0"/>
+    <w:rsid w:val="00B10BCD"/>
+    <w:rsid w:val="00B11416"/>
+    <w:rsid w:val="00B114B1"/>
+    <w:rsid w:val="00B115DA"/>
+    <w:rsid w:val="00B11D8D"/>
+    <w:rsid w:val="00B11E88"/>
+    <w:rsid w:val="00B139A3"/>
+    <w:rsid w:val="00B14AB3"/>
+    <w:rsid w:val="00B15271"/>
+    <w:rsid w:val="00B15688"/>
+    <w:rsid w:val="00B15CEE"/>
+    <w:rsid w:val="00B1627B"/>
+    <w:rsid w:val="00B162B0"/>
+    <w:rsid w:val="00B16F9A"/>
+    <w:rsid w:val="00B17475"/>
+    <w:rsid w:val="00B20C79"/>
+    <w:rsid w:val="00B22392"/>
+    <w:rsid w:val="00B223CB"/>
+    <w:rsid w:val="00B23B3E"/>
+    <w:rsid w:val="00B247F5"/>
+    <w:rsid w:val="00B25EFD"/>
+    <w:rsid w:val="00B263CE"/>
+    <w:rsid w:val="00B266A8"/>
+    <w:rsid w:val="00B268C8"/>
+    <w:rsid w:val="00B268ED"/>
+    <w:rsid w:val="00B277B5"/>
+    <w:rsid w:val="00B27A52"/>
+    <w:rsid w:val="00B27C79"/>
+    <w:rsid w:val="00B30481"/>
+    <w:rsid w:val="00B30A51"/>
+    <w:rsid w:val="00B31815"/>
+    <w:rsid w:val="00B31BE4"/>
+    <w:rsid w:val="00B32AFB"/>
+    <w:rsid w:val="00B32B75"/>
+    <w:rsid w:val="00B32DB7"/>
+    <w:rsid w:val="00B34588"/>
+    <w:rsid w:val="00B352B9"/>
+    <w:rsid w:val="00B35CF7"/>
+    <w:rsid w:val="00B36E45"/>
+    <w:rsid w:val="00B3727E"/>
+    <w:rsid w:val="00B379E5"/>
+    <w:rsid w:val="00B37B01"/>
+    <w:rsid w:val="00B37ED1"/>
+    <w:rsid w:val="00B40168"/>
+    <w:rsid w:val="00B40DB5"/>
+    <w:rsid w:val="00B41441"/>
+    <w:rsid w:val="00B4163F"/>
+    <w:rsid w:val="00B4193A"/>
+    <w:rsid w:val="00B41A01"/>
+    <w:rsid w:val="00B41E91"/>
+    <w:rsid w:val="00B42062"/>
+    <w:rsid w:val="00B42213"/>
+    <w:rsid w:val="00B42952"/>
+    <w:rsid w:val="00B43056"/>
+    <w:rsid w:val="00B4318F"/>
+    <w:rsid w:val="00B45AC5"/>
+    <w:rsid w:val="00B4602C"/>
+    <w:rsid w:val="00B4698B"/>
+    <w:rsid w:val="00B46EDC"/>
+    <w:rsid w:val="00B4766B"/>
+    <w:rsid w:val="00B47CBD"/>
+    <w:rsid w:val="00B5010B"/>
+    <w:rsid w:val="00B50300"/>
+    <w:rsid w:val="00B50C44"/>
+    <w:rsid w:val="00B51E38"/>
+    <w:rsid w:val="00B5249F"/>
+    <w:rsid w:val="00B5267D"/>
+    <w:rsid w:val="00B53024"/>
+    <w:rsid w:val="00B5318D"/>
+    <w:rsid w:val="00B53E4D"/>
+    <w:rsid w:val="00B541B9"/>
+    <w:rsid w:val="00B550E1"/>
+    <w:rsid w:val="00B55A89"/>
+    <w:rsid w:val="00B561FC"/>
+    <w:rsid w:val="00B5684B"/>
+    <w:rsid w:val="00B56E5E"/>
+    <w:rsid w:val="00B571F5"/>
+    <w:rsid w:val="00B60267"/>
+    <w:rsid w:val="00B603A9"/>
+    <w:rsid w:val="00B60464"/>
+    <w:rsid w:val="00B6140C"/>
+    <w:rsid w:val="00B619B0"/>
+    <w:rsid w:val="00B62023"/>
+    <w:rsid w:val="00B6254D"/>
+    <w:rsid w:val="00B633BF"/>
+    <w:rsid w:val="00B63A01"/>
+    <w:rsid w:val="00B6412E"/>
+    <w:rsid w:val="00B6450C"/>
+    <w:rsid w:val="00B65703"/>
+    <w:rsid w:val="00B657F6"/>
+    <w:rsid w:val="00B65C62"/>
+    <w:rsid w:val="00B665CE"/>
+    <w:rsid w:val="00B66750"/>
+    <w:rsid w:val="00B67A6F"/>
+    <w:rsid w:val="00B71CCA"/>
+    <w:rsid w:val="00B72AFF"/>
+    <w:rsid w:val="00B73717"/>
+    <w:rsid w:val="00B73A8D"/>
+    <w:rsid w:val="00B740FD"/>
+    <w:rsid w:val="00B75A24"/>
+    <w:rsid w:val="00B75AC5"/>
+    <w:rsid w:val="00B75D9C"/>
+    <w:rsid w:val="00B75F34"/>
+    <w:rsid w:val="00B77437"/>
+    <w:rsid w:val="00B80033"/>
+    <w:rsid w:val="00B80956"/>
+    <w:rsid w:val="00B80B9C"/>
+    <w:rsid w:val="00B81B62"/>
+    <w:rsid w:val="00B82E8B"/>
+    <w:rsid w:val="00B8322A"/>
+    <w:rsid w:val="00B83691"/>
+    <w:rsid w:val="00B8437D"/>
+    <w:rsid w:val="00B84C2F"/>
+    <w:rsid w:val="00B84FD5"/>
+    <w:rsid w:val="00B85C7F"/>
+    <w:rsid w:val="00B86983"/>
+    <w:rsid w:val="00B86F7A"/>
+    <w:rsid w:val="00B87112"/>
+    <w:rsid w:val="00B87279"/>
+    <w:rsid w:val="00B87401"/>
+    <w:rsid w:val="00B87BC8"/>
+    <w:rsid w:val="00B90164"/>
+    <w:rsid w:val="00B90629"/>
+    <w:rsid w:val="00B90858"/>
+    <w:rsid w:val="00B92262"/>
+    <w:rsid w:val="00B937A4"/>
+    <w:rsid w:val="00B93BED"/>
+    <w:rsid w:val="00B94305"/>
+    <w:rsid w:val="00B961B2"/>
+    <w:rsid w:val="00B9729B"/>
+    <w:rsid w:val="00BA0479"/>
+    <w:rsid w:val="00BA067E"/>
+    <w:rsid w:val="00BA092B"/>
+    <w:rsid w:val="00BA0C49"/>
+    <w:rsid w:val="00BA13EE"/>
+    <w:rsid w:val="00BA1685"/>
+    <w:rsid w:val="00BA1CC6"/>
+    <w:rsid w:val="00BA21CC"/>
+    <w:rsid w:val="00BA2372"/>
+    <w:rsid w:val="00BA2379"/>
+    <w:rsid w:val="00BA2397"/>
+    <w:rsid w:val="00BA37BF"/>
+    <w:rsid w:val="00BA4365"/>
+    <w:rsid w:val="00BA4A78"/>
+    <w:rsid w:val="00BA4AEF"/>
+    <w:rsid w:val="00BA4B40"/>
+    <w:rsid w:val="00BA4DA7"/>
+    <w:rsid w:val="00BA56E4"/>
+    <w:rsid w:val="00BA6658"/>
+    <w:rsid w:val="00BA6E21"/>
+    <w:rsid w:val="00BA7A15"/>
+    <w:rsid w:val="00BB02D9"/>
+    <w:rsid w:val="00BB0D9F"/>
+    <w:rsid w:val="00BB19DE"/>
+    <w:rsid w:val="00BB2564"/>
+    <w:rsid w:val="00BB339B"/>
+    <w:rsid w:val="00BB3C6D"/>
+    <w:rsid w:val="00BB4389"/>
+    <w:rsid w:val="00BB461C"/>
+    <w:rsid w:val="00BB49A3"/>
+    <w:rsid w:val="00BB4E5F"/>
+    <w:rsid w:val="00BB4ED9"/>
+    <w:rsid w:val="00BB4FE0"/>
+    <w:rsid w:val="00BB563D"/>
+    <w:rsid w:val="00BB5E3F"/>
+    <w:rsid w:val="00BB5E7E"/>
+    <w:rsid w:val="00BB627C"/>
+    <w:rsid w:val="00BB6290"/>
+    <w:rsid w:val="00BB6984"/>
+    <w:rsid w:val="00BB6B94"/>
+    <w:rsid w:val="00BB6CBA"/>
+    <w:rsid w:val="00BB6F19"/>
+    <w:rsid w:val="00BB7811"/>
+    <w:rsid w:val="00BB7CFB"/>
+    <w:rsid w:val="00BC0411"/>
+    <w:rsid w:val="00BC0809"/>
+    <w:rsid w:val="00BC1BA7"/>
+    <w:rsid w:val="00BC1C9A"/>
+    <w:rsid w:val="00BC2855"/>
+    <w:rsid w:val="00BC2F38"/>
+    <w:rsid w:val="00BC2F8D"/>
+    <w:rsid w:val="00BC36A6"/>
+    <w:rsid w:val="00BC4148"/>
+    <w:rsid w:val="00BC5A46"/>
+    <w:rsid w:val="00BC5D96"/>
+    <w:rsid w:val="00BC6B47"/>
+    <w:rsid w:val="00BC7E3A"/>
+    <w:rsid w:val="00BD0B58"/>
+    <w:rsid w:val="00BD1643"/>
+    <w:rsid w:val="00BD1A87"/>
+    <w:rsid w:val="00BD1F71"/>
+    <w:rsid w:val="00BD286F"/>
+    <w:rsid w:val="00BD2AA2"/>
+    <w:rsid w:val="00BD37A7"/>
+    <w:rsid w:val="00BD3F99"/>
+    <w:rsid w:val="00BD4024"/>
+    <w:rsid w:val="00BD42F6"/>
+    <w:rsid w:val="00BD48C8"/>
+    <w:rsid w:val="00BD4BF1"/>
+    <w:rsid w:val="00BD4E84"/>
+    <w:rsid w:val="00BD57BD"/>
+    <w:rsid w:val="00BD5C18"/>
+    <w:rsid w:val="00BD6851"/>
+    <w:rsid w:val="00BD79E2"/>
+    <w:rsid w:val="00BD7A24"/>
+    <w:rsid w:val="00BD7FD0"/>
+    <w:rsid w:val="00BE0A03"/>
+    <w:rsid w:val="00BE1264"/>
+    <w:rsid w:val="00BE1330"/>
+    <w:rsid w:val="00BE1C59"/>
+    <w:rsid w:val="00BE1D2F"/>
+    <w:rsid w:val="00BE22EF"/>
+    <w:rsid w:val="00BE33BA"/>
+    <w:rsid w:val="00BE349E"/>
+    <w:rsid w:val="00BE4A5A"/>
+    <w:rsid w:val="00BE55F3"/>
+    <w:rsid w:val="00BE569D"/>
+    <w:rsid w:val="00BE7950"/>
+    <w:rsid w:val="00BF04C3"/>
+    <w:rsid w:val="00BF09EC"/>
+    <w:rsid w:val="00BF12B8"/>
+    <w:rsid w:val="00BF138C"/>
+    <w:rsid w:val="00BF1466"/>
+    <w:rsid w:val="00BF25DC"/>
+    <w:rsid w:val="00BF25FC"/>
+    <w:rsid w:val="00BF2A3B"/>
+    <w:rsid w:val="00BF2BF8"/>
+    <w:rsid w:val="00BF2D95"/>
+    <w:rsid w:val="00BF32DB"/>
+    <w:rsid w:val="00BF3C2E"/>
+    <w:rsid w:val="00BF3F6C"/>
+    <w:rsid w:val="00BF4217"/>
+    <w:rsid w:val="00BF5000"/>
+    <w:rsid w:val="00BF514F"/>
+    <w:rsid w:val="00BF51FF"/>
+    <w:rsid w:val="00BF620A"/>
+    <w:rsid w:val="00BF65B9"/>
+    <w:rsid w:val="00BF6C7F"/>
+    <w:rsid w:val="00BF6D4C"/>
+    <w:rsid w:val="00BF7DD9"/>
+    <w:rsid w:val="00BF7EBC"/>
+    <w:rsid w:val="00C0056F"/>
+    <w:rsid w:val="00C0076F"/>
+    <w:rsid w:val="00C01099"/>
+    <w:rsid w:val="00C01624"/>
+    <w:rsid w:val="00C01835"/>
+    <w:rsid w:val="00C01B5D"/>
+    <w:rsid w:val="00C02F5A"/>
+    <w:rsid w:val="00C03056"/>
+    <w:rsid w:val="00C0480E"/>
+    <w:rsid w:val="00C04A11"/>
+    <w:rsid w:val="00C05626"/>
+    <w:rsid w:val="00C05EF1"/>
+    <w:rsid w:val="00C05F36"/>
+    <w:rsid w:val="00C06128"/>
+    <w:rsid w:val="00C063A9"/>
+    <w:rsid w:val="00C06586"/>
+    <w:rsid w:val="00C06881"/>
+    <w:rsid w:val="00C06BAD"/>
+    <w:rsid w:val="00C07296"/>
+    <w:rsid w:val="00C07B56"/>
+    <w:rsid w:val="00C07DF0"/>
+    <w:rsid w:val="00C07E07"/>
+    <w:rsid w:val="00C100BE"/>
+    <w:rsid w:val="00C103E9"/>
+    <w:rsid w:val="00C1094F"/>
+    <w:rsid w:val="00C10C7B"/>
+    <w:rsid w:val="00C11024"/>
+    <w:rsid w:val="00C119BF"/>
+    <w:rsid w:val="00C1230A"/>
+    <w:rsid w:val="00C12469"/>
+    <w:rsid w:val="00C1306C"/>
+    <w:rsid w:val="00C1385C"/>
+    <w:rsid w:val="00C13D67"/>
+    <w:rsid w:val="00C146FD"/>
+    <w:rsid w:val="00C14C2D"/>
+    <w:rsid w:val="00C15D47"/>
+    <w:rsid w:val="00C15E26"/>
+    <w:rsid w:val="00C16E20"/>
+    <w:rsid w:val="00C20BB8"/>
+    <w:rsid w:val="00C21745"/>
+    <w:rsid w:val="00C225F6"/>
+    <w:rsid w:val="00C2358D"/>
+    <w:rsid w:val="00C235A7"/>
+    <w:rsid w:val="00C235DF"/>
+    <w:rsid w:val="00C24064"/>
+    <w:rsid w:val="00C24332"/>
+    <w:rsid w:val="00C25560"/>
+    <w:rsid w:val="00C26F49"/>
+    <w:rsid w:val="00C26FFA"/>
+    <w:rsid w:val="00C27EAC"/>
+    <w:rsid w:val="00C30434"/>
+    <w:rsid w:val="00C305B7"/>
+    <w:rsid w:val="00C32590"/>
+    <w:rsid w:val="00C32A22"/>
+    <w:rsid w:val="00C32FCC"/>
+    <w:rsid w:val="00C34150"/>
+    <w:rsid w:val="00C343B9"/>
+    <w:rsid w:val="00C3468B"/>
+    <w:rsid w:val="00C347B5"/>
+    <w:rsid w:val="00C34801"/>
+    <w:rsid w:val="00C36CAB"/>
+    <w:rsid w:val="00C36EFA"/>
+    <w:rsid w:val="00C3706F"/>
+    <w:rsid w:val="00C372AA"/>
+    <w:rsid w:val="00C3781F"/>
+    <w:rsid w:val="00C37EC5"/>
+    <w:rsid w:val="00C40264"/>
+    <w:rsid w:val="00C407F5"/>
+    <w:rsid w:val="00C40B60"/>
+    <w:rsid w:val="00C41AE3"/>
+    <w:rsid w:val="00C41D12"/>
+    <w:rsid w:val="00C42B04"/>
+    <w:rsid w:val="00C42F3E"/>
+    <w:rsid w:val="00C43B70"/>
+    <w:rsid w:val="00C44072"/>
+    <w:rsid w:val="00C45077"/>
+    <w:rsid w:val="00C4522F"/>
+    <w:rsid w:val="00C45876"/>
+    <w:rsid w:val="00C461F7"/>
+    <w:rsid w:val="00C46527"/>
+    <w:rsid w:val="00C46A6A"/>
+    <w:rsid w:val="00C46B95"/>
+    <w:rsid w:val="00C47452"/>
+    <w:rsid w:val="00C4747C"/>
+    <w:rsid w:val="00C477D4"/>
+    <w:rsid w:val="00C506BE"/>
+    <w:rsid w:val="00C506F2"/>
+    <w:rsid w:val="00C50E77"/>
+    <w:rsid w:val="00C51C9A"/>
+    <w:rsid w:val="00C51CF0"/>
+    <w:rsid w:val="00C52B06"/>
+    <w:rsid w:val="00C53889"/>
+    <w:rsid w:val="00C538AA"/>
+    <w:rsid w:val="00C53E32"/>
+    <w:rsid w:val="00C543AA"/>
+    <w:rsid w:val="00C5471B"/>
+    <w:rsid w:val="00C54A2B"/>
+    <w:rsid w:val="00C54BD7"/>
+    <w:rsid w:val="00C54E0D"/>
+    <w:rsid w:val="00C55423"/>
+    <w:rsid w:val="00C57744"/>
+    <w:rsid w:val="00C578A1"/>
+    <w:rsid w:val="00C607D0"/>
+    <w:rsid w:val="00C635D6"/>
+    <w:rsid w:val="00C646CD"/>
+    <w:rsid w:val="00C6471F"/>
+    <w:rsid w:val="00C6503A"/>
+    <w:rsid w:val="00C654AA"/>
+    <w:rsid w:val="00C65EF7"/>
+    <w:rsid w:val="00C66265"/>
+    <w:rsid w:val="00C66402"/>
+    <w:rsid w:val="00C669FD"/>
+    <w:rsid w:val="00C672E7"/>
+    <w:rsid w:val="00C67D37"/>
+    <w:rsid w:val="00C700A1"/>
+    <w:rsid w:val="00C70E4C"/>
+    <w:rsid w:val="00C71585"/>
+    <w:rsid w:val="00C715BB"/>
+    <w:rsid w:val="00C72359"/>
+    <w:rsid w:val="00C72755"/>
+    <w:rsid w:val="00C72849"/>
+    <w:rsid w:val="00C7330B"/>
+    <w:rsid w:val="00C7413C"/>
+    <w:rsid w:val="00C74D4E"/>
+    <w:rsid w:val="00C75B61"/>
+    <w:rsid w:val="00C76383"/>
+    <w:rsid w:val="00C76BFA"/>
+    <w:rsid w:val="00C76F76"/>
+    <w:rsid w:val="00C77505"/>
+    <w:rsid w:val="00C778FB"/>
+    <w:rsid w:val="00C80F97"/>
+    <w:rsid w:val="00C818D5"/>
+    <w:rsid w:val="00C83545"/>
+    <w:rsid w:val="00C83F89"/>
+    <w:rsid w:val="00C84CED"/>
+    <w:rsid w:val="00C858BD"/>
+    <w:rsid w:val="00C86038"/>
+    <w:rsid w:val="00C86C4D"/>
+    <w:rsid w:val="00C8767C"/>
+    <w:rsid w:val="00C8775E"/>
+    <w:rsid w:val="00C87BB8"/>
+    <w:rsid w:val="00C90F41"/>
+    <w:rsid w:val="00C91179"/>
+    <w:rsid w:val="00C91307"/>
+    <w:rsid w:val="00C91A51"/>
+    <w:rsid w:val="00C91C73"/>
+    <w:rsid w:val="00C9216A"/>
+    <w:rsid w:val="00C9298C"/>
+    <w:rsid w:val="00C92D0B"/>
+    <w:rsid w:val="00C92FD4"/>
+    <w:rsid w:val="00C93C50"/>
+    <w:rsid w:val="00C93FB6"/>
+    <w:rsid w:val="00C944D8"/>
+    <w:rsid w:val="00C947C7"/>
+    <w:rsid w:val="00C96E88"/>
+    <w:rsid w:val="00C970DC"/>
+    <w:rsid w:val="00C97680"/>
+    <w:rsid w:val="00CA0586"/>
+    <w:rsid w:val="00CA0877"/>
+    <w:rsid w:val="00CA0E04"/>
+    <w:rsid w:val="00CA0F9B"/>
+    <w:rsid w:val="00CA1015"/>
+    <w:rsid w:val="00CA10D0"/>
+    <w:rsid w:val="00CA1B5A"/>
+    <w:rsid w:val="00CA1EB4"/>
+    <w:rsid w:val="00CA209A"/>
+    <w:rsid w:val="00CA28FF"/>
+    <w:rsid w:val="00CA343F"/>
+    <w:rsid w:val="00CA35C2"/>
+    <w:rsid w:val="00CA35F8"/>
+    <w:rsid w:val="00CA3BA8"/>
+    <w:rsid w:val="00CA3E21"/>
+    <w:rsid w:val="00CA4042"/>
+    <w:rsid w:val="00CA4361"/>
+    <w:rsid w:val="00CA4ACE"/>
+    <w:rsid w:val="00CA5602"/>
+    <w:rsid w:val="00CA5A38"/>
+    <w:rsid w:val="00CA5B62"/>
+    <w:rsid w:val="00CA61DA"/>
+    <w:rsid w:val="00CA65C3"/>
+    <w:rsid w:val="00CA7388"/>
+    <w:rsid w:val="00CB0FD6"/>
+    <w:rsid w:val="00CB2644"/>
+    <w:rsid w:val="00CB4451"/>
+    <w:rsid w:val="00CB4AD8"/>
+    <w:rsid w:val="00CB4FDE"/>
+    <w:rsid w:val="00CB5640"/>
+    <w:rsid w:val="00CB5661"/>
+    <w:rsid w:val="00CB5C27"/>
+    <w:rsid w:val="00CB5DBD"/>
+    <w:rsid w:val="00CB6742"/>
+    <w:rsid w:val="00CB6A0D"/>
+    <w:rsid w:val="00CB6DB3"/>
+    <w:rsid w:val="00CB7FFC"/>
+    <w:rsid w:val="00CC0800"/>
+    <w:rsid w:val="00CC0ADD"/>
+    <w:rsid w:val="00CC1E12"/>
+    <w:rsid w:val="00CC2107"/>
+    <w:rsid w:val="00CC2F2B"/>
+    <w:rsid w:val="00CC31B9"/>
+    <w:rsid w:val="00CC3AC1"/>
+    <w:rsid w:val="00CC4B50"/>
+    <w:rsid w:val="00CC566D"/>
+    <w:rsid w:val="00CC587C"/>
+    <w:rsid w:val="00CC5F6F"/>
+    <w:rsid w:val="00CC6389"/>
+    <w:rsid w:val="00CC6960"/>
+    <w:rsid w:val="00CC6CE5"/>
+    <w:rsid w:val="00CC7459"/>
+    <w:rsid w:val="00CC7467"/>
+    <w:rsid w:val="00CC77AA"/>
+    <w:rsid w:val="00CC7C19"/>
+    <w:rsid w:val="00CD0A16"/>
+    <w:rsid w:val="00CD1357"/>
+    <w:rsid w:val="00CD144A"/>
+    <w:rsid w:val="00CD1610"/>
+    <w:rsid w:val="00CD1A4B"/>
+    <w:rsid w:val="00CD1CCE"/>
+    <w:rsid w:val="00CD2B3D"/>
+    <w:rsid w:val="00CD369B"/>
+    <w:rsid w:val="00CD380B"/>
+    <w:rsid w:val="00CD3949"/>
+    <w:rsid w:val="00CD3AE6"/>
+    <w:rsid w:val="00CD3B16"/>
+    <w:rsid w:val="00CD4721"/>
+    <w:rsid w:val="00CD4DC9"/>
+    <w:rsid w:val="00CD4E5C"/>
+    <w:rsid w:val="00CD5855"/>
+    <w:rsid w:val="00CD5A5C"/>
+    <w:rsid w:val="00CD5C95"/>
+    <w:rsid w:val="00CD694D"/>
+    <w:rsid w:val="00CD6D73"/>
+    <w:rsid w:val="00CD7B89"/>
+    <w:rsid w:val="00CE029B"/>
+    <w:rsid w:val="00CE0691"/>
+    <w:rsid w:val="00CE08B7"/>
+    <w:rsid w:val="00CE0A3C"/>
+    <w:rsid w:val="00CE0B5D"/>
+    <w:rsid w:val="00CE10CC"/>
+    <w:rsid w:val="00CE1AB6"/>
+    <w:rsid w:val="00CE1C5F"/>
+    <w:rsid w:val="00CE1CEC"/>
+    <w:rsid w:val="00CE1EF0"/>
+    <w:rsid w:val="00CE285E"/>
+    <w:rsid w:val="00CE2A15"/>
+    <w:rsid w:val="00CE350B"/>
+    <w:rsid w:val="00CE48C2"/>
+    <w:rsid w:val="00CE4CC5"/>
+    <w:rsid w:val="00CE4ECC"/>
+    <w:rsid w:val="00CE4F9A"/>
+    <w:rsid w:val="00CE4FE9"/>
+    <w:rsid w:val="00CE547B"/>
+    <w:rsid w:val="00CE68DD"/>
+    <w:rsid w:val="00CF087F"/>
+    <w:rsid w:val="00CF130F"/>
+    <w:rsid w:val="00CF2149"/>
+    <w:rsid w:val="00CF2398"/>
+    <w:rsid w:val="00CF3874"/>
+    <w:rsid w:val="00CF3B16"/>
+    <w:rsid w:val="00CF3C4A"/>
+    <w:rsid w:val="00CF4994"/>
+    <w:rsid w:val="00CF4A9E"/>
+    <w:rsid w:val="00CF4D6C"/>
+    <w:rsid w:val="00CF5580"/>
+    <w:rsid w:val="00CF566A"/>
+    <w:rsid w:val="00CF5991"/>
+    <w:rsid w:val="00CF64F3"/>
+    <w:rsid w:val="00CF7C9D"/>
+    <w:rsid w:val="00D016F8"/>
+    <w:rsid w:val="00D01BA0"/>
+    <w:rsid w:val="00D01FD9"/>
+    <w:rsid w:val="00D02098"/>
+    <w:rsid w:val="00D02269"/>
+    <w:rsid w:val="00D0293A"/>
+    <w:rsid w:val="00D02B2D"/>
+    <w:rsid w:val="00D0329C"/>
+    <w:rsid w:val="00D0371B"/>
+    <w:rsid w:val="00D03B46"/>
+    <w:rsid w:val="00D043F7"/>
+    <w:rsid w:val="00D059DE"/>
+    <w:rsid w:val="00D060CE"/>
+    <w:rsid w:val="00D060D0"/>
+    <w:rsid w:val="00D06B60"/>
+    <w:rsid w:val="00D0737D"/>
+    <w:rsid w:val="00D07413"/>
+    <w:rsid w:val="00D07D42"/>
+    <w:rsid w:val="00D07F20"/>
+    <w:rsid w:val="00D10A18"/>
+    <w:rsid w:val="00D12D35"/>
+    <w:rsid w:val="00D131A5"/>
+    <w:rsid w:val="00D1349E"/>
+    <w:rsid w:val="00D13731"/>
+    <w:rsid w:val="00D138EC"/>
+    <w:rsid w:val="00D13CB4"/>
+    <w:rsid w:val="00D1416B"/>
+    <w:rsid w:val="00D14423"/>
+    <w:rsid w:val="00D14E6C"/>
+    <w:rsid w:val="00D15455"/>
+    <w:rsid w:val="00D154D8"/>
+    <w:rsid w:val="00D154E4"/>
+    <w:rsid w:val="00D15521"/>
+    <w:rsid w:val="00D17748"/>
+    <w:rsid w:val="00D17DD6"/>
+    <w:rsid w:val="00D2079B"/>
+    <w:rsid w:val="00D215C2"/>
+    <w:rsid w:val="00D215E8"/>
+    <w:rsid w:val="00D21BB5"/>
+    <w:rsid w:val="00D21E70"/>
+    <w:rsid w:val="00D220EF"/>
+    <w:rsid w:val="00D22235"/>
+    <w:rsid w:val="00D22830"/>
+    <w:rsid w:val="00D22F04"/>
+    <w:rsid w:val="00D23026"/>
+    <w:rsid w:val="00D23035"/>
+    <w:rsid w:val="00D233AF"/>
+    <w:rsid w:val="00D23D34"/>
+    <w:rsid w:val="00D24863"/>
+    <w:rsid w:val="00D249D4"/>
+    <w:rsid w:val="00D26824"/>
+    <w:rsid w:val="00D26EDB"/>
+    <w:rsid w:val="00D27D29"/>
+    <w:rsid w:val="00D3044B"/>
+    <w:rsid w:val="00D306F7"/>
+    <w:rsid w:val="00D307D5"/>
+    <w:rsid w:val="00D30E30"/>
+    <w:rsid w:val="00D32275"/>
+    <w:rsid w:val="00D32914"/>
+    <w:rsid w:val="00D32CC1"/>
+    <w:rsid w:val="00D32F6B"/>
+    <w:rsid w:val="00D3401C"/>
+    <w:rsid w:val="00D34050"/>
+    <w:rsid w:val="00D34105"/>
+    <w:rsid w:val="00D34734"/>
+    <w:rsid w:val="00D34ED6"/>
+    <w:rsid w:val="00D360AD"/>
+    <w:rsid w:val="00D3618F"/>
+    <w:rsid w:val="00D365F1"/>
+    <w:rsid w:val="00D36AEB"/>
+    <w:rsid w:val="00D36D49"/>
+    <w:rsid w:val="00D376ED"/>
+    <w:rsid w:val="00D37A9C"/>
+    <w:rsid w:val="00D4100A"/>
+    <w:rsid w:val="00D415D4"/>
+    <w:rsid w:val="00D4181C"/>
+    <w:rsid w:val="00D43073"/>
+    <w:rsid w:val="00D434C3"/>
+    <w:rsid w:val="00D437BC"/>
+    <w:rsid w:val="00D44008"/>
+    <w:rsid w:val="00D445A3"/>
+    <w:rsid w:val="00D4464E"/>
+    <w:rsid w:val="00D447AD"/>
+    <w:rsid w:val="00D4537A"/>
+    <w:rsid w:val="00D4559B"/>
+    <w:rsid w:val="00D4613D"/>
+    <w:rsid w:val="00D46BD0"/>
+    <w:rsid w:val="00D471CA"/>
+    <w:rsid w:val="00D473D6"/>
+    <w:rsid w:val="00D50212"/>
+    <w:rsid w:val="00D513FD"/>
+    <w:rsid w:val="00D526AE"/>
+    <w:rsid w:val="00D52D18"/>
+    <w:rsid w:val="00D530C9"/>
+    <w:rsid w:val="00D53632"/>
+    <w:rsid w:val="00D54A6A"/>
+    <w:rsid w:val="00D54ED4"/>
+    <w:rsid w:val="00D551A3"/>
+    <w:rsid w:val="00D554D0"/>
+    <w:rsid w:val="00D55617"/>
+    <w:rsid w:val="00D55EEB"/>
+    <w:rsid w:val="00D560B5"/>
+    <w:rsid w:val="00D562C4"/>
+    <w:rsid w:val="00D56AE8"/>
+    <w:rsid w:val="00D5766E"/>
+    <w:rsid w:val="00D576A9"/>
+    <w:rsid w:val="00D5785F"/>
+    <w:rsid w:val="00D57945"/>
+    <w:rsid w:val="00D57A6D"/>
+    <w:rsid w:val="00D57AE3"/>
+    <w:rsid w:val="00D613FF"/>
+    <w:rsid w:val="00D618AC"/>
+    <w:rsid w:val="00D621C3"/>
+    <w:rsid w:val="00D62928"/>
+    <w:rsid w:val="00D62CDA"/>
+    <w:rsid w:val="00D636C0"/>
+    <w:rsid w:val="00D6388C"/>
+    <w:rsid w:val="00D6459F"/>
+    <w:rsid w:val="00D64B08"/>
+    <w:rsid w:val="00D64D36"/>
+    <w:rsid w:val="00D650BD"/>
+    <w:rsid w:val="00D65FD0"/>
+    <w:rsid w:val="00D66017"/>
+    <w:rsid w:val="00D66A29"/>
+    <w:rsid w:val="00D67497"/>
+    <w:rsid w:val="00D67CA9"/>
+    <w:rsid w:val="00D702E1"/>
+    <w:rsid w:val="00D70615"/>
+    <w:rsid w:val="00D70E1A"/>
+    <w:rsid w:val="00D71472"/>
+    <w:rsid w:val="00D72302"/>
+    <w:rsid w:val="00D724D1"/>
+    <w:rsid w:val="00D72A62"/>
+    <w:rsid w:val="00D72AA4"/>
+    <w:rsid w:val="00D73693"/>
+    <w:rsid w:val="00D7386C"/>
+    <w:rsid w:val="00D74538"/>
+    <w:rsid w:val="00D74D31"/>
+    <w:rsid w:val="00D75352"/>
+    <w:rsid w:val="00D7547C"/>
+    <w:rsid w:val="00D7634E"/>
+    <w:rsid w:val="00D77194"/>
+    <w:rsid w:val="00D77593"/>
+    <w:rsid w:val="00D8023B"/>
+    <w:rsid w:val="00D80BDF"/>
+    <w:rsid w:val="00D819C6"/>
+    <w:rsid w:val="00D81A32"/>
+    <w:rsid w:val="00D83BF2"/>
+    <w:rsid w:val="00D841F5"/>
+    <w:rsid w:val="00D8426E"/>
+    <w:rsid w:val="00D85B06"/>
+    <w:rsid w:val="00D85E79"/>
+    <w:rsid w:val="00D86643"/>
+    <w:rsid w:val="00D869E5"/>
+    <w:rsid w:val="00D86B72"/>
+    <w:rsid w:val="00D86B80"/>
+    <w:rsid w:val="00D8759F"/>
+    <w:rsid w:val="00D90DC2"/>
+    <w:rsid w:val="00D919E8"/>
+    <w:rsid w:val="00D92840"/>
+    <w:rsid w:val="00D93495"/>
+    <w:rsid w:val="00D93A85"/>
+    <w:rsid w:val="00D93D89"/>
+    <w:rsid w:val="00D94574"/>
+    <w:rsid w:val="00D94D0F"/>
+    <w:rsid w:val="00D954CD"/>
+    <w:rsid w:val="00D95A00"/>
+    <w:rsid w:val="00D95F2E"/>
+    <w:rsid w:val="00D963F6"/>
+    <w:rsid w:val="00D96E5B"/>
+    <w:rsid w:val="00D9761B"/>
+    <w:rsid w:val="00D9782B"/>
+    <w:rsid w:val="00DA03AD"/>
+    <w:rsid w:val="00DA089E"/>
+    <w:rsid w:val="00DA0AFD"/>
+    <w:rsid w:val="00DA1C7B"/>
+    <w:rsid w:val="00DA1C92"/>
+    <w:rsid w:val="00DA252C"/>
+    <w:rsid w:val="00DA388D"/>
+    <w:rsid w:val="00DA4359"/>
+    <w:rsid w:val="00DA49B0"/>
+    <w:rsid w:val="00DA5099"/>
+    <w:rsid w:val="00DA56ED"/>
+    <w:rsid w:val="00DA59D5"/>
+    <w:rsid w:val="00DA5A2C"/>
+    <w:rsid w:val="00DA65E0"/>
+    <w:rsid w:val="00DA6847"/>
+    <w:rsid w:val="00DA6E98"/>
+    <w:rsid w:val="00DA7227"/>
+    <w:rsid w:val="00DA7587"/>
+    <w:rsid w:val="00DA7721"/>
+    <w:rsid w:val="00DA773D"/>
+    <w:rsid w:val="00DA77C7"/>
+    <w:rsid w:val="00DA7C85"/>
+    <w:rsid w:val="00DB0080"/>
+    <w:rsid w:val="00DB039F"/>
+    <w:rsid w:val="00DB108C"/>
+    <w:rsid w:val="00DB10C7"/>
+    <w:rsid w:val="00DB1C40"/>
+    <w:rsid w:val="00DB1CF7"/>
+    <w:rsid w:val="00DB1DEB"/>
+    <w:rsid w:val="00DB218E"/>
+    <w:rsid w:val="00DB2683"/>
+    <w:rsid w:val="00DB3573"/>
+    <w:rsid w:val="00DB39E2"/>
+    <w:rsid w:val="00DB3CB0"/>
+    <w:rsid w:val="00DB4840"/>
+    <w:rsid w:val="00DB5F18"/>
+    <w:rsid w:val="00DB76F7"/>
+    <w:rsid w:val="00DC0086"/>
+    <w:rsid w:val="00DC00F0"/>
+    <w:rsid w:val="00DC02C0"/>
+    <w:rsid w:val="00DC0EF8"/>
+    <w:rsid w:val="00DC181F"/>
+    <w:rsid w:val="00DC1942"/>
+    <w:rsid w:val="00DC1C57"/>
+    <w:rsid w:val="00DC214A"/>
+    <w:rsid w:val="00DC2213"/>
+    <w:rsid w:val="00DC26D2"/>
+    <w:rsid w:val="00DC2EA9"/>
+    <w:rsid w:val="00DC4968"/>
+    <w:rsid w:val="00DC4B7A"/>
+    <w:rsid w:val="00DC56F1"/>
+    <w:rsid w:val="00DC5739"/>
+    <w:rsid w:val="00DC580C"/>
+    <w:rsid w:val="00DC5A6D"/>
+    <w:rsid w:val="00DC5F95"/>
+    <w:rsid w:val="00DC6056"/>
+    <w:rsid w:val="00DC6777"/>
+    <w:rsid w:val="00DC68BA"/>
+    <w:rsid w:val="00DC6C57"/>
+    <w:rsid w:val="00DC7D2A"/>
+    <w:rsid w:val="00DD06E7"/>
+    <w:rsid w:val="00DD090D"/>
+    <w:rsid w:val="00DD11AF"/>
+    <w:rsid w:val="00DD2106"/>
+    <w:rsid w:val="00DD3EAE"/>
+    <w:rsid w:val="00DD44D3"/>
+    <w:rsid w:val="00DD47B5"/>
+    <w:rsid w:val="00DD4C97"/>
+    <w:rsid w:val="00DD5AE2"/>
+    <w:rsid w:val="00DD5DA3"/>
+    <w:rsid w:val="00DD6241"/>
+    <w:rsid w:val="00DD6E46"/>
+    <w:rsid w:val="00DD7C11"/>
+    <w:rsid w:val="00DD7C96"/>
+    <w:rsid w:val="00DE03D3"/>
+    <w:rsid w:val="00DE04F0"/>
+    <w:rsid w:val="00DE0791"/>
+    <w:rsid w:val="00DE0A95"/>
+    <w:rsid w:val="00DE0B03"/>
+    <w:rsid w:val="00DE14C7"/>
+    <w:rsid w:val="00DE16AC"/>
+    <w:rsid w:val="00DE1FD7"/>
+    <w:rsid w:val="00DE2ECE"/>
+    <w:rsid w:val="00DE418C"/>
+    <w:rsid w:val="00DE45FA"/>
+    <w:rsid w:val="00DE48DB"/>
+    <w:rsid w:val="00DE5E7E"/>
+    <w:rsid w:val="00DE645A"/>
+    <w:rsid w:val="00DE6AA3"/>
+    <w:rsid w:val="00DE7E2E"/>
+    <w:rsid w:val="00DF0535"/>
+    <w:rsid w:val="00DF0606"/>
+    <w:rsid w:val="00DF071E"/>
+    <w:rsid w:val="00DF09BF"/>
+    <w:rsid w:val="00DF0D1C"/>
+    <w:rsid w:val="00DF1167"/>
+    <w:rsid w:val="00DF148E"/>
+    <w:rsid w:val="00DF1DBC"/>
+    <w:rsid w:val="00DF1ED8"/>
+    <w:rsid w:val="00DF2A04"/>
+    <w:rsid w:val="00DF32F0"/>
+    <w:rsid w:val="00DF3442"/>
+    <w:rsid w:val="00DF3521"/>
+    <w:rsid w:val="00DF39FC"/>
+    <w:rsid w:val="00DF3CC0"/>
+    <w:rsid w:val="00DF489E"/>
+    <w:rsid w:val="00DF4BF1"/>
+    <w:rsid w:val="00DF5227"/>
+    <w:rsid w:val="00DF52C4"/>
+    <w:rsid w:val="00DF553F"/>
+    <w:rsid w:val="00DF58DD"/>
+    <w:rsid w:val="00DF6907"/>
+    <w:rsid w:val="00DF6B02"/>
+    <w:rsid w:val="00DF776D"/>
+    <w:rsid w:val="00DF77EA"/>
+    <w:rsid w:val="00DF77FA"/>
+    <w:rsid w:val="00DF7D09"/>
+    <w:rsid w:val="00DF7D75"/>
+    <w:rsid w:val="00E0009C"/>
+    <w:rsid w:val="00E00365"/>
+    <w:rsid w:val="00E00AEE"/>
+    <w:rsid w:val="00E00CC4"/>
+    <w:rsid w:val="00E017A2"/>
+    <w:rsid w:val="00E019B4"/>
+    <w:rsid w:val="00E01D51"/>
+    <w:rsid w:val="00E02772"/>
+    <w:rsid w:val="00E02CDD"/>
+    <w:rsid w:val="00E03E57"/>
+    <w:rsid w:val="00E04061"/>
+    <w:rsid w:val="00E04B70"/>
+    <w:rsid w:val="00E05283"/>
+    <w:rsid w:val="00E056EA"/>
+    <w:rsid w:val="00E0572F"/>
+    <w:rsid w:val="00E06338"/>
+    <w:rsid w:val="00E06AA2"/>
+    <w:rsid w:val="00E06DB8"/>
+    <w:rsid w:val="00E075E2"/>
+    <w:rsid w:val="00E07FE1"/>
+    <w:rsid w:val="00E101BA"/>
+    <w:rsid w:val="00E10863"/>
+    <w:rsid w:val="00E10C14"/>
+    <w:rsid w:val="00E11274"/>
+    <w:rsid w:val="00E11714"/>
+    <w:rsid w:val="00E11C2F"/>
+    <w:rsid w:val="00E1245C"/>
+    <w:rsid w:val="00E12C63"/>
+    <w:rsid w:val="00E12D59"/>
+    <w:rsid w:val="00E1352D"/>
+    <w:rsid w:val="00E13DA0"/>
+    <w:rsid w:val="00E14405"/>
+    <w:rsid w:val="00E14F98"/>
+    <w:rsid w:val="00E155AD"/>
+    <w:rsid w:val="00E155D7"/>
+    <w:rsid w:val="00E15CA6"/>
+    <w:rsid w:val="00E15E84"/>
+    <w:rsid w:val="00E1647A"/>
+    <w:rsid w:val="00E165DB"/>
+    <w:rsid w:val="00E167E1"/>
+    <w:rsid w:val="00E16DDA"/>
+    <w:rsid w:val="00E16F0D"/>
+    <w:rsid w:val="00E1769A"/>
+    <w:rsid w:val="00E17C69"/>
+    <w:rsid w:val="00E203CD"/>
+    <w:rsid w:val="00E209EB"/>
+    <w:rsid w:val="00E20E03"/>
+    <w:rsid w:val="00E218B5"/>
+    <w:rsid w:val="00E2264D"/>
+    <w:rsid w:val="00E22EC9"/>
+    <w:rsid w:val="00E23045"/>
+    <w:rsid w:val="00E2361E"/>
+    <w:rsid w:val="00E237DE"/>
+    <w:rsid w:val="00E24C1D"/>
+    <w:rsid w:val="00E25B73"/>
+    <w:rsid w:val="00E25D3B"/>
+    <w:rsid w:val="00E25FF5"/>
+    <w:rsid w:val="00E260C5"/>
+    <w:rsid w:val="00E26519"/>
+    <w:rsid w:val="00E26631"/>
+    <w:rsid w:val="00E26BE1"/>
+    <w:rsid w:val="00E277BE"/>
+    <w:rsid w:val="00E278DC"/>
+    <w:rsid w:val="00E27B3A"/>
+    <w:rsid w:val="00E30282"/>
+    <w:rsid w:val="00E30308"/>
+    <w:rsid w:val="00E30C04"/>
+    <w:rsid w:val="00E310BA"/>
+    <w:rsid w:val="00E3131C"/>
+    <w:rsid w:val="00E34B3A"/>
+    <w:rsid w:val="00E34C46"/>
+    <w:rsid w:val="00E34E62"/>
+    <w:rsid w:val="00E35983"/>
+    <w:rsid w:val="00E36CE8"/>
+    <w:rsid w:val="00E374B6"/>
+    <w:rsid w:val="00E40619"/>
+    <w:rsid w:val="00E4086D"/>
+    <w:rsid w:val="00E40D56"/>
+    <w:rsid w:val="00E423A8"/>
+    <w:rsid w:val="00E440C6"/>
+    <w:rsid w:val="00E44AFB"/>
+    <w:rsid w:val="00E44CE4"/>
+    <w:rsid w:val="00E44DE4"/>
+    <w:rsid w:val="00E457AF"/>
+    <w:rsid w:val="00E467B2"/>
+    <w:rsid w:val="00E4765C"/>
+    <w:rsid w:val="00E479CB"/>
+    <w:rsid w:val="00E47A8E"/>
+    <w:rsid w:val="00E5040F"/>
+    <w:rsid w:val="00E50A2C"/>
+    <w:rsid w:val="00E5255D"/>
+    <w:rsid w:val="00E52655"/>
+    <w:rsid w:val="00E53E62"/>
+    <w:rsid w:val="00E5406E"/>
+    <w:rsid w:val="00E540A7"/>
+    <w:rsid w:val="00E54296"/>
+    <w:rsid w:val="00E546B8"/>
+    <w:rsid w:val="00E54AA1"/>
+    <w:rsid w:val="00E54E4A"/>
+    <w:rsid w:val="00E54EB8"/>
+    <w:rsid w:val="00E5560E"/>
+    <w:rsid w:val="00E564B8"/>
+    <w:rsid w:val="00E56E0C"/>
+    <w:rsid w:val="00E57DDC"/>
+    <w:rsid w:val="00E603F3"/>
+    <w:rsid w:val="00E60597"/>
+    <w:rsid w:val="00E608C2"/>
+    <w:rsid w:val="00E60FDA"/>
+    <w:rsid w:val="00E625A3"/>
+    <w:rsid w:val="00E62B19"/>
+    <w:rsid w:val="00E6370E"/>
+    <w:rsid w:val="00E6373D"/>
+    <w:rsid w:val="00E63F2E"/>
+    <w:rsid w:val="00E643CC"/>
+    <w:rsid w:val="00E64D78"/>
+    <w:rsid w:val="00E6552B"/>
+    <w:rsid w:val="00E65BCC"/>
+    <w:rsid w:val="00E6645D"/>
+    <w:rsid w:val="00E66A3E"/>
+    <w:rsid w:val="00E66E12"/>
+    <w:rsid w:val="00E67895"/>
+    <w:rsid w:val="00E70014"/>
+    <w:rsid w:val="00E70362"/>
+    <w:rsid w:val="00E7138D"/>
+    <w:rsid w:val="00E713B3"/>
+    <w:rsid w:val="00E71C74"/>
+    <w:rsid w:val="00E71E1B"/>
+    <w:rsid w:val="00E723FD"/>
+    <w:rsid w:val="00E72539"/>
+    <w:rsid w:val="00E73421"/>
+    <w:rsid w:val="00E73925"/>
+    <w:rsid w:val="00E73B84"/>
+    <w:rsid w:val="00E73BA7"/>
+    <w:rsid w:val="00E74009"/>
+    <w:rsid w:val="00E74672"/>
+    <w:rsid w:val="00E74C3B"/>
+    <w:rsid w:val="00E7573A"/>
+    <w:rsid w:val="00E75801"/>
+    <w:rsid w:val="00E75DB0"/>
+    <w:rsid w:val="00E76256"/>
+    <w:rsid w:val="00E7664A"/>
+    <w:rsid w:val="00E778F3"/>
+    <w:rsid w:val="00E80EB0"/>
+    <w:rsid w:val="00E82089"/>
+    <w:rsid w:val="00E82312"/>
+    <w:rsid w:val="00E824D8"/>
+    <w:rsid w:val="00E83150"/>
+    <w:rsid w:val="00E831C8"/>
+    <w:rsid w:val="00E85B2A"/>
+    <w:rsid w:val="00E85D0D"/>
+    <w:rsid w:val="00E85DD9"/>
+    <w:rsid w:val="00E86F45"/>
+    <w:rsid w:val="00E87082"/>
+    <w:rsid w:val="00E87553"/>
+    <w:rsid w:val="00E87B7C"/>
+    <w:rsid w:val="00E87C86"/>
+    <w:rsid w:val="00E9059F"/>
+    <w:rsid w:val="00E90793"/>
+    <w:rsid w:val="00E907A6"/>
+    <w:rsid w:val="00E90A8A"/>
+    <w:rsid w:val="00E90D5C"/>
+    <w:rsid w:val="00E91F47"/>
+    <w:rsid w:val="00E93685"/>
+    <w:rsid w:val="00E93F2F"/>
+    <w:rsid w:val="00E94C98"/>
+    <w:rsid w:val="00E94EA5"/>
+    <w:rsid w:val="00E958FB"/>
+    <w:rsid w:val="00E9608B"/>
+    <w:rsid w:val="00E962EF"/>
+    <w:rsid w:val="00E96873"/>
+    <w:rsid w:val="00E96A6D"/>
+    <w:rsid w:val="00E97322"/>
+    <w:rsid w:val="00E97C8D"/>
+    <w:rsid w:val="00EA0052"/>
+    <w:rsid w:val="00EA027F"/>
+    <w:rsid w:val="00EA1704"/>
+    <w:rsid w:val="00EA17F3"/>
+    <w:rsid w:val="00EA1A7C"/>
+    <w:rsid w:val="00EA1AFB"/>
+    <w:rsid w:val="00EA1CC7"/>
+    <w:rsid w:val="00EA2CD3"/>
+    <w:rsid w:val="00EA2DCF"/>
+    <w:rsid w:val="00EA4A6C"/>
+    <w:rsid w:val="00EA6F07"/>
+    <w:rsid w:val="00EB038D"/>
+    <w:rsid w:val="00EB0B31"/>
+    <w:rsid w:val="00EB0B69"/>
+    <w:rsid w:val="00EB0BFE"/>
+    <w:rsid w:val="00EB1B86"/>
+    <w:rsid w:val="00EB2877"/>
+    <w:rsid w:val="00EB2BE2"/>
+    <w:rsid w:val="00EB2E64"/>
+    <w:rsid w:val="00EB33C8"/>
+    <w:rsid w:val="00EB407B"/>
+    <w:rsid w:val="00EB43C9"/>
+    <w:rsid w:val="00EB5014"/>
+    <w:rsid w:val="00EB5616"/>
+    <w:rsid w:val="00EB58EC"/>
+    <w:rsid w:val="00EB5987"/>
+    <w:rsid w:val="00EB5FE4"/>
+    <w:rsid w:val="00EB73BE"/>
+    <w:rsid w:val="00EB7D1F"/>
+    <w:rsid w:val="00EC0C51"/>
+    <w:rsid w:val="00EC144B"/>
+    <w:rsid w:val="00EC2219"/>
+    <w:rsid w:val="00EC226C"/>
+    <w:rsid w:val="00EC2919"/>
+    <w:rsid w:val="00EC29C5"/>
+    <w:rsid w:val="00EC2A53"/>
+    <w:rsid w:val="00EC35EA"/>
+    <w:rsid w:val="00EC3B68"/>
+    <w:rsid w:val="00EC426F"/>
+    <w:rsid w:val="00EC4299"/>
+    <w:rsid w:val="00EC4E31"/>
+    <w:rsid w:val="00EC4F38"/>
+    <w:rsid w:val="00EC5235"/>
+    <w:rsid w:val="00EC55C0"/>
+    <w:rsid w:val="00EC632F"/>
+    <w:rsid w:val="00EC660C"/>
+    <w:rsid w:val="00EC79CF"/>
+    <w:rsid w:val="00ED0F89"/>
+    <w:rsid w:val="00ED1834"/>
+    <w:rsid w:val="00ED18D5"/>
+    <w:rsid w:val="00ED1A7E"/>
+    <w:rsid w:val="00ED1B72"/>
+    <w:rsid w:val="00ED1C9C"/>
+    <w:rsid w:val="00ED21A4"/>
+    <w:rsid w:val="00ED22AF"/>
+    <w:rsid w:val="00ED2425"/>
+    <w:rsid w:val="00ED2E58"/>
+    <w:rsid w:val="00ED40A4"/>
+    <w:rsid w:val="00ED4675"/>
+    <w:rsid w:val="00ED4A0B"/>
+    <w:rsid w:val="00ED4F58"/>
+    <w:rsid w:val="00ED5CE4"/>
+    <w:rsid w:val="00ED5D14"/>
+    <w:rsid w:val="00ED66FE"/>
+    <w:rsid w:val="00ED714D"/>
+    <w:rsid w:val="00ED7356"/>
+    <w:rsid w:val="00ED7789"/>
+    <w:rsid w:val="00EE07BD"/>
+    <w:rsid w:val="00EE0D41"/>
+    <w:rsid w:val="00EE1C4D"/>
+    <w:rsid w:val="00EE23CF"/>
+    <w:rsid w:val="00EE24B6"/>
+    <w:rsid w:val="00EE3087"/>
+    <w:rsid w:val="00EE35B6"/>
+    <w:rsid w:val="00EE3914"/>
+    <w:rsid w:val="00EE3DFC"/>
+    <w:rsid w:val="00EE41B5"/>
+    <w:rsid w:val="00EE50A1"/>
+    <w:rsid w:val="00EE51D0"/>
+    <w:rsid w:val="00EE5636"/>
+    <w:rsid w:val="00EE6668"/>
+    <w:rsid w:val="00EE6E82"/>
+    <w:rsid w:val="00EE6F6D"/>
+    <w:rsid w:val="00EF0E43"/>
+    <w:rsid w:val="00EF11F2"/>
+    <w:rsid w:val="00EF12A6"/>
+    <w:rsid w:val="00EF14D0"/>
+    <w:rsid w:val="00EF16A5"/>
+    <w:rsid w:val="00EF1F81"/>
+    <w:rsid w:val="00EF2A8C"/>
+    <w:rsid w:val="00EF34AF"/>
+    <w:rsid w:val="00EF3676"/>
+    <w:rsid w:val="00EF40BA"/>
+    <w:rsid w:val="00EF4975"/>
+    <w:rsid w:val="00EF4BC1"/>
+    <w:rsid w:val="00EF4E3D"/>
+    <w:rsid w:val="00EF4ED0"/>
+    <w:rsid w:val="00EF525B"/>
+    <w:rsid w:val="00EF5486"/>
+    <w:rsid w:val="00EF5A15"/>
+    <w:rsid w:val="00EF5AC5"/>
+    <w:rsid w:val="00EF5D8D"/>
+    <w:rsid w:val="00EF7323"/>
+    <w:rsid w:val="00EF7A8C"/>
+    <w:rsid w:val="00EF7E14"/>
+    <w:rsid w:val="00F00EF2"/>
+    <w:rsid w:val="00F01984"/>
+    <w:rsid w:val="00F01D51"/>
+    <w:rsid w:val="00F021EE"/>
+    <w:rsid w:val="00F02359"/>
+    <w:rsid w:val="00F0305E"/>
+    <w:rsid w:val="00F03A69"/>
+    <w:rsid w:val="00F04015"/>
+    <w:rsid w:val="00F04DF5"/>
+    <w:rsid w:val="00F04E23"/>
+    <w:rsid w:val="00F059CA"/>
+    <w:rsid w:val="00F06321"/>
+    <w:rsid w:val="00F06E4D"/>
+    <w:rsid w:val="00F07026"/>
+    <w:rsid w:val="00F101B8"/>
+    <w:rsid w:val="00F106C6"/>
+    <w:rsid w:val="00F107DB"/>
+    <w:rsid w:val="00F10CFE"/>
+    <w:rsid w:val="00F11403"/>
+    <w:rsid w:val="00F11858"/>
+    <w:rsid w:val="00F11F67"/>
+    <w:rsid w:val="00F1239F"/>
+    <w:rsid w:val="00F1296D"/>
+    <w:rsid w:val="00F12FAB"/>
+    <w:rsid w:val="00F144D5"/>
+    <w:rsid w:val="00F14C2F"/>
+    <w:rsid w:val="00F1556F"/>
+    <w:rsid w:val="00F15AF1"/>
+    <w:rsid w:val="00F15D3B"/>
+    <w:rsid w:val="00F15EE3"/>
+    <w:rsid w:val="00F16206"/>
+    <w:rsid w:val="00F162CB"/>
+    <w:rsid w:val="00F16446"/>
+    <w:rsid w:val="00F16506"/>
+    <w:rsid w:val="00F165AB"/>
+    <w:rsid w:val="00F1698B"/>
+    <w:rsid w:val="00F173D5"/>
+    <w:rsid w:val="00F1747A"/>
+    <w:rsid w:val="00F17DD9"/>
+    <w:rsid w:val="00F2082E"/>
+    <w:rsid w:val="00F20E42"/>
+    <w:rsid w:val="00F210F6"/>
+    <w:rsid w:val="00F21724"/>
+    <w:rsid w:val="00F21A81"/>
+    <w:rsid w:val="00F21B19"/>
+    <w:rsid w:val="00F21B26"/>
+    <w:rsid w:val="00F223E1"/>
+    <w:rsid w:val="00F22493"/>
+    <w:rsid w:val="00F227DA"/>
+    <w:rsid w:val="00F22E11"/>
+    <w:rsid w:val="00F23AED"/>
+    <w:rsid w:val="00F24964"/>
+    <w:rsid w:val="00F24B57"/>
+    <w:rsid w:val="00F24D79"/>
+    <w:rsid w:val="00F252B3"/>
+    <w:rsid w:val="00F2582E"/>
+    <w:rsid w:val="00F2605A"/>
+    <w:rsid w:val="00F26B1E"/>
+    <w:rsid w:val="00F26D93"/>
+    <w:rsid w:val="00F26EE6"/>
+    <w:rsid w:val="00F27687"/>
+    <w:rsid w:val="00F276DE"/>
+    <w:rsid w:val="00F305D2"/>
+    <w:rsid w:val="00F30FA9"/>
+    <w:rsid w:val="00F33B3A"/>
+    <w:rsid w:val="00F340AD"/>
+    <w:rsid w:val="00F346CD"/>
+    <w:rsid w:val="00F348A0"/>
+    <w:rsid w:val="00F34A43"/>
+    <w:rsid w:val="00F35536"/>
+    <w:rsid w:val="00F35586"/>
+    <w:rsid w:val="00F36084"/>
+    <w:rsid w:val="00F361AB"/>
+    <w:rsid w:val="00F36955"/>
+    <w:rsid w:val="00F37162"/>
+    <w:rsid w:val="00F37721"/>
+    <w:rsid w:val="00F416E9"/>
+    <w:rsid w:val="00F417E8"/>
+    <w:rsid w:val="00F419FB"/>
+    <w:rsid w:val="00F42276"/>
+    <w:rsid w:val="00F42C78"/>
+    <w:rsid w:val="00F431B2"/>
+    <w:rsid w:val="00F4320B"/>
+    <w:rsid w:val="00F4331A"/>
+    <w:rsid w:val="00F4383B"/>
+    <w:rsid w:val="00F438A3"/>
+    <w:rsid w:val="00F43EAA"/>
+    <w:rsid w:val="00F43F46"/>
+    <w:rsid w:val="00F44354"/>
+    <w:rsid w:val="00F448AB"/>
+    <w:rsid w:val="00F459BF"/>
+    <w:rsid w:val="00F4604A"/>
+    <w:rsid w:val="00F504FF"/>
+    <w:rsid w:val="00F50D0E"/>
+    <w:rsid w:val="00F50DD6"/>
+    <w:rsid w:val="00F510A6"/>
+    <w:rsid w:val="00F52294"/>
+    <w:rsid w:val="00F53D57"/>
+    <w:rsid w:val="00F541AD"/>
+    <w:rsid w:val="00F541B5"/>
+    <w:rsid w:val="00F5492B"/>
+    <w:rsid w:val="00F54E15"/>
+    <w:rsid w:val="00F54FBC"/>
+    <w:rsid w:val="00F550D8"/>
+    <w:rsid w:val="00F552EB"/>
+    <w:rsid w:val="00F554E2"/>
+    <w:rsid w:val="00F55ACE"/>
+    <w:rsid w:val="00F55D1E"/>
+    <w:rsid w:val="00F55F0E"/>
+    <w:rsid w:val="00F56A1E"/>
+    <w:rsid w:val="00F579CB"/>
+    <w:rsid w:val="00F60F84"/>
+    <w:rsid w:val="00F6142B"/>
+    <w:rsid w:val="00F61F07"/>
+    <w:rsid w:val="00F62770"/>
+    <w:rsid w:val="00F63467"/>
+    <w:rsid w:val="00F636F0"/>
+    <w:rsid w:val="00F64151"/>
+    <w:rsid w:val="00F64324"/>
+    <w:rsid w:val="00F649CB"/>
+    <w:rsid w:val="00F65A01"/>
+    <w:rsid w:val="00F6653E"/>
+    <w:rsid w:val="00F6697B"/>
+    <w:rsid w:val="00F6768D"/>
+    <w:rsid w:val="00F67BE4"/>
+    <w:rsid w:val="00F70759"/>
+    <w:rsid w:val="00F70901"/>
+    <w:rsid w:val="00F70E27"/>
+    <w:rsid w:val="00F7194B"/>
+    <w:rsid w:val="00F7350C"/>
+    <w:rsid w:val="00F736B2"/>
+    <w:rsid w:val="00F73AF9"/>
+    <w:rsid w:val="00F7431B"/>
+    <w:rsid w:val="00F75300"/>
+    <w:rsid w:val="00F767AA"/>
+    <w:rsid w:val="00F80553"/>
+    <w:rsid w:val="00F82667"/>
+    <w:rsid w:val="00F82D94"/>
+    <w:rsid w:val="00F8304F"/>
+    <w:rsid w:val="00F83E0B"/>
+    <w:rsid w:val="00F84B51"/>
+    <w:rsid w:val="00F85114"/>
+    <w:rsid w:val="00F852DF"/>
+    <w:rsid w:val="00F85619"/>
+    <w:rsid w:val="00F856F5"/>
+    <w:rsid w:val="00F8633A"/>
+    <w:rsid w:val="00F8644B"/>
+    <w:rsid w:val="00F86A2F"/>
+    <w:rsid w:val="00F86A6F"/>
+    <w:rsid w:val="00F86E9F"/>
+    <w:rsid w:val="00F9010D"/>
+    <w:rsid w:val="00F90245"/>
+    <w:rsid w:val="00F90A8D"/>
+    <w:rsid w:val="00F914D4"/>
+    <w:rsid w:val="00F9159D"/>
+    <w:rsid w:val="00F9244E"/>
+    <w:rsid w:val="00F92558"/>
+    <w:rsid w:val="00F925A2"/>
+    <w:rsid w:val="00F925F7"/>
+    <w:rsid w:val="00F9373A"/>
+    <w:rsid w:val="00F93F44"/>
+    <w:rsid w:val="00F94DB6"/>
+    <w:rsid w:val="00F95359"/>
+    <w:rsid w:val="00F95360"/>
+    <w:rsid w:val="00F9628E"/>
+    <w:rsid w:val="00F96871"/>
+    <w:rsid w:val="00F96E1A"/>
+    <w:rsid w:val="00F97155"/>
+    <w:rsid w:val="00F9785F"/>
+    <w:rsid w:val="00F97F4B"/>
+    <w:rsid w:val="00FA046D"/>
+    <w:rsid w:val="00FA04AB"/>
+    <w:rsid w:val="00FA099C"/>
+    <w:rsid w:val="00FA142D"/>
+    <w:rsid w:val="00FA1608"/>
+    <w:rsid w:val="00FA1F46"/>
+    <w:rsid w:val="00FA26CA"/>
+    <w:rsid w:val="00FA26EB"/>
+    <w:rsid w:val="00FA2CA1"/>
+    <w:rsid w:val="00FA464E"/>
+    <w:rsid w:val="00FA4CD4"/>
+    <w:rsid w:val="00FA5473"/>
+    <w:rsid w:val="00FA5852"/>
+    <w:rsid w:val="00FA7397"/>
+    <w:rsid w:val="00FA781A"/>
+    <w:rsid w:val="00FA7A94"/>
+    <w:rsid w:val="00FB1BB0"/>
+    <w:rsid w:val="00FB2030"/>
+    <w:rsid w:val="00FB26B1"/>
+    <w:rsid w:val="00FB3621"/>
+    <w:rsid w:val="00FB3A6C"/>
+    <w:rsid w:val="00FB3DA6"/>
+    <w:rsid w:val="00FB3F10"/>
+    <w:rsid w:val="00FB4232"/>
+    <w:rsid w:val="00FB4452"/>
+    <w:rsid w:val="00FB5741"/>
+    <w:rsid w:val="00FB582F"/>
+    <w:rsid w:val="00FB621C"/>
+    <w:rsid w:val="00FB7EDE"/>
+    <w:rsid w:val="00FC1EE8"/>
+    <w:rsid w:val="00FC1F78"/>
+    <w:rsid w:val="00FC25F3"/>
+    <w:rsid w:val="00FC2809"/>
+    <w:rsid w:val="00FC2BA1"/>
+    <w:rsid w:val="00FC30DA"/>
+    <w:rsid w:val="00FC38E6"/>
+    <w:rsid w:val="00FC3A0B"/>
+    <w:rsid w:val="00FC5A8F"/>
+    <w:rsid w:val="00FC6EDB"/>
+    <w:rsid w:val="00FD0B29"/>
+    <w:rsid w:val="00FD0D03"/>
+    <w:rsid w:val="00FD16AE"/>
+    <w:rsid w:val="00FD16D5"/>
+    <w:rsid w:val="00FD1B0C"/>
+    <w:rsid w:val="00FD1EDF"/>
+    <w:rsid w:val="00FD249F"/>
+    <w:rsid w:val="00FD33E9"/>
+    <w:rsid w:val="00FD34F3"/>
+    <w:rsid w:val="00FD358F"/>
+    <w:rsid w:val="00FD41C0"/>
+    <w:rsid w:val="00FD49F6"/>
+    <w:rsid w:val="00FD4D89"/>
+    <w:rsid w:val="00FD58B6"/>
+    <w:rsid w:val="00FD627A"/>
+    <w:rsid w:val="00FD691C"/>
+    <w:rsid w:val="00FD6F26"/>
+    <w:rsid w:val="00FD70B7"/>
+    <w:rsid w:val="00FD73DE"/>
+    <w:rsid w:val="00FE1131"/>
+    <w:rsid w:val="00FE14C9"/>
+    <w:rsid w:val="00FE17CE"/>
+    <w:rsid w:val="00FE1EC8"/>
+    <w:rsid w:val="00FE24D8"/>
+    <w:rsid w:val="00FE29A7"/>
+    <w:rsid w:val="00FE2DC3"/>
+    <w:rsid w:val="00FE2F63"/>
+    <w:rsid w:val="00FE3C27"/>
+    <w:rsid w:val="00FE3E1E"/>
+    <w:rsid w:val="00FE5104"/>
+    <w:rsid w:val="00FE5EB3"/>
+    <w:rsid w:val="00FE6739"/>
+    <w:rsid w:val="00FE6BDF"/>
+    <w:rsid w:val="00FE6E3A"/>
+    <w:rsid w:val="00FE6E6C"/>
+    <w:rsid w:val="00FE7EB5"/>
+    <w:rsid w:val="00FF056E"/>
+    <w:rsid w:val="00FF1180"/>
+    <w:rsid w:val="00FF1BB5"/>
+    <w:rsid w:val="00FF1CE5"/>
+    <w:rsid w:val="00FF24AC"/>
+    <w:rsid w:val="00FF2F09"/>
+    <w:rsid w:val="00FF2F93"/>
+    <w:rsid w:val="00FF3197"/>
+    <w:rsid w:val="00FF3768"/>
+    <w:rsid w:val="00FF3B63"/>
+    <w:rsid w:val="00FF5027"/>
+    <w:rsid w:val="00FF5352"/>
+    <w:rsid w:val="00FF5387"/>
+    <w:rsid w:val="00FF5BF9"/>
+    <w:rsid w:val="00FF6455"/>
+    <w:rsid w:val="00FF741E"/>
+    <w:rsid w:val="0146B035"/>
+    <w:rsid w:val="01C09086"/>
+    <w:rsid w:val="01FB55A5"/>
+    <w:rsid w:val="021D7394"/>
+    <w:rsid w:val="0270FC07"/>
+    <w:rsid w:val="032ABA1A"/>
+    <w:rsid w:val="034D7462"/>
+    <w:rsid w:val="039CF8F8"/>
+    <w:rsid w:val="03A7F016"/>
+    <w:rsid w:val="03A9029A"/>
+    <w:rsid w:val="03CD0E0A"/>
+    <w:rsid w:val="03EE3A86"/>
+    <w:rsid w:val="0402B6F1"/>
+    <w:rsid w:val="040E3BB1"/>
+    <w:rsid w:val="0411622A"/>
+    <w:rsid w:val="041ED5F1"/>
+    <w:rsid w:val="049868CC"/>
+    <w:rsid w:val="05C5F69B"/>
+    <w:rsid w:val="05E82C45"/>
+    <w:rsid w:val="061D49B4"/>
+    <w:rsid w:val="063FEF7A"/>
+    <w:rsid w:val="073FFDD8"/>
+    <w:rsid w:val="077CAAB0"/>
+    <w:rsid w:val="07974B9D"/>
+    <w:rsid w:val="07A6FB69"/>
+    <w:rsid w:val="0810223F"/>
+    <w:rsid w:val="0893EA33"/>
+    <w:rsid w:val="091B11E6"/>
+    <w:rsid w:val="09684BCD"/>
+    <w:rsid w:val="0A1470A1"/>
+    <w:rsid w:val="0A29B341"/>
+    <w:rsid w:val="0A6BADE9"/>
+    <w:rsid w:val="0A73C22E"/>
+    <w:rsid w:val="0AC5378C"/>
+    <w:rsid w:val="0B3726C8"/>
+    <w:rsid w:val="0B4EA98A"/>
+    <w:rsid w:val="0B8BBD45"/>
+    <w:rsid w:val="0BE2253E"/>
+    <w:rsid w:val="0BFECCA1"/>
+    <w:rsid w:val="0CC78E4E"/>
+    <w:rsid w:val="0D002A08"/>
+    <w:rsid w:val="0D842EA0"/>
+    <w:rsid w:val="0E3755E8"/>
+    <w:rsid w:val="0E62C201"/>
+    <w:rsid w:val="0EB04AD6"/>
+    <w:rsid w:val="0F092AB1"/>
+    <w:rsid w:val="0F1D8255"/>
+    <w:rsid w:val="0F6308F1"/>
+    <w:rsid w:val="0F71C2E6"/>
+    <w:rsid w:val="1058F263"/>
+    <w:rsid w:val="108B1E94"/>
+    <w:rsid w:val="10BEDECD"/>
+    <w:rsid w:val="10C98ABB"/>
+    <w:rsid w:val="119BF439"/>
+    <w:rsid w:val="120E9B40"/>
+    <w:rsid w:val="122C2CB4"/>
+    <w:rsid w:val="12474889"/>
+    <w:rsid w:val="12802F0C"/>
+    <w:rsid w:val="128641AC"/>
+    <w:rsid w:val="12914267"/>
+    <w:rsid w:val="12E8BAB0"/>
+    <w:rsid w:val="130C69F2"/>
+    <w:rsid w:val="130CBA0B"/>
+    <w:rsid w:val="1338B5DD"/>
+    <w:rsid w:val="134DE5FC"/>
+    <w:rsid w:val="140880AC"/>
+    <w:rsid w:val="14321F7E"/>
+    <w:rsid w:val="143E3502"/>
+    <w:rsid w:val="146C2EA3"/>
+    <w:rsid w:val="147CCC66"/>
+    <w:rsid w:val="148ACAC6"/>
+    <w:rsid w:val="14A769BC"/>
+    <w:rsid w:val="14AC9A8B"/>
+    <w:rsid w:val="14D82C7E"/>
+    <w:rsid w:val="154494FB"/>
+    <w:rsid w:val="1554F773"/>
+    <w:rsid w:val="1692DA13"/>
+    <w:rsid w:val="170A886F"/>
+    <w:rsid w:val="1766DF48"/>
+    <w:rsid w:val="177259B3"/>
+    <w:rsid w:val="184AF1F3"/>
+    <w:rsid w:val="1920237A"/>
+    <w:rsid w:val="1970DF62"/>
+    <w:rsid w:val="19BBF4D6"/>
+    <w:rsid w:val="19E64E70"/>
+    <w:rsid w:val="19ED301A"/>
+    <w:rsid w:val="19F78745"/>
+    <w:rsid w:val="1A9C04AC"/>
+    <w:rsid w:val="1A9FF334"/>
+    <w:rsid w:val="1ABA0BD5"/>
+    <w:rsid w:val="1AED5406"/>
+    <w:rsid w:val="1C05F4BC"/>
+    <w:rsid w:val="1C2C80D9"/>
+    <w:rsid w:val="1D1B6123"/>
+    <w:rsid w:val="1D9490D3"/>
+    <w:rsid w:val="1DDE0B0C"/>
+    <w:rsid w:val="1E2B213F"/>
+    <w:rsid w:val="1EC56746"/>
+    <w:rsid w:val="1F30C572"/>
+    <w:rsid w:val="1F3BF75D"/>
+    <w:rsid w:val="1F54D60E"/>
+    <w:rsid w:val="1F79C5E2"/>
+    <w:rsid w:val="1FC9458F"/>
+    <w:rsid w:val="1FD6A1F7"/>
+    <w:rsid w:val="1FD922A9"/>
+    <w:rsid w:val="2073EEE8"/>
+    <w:rsid w:val="20FCF11F"/>
+    <w:rsid w:val="21801EB8"/>
+    <w:rsid w:val="21CB840E"/>
+    <w:rsid w:val="21E2F41E"/>
+    <w:rsid w:val="225B78CB"/>
+    <w:rsid w:val="227EA6C1"/>
+    <w:rsid w:val="2283A6D9"/>
+    <w:rsid w:val="23E1506A"/>
+    <w:rsid w:val="241B49EB"/>
+    <w:rsid w:val="2430BBBB"/>
+    <w:rsid w:val="250A4925"/>
+    <w:rsid w:val="2565AFA6"/>
+    <w:rsid w:val="25898673"/>
+    <w:rsid w:val="26DE3EE4"/>
+    <w:rsid w:val="26FA2B0A"/>
+    <w:rsid w:val="272C7294"/>
+    <w:rsid w:val="278C8D9C"/>
+    <w:rsid w:val="28605A08"/>
+    <w:rsid w:val="289AA0E3"/>
+    <w:rsid w:val="28FBA1A9"/>
+    <w:rsid w:val="29B8D77A"/>
+    <w:rsid w:val="2A3E1DE7"/>
+    <w:rsid w:val="2A426346"/>
+    <w:rsid w:val="2A9624D9"/>
+    <w:rsid w:val="2A9A989B"/>
+    <w:rsid w:val="2AE8C2FB"/>
+    <w:rsid w:val="2AFDA76A"/>
+    <w:rsid w:val="2BC5EEA1"/>
+    <w:rsid w:val="2C20B8F4"/>
+    <w:rsid w:val="2C58E1D6"/>
+    <w:rsid w:val="2C6CB152"/>
+    <w:rsid w:val="2CD06BE9"/>
+    <w:rsid w:val="2DCDA069"/>
+    <w:rsid w:val="2E114063"/>
+    <w:rsid w:val="2E806D54"/>
+    <w:rsid w:val="2E8A5341"/>
+    <w:rsid w:val="2E8AB896"/>
+    <w:rsid w:val="2EBFECAF"/>
+    <w:rsid w:val="2F06C4A1"/>
+    <w:rsid w:val="2FA6293B"/>
+    <w:rsid w:val="3002BA9E"/>
+    <w:rsid w:val="3066FAEF"/>
+    <w:rsid w:val="31164EB6"/>
+    <w:rsid w:val="31A05FF8"/>
+    <w:rsid w:val="31CF68F8"/>
+    <w:rsid w:val="32369577"/>
+    <w:rsid w:val="32B4FF66"/>
+    <w:rsid w:val="32D04D63"/>
+    <w:rsid w:val="33018669"/>
+    <w:rsid w:val="3369EF7E"/>
+    <w:rsid w:val="33AD56B6"/>
+    <w:rsid w:val="3458BBF9"/>
+    <w:rsid w:val="3466A663"/>
+    <w:rsid w:val="34DE6A85"/>
+    <w:rsid w:val="356818F0"/>
+    <w:rsid w:val="35DB9DC3"/>
+    <w:rsid w:val="36BBA801"/>
+    <w:rsid w:val="36D2B82B"/>
+    <w:rsid w:val="371F3224"/>
+    <w:rsid w:val="376AB146"/>
+    <w:rsid w:val="392B1EC5"/>
+    <w:rsid w:val="39AFE22A"/>
+    <w:rsid w:val="39D929E5"/>
+    <w:rsid w:val="3ACDB8FB"/>
+    <w:rsid w:val="3AF3865C"/>
+    <w:rsid w:val="3B037C88"/>
+    <w:rsid w:val="3B6EB2E7"/>
+    <w:rsid w:val="3B9E3B7E"/>
+    <w:rsid w:val="3BBF93EE"/>
+    <w:rsid w:val="3CCD674D"/>
+    <w:rsid w:val="3CEAE4CE"/>
+    <w:rsid w:val="3D7307AC"/>
+    <w:rsid w:val="3DFD2EAD"/>
+    <w:rsid w:val="3E56ACF9"/>
+    <w:rsid w:val="3EBD1D55"/>
+    <w:rsid w:val="3EE1A5CF"/>
+    <w:rsid w:val="3EE268E3"/>
+    <w:rsid w:val="3EEE2A5B"/>
+    <w:rsid w:val="4110BBD9"/>
+    <w:rsid w:val="415762DA"/>
+    <w:rsid w:val="416AC973"/>
+    <w:rsid w:val="41E94604"/>
+    <w:rsid w:val="4205B7D9"/>
+    <w:rsid w:val="424F063D"/>
+    <w:rsid w:val="436D6962"/>
+    <w:rsid w:val="43964A00"/>
+    <w:rsid w:val="44640C1A"/>
+    <w:rsid w:val="44867717"/>
+    <w:rsid w:val="44AB226C"/>
+    <w:rsid w:val="44E00782"/>
+    <w:rsid w:val="4523B3C6"/>
+    <w:rsid w:val="452D6327"/>
+    <w:rsid w:val="4599C997"/>
+    <w:rsid w:val="460B3DA3"/>
+    <w:rsid w:val="4624C080"/>
+    <w:rsid w:val="468729F5"/>
+    <w:rsid w:val="46984531"/>
+    <w:rsid w:val="470E81CC"/>
+    <w:rsid w:val="4733224B"/>
+    <w:rsid w:val="47B4D0A4"/>
+    <w:rsid w:val="481F09A6"/>
+    <w:rsid w:val="482CD576"/>
+    <w:rsid w:val="49532C82"/>
+    <w:rsid w:val="4976FB4D"/>
+    <w:rsid w:val="4A4E32EC"/>
+    <w:rsid w:val="4A686AD1"/>
+    <w:rsid w:val="4AC260DA"/>
+    <w:rsid w:val="4AF045D3"/>
+    <w:rsid w:val="4B1CAB08"/>
+    <w:rsid w:val="4B4691B6"/>
+    <w:rsid w:val="4B7E8302"/>
+    <w:rsid w:val="4BAAB30F"/>
+    <w:rsid w:val="4C40E7C8"/>
+    <w:rsid w:val="4CC5161D"/>
+    <w:rsid w:val="4CCF0D9B"/>
+    <w:rsid w:val="4D638A54"/>
+    <w:rsid w:val="4DA1C3A8"/>
+    <w:rsid w:val="4DBC4431"/>
+    <w:rsid w:val="4E0B1EE4"/>
+    <w:rsid w:val="4E82AA9C"/>
+    <w:rsid w:val="4EB204A9"/>
+    <w:rsid w:val="4EB942B4"/>
+    <w:rsid w:val="4F0CA494"/>
+    <w:rsid w:val="4FCB3A52"/>
+    <w:rsid w:val="50DBB78E"/>
+    <w:rsid w:val="5170A744"/>
+    <w:rsid w:val="52AC513F"/>
+    <w:rsid w:val="530360DC"/>
+    <w:rsid w:val="532726D3"/>
+    <w:rsid w:val="53B4C7D6"/>
+    <w:rsid w:val="542037CB"/>
+    <w:rsid w:val="5461F167"/>
+    <w:rsid w:val="551E4091"/>
+    <w:rsid w:val="554CEF64"/>
+    <w:rsid w:val="5598D134"/>
+    <w:rsid w:val="55E85805"/>
+    <w:rsid w:val="57329112"/>
+    <w:rsid w:val="5833F377"/>
+    <w:rsid w:val="583DB3E2"/>
+    <w:rsid w:val="587EE924"/>
+    <w:rsid w:val="58B75095"/>
+    <w:rsid w:val="58E09B70"/>
+    <w:rsid w:val="59E15B63"/>
+    <w:rsid w:val="5A32D6A0"/>
+    <w:rsid w:val="5B247366"/>
+    <w:rsid w:val="5B32D67A"/>
+    <w:rsid w:val="5B3EEBCA"/>
+    <w:rsid w:val="5B456D3A"/>
+    <w:rsid w:val="5B5B45ED"/>
+    <w:rsid w:val="5D94C7A0"/>
+    <w:rsid w:val="5EB7ADBD"/>
+    <w:rsid w:val="5EBF9EF8"/>
+    <w:rsid w:val="5F1AE462"/>
+    <w:rsid w:val="5F24BD79"/>
+    <w:rsid w:val="5FA923AC"/>
+    <w:rsid w:val="5FF5A14E"/>
+    <w:rsid w:val="604B9F80"/>
+    <w:rsid w:val="6061682E"/>
+    <w:rsid w:val="60726A8F"/>
+    <w:rsid w:val="623C1BB4"/>
+    <w:rsid w:val="62EA5A95"/>
+    <w:rsid w:val="63A901BE"/>
+    <w:rsid w:val="648EBD13"/>
+    <w:rsid w:val="6533F0BA"/>
+    <w:rsid w:val="6548B3D5"/>
+    <w:rsid w:val="65510860"/>
+    <w:rsid w:val="65914BC5"/>
+    <w:rsid w:val="65B2827B"/>
+    <w:rsid w:val="6636D5E7"/>
+    <w:rsid w:val="67063965"/>
+    <w:rsid w:val="6715BBA6"/>
+    <w:rsid w:val="6726B782"/>
+    <w:rsid w:val="676CE80A"/>
+    <w:rsid w:val="67A16216"/>
+    <w:rsid w:val="67A86388"/>
+    <w:rsid w:val="6854F24A"/>
+    <w:rsid w:val="6896C69B"/>
+    <w:rsid w:val="68A8A5A4"/>
+    <w:rsid w:val="68B0C757"/>
+    <w:rsid w:val="69A1D146"/>
+    <w:rsid w:val="69B673B2"/>
+    <w:rsid w:val="69ED5462"/>
+    <w:rsid w:val="69ED928B"/>
+    <w:rsid w:val="6A26C997"/>
+    <w:rsid w:val="6A35D16A"/>
+    <w:rsid w:val="6B10A3A7"/>
+    <w:rsid w:val="6B2D5C93"/>
+    <w:rsid w:val="6B32453F"/>
+    <w:rsid w:val="6C7AE38E"/>
+    <w:rsid w:val="6CBA73AC"/>
+    <w:rsid w:val="6CBF3011"/>
+    <w:rsid w:val="6D5FAD38"/>
+    <w:rsid w:val="6EA90E38"/>
+    <w:rsid w:val="6ECFE2D4"/>
+    <w:rsid w:val="6F4953FB"/>
+    <w:rsid w:val="6FFB444E"/>
+    <w:rsid w:val="70059583"/>
+    <w:rsid w:val="70E21BE8"/>
+    <w:rsid w:val="715477A4"/>
+    <w:rsid w:val="715F2B38"/>
+    <w:rsid w:val="7182BEC0"/>
+    <w:rsid w:val="71B83521"/>
+    <w:rsid w:val="722D9BB1"/>
+    <w:rsid w:val="7235317D"/>
+    <w:rsid w:val="729E5AB0"/>
+    <w:rsid w:val="72A17BAA"/>
+    <w:rsid w:val="72EDD0C2"/>
+    <w:rsid w:val="734DCF6D"/>
+    <w:rsid w:val="739F9852"/>
+    <w:rsid w:val="73D6F2F4"/>
+    <w:rsid w:val="73E85AEB"/>
+    <w:rsid w:val="7436991E"/>
+    <w:rsid w:val="744D3E44"/>
+    <w:rsid w:val="74EBA267"/>
+    <w:rsid w:val="74F2188D"/>
+    <w:rsid w:val="752811FC"/>
+    <w:rsid w:val="752F56C0"/>
+    <w:rsid w:val="753579F1"/>
+    <w:rsid w:val="75B4201B"/>
+    <w:rsid w:val="7608A666"/>
+    <w:rsid w:val="76399887"/>
+    <w:rsid w:val="76D7D771"/>
+    <w:rsid w:val="773D4200"/>
+    <w:rsid w:val="77F24C67"/>
+    <w:rsid w:val="78D1EE12"/>
+    <w:rsid w:val="79C3B32F"/>
+    <w:rsid w:val="79FB1C4D"/>
+    <w:rsid w:val="7A2F5349"/>
+    <w:rsid w:val="7A47E35D"/>
+    <w:rsid w:val="7A60FEA5"/>
+    <w:rsid w:val="7AA147B5"/>
+    <w:rsid w:val="7B41CFB4"/>
+    <w:rsid w:val="7B7D3572"/>
+    <w:rsid w:val="7CE2BFF6"/>
+    <w:rsid w:val="7CE87F88"/>
+    <w:rsid w:val="7D33DCDE"/>
+    <w:rsid w:val="7E950131"/>
+    <w:rsid w:val="7F623AF9"/>
+    <w:rsid w:val="7F791753"/>
+    <w:rsid w:val="7F9A13BB"/>
+    <w:rsid w:val="7FC2C26B"/>
+    <w:rsid w:val="7FD0A912"/>
+    <w:rsid w:val="7FF8BF48"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="24730414"/>
+  <w14:docId w14:val="1794BDE0"/>
+  <w14:defaultImageDpi w14:val="32767"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{91CD573C-3656-46F6-A141-29BF9E65DE16}"/>
+  <w15:docId w15:val="{FE95505D-CC0D-49F9-BD3A-54215E41863C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:kern w:val="2"/>
-[...1 lines deleted...]
-        <w:szCs w:val="22"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
-        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4364,51 +26383,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -4558,191 +26577,1512 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00100D0A"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DF1167"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00DF1167"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D0293A"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00DF1167"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FootnoteText">
-    <w:name w:val="footnote text"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00DF1167"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00DF1167"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FootnoteTextChar"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DF1167"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00DF1167"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC1">
+    <w:name w:val="toc 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00ED0F89"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="right" w:leader="dot" w:pos="9010"/>
+      </w:tabs>
+      <w:spacing w:before="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="548DD4"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC2">
+    <w:name w:val="toc 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DF1167"/>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DF1167"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="0011267F"/>
+    <w:rsid w:val="00DF1167"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DF1167"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
+      <w:ind w:left="100"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00DF1167"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="00DF1167"/>
+    <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-      <w:kern w:val="0"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="000000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="Rutntstabell1ljusdekorfrg31">
+    <w:name w:val="Rutnätstabell 1 ljus – dekorfärg 31"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="46"/>
+    <w:rsid w:val="00DF1167"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-      <w:lang w:val="fr-FR"/>
-      <w14:ligatures w14:val="none"/>
+      <w:lang w:val="sv-SE" w:eastAsia="sv-SE"/>
     </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="DBDBDB" w:themeColor="accent3" w:themeTint="66"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="2" w:space="0" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
-    <w:name w:val="Footnote Text Char"/>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B23B3E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="FootnoteText"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-[...8 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00B23B3E"/>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteReference">
-    <w:name w:val="footnote reference"/>
+  <w:style w:type="character" w:styleId="PageNumber">
+    <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0011267F"/>
+    <w:rsid w:val="00B23B3E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00461224"/>
     <w:rPr>
-      <w:vertAlign w:val="superscript"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00461224"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00863EA1"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DC0086"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00863EA1"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00863EA1"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00863EA1"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC2BA1"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0011267F"/>
+    <w:rsid w:val="008076A6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0011267F"/>
+    <w:rsid w:val="008076A6"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
-    <w:name w:val="footer"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="yiv3213257314msonormal">
+    <w:name w:val="yiv3213257314msonormal"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:rsid w:val="00BB3C6D"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00BB3C6D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0011267F"/>
+    <w:rsid w:val="005B251D"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00522974"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00D0293A"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC3">
+    <w:name w:val="toc 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00ED4F58"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4680"/>
-        <w:tab w:val="right" w:pos="9360"/>
+        <w:tab w:val="right" w:leader="dot" w:pos="9010"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-    <w:name w:val="Footer Char"/>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00447F10"/>
+    <w:pPr>
+      <w:ind w:left="10" w:right="5" w:hanging="10"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="181717"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ms-rtefontface-5">
+    <w:name w:val="ms-rtefontface-5"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Footer"/>
+    <w:rsid w:val="0016645F"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Strong">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="0016645F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
+    <w:aliases w:val="f,fn,single space,footnote text,Footnote Text Char2 Char,Footnote Text Char1 Char Char,Footnote Text Char2 Char Char Char,Footnote Text Char1 Char Char Char Char,Footnote Text Char2 Char Char Char Char Char,ft,FOOTNOTES,LM Footnote,ADB"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0011267F"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A64BE2"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:aliases w:val="f Char,fn Char,single space Char,footnote text Char,Footnote Text Char2 Char Char,Footnote Text Char1 Char Char Char,Footnote Text Char2 Char Char Char Char,Footnote Text Char1 Char Char Char Char Char,ft Char,FOOTNOTES Char,ADB Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00A64BE2"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FootnoteReference">
+    <w:name w:val="footnote reference"/>
+    <w:aliases w:val="Ref,de nota al pie,16 Point,Superscript 6 Point,ftref,BVI fnr,fr,Used by Word for Help footnote symbols,Знак сноски 1,Normal + Font:9 Point,Superscript 3 Point Times,Footnote,Carattere Char1,(NECG) Footnote Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A64BE2"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0094117B"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0066746F"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
+    <w:name w:val="paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00992D17"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+    <w:name w:val="normaltextrun"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00992D17"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+    <w:name w:val="eop"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00992D17"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00992D17"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SmartLink">
+    <w:name w:val="Smart Link"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CC7467"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="F3F2F1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Mention">
+    <w:name w:val="Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00035134"/>
+    <w:rPr>
+      <w:color w:val="2B579A"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOCHeading">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007B12B0"/>
+    <w:pPr>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:jc w:val="left"/>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:optimizeForBrowser/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="61754957">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="133106867">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="172695064">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="254477627">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="299195948">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="308099433">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="324749212">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="421991083">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="660541272">
+          <w:marLeft w:val="547"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1190023815">
+          <w:marLeft w:val="547"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="454106866">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="488794143">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="636960583">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="650641708">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="666833231">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="854003078">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="467169607">
+          <w:marLeft w:val="1166"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="794637810">
+          <w:marLeft w:val="1166"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1193150798">
+          <w:marLeft w:val="1166"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1225678211">
+          <w:marLeft w:val="547"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1227765827">
+          <w:marLeft w:val="1166"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1625505554">
+          <w:marLeft w:val="1166"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1627082408">
+          <w:marLeft w:val="1166"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1699813835">
+          <w:marLeft w:val="1166"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1997146436">
+          <w:marLeft w:val="1166"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1092897505">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1135872037">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1322849463">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1353266584">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1364400875">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1710687505">
+          <w:marLeft w:val="-5700"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1863547211">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1462573087">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1669751161">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1676420028">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2045211915">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="489827404">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="48723637">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1583295077">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1764648858">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="771048095">
+          <w:marLeft w:val="-5700"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1652097267">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1824618657">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="474445908">
+          <w:marLeft w:val="446"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="160"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1038317248">
+          <w:marLeft w:val="446"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="160"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1884057394">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1984772703">
+          <w:marLeft w:val="547"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1935161555">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1951935457">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1274747875">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="887035534">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1146361755">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="816190097">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1977103233">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2141725648">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1694845000">
+          <w:marLeft w:val="547"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/4066" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/4066" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur03.safelinks.protection.outlook.com/ap/w-59584e83/?url=https%3A%2F%2Fundp-my.sharepoint.com%2Fpersonal%2Fmadhurima_barman_undp_org%2FDocuments%2FUNDP%2FBPC%2FDivision%2520-%2520Compliance%2FAML-CFT%2FOperational%2520Guidance%2FOperational%2520Guide%2520for%2520the%2520AMLCFT%2520Policy%2520Implementation_2022_09_15v1_To%2520share.docx%23_Internal_Excluded_List&amp;data=05%7C01%7Cnesreen.alhebshi%40undp.org%7Cc86bb3fc3d154d4da90b08da980ecc15%7Cb3e5db5e2944483799f57488ace54319%7C0%7C0%7C637989486560512475%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=zjcbGJdCCLElgnVmTk75Dk1Rk8NHxFX%2FVNzacKKUeZU%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/document/guide-operationnel-pour-la-mise-en-oeuvre-de-la-politique-du-pnud-en-matiere-de-lutte" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml"/></Relationships>
 </file>
 
 <file path=word/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent1" pri="11200"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignNode1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
@@ -5464,3753 +28804,2227 @@
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
 </dgm:colorsDef>
 </file>
 
 <file path=word/diagrams/data1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dgm:ptLst>
     <dgm:pt modelId="{4FB852D8-AADA-4247-B2D8-162656071DC3}" type="doc">
       <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5" loCatId="hierarchy" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/3d1" qsCatId="3D" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2" csCatId="accent1" phldr="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{15CC8D2D-8CD4-43ED-95E4-6B5114316781}">
       <dgm:prSet phldrT="[Text]" custT="1"/>
-      <dgm:spPr>
-[...60 lines deleted...]
-      </dgm:spPr>
+      <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr algn="ctr">
-[...1 lines deleted...]
-          </a:pPr>
+          <a:pPr algn="ctr"/>
           <a:r>
-            <a:rPr lang="en-US" sz="1000" b="1">
-[...7 lines deleted...]
-            <a:t>EXECUTIVE GROUP</a:t>
+            <a:rPr lang="fr-FR" sz="1000" b="1"/>
+            <a:t>GROUPE EXÉCUTIF</a:t>
           </a:r>
+          <a:endParaRPr lang="en-US" sz="1000" b="1"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{166E4CCC-571D-4AA2-A038-EB1CE7DF8BE6}" type="parTrans" cxnId="{C6530FB9-9786-494D-A977-3339D8729557}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:endParaRPr lang="en-US" b="1"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{1F38C8C0-4D82-4CD4-95F2-9DDB3326175A}" type="sibTrans" cxnId="{C6530FB9-9786-494D-A977-3339D8729557}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:endParaRPr lang="en-US" b="1"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{E9D91247-F118-447D-A90C-DCEAD3240729}">
       <dgm:prSet phldrT="[Text]" custT="1"/>
-      <dgm:spPr>
-[...60 lines deleted...]
-      </dgm:spPr>
+      <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr algn="ctr">
-[...1 lines deleted...]
-          </a:pPr>
+          <a:pPr algn="ctr"/>
           <a:r>
-            <a:rPr lang="en-US" sz="1000" b="1">
-[...7 lines deleted...]
-            <a:t>RISK COMMITTEE</a:t>
+            <a:rPr lang="fr-FR" sz="1000" b="1"/>
+            <a:t>COMITÉ DES RISQUES</a:t>
           </a:r>
+          <a:endParaRPr lang="en-US" sz="1000" b="1"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{961A9BFF-624C-4866-947E-5BCBCA50B414}" type="parTrans" cxnId="{6B7CC9BD-B3BE-4009-968A-7597B55A7909}">
       <dgm:prSet/>
-      <dgm:spPr>
-[...40 lines deleted...]
-      </dgm:spPr>
+      <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr algn="ctr">
-[...14 lines deleted...]
-          </a:endParaRPr>
+          <a:pPr algn="ctr"/>
+          <a:endParaRPr lang="en-US" b="1"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{8D66451D-7FBC-4FCE-BC1A-B551548DAFC7}" type="sibTrans" cxnId="{6B7CC9BD-B3BE-4009-968A-7597B55A7909}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:endParaRPr lang="en-US" b="1"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{181E93A3-7F6E-424D-8689-1FBAA36D9620}">
       <dgm:prSet phldrT="[Text]" custT="1"/>
-      <dgm:spPr>
-[...60 lines deleted...]
-      </dgm:spPr>
+      <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr algn="ctr">
-[...1 lines deleted...]
-          </a:pPr>
+          <a:pPr algn="ctr"/>
           <a:r>
-            <a:rPr lang="fr-CH" sz="1000" b="1">
-[...6 lines deleted...]
-            </a:rPr>
+            <a:rPr lang="fr-FR" sz="1000" b="1"/>
             <a:t>GROUPE DE PERFORMANCE ORGANISATIONNELLE (OPG)</a:t>
           </a:r>
-          <a:r>
-[...9 lines deleted...]
-          </a:r>
+          <a:endParaRPr lang="en-US" sz="1000" b="1"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{B9A35410-BE1A-4856-B6A3-E5A85793D0EF}" type="parTrans" cxnId="{56F89215-B910-40F7-9EF5-1D93853D81C7}">
       <dgm:prSet/>
-      <dgm:spPr>
-[...40 lines deleted...]
-      </dgm:spPr>
+      <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr algn="ctr">
-[...14 lines deleted...]
-          </a:endParaRPr>
+          <a:pPr algn="ctr"/>
+          <a:endParaRPr lang="en-US" b="1"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{2686D9CB-D62C-431C-B75C-5D7387A4EF2C}" type="sibTrans" cxnId="{56F89215-B910-40F7-9EF5-1D93853D81C7}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:endParaRPr lang="en-US" b="1"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{88314AAB-3E43-4B8C-AD92-65186592FC8F}">
+    <dgm:pt modelId="{352EEBB9-1F1C-482E-94F9-7F5DBF045EDD}">
       <dgm:prSet phldrT="[Text]" custT="1"/>
-      <dgm:spPr>
-[...60 lines deleted...]
-      </dgm:spPr>
+      <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr algn="ctr">
-[...1 lines deleted...]
-          </a:pPr>
+          <a:pPr algn="ctr"/>
           <a:r>
-            <a:rPr lang="fr-CH" sz="1000" b="1">
-[...7 lines deleted...]
-            <a:t>ÉQUIPE DIRIGEANTE</a:t>
+            <a:rPr lang="fr-FR" sz="1000" b="1"/>
+            <a:t>GROUPE DE GESTION DE LA SÉCURITÉ</a:t>
           </a:r>
-          <a:endParaRPr lang="en-US" sz="1000" b="1">
-[...6 lines deleted...]
-          </a:endParaRPr>
+          <a:endParaRPr lang="en-US" sz="1000" b="1"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{2BF857FB-0556-44D3-A666-D2D06E469232}" type="parTrans" cxnId="{2671D235-E181-4CD7-8CE6-01D2ACFE6B30}">
-[...66 lines deleted...]
-    <dgm:pt modelId="{8588BE21-8B03-4BFE-A734-6925CE72625A}" type="sibTrans" cxnId="{2671D235-E181-4CD7-8CE6-01D2ACFE6B30}">
+    <dgm:pt modelId="{ABB93559-6D21-43D3-B724-13AB214FF007}" type="parTrans" cxnId="{4B5DDC53-4B2D-4ED9-9680-F54E6741878B}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:endParaRPr lang="en-US" b="1"/>
-        </a:p>
-[...158 lines deleted...]
-          </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{5251D3D5-1B63-4967-AE07-179A067C462F}" type="sibTrans" cxnId="{4B5DDC53-4B2D-4ED9-9680-F54E6741878B}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:endParaRPr lang="en-US" b="1"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{F49014BD-D9FC-495D-870F-9E22DB3F48E1}">
       <dgm:prSet phldrT="[Text]" custT="1"/>
-      <dgm:spPr>
-[...60 lines deleted...]
-      </dgm:spPr>
+      <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr algn="ctr">
-[...1 lines deleted...]
-          </a:pPr>
+          <a:pPr algn="ctr"/>
           <a:r>
-            <a:rPr lang="fr-CH" sz="1000" b="0" i="0">
-[...7 lines deleted...]
-            <a:t>COMITÉ DE CRISE</a:t>
+            <a:rPr lang="fr-FR" sz="1000" b="1"/>
+            <a:t>CONSEIL DE CRISE</a:t>
           </a:r>
-          <a:endParaRPr lang="en-US" sz="1000" b="1">
-[...6 lines deleted...]
-          </a:endParaRPr>
+          <a:endParaRPr lang="en-US" sz="1000" b="1"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{B7F79038-E349-486F-91FB-33BA8725BC2A}" type="parTrans" cxnId="{AD7E8CF0-0E16-4E92-8A8F-6FF25EA6E4A4}">
       <dgm:prSet/>
-      <dgm:spPr>
-[...40 lines deleted...]
-      </dgm:spPr>
+      <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr algn="ctr">
-[...14 lines deleted...]
-          </a:endParaRPr>
+          <a:pPr algn="ctr"/>
+          <a:endParaRPr lang="en-US" b="1"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{15A679B4-D447-406D-ACFC-642BE536E7B2}" type="sibTrans" cxnId="{AD7E8CF0-0E16-4E92-8A8F-6FF25EA6E4A4}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:endParaRPr lang="en-US" b="1"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{78669AE5-42AF-45D3-AC2A-533B13E152E9}">
       <dgm:prSet phldrT="[Text]" custT="1"/>
-      <dgm:spPr>
-[...58 lines deleted...]
-      </dgm:spPr>
+      <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr algn="ctr">
-[...1 lines deleted...]
-          </a:pPr>
+          <a:pPr algn="ctr"/>
           <a:r>
-            <a:rPr lang="fr-CH" sz="1000" b="1">
-[...11 lines deleted...]
-            </a:rPr>
+            <a:rPr lang="fr-FR" sz="1000" b="1"/>
             <a:t>IDENTIFICATION ET TRAITEMENT DES RISQUES</a:t>
           </a:r>
-          <a:endParaRPr lang="en-US" sz="1000" b="1">
-[...11 lines deleted...]
-          </a:endParaRPr>
+          <a:endParaRPr lang="en-US" sz="1000" b="1"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{698E581C-C5D8-479D-8E0F-A971A437C887}" type="sibTrans" cxnId="{95B1FA61-5B5F-4469-9F2C-DD4F95A3B640}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:endParaRPr lang="en-US" b="1"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{5E690B64-201F-42BB-B7AA-ABAD7CD55A56}" type="parTrans" cxnId="{95B1FA61-5B5F-4469-9F2C-DD4F95A3B640}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:endParaRPr lang="en-US" b="1"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{266C2AE2-CFFE-4182-801B-359628575A81}">
+    <dgm:pt modelId="{FB5F5B7F-484E-4EED-9615-EDB82546C1D7}">
       <dgm:prSet phldrT="[Text]" custT="1"/>
-      <dgm:spPr>
-[...99 lines deleted...]
-      <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
-          <a:endParaRPr lang="en-US" b="1"/>
-[...83 lines deleted...]
-          </a:pPr>
           <a:r>
-            <a:rPr lang="fr-CH" sz="900" b="1">
-[...12 lines deleted...]
-            <a:t>INFORMATION SUR LES RISQUES ET LA PRISE DE DÉCISION</a:t>
+            <a:rPr lang="fr-FR" sz="1000" b="1"/>
+            <a:t>EX : RAPPORTS SUR LES RISQUES ET PRISE DE DÉCISION</a:t>
           </a:r>
-          <a:endParaRPr lang="en-US" sz="1000" b="1">
-[...11 lines deleted...]
-          </a:endParaRPr>
+          <a:endParaRPr lang="en-US" sz="1000" b="1"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{D1470D02-27ED-4CA1-B5A5-6F142567EC6B}" type="sibTrans" cxnId="{DC226670-AE66-44D1-9D1B-F72274762B1B}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:endParaRPr lang="en-US" b="1"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{EF6ECCF6-7302-4BE8-90AD-C9283006AFF8}" type="parTrans" cxnId="{DC226670-AE66-44D1-9D1B-F72274762B1B}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:endParaRPr lang="en-US" b="1"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{776708B1-A768-41BB-9E2B-932B8A418C33}">
       <dgm:prSet phldrT="[Text]" custT="1"/>
-      <dgm:spPr>
-[...62 lines deleted...]
-      </dgm:spPr>
+      <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr algn="ctr">
-[...1 lines deleted...]
-          </a:pPr>
+          <a:pPr algn="ctr"/>
           <a:r>
-            <a:rPr lang="en-US" sz="1000" b="1">
-[...7 lines deleted...]
-            <a:t>Bureaux/Offices</a:t>
+            <a:rPr lang="fr-FR" sz="1000" b="1"/>
+            <a:t>BUREAUX/OFFICES</a:t>
           </a:r>
+          <a:endParaRPr lang="en-US" sz="1000" b="1"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{943EB31F-B2D7-49D6-8CDD-6414260B785D}" type="parTrans" cxnId="{84EB1760-2743-4609-8C6A-7645A45032FF}">
       <dgm:prSet/>
-      <dgm:spPr>
-[...40 lines deleted...]
-      </dgm:spPr>
+      <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr algn="ctr">
-[...14 lines deleted...]
-          </a:endParaRPr>
+          <a:pPr algn="ctr"/>
+          <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{1E3DD07B-78FD-40BF-9028-42C10962CFFA}" type="sibTrans" cxnId="{84EB1760-2743-4609-8C6A-7645A45032FF}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{57CAB32B-E205-4D0B-9D11-7186B0801631}">
+      <dgm:prSet phldrT="[Text]" custT="1"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="ctr"/>
+          <a:r>
+            <a:rPr lang="en-US" sz="1000" b="1"/>
+            <a:t>COMITÉ PSDD</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{1A30AA29-8687-4387-8508-F36139D50DAF}" type="parTrans" cxnId="{8161A003-39C6-48F5-9000-2E0C2911404B}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{429E5C3D-B182-4F2F-BDB4-B9E60F52E99D}" type="sibTrans" cxnId="{8161A003-39C6-48F5-9000-2E0C2911404B}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{B1691514-1EB5-4542-A0F3-B8EE1F658E29}" type="pres">
       <dgm:prSet presAssocID="{4FB852D8-AADA-4247-B2D8-162656071DC3}" presName="mainComposite" presStyleCnt="0">
         <dgm:presLayoutVars>
           <dgm:chPref val="1"/>
           <dgm:dir/>
           <dgm:animOne val="branch"/>
           <dgm:animLvl val="lvl"/>
           <dgm:resizeHandles val="exact"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{AAB21038-82AE-4DE3-BC11-48A25577567F}" type="pres">
       <dgm:prSet presAssocID="{4FB852D8-AADA-4247-B2D8-162656071DC3}" presName="hierFlow" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{968E144C-B2CF-46FB-B4FE-970ED83F3CB2}" type="pres">
       <dgm:prSet presAssocID="{4FB852D8-AADA-4247-B2D8-162656071DC3}" presName="firstBuf" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{5EA6755E-7E67-4892-A4C1-C941E3D6EC54}" type="pres">
       <dgm:prSet presAssocID="{4FB852D8-AADA-4247-B2D8-162656071DC3}" presName="hierChild1" presStyleCnt="0">
         <dgm:presLayoutVars>
           <dgm:chPref val="1"/>
           <dgm:animOne val="branch"/>
           <dgm:animLvl val="lvl"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{2302760D-9C70-4791-853A-3C5905929D4F}" type="pres">
       <dgm:prSet presAssocID="{15CC8D2D-8CD4-43ED-95E4-6B5114316781}" presName="Name17" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{6CB256D6-FCCF-4A31-ADDF-DB035C701CA2}" type="pres">
-      <dgm:prSet presAssocID="{15CC8D2D-8CD4-43ED-95E4-6B5114316781}" presName="level1Shape" presStyleLbl="node0" presStyleIdx="0" presStyleCnt="1">
+      <dgm:prSet presAssocID="{15CC8D2D-8CD4-43ED-95E4-6B5114316781}" presName="level1Shape" presStyleLbl="node0" presStyleIdx="0" presStyleCnt="1" custScaleX="141259" custScaleY="168015" custLinFactY="-70555" custLinFactNeighborX="-5793" custLinFactNeighborY="-100000">
         <dgm:presLayoutVars>
           <dgm:chPref val="3"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr>
         <a:prstGeom prst="flowChartAlternateProcess">
           <a:avLst/>
         </a:prstGeom>
       </dgm:spPr>
     </dgm:pt>
     <dgm:pt modelId="{D2AA8BED-5161-4DE6-BFEF-251DA6B76FE2}" type="pres">
       <dgm:prSet presAssocID="{15CC8D2D-8CD4-43ED-95E4-6B5114316781}" presName="hierChild2" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{C0F6EC62-D98C-4AD4-A855-EC4D1137D1D1}" type="pres">
       <dgm:prSet presAssocID="{961A9BFF-624C-4866-947E-5BCBCA50B414}" presName="Name25" presStyleLbl="parChTrans1D2" presStyleIdx="0" presStyleCnt="1"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{016CB1DC-538E-449F-948D-4D81D5473676}" type="pres">
       <dgm:prSet presAssocID="{961A9BFF-624C-4866-947E-5BCBCA50B414}" presName="connTx" presStyleLbl="parChTrans1D2" presStyleIdx="0" presStyleCnt="1"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{E5D8C0AB-51C1-4D28-B875-BCC300F888BB}" type="pres">
       <dgm:prSet presAssocID="{E9D91247-F118-447D-A90C-DCEAD3240729}" presName="Name30" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{CCAFF023-0A9F-4BE2-B691-30F87D16E209}" type="pres">
-      <dgm:prSet presAssocID="{E9D91247-F118-447D-A90C-DCEAD3240729}" presName="level2Shape" presStyleLbl="node2" presStyleIdx="0" presStyleCnt="1"/>
+      <dgm:prSet presAssocID="{E9D91247-F118-447D-A90C-DCEAD3240729}" presName="level2Shape" presStyleLbl="node2" presStyleIdx="0" presStyleCnt="1" custScaleX="109933" custScaleY="141682" custLinFactNeighborX="-93944" custLinFactNeighborY="-49901"/>
       <dgm:spPr>
         <a:prstGeom prst="flowChartAlternateProcess">
           <a:avLst/>
         </a:prstGeom>
       </dgm:spPr>
     </dgm:pt>
     <dgm:pt modelId="{11E5E6ED-F7E0-416C-98A4-89AEF3D9E184}" type="pres">
       <dgm:prSet presAssocID="{E9D91247-F118-447D-A90C-DCEAD3240729}" presName="hierChild3" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{52400D05-091B-41BE-AA52-E97E35C4276A}" type="pres">
       <dgm:prSet presAssocID="{B9A35410-BE1A-4856-B6A3-E5A85793D0EF}" presName="Name25" presStyleLbl="parChTrans1D3" presStyleIdx="0" presStyleCnt="5"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{1770D11A-33B1-4D35-845E-E44839284051}" type="pres">
       <dgm:prSet presAssocID="{B9A35410-BE1A-4856-B6A3-E5A85793D0EF}" presName="connTx" presStyleLbl="parChTrans1D3" presStyleIdx="0" presStyleCnt="5"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{E900DA32-DF14-4760-B2AA-9ED5CE3080FE}" type="pres">
       <dgm:prSet presAssocID="{181E93A3-7F6E-424D-8689-1FBAA36D9620}" presName="Name30" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{3F796117-F3C0-458B-9E4C-84FE5105D257}" type="pres">
-      <dgm:prSet presAssocID="{181E93A3-7F6E-424D-8689-1FBAA36D9620}" presName="level2Shape" presStyleLbl="node3" presStyleIdx="0" presStyleCnt="5" custScaleX="156924" custScaleY="148414" custLinFactNeighborX="694" custLinFactNeighborY="-49936"/>
+      <dgm:prSet presAssocID="{181E93A3-7F6E-424D-8689-1FBAA36D9620}" presName="level2Shape" presStyleLbl="node3" presStyleIdx="0" presStyleCnt="5" custScaleX="195140" custScaleY="157656" custLinFactNeighborX="-24127" custLinFactNeighborY="-49936"/>
       <dgm:spPr>
         <a:prstGeom prst="flowChartAlternateProcess">
           <a:avLst/>
         </a:prstGeom>
       </dgm:spPr>
     </dgm:pt>
     <dgm:pt modelId="{47A69069-0C61-4D28-A402-35F23DD32774}" type="pres">
       <dgm:prSet presAssocID="{181E93A3-7F6E-424D-8689-1FBAA36D9620}" presName="hierChild3" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
-    <dgm:pt modelId="{9DAF94B6-B328-43A9-9B02-B66C46B1A5E2}" type="pres">
-[...22 lines deleted...]
-    </dgm:pt>
     <dgm:pt modelId="{CD39D1E0-BAFA-4282-9069-E12FA2A9ED6A}" type="pres">
-      <dgm:prSet presAssocID="{ABB93559-6D21-43D3-B724-13AB214FF007}" presName="Name25" presStyleLbl="parChTrans1D3" presStyleIdx="2" presStyleCnt="5"/>
+      <dgm:prSet presAssocID="{ABB93559-6D21-43D3-B724-13AB214FF007}" presName="Name25" presStyleLbl="parChTrans1D3" presStyleIdx="1" presStyleCnt="5"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{926F47B8-4E55-484E-A1B5-C720502FA0B6}" type="pres">
-      <dgm:prSet presAssocID="{ABB93559-6D21-43D3-B724-13AB214FF007}" presName="connTx" presStyleLbl="parChTrans1D3" presStyleIdx="2" presStyleCnt="5"/>
+      <dgm:prSet presAssocID="{ABB93559-6D21-43D3-B724-13AB214FF007}" presName="connTx" presStyleLbl="parChTrans1D3" presStyleIdx="1" presStyleCnt="5"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{62A59442-C8A6-4050-A7B1-0004A64A7A29}" type="pres">
       <dgm:prSet presAssocID="{352EEBB9-1F1C-482E-94F9-7F5DBF045EDD}" presName="Name30" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{1BAAF516-C7F2-4667-8F11-154843D8E091}" type="pres">
-      <dgm:prSet presAssocID="{352EEBB9-1F1C-482E-94F9-7F5DBF045EDD}" presName="level2Shape" presStyleLbl="node3" presStyleIdx="2" presStyleCnt="5" custScaleX="158501" custScaleY="132850" custLinFactNeighborY="-15258"/>
+      <dgm:prSet presAssocID="{352EEBB9-1F1C-482E-94F9-7F5DBF045EDD}" presName="level2Shape" presStyleLbl="node3" presStyleIdx="1" presStyleCnt="5" custScaleX="196631" custLinFactNeighborX="-24822" custLinFactNeighborY="-40880"/>
       <dgm:spPr>
         <a:prstGeom prst="flowChartAlternateProcess">
           <a:avLst/>
         </a:prstGeom>
       </dgm:spPr>
     </dgm:pt>
     <dgm:pt modelId="{0C285791-A17E-48C8-8A93-D09754D1D5FF}" type="pres">
       <dgm:prSet presAssocID="{352EEBB9-1F1C-482E-94F9-7F5DBF045EDD}" presName="hierChild3" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{0C1F1798-3416-49D7-BD3E-E84B58E13DAD}" type="pres">
-      <dgm:prSet presAssocID="{B7F79038-E349-486F-91FB-33BA8725BC2A}" presName="Name25" presStyleLbl="parChTrans1D3" presStyleIdx="3" presStyleCnt="5"/>
+      <dgm:prSet presAssocID="{B7F79038-E349-486F-91FB-33BA8725BC2A}" presName="Name25" presStyleLbl="parChTrans1D3" presStyleIdx="2" presStyleCnt="5"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{1417A215-951D-43B1-AE53-5DD2D9C43930}" type="pres">
-      <dgm:prSet presAssocID="{B7F79038-E349-486F-91FB-33BA8725BC2A}" presName="connTx" presStyleLbl="parChTrans1D3" presStyleIdx="3" presStyleCnt="5"/>
+      <dgm:prSet presAssocID="{B7F79038-E349-486F-91FB-33BA8725BC2A}" presName="connTx" presStyleLbl="parChTrans1D3" presStyleIdx="2" presStyleCnt="5"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{AE246AE1-04E8-4223-A2ED-854E6A545A6C}" type="pres">
       <dgm:prSet presAssocID="{F49014BD-D9FC-495D-870F-9E22DB3F48E1}" presName="Name30" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{018274AD-B94B-49BF-A286-DF427BF0D4AD}" type="pres">
-      <dgm:prSet presAssocID="{F49014BD-D9FC-495D-870F-9E22DB3F48E1}" presName="level2Shape" presStyleLbl="node3" presStyleIdx="3" presStyleCnt="5" custScaleX="157446"/>
+      <dgm:prSet presAssocID="{F49014BD-D9FC-495D-870F-9E22DB3F48E1}" presName="level2Shape" presStyleLbl="node3" presStyleIdx="2" presStyleCnt="5" custScaleX="162597" custLinFactNeighborX="-24821" custLinFactNeighborY="-36831"/>
       <dgm:spPr>
         <a:prstGeom prst="flowChartAlternateProcess">
           <a:avLst/>
         </a:prstGeom>
       </dgm:spPr>
     </dgm:pt>
     <dgm:pt modelId="{4C4CCBC1-57CC-458D-9286-BC6AEC45F1DD}" type="pres">
       <dgm:prSet presAssocID="{F49014BD-D9FC-495D-870F-9E22DB3F48E1}" presName="hierChild3" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{4F6C30E1-57F7-405E-894F-66EE6840C50C}" type="pres">
+      <dgm:prSet presAssocID="{1A30AA29-8687-4387-8508-F36139D50DAF}" presName="Name25" presStyleLbl="parChTrans1D3" presStyleIdx="3" presStyleCnt="5"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{66BD68E0-6244-452D-A3A5-838A2D04EFE1}" type="pres">
+      <dgm:prSet presAssocID="{1A30AA29-8687-4387-8508-F36139D50DAF}" presName="connTx" presStyleLbl="parChTrans1D3" presStyleIdx="3" presStyleCnt="5"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{CBFEB448-6BE9-420A-97CB-265F39451D02}" type="pres">
+      <dgm:prSet presAssocID="{57CAB32B-E205-4D0B-9D11-7186B0801631}" presName="Name30" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{2FD4F96B-439C-4973-9D46-A7F1030FE43A}" type="pres">
+      <dgm:prSet presAssocID="{57CAB32B-E205-4D0B-9D11-7186B0801631}" presName="level2Shape" presStyleLbl="node3" presStyleIdx="3" presStyleCnt="5" custScaleX="167150" custLinFactNeighborX="-21205" custLinFactNeighborY="-21205"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{98909086-7C2F-4E96-8F0B-0ADCD7042136}" type="pres">
+      <dgm:prSet presAssocID="{57CAB32B-E205-4D0B-9D11-7186B0801631}" presName="hierChild3" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{C1176CAC-ADB4-44D6-B4A6-94C8A29B7D81}" type="pres">
       <dgm:prSet presAssocID="{943EB31F-B2D7-49D6-8CDD-6414260B785D}" presName="Name25" presStyleLbl="parChTrans1D3" presStyleIdx="4" presStyleCnt="5"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{94438A8B-13E3-4374-B7FB-916D63F6C043}" type="pres">
       <dgm:prSet presAssocID="{943EB31F-B2D7-49D6-8CDD-6414260B785D}" presName="connTx" presStyleLbl="parChTrans1D3" presStyleIdx="4" presStyleCnt="5"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{544A5FE4-3126-48B9-85BE-974BFA3DA566}" type="pres">
       <dgm:prSet presAssocID="{776708B1-A768-41BB-9E2B-932B8A418C33}" presName="Name30" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{D6DCC517-E673-45BB-8274-0D301D52BE9C}" type="pres">
-      <dgm:prSet presAssocID="{776708B1-A768-41BB-9E2B-932B8A418C33}" presName="level2Shape" presStyleLbl="node3" presStyleIdx="4" presStyleCnt="5" custScaleX="156174"/>
+      <dgm:prSet presAssocID="{776708B1-A768-41BB-9E2B-932B8A418C33}" presName="level2Shape" presStyleLbl="node3" presStyleIdx="4" presStyleCnt="5" custScaleX="166351" custLinFactNeighborX="-22528" custLinFactNeighborY="-10213"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{45F7E6E5-BBB7-4B08-B01C-307FF44E6321}" type="pres">
       <dgm:prSet presAssocID="{776708B1-A768-41BB-9E2B-932B8A418C33}" presName="hierChild3" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{2B4A23D1-5817-453F-9B50-E006C9CA0F76}" type="pres">
       <dgm:prSet presAssocID="{4FB852D8-AADA-4247-B2D8-162656071DC3}" presName="bgShapesFlow" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{F134B20F-291A-47DA-8388-55D877B64473}" type="pres">
       <dgm:prSet presAssocID="{FB5F5B7F-484E-4EED-9615-EDB82546C1D7}" presName="rectComp" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{58CFBB39-9787-4E23-A4D3-E8A0819916F9}" type="pres">
-      <dgm:prSet presAssocID="{FB5F5B7F-484E-4EED-9615-EDB82546C1D7}" presName="bgRect" presStyleLbl="bgShp" presStyleIdx="0" presStyleCnt="3"/>
+      <dgm:prSet presAssocID="{FB5F5B7F-484E-4EED-9615-EDB82546C1D7}" presName="bgRect" presStyleLbl="bgShp" presStyleIdx="0" presStyleCnt="2" custScaleX="226379" custLinFactNeighborX="-2636" custLinFactNeighborY="396"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{58FD98B2-2575-49E5-B375-37949B0004DC}" type="pres">
-      <dgm:prSet presAssocID="{FB5F5B7F-484E-4EED-9615-EDB82546C1D7}" presName="bgRectTx" presStyleLbl="bgShp" presStyleIdx="0" presStyleCnt="3">
+      <dgm:prSet presAssocID="{FB5F5B7F-484E-4EED-9615-EDB82546C1D7}" presName="bgRectTx" presStyleLbl="bgShp" presStyleIdx="0" presStyleCnt="2">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{BA7C572F-1A51-4E7A-9C5A-1E5BB2483166}" type="pres">
       <dgm:prSet presAssocID="{FB5F5B7F-484E-4EED-9615-EDB82546C1D7}" presName="spComp" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{379CA4FA-8723-4088-8EFC-51DA54B5DABA}" type="pres">
       <dgm:prSet presAssocID="{FB5F5B7F-484E-4EED-9615-EDB82546C1D7}" presName="hSp" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
-    <dgm:pt modelId="{22FD639D-03E3-48BF-B27E-40369DB84945}" type="pres">
-[...22 lines deleted...]
-    </dgm:pt>
     <dgm:pt modelId="{61D182A3-8560-49CE-88EA-10CAD6B4C399}" type="pres">
       <dgm:prSet presAssocID="{78669AE5-42AF-45D3-AC2A-533B13E152E9}" presName="rectComp" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{CFF60740-F6B4-4D32-B6D6-948BB746E631}" type="pres">
-      <dgm:prSet presAssocID="{78669AE5-42AF-45D3-AC2A-533B13E152E9}" presName="bgRect" presStyleLbl="bgShp" presStyleIdx="2" presStyleCnt="3" custScaleX="145343"/>
+      <dgm:prSet presAssocID="{78669AE5-42AF-45D3-AC2A-533B13E152E9}" presName="bgRect" presStyleLbl="bgShp" presStyleIdx="1" presStyleCnt="2" custScaleX="225884" custLinFactNeighborX="-6585"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{DC2344A8-4DB1-4564-B493-27A722FF162C}" type="pres">
-      <dgm:prSet presAssocID="{78669AE5-42AF-45D3-AC2A-533B13E152E9}" presName="bgRectTx" presStyleLbl="bgShp" presStyleIdx="2" presStyleCnt="3">
+      <dgm:prSet presAssocID="{78669AE5-42AF-45D3-AC2A-533B13E152E9}" presName="bgRectTx" presStyleLbl="bgShp" presStyleIdx="1" presStyleCnt="2">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
   </dgm:ptLst>
   <dgm:cxnLst>
+    <dgm:cxn modelId="{8161A003-39C6-48F5-9000-2E0C2911404B}" srcId="{E9D91247-F118-447D-A90C-DCEAD3240729}" destId="{57CAB32B-E205-4D0B-9D11-7186B0801631}" srcOrd="3" destOrd="0" parTransId="{1A30AA29-8687-4387-8508-F36139D50DAF}" sibTransId="{429E5C3D-B182-4F2F-BDB4-B9E60F52E99D}"/>
     <dgm:cxn modelId="{D41FAA04-3333-FA4B-B0D6-32CB5C31548E}" type="presOf" srcId="{FB5F5B7F-484E-4EED-9615-EDB82546C1D7}" destId="{58CFBB39-9787-4E23-A4D3-E8A0819916F9}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{56F89215-B910-40F7-9EF5-1D93853D81C7}" srcId="{E9D91247-F118-447D-A90C-DCEAD3240729}" destId="{181E93A3-7F6E-424D-8689-1FBAA36D9620}" srcOrd="0" destOrd="0" parTransId="{B9A35410-BE1A-4856-B6A3-E5A85793D0EF}" sibTransId="{2686D9CB-D62C-431C-B75C-5D7387A4EF2C}"/>
     <dgm:cxn modelId="{0EFCB31A-E6C1-F043-9798-08F8BCF79FD6}" type="presOf" srcId="{B9A35410-BE1A-4856-B6A3-E5A85793D0EF}" destId="{1770D11A-33B1-4D35-845E-E44839284051}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{62995922-976C-9D4D-AABB-15C870EA12BC}" type="presOf" srcId="{B7F79038-E349-486F-91FB-33BA8725BC2A}" destId="{1417A215-951D-43B1-AE53-5DD2D9C43930}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{923CD932-048E-4A48-AD19-2FDC44817356}" type="presOf" srcId="{961A9BFF-624C-4866-947E-5BCBCA50B414}" destId="{016CB1DC-538E-449F-948D-4D81D5473676}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
-    <dgm:cxn modelId="{2671D235-E181-4CD7-8CE6-01D2ACFE6B30}" srcId="{E9D91247-F118-447D-A90C-DCEAD3240729}" destId="{88314AAB-3E43-4B8C-AD92-65186592FC8F}" srcOrd="1" destOrd="0" parTransId="{2BF857FB-0556-44D3-A666-D2D06E469232}" sibTransId="{8588BE21-8B03-4BFE-A734-6925CE72625A}"/>
     <dgm:cxn modelId="{5B0AF939-92DE-4744-A784-4B4C73BAA298}" type="presOf" srcId="{352EEBB9-1F1C-482E-94F9-7F5DBF045EDD}" destId="{1BAAF516-C7F2-4667-8F11-154843D8E091}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
-    <dgm:cxn modelId="{19F5895B-E88F-4FD4-9B22-CA7383FF7417}" srcId="{4FB852D8-AADA-4247-B2D8-162656071DC3}" destId="{266C2AE2-CFFE-4182-801B-359628575A81}" srcOrd="2" destOrd="0" parTransId="{ED336009-142C-4231-98A1-425E93FE1993}" sibTransId="{64EEBB87-276F-4266-BA5E-4AF0B0BE6591}"/>
     <dgm:cxn modelId="{84EB1760-2743-4609-8C6A-7645A45032FF}" srcId="{E9D91247-F118-447D-A90C-DCEAD3240729}" destId="{776708B1-A768-41BB-9E2B-932B8A418C33}" srcOrd="4" destOrd="0" parTransId="{943EB31F-B2D7-49D6-8CDD-6414260B785D}" sibTransId="{1E3DD07B-78FD-40BF-9028-42C10962CFFA}"/>
-    <dgm:cxn modelId="{95B1FA61-5B5F-4469-9F2C-DD4F95A3B640}" srcId="{4FB852D8-AADA-4247-B2D8-162656071DC3}" destId="{78669AE5-42AF-45D3-AC2A-533B13E152E9}" srcOrd="3" destOrd="0" parTransId="{5E690B64-201F-42BB-B7AA-ABAD7CD55A56}" sibTransId="{698E581C-C5D8-479D-8E0F-A971A437C887}"/>
+    <dgm:cxn modelId="{95B1FA61-5B5F-4469-9F2C-DD4F95A3B640}" srcId="{4FB852D8-AADA-4247-B2D8-162656071DC3}" destId="{78669AE5-42AF-45D3-AC2A-533B13E152E9}" srcOrd="2" destOrd="0" parTransId="{5E690B64-201F-42BB-B7AA-ABAD7CD55A56}" sibTransId="{698E581C-C5D8-479D-8E0F-A971A437C887}"/>
     <dgm:cxn modelId="{288F9D44-6850-A743-B76B-B7C120B89CD1}" type="presOf" srcId="{15CC8D2D-8CD4-43ED-95E4-6B5114316781}" destId="{6CB256D6-FCCF-4A31-ADDF-DB035C701CA2}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{8C93C665-617B-934A-AD66-514BE3F57AD2}" type="presOf" srcId="{ABB93559-6D21-43D3-B724-13AB214FF007}" destId="{CD39D1E0-BAFA-4282-9069-E12FA2A9ED6A}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{DCA1A146-096B-734B-97AB-B4A47558C870}" type="presOf" srcId="{961A9BFF-624C-4866-947E-5BCBCA50B414}" destId="{C0F6EC62-D98C-4AD4-A855-EC4D1137D1D1}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{582A3747-219B-A04B-84DA-BCB271329249}" type="presOf" srcId="{78669AE5-42AF-45D3-AC2A-533B13E152E9}" destId="{DC2344A8-4DB1-4564-B493-27A722FF162C}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{3B7EA167-DF23-EE46-81FA-B5C57D7E56B7}" type="presOf" srcId="{B9A35410-BE1A-4856-B6A3-E5A85793D0EF}" destId="{52400D05-091B-41BE-AA52-E97E35C4276A}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
-    <dgm:cxn modelId="{0A4E5469-0F93-0542-BBA5-42053EE46131}" type="presOf" srcId="{266C2AE2-CFFE-4182-801B-359628575A81}" destId="{F4DA2FB0-28CB-4E42-BCD3-F6D15E6959CB}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{FE03416C-E57D-6443-83F4-62A5898D7DE1}" type="presOf" srcId="{4FB852D8-AADA-4247-B2D8-162656071DC3}" destId="{B1691514-1EB5-4542-A0F3-B8EE1F658E29}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{DC226670-AE66-44D1-9D1B-F72274762B1B}" srcId="{4FB852D8-AADA-4247-B2D8-162656071DC3}" destId="{FB5F5B7F-484E-4EED-9615-EDB82546C1D7}" srcOrd="1" destOrd="0" parTransId="{EF6ECCF6-7302-4BE8-90AD-C9283006AFF8}" sibTransId="{D1470D02-27ED-4CA1-B5A5-6F142567EC6B}"/>
-    <dgm:cxn modelId="{4B5DDC53-4B2D-4ED9-9680-F54E6741878B}" srcId="{E9D91247-F118-447D-A90C-DCEAD3240729}" destId="{352EEBB9-1F1C-482E-94F9-7F5DBF045EDD}" srcOrd="2" destOrd="0" parTransId="{ABB93559-6D21-43D3-B724-13AB214FF007}" sibTransId="{5251D3D5-1B63-4967-AE07-179A067C462F}"/>
-[...1 lines deleted...]
-    <dgm:cxn modelId="{E96B0186-F9AF-504B-A3E0-3EB354611A75}" type="presOf" srcId="{266C2AE2-CFFE-4182-801B-359628575A81}" destId="{3E91D5F2-3604-4E77-8448-2B2F49B82FD9}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
+    <dgm:cxn modelId="{4B5DDC53-4B2D-4ED9-9680-F54E6741878B}" srcId="{E9D91247-F118-447D-A90C-DCEAD3240729}" destId="{352EEBB9-1F1C-482E-94F9-7F5DBF045EDD}" srcOrd="1" destOrd="0" parTransId="{ABB93559-6D21-43D3-B724-13AB214FF007}" sibTransId="{5251D3D5-1B63-4967-AE07-179A067C462F}"/>
     <dgm:cxn modelId="{30DAA58B-8400-4143-B966-581DC7129B61}" type="presOf" srcId="{E9D91247-F118-447D-A90C-DCEAD3240729}" destId="{CCAFF023-0A9F-4BE2-B691-30F87D16E209}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
+    <dgm:cxn modelId="{F559968E-CFBB-423A-B7D3-C2624C531B5F}" type="presOf" srcId="{57CAB32B-E205-4D0B-9D11-7186B0801631}" destId="{2FD4F96B-439C-4973-9D46-A7F1030FE43A}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{EE2FFF91-9DAB-5D41-9DC4-AEAEEB20DA66}" type="presOf" srcId="{181E93A3-7F6E-424D-8689-1FBAA36D9620}" destId="{3F796117-F3C0-458B-9E4C-84FE5105D257}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{8D2A6994-363D-5B4E-85AE-12FB07C72084}" type="presOf" srcId="{FB5F5B7F-484E-4EED-9615-EDB82546C1D7}" destId="{58FD98B2-2575-49E5-B375-37949B0004DC}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{E19AFF9A-4ED8-4A45-99A1-9C679F3C3E4A}" type="presOf" srcId="{943EB31F-B2D7-49D6-8CDD-6414260B785D}" destId="{94438A8B-13E3-4374-B7FB-916D63F6C043}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{CFAA71A8-1A60-6F4F-816F-836B91E203B4}" type="presOf" srcId="{943EB31F-B2D7-49D6-8CDD-6414260B785D}" destId="{C1176CAC-ADB4-44D6-B4A6-94C8A29B7D81}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
-    <dgm:cxn modelId="{AFBE66AE-A602-E545-986C-6EC9EFB39391}" type="presOf" srcId="{88314AAB-3E43-4B8C-AD92-65186592FC8F}" destId="{CD379ED6-D4B0-40FB-AD88-45A06AD75910}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{12385BAF-2170-B643-A04B-8F30AF492667}" type="presOf" srcId="{F49014BD-D9FC-495D-870F-9E22DB3F48E1}" destId="{018274AD-B94B-49BF-A286-DF427BF0D4AD}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
-    <dgm:cxn modelId="{126D27B0-059D-494F-B241-82769F4D7AEB}" type="presOf" srcId="{2BF857FB-0556-44D3-A666-D2D06E469232}" destId="{9DAF94B6-B328-43A9-9B02-B66C46B1A5E2}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{C6530FB9-9786-494D-A977-3339D8729557}" srcId="{4FB852D8-AADA-4247-B2D8-162656071DC3}" destId="{15CC8D2D-8CD4-43ED-95E4-6B5114316781}" srcOrd="0" destOrd="0" parTransId="{166E4CCC-571D-4AA2-A038-EB1CE7DF8BE6}" sibTransId="{1F38C8C0-4D82-4CD4-95F2-9DDB3326175A}"/>
     <dgm:cxn modelId="{6B7CC9BD-B3BE-4009-968A-7597B55A7909}" srcId="{15CC8D2D-8CD4-43ED-95E4-6B5114316781}" destId="{E9D91247-F118-447D-A90C-DCEAD3240729}" srcOrd="0" destOrd="0" parTransId="{961A9BFF-624C-4866-947E-5BCBCA50B414}" sibTransId="{8D66451D-7FBC-4FCE-BC1A-B551548DAFC7}"/>
+    <dgm:cxn modelId="{D3434FC3-CF6A-4E03-84A9-51FEF531D46A}" type="presOf" srcId="{1A30AA29-8687-4387-8508-F36139D50DAF}" destId="{4F6C30E1-57F7-405E-894F-66EE6840C50C}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{3A998ECD-CF71-6F41-8D89-4ADA82330430}" type="presOf" srcId="{776708B1-A768-41BB-9E2B-932B8A418C33}" destId="{D6DCC517-E673-45BB-8274-0D301D52BE9C}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
+    <dgm:cxn modelId="{A5CDCBD3-3ADE-47D6-8F14-ED42704E89E8}" type="presOf" srcId="{1A30AA29-8687-4387-8508-F36139D50DAF}" destId="{66BD68E0-6244-452D-A3A5-838A2D04EFE1}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{369029D8-775E-EA48-9C04-5FC113C5262F}" type="presOf" srcId="{ABB93559-6D21-43D3-B724-13AB214FF007}" destId="{926F47B8-4E55-484E-A1B5-C720502FA0B6}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{0221CBDE-53A6-7E47-AFDE-7AA900C4EA7A}" type="presOf" srcId="{78669AE5-42AF-45D3-AC2A-533B13E152E9}" destId="{CFF60740-F6B4-4D32-B6D6-948BB746E631}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{B7F7B5ED-B054-CA43-9A1A-D1BB23247EF1}" type="presOf" srcId="{B7F79038-E349-486F-91FB-33BA8725BC2A}" destId="{0C1F1798-3416-49D7-BD3E-E84B58E13DAD}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
-    <dgm:cxn modelId="{AD7E8CF0-0E16-4E92-8A8F-6FF25EA6E4A4}" srcId="{E9D91247-F118-447D-A90C-DCEAD3240729}" destId="{F49014BD-D9FC-495D-870F-9E22DB3F48E1}" srcOrd="3" destOrd="0" parTransId="{B7F79038-E349-486F-91FB-33BA8725BC2A}" sibTransId="{15A679B4-D447-406D-ACFC-642BE536E7B2}"/>
+    <dgm:cxn modelId="{AD7E8CF0-0E16-4E92-8A8F-6FF25EA6E4A4}" srcId="{E9D91247-F118-447D-A90C-DCEAD3240729}" destId="{F49014BD-D9FC-495D-870F-9E22DB3F48E1}" srcOrd="2" destOrd="0" parTransId="{B7F79038-E349-486F-91FB-33BA8725BC2A}" sibTransId="{15A679B4-D447-406D-ACFC-642BE536E7B2}"/>
     <dgm:cxn modelId="{7F727834-3387-8A4D-A8EB-E3EA373738BB}" type="presParOf" srcId="{B1691514-1EB5-4542-A0F3-B8EE1F658E29}" destId="{AAB21038-82AE-4DE3-BC11-48A25577567F}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{A353D5C5-1D38-3C42-B746-9F65DDEBF30D}" type="presParOf" srcId="{AAB21038-82AE-4DE3-BC11-48A25577567F}" destId="{968E144C-B2CF-46FB-B4FE-970ED83F3CB2}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{05735F74-80A2-1242-B405-2CDD6189C2C0}" type="presParOf" srcId="{AAB21038-82AE-4DE3-BC11-48A25577567F}" destId="{5EA6755E-7E67-4892-A4C1-C941E3D6EC54}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{ED22CE13-B7B4-DC44-9048-ACDE678E4F27}" type="presParOf" srcId="{5EA6755E-7E67-4892-A4C1-C941E3D6EC54}" destId="{2302760D-9C70-4791-853A-3C5905929D4F}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{3A092A33-C396-894B-8E16-972215FFF354}" type="presParOf" srcId="{2302760D-9C70-4791-853A-3C5905929D4F}" destId="{6CB256D6-FCCF-4A31-ADDF-DB035C701CA2}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{53744A4F-9FD5-D34F-B6DD-89478BCD3FC1}" type="presParOf" srcId="{2302760D-9C70-4791-853A-3C5905929D4F}" destId="{D2AA8BED-5161-4DE6-BFEF-251DA6B76FE2}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{2FEE170F-B836-F44E-96F9-5214AA97B2D8}" type="presParOf" srcId="{D2AA8BED-5161-4DE6-BFEF-251DA6B76FE2}" destId="{C0F6EC62-D98C-4AD4-A855-EC4D1137D1D1}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{FA2943BF-5A1C-3049-B0C8-35F7599F4751}" type="presParOf" srcId="{C0F6EC62-D98C-4AD4-A855-EC4D1137D1D1}" destId="{016CB1DC-538E-449F-948D-4D81D5473676}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{C420A263-4F03-9649-9E01-91D449DB5619}" type="presParOf" srcId="{D2AA8BED-5161-4DE6-BFEF-251DA6B76FE2}" destId="{E5D8C0AB-51C1-4D28-B875-BCC300F888BB}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{5D80F986-E522-1943-AF73-554CF25EE710}" type="presParOf" srcId="{E5D8C0AB-51C1-4D28-B875-BCC300F888BB}" destId="{CCAFF023-0A9F-4BE2-B691-30F87D16E209}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{3ABAFF42-4F87-C541-9DB2-7BA42FC91A30}" type="presParOf" srcId="{E5D8C0AB-51C1-4D28-B875-BCC300F888BB}" destId="{11E5E6ED-F7E0-416C-98A4-89AEF3D9E184}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{7DFBA25E-C3E7-0240-A84B-46E672336CDC}" type="presParOf" srcId="{11E5E6ED-F7E0-416C-98A4-89AEF3D9E184}" destId="{52400D05-091B-41BE-AA52-E97E35C4276A}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{7D535EF8-3062-554F-BBE0-5B1983F6A885}" type="presParOf" srcId="{52400D05-091B-41BE-AA52-E97E35C4276A}" destId="{1770D11A-33B1-4D35-845E-E44839284051}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{1167EB11-EE3D-EA48-9128-C21344DA51D4}" type="presParOf" srcId="{11E5E6ED-F7E0-416C-98A4-89AEF3D9E184}" destId="{E900DA32-DF14-4760-B2AA-9ED5CE3080FE}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{FA793317-2D35-BD41-9AC4-D6C6FED8F336}" type="presParOf" srcId="{E900DA32-DF14-4760-B2AA-9ED5CE3080FE}" destId="{3F796117-F3C0-458B-9E4C-84FE5105D257}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{39031328-4E36-684C-85C0-79827CB2ACD5}" type="presParOf" srcId="{E900DA32-DF14-4760-B2AA-9ED5CE3080FE}" destId="{47A69069-0C61-4D28-A402-35F23DD32774}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
-    <dgm:cxn modelId="{C5F1C247-21FC-5742-8EA2-A9BFA27BC2F0}" type="presParOf" srcId="{11E5E6ED-F7E0-416C-98A4-89AEF3D9E184}" destId="{9DAF94B6-B328-43A9-9B02-B66C46B1A5E2}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
-[...4 lines deleted...]
-    <dgm:cxn modelId="{12F6BF46-7FE4-524A-B215-E4CFFD3BF5C8}" type="presParOf" srcId="{11E5E6ED-F7E0-416C-98A4-89AEF3D9E184}" destId="{CD39D1E0-BAFA-4282-9069-E12FA2A9ED6A}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
+    <dgm:cxn modelId="{12F6BF46-7FE4-524A-B215-E4CFFD3BF5C8}" type="presParOf" srcId="{11E5E6ED-F7E0-416C-98A4-89AEF3D9E184}" destId="{CD39D1E0-BAFA-4282-9069-E12FA2A9ED6A}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{C45FA89E-A454-3A49-B53E-84BCC03B2D69}" type="presParOf" srcId="{CD39D1E0-BAFA-4282-9069-E12FA2A9ED6A}" destId="{926F47B8-4E55-484E-A1B5-C720502FA0B6}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
-    <dgm:cxn modelId="{B63F9D7F-8FDC-F046-A7F9-42145EA2AF28}" type="presParOf" srcId="{11E5E6ED-F7E0-416C-98A4-89AEF3D9E184}" destId="{62A59442-C8A6-4050-A7B1-0004A64A7A29}" srcOrd="5" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
+    <dgm:cxn modelId="{B63F9D7F-8FDC-F046-A7F9-42145EA2AF28}" type="presParOf" srcId="{11E5E6ED-F7E0-416C-98A4-89AEF3D9E184}" destId="{62A59442-C8A6-4050-A7B1-0004A64A7A29}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{2A2045AE-8CAE-684A-895A-CE25318F483F}" type="presParOf" srcId="{62A59442-C8A6-4050-A7B1-0004A64A7A29}" destId="{1BAAF516-C7F2-4667-8F11-154843D8E091}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{C7336D67-0081-5341-A847-E8E56C93DB93}" type="presParOf" srcId="{62A59442-C8A6-4050-A7B1-0004A64A7A29}" destId="{0C285791-A17E-48C8-8A93-D09754D1D5FF}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
-    <dgm:cxn modelId="{BCE8A328-E9D8-D04E-AD47-71EF1204CAFD}" type="presParOf" srcId="{11E5E6ED-F7E0-416C-98A4-89AEF3D9E184}" destId="{0C1F1798-3416-49D7-BD3E-E84B58E13DAD}" srcOrd="6" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
+    <dgm:cxn modelId="{BCE8A328-E9D8-D04E-AD47-71EF1204CAFD}" type="presParOf" srcId="{11E5E6ED-F7E0-416C-98A4-89AEF3D9E184}" destId="{0C1F1798-3416-49D7-BD3E-E84B58E13DAD}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{C6755D7D-5695-8A4D-BD1D-80BA84D2583A}" type="presParOf" srcId="{0C1F1798-3416-49D7-BD3E-E84B58E13DAD}" destId="{1417A215-951D-43B1-AE53-5DD2D9C43930}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
-    <dgm:cxn modelId="{00CF1C24-849B-1A46-9B84-06BCFB9DA6D1}" type="presParOf" srcId="{11E5E6ED-F7E0-416C-98A4-89AEF3D9E184}" destId="{AE246AE1-04E8-4223-A2ED-854E6A545A6C}" srcOrd="7" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
+    <dgm:cxn modelId="{00CF1C24-849B-1A46-9B84-06BCFB9DA6D1}" type="presParOf" srcId="{11E5E6ED-F7E0-416C-98A4-89AEF3D9E184}" destId="{AE246AE1-04E8-4223-A2ED-854E6A545A6C}" srcOrd="5" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{6B72F628-4926-1A4C-8869-FE3EAFB4931B}" type="presParOf" srcId="{AE246AE1-04E8-4223-A2ED-854E6A545A6C}" destId="{018274AD-B94B-49BF-A286-DF427BF0D4AD}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{4A3DC5B4-7BC7-C844-B7D7-DBAAA1C26084}" type="presParOf" srcId="{AE246AE1-04E8-4223-A2ED-854E6A545A6C}" destId="{4C4CCBC1-57CC-458D-9286-BC6AEC45F1DD}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
+    <dgm:cxn modelId="{FE9F4CAE-2826-4CFF-96CF-9434F834FD28}" type="presParOf" srcId="{11E5E6ED-F7E0-416C-98A4-89AEF3D9E184}" destId="{4F6C30E1-57F7-405E-894F-66EE6840C50C}" srcOrd="6" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
+    <dgm:cxn modelId="{1F04149B-5009-4E67-B63B-F0D78854241B}" type="presParOf" srcId="{4F6C30E1-57F7-405E-894F-66EE6840C50C}" destId="{66BD68E0-6244-452D-A3A5-838A2D04EFE1}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
+    <dgm:cxn modelId="{502E6170-E602-4CAB-A910-554BA0D77A89}" type="presParOf" srcId="{11E5E6ED-F7E0-416C-98A4-89AEF3D9E184}" destId="{CBFEB448-6BE9-420A-97CB-265F39451D02}" srcOrd="7" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
+    <dgm:cxn modelId="{FEF8FBFF-BABB-4257-8A54-F3D56F3651DD}" type="presParOf" srcId="{CBFEB448-6BE9-420A-97CB-265F39451D02}" destId="{2FD4F96B-439C-4973-9D46-A7F1030FE43A}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
+    <dgm:cxn modelId="{48184722-2918-4CCF-BD1D-06D4C7A351B9}" type="presParOf" srcId="{CBFEB448-6BE9-420A-97CB-265F39451D02}" destId="{98909086-7C2F-4E96-8F0B-0ADCD7042136}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{188225AC-B9D3-4C4C-9ECB-B24E7D8398ED}" type="presParOf" srcId="{11E5E6ED-F7E0-416C-98A4-89AEF3D9E184}" destId="{C1176CAC-ADB4-44D6-B4A6-94C8A29B7D81}" srcOrd="8" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{0293B9D2-6DD6-B548-A449-E2C907204EB0}" type="presParOf" srcId="{C1176CAC-ADB4-44D6-B4A6-94C8A29B7D81}" destId="{94438A8B-13E3-4374-B7FB-916D63F6C043}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{43A0BF01-8D1C-6B4F-8484-BA364D89CD22}" type="presParOf" srcId="{11E5E6ED-F7E0-416C-98A4-89AEF3D9E184}" destId="{544A5FE4-3126-48B9-85BE-974BFA3DA566}" srcOrd="9" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{1AFEA8B4-BFB4-EA4A-B0A1-0724976418D0}" type="presParOf" srcId="{544A5FE4-3126-48B9-85BE-974BFA3DA566}" destId="{D6DCC517-E673-45BB-8274-0D301D52BE9C}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{35AB2124-1C69-2C4D-BBA1-0E5659A5FF61}" type="presParOf" srcId="{544A5FE4-3126-48B9-85BE-974BFA3DA566}" destId="{45F7E6E5-BBB7-4B08-B01C-307FF44E6321}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{CA47E64C-8B6C-8646-9405-51507A8AAF8D}" type="presParOf" srcId="{B1691514-1EB5-4542-A0F3-B8EE1F658E29}" destId="{2B4A23D1-5817-453F-9B50-E006C9CA0F76}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{1E45ECD6-35D1-4A40-89DF-0319CED975D5}" type="presParOf" srcId="{2B4A23D1-5817-453F-9B50-E006C9CA0F76}" destId="{F134B20F-291A-47DA-8388-55D877B64473}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{D29814FF-FDA1-5744-A93C-EF5979AEA232}" type="presParOf" srcId="{F134B20F-291A-47DA-8388-55D877B64473}" destId="{58CFBB39-9787-4E23-A4D3-E8A0819916F9}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{149C8275-6B19-7E49-A656-1DC0BF1375A7}" type="presParOf" srcId="{F134B20F-291A-47DA-8388-55D877B64473}" destId="{58FD98B2-2575-49E5-B375-37949B0004DC}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{C84BB01A-12A9-A048-9A74-C1C87F865130}" type="presParOf" srcId="{2B4A23D1-5817-453F-9B50-E006C9CA0F76}" destId="{BA7C572F-1A51-4E7A-9C5A-1E5BB2483166}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{C1BCEF38-93B0-EB48-B4EE-18E12A8C3DB3}" type="presParOf" srcId="{BA7C572F-1A51-4E7A-9C5A-1E5BB2483166}" destId="{379CA4FA-8723-4088-8EFC-51DA54B5DABA}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
-    <dgm:cxn modelId="{F27B1852-7547-FD4D-AB48-88E59B4CD550}" type="presParOf" srcId="{2B4A23D1-5817-453F-9B50-E006C9CA0F76}" destId="{22FD639D-03E3-48BF-B27E-40369DB84945}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
-[...4 lines deleted...]
-    <dgm:cxn modelId="{533B22B4-8FCC-1244-BA24-A7C1CC62255D}" type="presParOf" srcId="{2B4A23D1-5817-453F-9B50-E006C9CA0F76}" destId="{61D182A3-8560-49CE-88EA-10CAD6B4C399}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
+    <dgm:cxn modelId="{533B22B4-8FCC-1244-BA24-A7C1CC62255D}" type="presParOf" srcId="{2B4A23D1-5817-453F-9B50-E006C9CA0F76}" destId="{61D182A3-8560-49CE-88EA-10CAD6B4C399}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{DB4ACADC-488B-2948-8804-89B10A205273}" type="presParOf" srcId="{61D182A3-8560-49CE-88EA-10CAD6B4C399}" destId="{CFF60740-F6B4-4D32-B6D6-948BB746E631}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{1C0CD637-A6A6-8449-8F22-2D4353ABAE82}" type="presParOf" srcId="{61D182A3-8560-49CE-88EA-10CAD6B4C399}" destId="{DC2344A8-4DB1-4564-B493-27A722FF162C}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
   </dgm:cxnLst>
   <dgm:bg/>
   <dgm:whole/>
   <dgm:extLst>
     <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
-      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId15" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId16" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
     </a:ext>
   </dgm:extLst>
 </dgm:dataModel>
 </file>
 
 <file path=word/diagrams/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dsp:spTree>
     <dsp:nvGrpSpPr>
       <dsp:cNvPr id="0" name=""/>
       <dsp:cNvGrpSpPr/>
     </dsp:nvGrpSpPr>
     <dsp:grpSpPr/>
     <dsp:sp modelId="{CFF60740-F6B4-4D32-B6D6-948BB746E631}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="2358065" y="0"/>
-          <a:ext cx="1151086" cy="3206750"/>
+          <a:off x="2153181" y="0"/>
+          <a:ext cx="1856863" cy="3206750"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst>
             <a:gd name="adj" fmla="val 10000"/>
           </a:avLst>
         </a:prstGeom>
         <a:gradFill rotWithShape="0">
           <a:gsLst>
             <a:gs pos="0">
-              <a:srgbClr val="4F81BD">
+              <a:schemeClr val="accent1">
                 <a:tint val="40000"/>
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
-                <a:shade val="51000"/>
-[...1 lines deleted...]
-              </a:srgbClr>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
-              <a:srgbClr val="4F81BD">
+            <a:gs pos="50000">
+              <a:schemeClr val="accent1">
                 <a:tint val="40000"/>
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
-                <a:shade val="93000"/>
-[...1 lines deleted...]
-              </a:srgbClr>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
-              <a:srgbClr val="4F81BD">
+              <a:schemeClr val="accent1">
                 <a:tint val="40000"/>
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
-                <a:shade val="94000"/>
-[...1 lines deleted...]
-              </a:srgbClr>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
         <a:scene3d>
           <a:camera prst="orthographicFront"/>
           <a:lightRig rig="flat" dir="t"/>
         </a:scene3d>
         <a:sp3d z="-190500" extrusionH="12700" prstMaterial="plastic">
           <a:bevelT w="50800" h="50800"/>
         </a:sp3d>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="71120" tIns="71120" rIns="71120" bIns="71120" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="444500">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="fr-CH" sz="1000" b="1" kern="1200">
-[...11 lines deleted...]
-            </a:rPr>
+            <a:rPr lang="fr-FR" sz="1000" b="1" kern="1200"/>
             <a:t>IDENTIFICATION ET TRAITEMENT DES RISQUES</a:t>
           </a:r>
-          <a:endParaRPr lang="en-US" sz="1000" b="1" kern="1200">
-[...11 lines deleted...]
-          </a:endParaRPr>
+          <a:endParaRPr lang="en-US" sz="1000" b="1" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2386242" y="28177"/>
-        <a:ext cx="1094732" cy="905671"/>
+        <a:off x="2153181" y="0"/>
+        <a:ext cx="1856863" cy="962025"/>
       </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{F4DA2FB0-28CB-4E42-BCD3-F6D15E6959CB}">
+    <dsp:sp modelId="{58CFBB39-9787-4E23-A4D3-E8A0819916F9}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="1434089" y="0"/>
-          <a:ext cx="791979" cy="3206750"/>
+          <a:off x="187704" y="0"/>
+          <a:ext cx="1860932" cy="3206750"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst>
             <a:gd name="adj" fmla="val 10000"/>
           </a:avLst>
         </a:prstGeom>
         <a:gradFill rotWithShape="0">
           <a:gsLst>
             <a:gs pos="0">
-              <a:srgbClr val="4F81BD">
+              <a:schemeClr val="accent1">
                 <a:tint val="40000"/>
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
-                <a:shade val="51000"/>
-[...1 lines deleted...]
-              </a:srgbClr>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
-              <a:srgbClr val="4F81BD">
+            <a:gs pos="50000">
+              <a:schemeClr val="accent1">
                 <a:tint val="40000"/>
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
-                <a:shade val="93000"/>
-[...1 lines deleted...]
-              </a:srgbClr>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
-              <a:srgbClr val="4F81BD">
+              <a:schemeClr val="accent1">
                 <a:tint val="40000"/>
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
-                <a:shade val="94000"/>
-[...1 lines deleted...]
-              </a:srgbClr>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
         <a:scene3d>
           <a:camera prst="orthographicFront"/>
           <a:lightRig rig="flat" dir="t"/>
         </a:scene3d>
         <a:sp3d z="-190500" extrusionH="12700" prstMaterial="plastic">
           <a:bevelT w="50800" h="50800"/>
         </a:sp3d>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="71120" tIns="71120" rIns="71120" bIns="71120" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="444500">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="fr-CH" sz="1000" b="1" kern="1200">
-[...12 lines deleted...]
-            <a:t>L'ANALYSE DES RISQUES, L'ÉVALUATION. RECOMMANDATION ET SUIVI</a:t>
+            <a:rPr lang="fr-FR" sz="1000" b="1" kern="1200"/>
+            <a:t>EX : RAPPORTS SUR LES RISQUES ET PRISE DE DÉCISION</a:t>
           </a:r>
-          <a:endParaRPr lang="en-US" sz="1000" b="1" kern="1200">
-[...11 lines deleted...]
-          </a:endParaRPr>
+          <a:endParaRPr lang="en-US" sz="1000" b="1" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="1457285" y="23196"/>
-[...131 lines deleted...]
-        <a:ext cx="745587" cy="915633"/>
+        <a:off x="187704" y="0"/>
+        <a:ext cx="1860932" cy="962025"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{6CB256D6-FCCF-4A31-ADDF-DB035C701CA2}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="576111" y="1855256"/>
-          <a:ext cx="659982" cy="329991"/>
+          <a:off x="238193" y="1148330"/>
+          <a:ext cx="967674" cy="575481"/>
         </a:xfrm>
         <a:prstGeom prst="flowChartAlternateProcess">
           <a:avLst/>
         </a:prstGeom>
         <a:gradFill rotWithShape="0">
           <a:gsLst>
             <a:gs pos="0">
-              <a:srgbClr val="4F81BD">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
-                <a:shade val="51000"/>
-[...1 lines deleted...]
-              </a:srgbClr>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
-              <a:srgbClr val="4F81BD">
+            <a:gs pos="50000">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
-                <a:shade val="93000"/>
-[...1 lines deleted...]
-              </a:srgbClr>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
-              <a:srgbClr val="4F81BD">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
-                <a:shade val="94000"/>
-[...1 lines deleted...]
-              </a:srgbClr>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
-        <a:effectLst>
-[...5 lines deleted...]
-        </a:effectLst>
+        <a:effectLst/>
         <a:scene3d>
           <a:camera prst="orthographicFront"/>
           <a:lightRig rig="flat" dir="t"/>
         </a:scene3d>
         <a:sp3d prstMaterial="plastic">
           <a:bevelT w="120900" h="88900"/>
           <a:bevelB w="88900" h="31750" prst="angle"/>
         </a:sp3d>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="6350" tIns="6350" rIns="6350" bIns="6350" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="444500">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="en-US" sz="1000" b="1" kern="1200">
-[...7 lines deleted...]
-            <a:t>EXECUTIVE GROUP</a:t>
+            <a:rPr lang="fr-FR" sz="1000" b="1" kern="1200"/>
+            <a:t>GROUPE EXÉCUTIF</a:t>
           </a:r>
+          <a:endParaRPr lang="en-US" sz="1000" b="1" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="592220" y="1871365"/>
-        <a:ext cx="627764" cy="297773"/>
+        <a:off x="266285" y="1176422"/>
+        <a:ext cx="911490" cy="519297"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{C0F6EC62-D98C-4AD4-A855-EC4D1137D1D1}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
-        <a:xfrm>
-[...1 lines deleted...]
-          <a:ext cx="263993" cy="18522"/>
+        <a:xfrm rot="7715742">
+          <a:off x="776561" y="1633088"/>
+          <a:ext cx="528759" cy="19226"/>
         </a:xfrm>
         <a:custGeom>
           <a:avLst/>
           <a:gdLst/>
           <a:ahLst/>
           <a:cxnLst/>
           <a:rect l="0" t="0" r="0" b="0"/>
           <a:pathLst>
             <a:path>
               <a:moveTo>
-                <a:pt x="0" y="9261"/>
+                <a:pt x="0" y="9613"/>
               </a:moveTo>
               <a:lnTo>
-                <a:pt x="263993" y="9261"/>
+                <a:pt x="528759" y="9613"/>
               </a:lnTo>
             </a:path>
           </a:pathLst>
         </a:custGeom>
         <a:noFill/>
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:srgbClr val="4F81BD">
+            <a:schemeClr val="accent1">
               <a:shade val="60000"/>
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
-            </a:srgbClr>
+            </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
         <a:scene3d>
           <a:camera prst="orthographicFront"/>
           <a:lightRig rig="flat" dir="t"/>
         </a:scene3d>
         <a:sp3d prstMaterial="matte"/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="12700" tIns="0" rIns="12700" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="222250">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
-          <a:endParaRPr lang="en-US" sz="500" b="1" kern="1200">
-[...11 lines deleted...]
-          </a:endParaRPr>
+          <a:endParaRPr lang="en-US" sz="500" b="1" kern="1200"/>
         </a:p>
       </dsp:txBody>
-      <dsp:txXfrm>
-[...1 lines deleted...]
-        <a:ext cx="0" cy="0"/>
+      <dsp:txXfrm rot="10800000">
+        <a:off x="1027722" y="1629482"/>
+        <a:ext cx="26437" cy="26437"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{CCAFF023-0A9F-4BE2-B691-30F87D16E209}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="1500087" y="1855256"/>
-          <a:ext cx="659982" cy="329991"/>
+          <a:off x="876016" y="1606689"/>
+          <a:ext cx="753080" cy="485286"/>
         </a:xfrm>
         <a:prstGeom prst="flowChartAlternateProcess">
           <a:avLst/>
         </a:prstGeom>
         <a:gradFill rotWithShape="0">
           <a:gsLst>
             <a:gs pos="0">
-              <a:srgbClr val="4F81BD">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
-                <a:shade val="51000"/>
-[...1 lines deleted...]
-              </a:srgbClr>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
-              <a:srgbClr val="4F81BD">
+            <a:gs pos="50000">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
-                <a:shade val="93000"/>
-[...1 lines deleted...]
-              </a:srgbClr>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
-              <a:srgbClr val="4F81BD">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
-                <a:shade val="94000"/>
-[...1 lines deleted...]
-              </a:srgbClr>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
-        <a:effectLst>
-[...5 lines deleted...]
-        </a:effectLst>
+        <a:effectLst/>
         <a:scene3d>
           <a:camera prst="orthographicFront"/>
           <a:lightRig rig="flat" dir="t"/>
         </a:scene3d>
         <a:sp3d prstMaterial="plastic">
           <a:bevelT w="120900" h="88900"/>
           <a:bevelB w="88900" h="31750" prst="angle"/>
         </a:sp3d>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="6350" tIns="6350" rIns="6350" bIns="6350" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="444500">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="en-US" sz="1000" b="1" kern="1200">
-[...7 lines deleted...]
-            <a:t>RISK COMMITTEE</a:t>
+            <a:rPr lang="fr-FR" sz="1000" b="1" kern="1200"/>
+            <a:t>COMITÉ DES RISQUES</a:t>
           </a:r>
+          <a:endParaRPr lang="en-US" sz="1000" b="1" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="1516196" y="1871365"/>
-        <a:ext cx="627764" cy="297773"/>
+        <a:off x="899705" y="1630378"/>
+        <a:ext cx="705702" cy="437908"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{52400D05-091B-41BE-AA52-E97E35C4276A}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
-        <a:xfrm rot="17121375">
-[...1 lines deleted...]
-          <a:ext cx="1014174" cy="18522"/>
+        <a:xfrm rot="18820498">
+          <a:off x="1460551" y="1445764"/>
+          <a:ext cx="1089374" cy="19226"/>
         </a:xfrm>
         <a:custGeom>
           <a:avLst/>
           <a:gdLst/>
           <a:ahLst/>
           <a:cxnLst/>
           <a:rect l="0" t="0" r="0" b="0"/>
           <a:pathLst>
             <a:path>
               <a:moveTo>
-                <a:pt x="0" y="9261"/>
+                <a:pt x="0" y="9613"/>
               </a:moveTo>
               <a:lnTo>
-                <a:pt x="1014174" y="9261"/>
+                <a:pt x="1089374" y="9613"/>
               </a:lnTo>
             </a:path>
           </a:pathLst>
         </a:custGeom>
         <a:noFill/>
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:srgbClr val="4F81BD">
+            <a:schemeClr val="accent1">
               <a:shade val="80000"/>
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
-            </a:srgbClr>
+            </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
         <a:scene3d>
           <a:camera prst="orthographicFront"/>
           <a:lightRig rig="flat" dir="t"/>
         </a:scene3d>
         <a:sp3d prstMaterial="matte"/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="12700" tIns="0" rIns="12700" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="222250">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
-          <a:endParaRPr lang="en-US" sz="500" b="1" kern="1200">
-[...11 lines deleted...]
-          </a:endParaRPr>
+          <a:endParaRPr lang="en-US" sz="500" b="1" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2263194" y="1549004"/>
-        <a:ext cx="0" cy="0"/>
+        <a:off x="1978004" y="1428142"/>
+        <a:ext cx="54468" cy="54468"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{3F796117-F3C0-458B-9E4C-84FE5105D257}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="2428644" y="797409"/>
-          <a:ext cx="1035671" cy="489753"/>
+          <a:off x="2381382" y="791421"/>
+          <a:ext cx="1336778" cy="539999"/>
         </a:xfrm>
         <a:prstGeom prst="flowChartAlternateProcess">
           <a:avLst/>
         </a:prstGeom>
         <a:gradFill rotWithShape="0">
           <a:gsLst>
             <a:gs pos="0">
-              <a:srgbClr val="4F81BD">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
-                <a:shade val="51000"/>
-[...1 lines deleted...]
-              </a:srgbClr>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
-              <a:srgbClr val="4F81BD">
+            <a:gs pos="50000">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
-                <a:shade val="93000"/>
-[...1 lines deleted...]
-              </a:srgbClr>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
-              <a:srgbClr val="4F81BD">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
-                <a:shade val="94000"/>
-[...1 lines deleted...]
-              </a:srgbClr>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
-        <a:effectLst>
-[...5 lines deleted...]
-        </a:effectLst>
+        <a:effectLst/>
         <a:scene3d>
           <a:camera prst="orthographicFront"/>
           <a:lightRig rig="flat" dir="t"/>
         </a:scene3d>
         <a:sp3d prstMaterial="plastic">
           <a:bevelT w="120900" h="88900"/>
           <a:bevelB w="88900" h="31750" prst="angle"/>
         </a:sp3d>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="6350" tIns="6350" rIns="6350" bIns="6350" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="444500">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="fr-CH" sz="1000" b="1" kern="1200">
-[...6 lines deleted...]
-            </a:rPr>
+            <a:rPr lang="fr-FR" sz="1000" b="1" kern="1200"/>
             <a:t>GROUPE DE PERFORMANCE ORGANISATIONNELLE (OPG)</a:t>
           </a:r>
-          <a:r>
-[...9 lines deleted...]
-          </a:r>
+          <a:endParaRPr lang="en-US" sz="1000" b="1" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2452551" y="821316"/>
-        <a:ext cx="987857" cy="441939"/>
+        <a:off x="2407742" y="817781"/>
+        <a:ext cx="1284058" cy="487279"/>
       </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{9DAF94B6-B328-43A9-9B02-B66C46B1A5E2}">
+    <dsp:sp modelId="{CD39D1E0-BAFA-4282-9069-E12FA2A9ED6A}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
-        <a:xfrm rot="17964840">
-[...1 lines deleted...]
-          <a:ext cx="537536" cy="18522"/>
+        <a:xfrm rot="20431865">
+          <a:off x="1606429" y="1707591"/>
+          <a:ext cx="792858" cy="19226"/>
         </a:xfrm>
         <a:custGeom>
           <a:avLst/>
           <a:gdLst/>
           <a:ahLst/>
           <a:cxnLst/>
           <a:rect l="0" t="0" r="0" b="0"/>
           <a:pathLst>
             <a:path>
               <a:moveTo>
-                <a:pt x="0" y="9261"/>
+                <a:pt x="0" y="9613"/>
               </a:moveTo>
               <a:lnTo>
-                <a:pt x="537536" y="9261"/>
+                <a:pt x="792858" y="9613"/>
               </a:lnTo>
             </a:path>
           </a:pathLst>
         </a:custGeom>
         <a:noFill/>
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:srgbClr val="4F81BD">
+            <a:schemeClr val="accent1">
               <a:shade val="80000"/>
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
-            </a:srgbClr>
+            </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
         <a:scene3d>
           <a:camera prst="orthographicFront"/>
           <a:lightRig rig="flat" dir="t"/>
         </a:scene3d>
         <a:sp3d prstMaterial="matte"/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="12700" tIns="0" rIns="12700" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="222250">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
-          <a:endParaRPr lang="en-US" sz="500" b="1" kern="1200">
-[...11 lines deleted...]
-          </a:endParaRPr>
+          <a:endParaRPr lang="en-US" sz="500" b="1" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2273762" y="1791235"/>
-        <a:ext cx="0" cy="0"/>
+        <a:off x="1983037" y="1697383"/>
+        <a:ext cx="39642" cy="39642"/>
       </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{CD379ED6-D4B0-40FB-AD88-45A06AD75910}">
+    <dsp:sp modelId="{1BAAF516-C7F2-4667-8F11-154843D8E091}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="2424064" y="1387012"/>
-          <a:ext cx="1055523" cy="329991"/>
+          <a:off x="2376621" y="1413817"/>
+          <a:ext cx="1346992" cy="342517"/>
         </a:xfrm>
         <a:prstGeom prst="flowChartAlternateProcess">
           <a:avLst/>
         </a:prstGeom>
         <a:gradFill rotWithShape="0">
           <a:gsLst>
             <a:gs pos="0">
-              <a:srgbClr val="4F81BD">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
-                <a:shade val="51000"/>
-[...1 lines deleted...]
-              </a:srgbClr>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
-              <a:srgbClr val="4F81BD">
+            <a:gs pos="50000">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
-                <a:shade val="93000"/>
-[...1 lines deleted...]
-              </a:srgbClr>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
-              <a:srgbClr val="4F81BD">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
-                <a:shade val="94000"/>
-[...1 lines deleted...]
-              </a:srgbClr>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
-        <a:effectLst>
-[...5 lines deleted...]
-        </a:effectLst>
+        <a:effectLst/>
         <a:scene3d>
           <a:camera prst="orthographicFront"/>
           <a:lightRig rig="flat" dir="t"/>
         </a:scene3d>
         <a:sp3d prstMaterial="plastic">
           <a:bevelT w="120900" h="88900"/>
           <a:bevelB w="88900" h="31750" prst="angle"/>
         </a:sp3d>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="6350" tIns="6350" rIns="6350" bIns="6350" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="444500">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="fr-CH" sz="1000" b="1" kern="1200">
-[...7 lines deleted...]
-            <a:t>ÉQUIPE DIRIGEANTE</a:t>
+            <a:rPr lang="fr-FR" sz="1000" b="1" kern="1200"/>
+            <a:t>GROUPE DE GESTION DE LA SÉCURITÉ</a:t>
           </a:r>
-          <a:endParaRPr lang="en-US" sz="1000" b="1" kern="1200">
-[...6 lines deleted...]
-          </a:endParaRPr>
+          <a:endParaRPr lang="en-US" sz="1000" b="1" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2440173" y="1403121"/>
-        <a:ext cx="1023305" cy="297773"/>
+        <a:off x="2393341" y="1430537"/>
+        <a:ext cx="1313552" cy="309077"/>
       </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{CD39D1E0-BAFA-4282-9069-E12FA2A9ED6A}">
+    <dsp:sp modelId="{0C1F1798-3416-49D7-BD3E-E84B58E13DAD}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
-        <a:xfrm rot="382963">
-[...1 lines deleted...]
-          <a:ext cx="265639" cy="18522"/>
+        <a:xfrm rot="652032">
+          <a:off x="1622271" y="1911473"/>
+          <a:ext cx="761181" cy="19226"/>
         </a:xfrm>
         <a:custGeom>
           <a:avLst/>
           <a:gdLst/>
           <a:ahLst/>
           <a:cxnLst/>
           <a:rect l="0" t="0" r="0" b="0"/>
           <a:pathLst>
             <a:path>
               <a:moveTo>
-                <a:pt x="0" y="9261"/>
+                <a:pt x="0" y="9613"/>
               </a:moveTo>
               <a:lnTo>
-                <a:pt x="265639" y="9261"/>
+                <a:pt x="761181" y="9613"/>
               </a:lnTo>
             </a:path>
           </a:pathLst>
         </a:custGeom>
         <a:noFill/>
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:srgbClr val="4F81BD">
+            <a:schemeClr val="accent1">
               <a:shade val="80000"/>
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
-            </a:srgbClr>
+            </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
         <a:scene3d>
           <a:camera prst="orthographicFront"/>
           <a:lightRig rig="flat" dir="t"/>
         </a:scene3d>
         <a:sp3d prstMaterial="matte"/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="12700" tIns="0" rIns="12700" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="222250">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
-          <a:endParaRPr lang="en-US" sz="500" b="1" kern="1200">
-[...11 lines deleted...]
-          </a:endParaRPr>
+          <a:endParaRPr lang="en-US" sz="500" b="1" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2286205" y="2027679"/>
-        <a:ext cx="0" cy="0"/>
+        <a:off x="1983832" y="1902057"/>
+        <a:ext cx="38059" cy="38059"/>
       </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{1BAAF516-C7F2-4667-8F11-154843D8E091}">
+    <dsp:sp modelId="{018274AD-B94B-49BF-A286-DF427BF0D4AD}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="2424064" y="1830586"/>
-          <a:ext cx="1046079" cy="438393"/>
+          <a:off x="2376627" y="1821581"/>
+          <a:ext cx="1113847" cy="342517"/>
         </a:xfrm>
         <a:prstGeom prst="flowChartAlternateProcess">
           <a:avLst/>
         </a:prstGeom>
         <a:gradFill rotWithShape="0">
           <a:gsLst>
             <a:gs pos="0">
-              <a:srgbClr val="4F81BD">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
-                <a:shade val="51000"/>
-[...1 lines deleted...]
-              </a:srgbClr>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
-              <a:srgbClr val="4F81BD">
+            <a:gs pos="50000">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
-                <a:shade val="93000"/>
-[...1 lines deleted...]
-              </a:srgbClr>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
-              <a:srgbClr val="4F81BD">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
-                <a:shade val="94000"/>
-[...1 lines deleted...]
-              </a:srgbClr>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
-        <a:effectLst>
-[...5 lines deleted...]
-        </a:effectLst>
+        <a:effectLst/>
         <a:scene3d>
           <a:camera prst="orthographicFront"/>
           <a:lightRig rig="flat" dir="t"/>
         </a:scene3d>
         <a:sp3d prstMaterial="plastic">
           <a:bevelT w="120900" h="88900"/>
           <a:bevelB w="88900" h="31750" prst="angle"/>
         </a:sp3d>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="6350" tIns="6350" rIns="6350" bIns="6350" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="444500">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="fr-CH" sz="1000" b="1" kern="1200">
-[...7 lines deleted...]
-            <a:t>GROUPE DE GESTION DE LA SÉCURITÉ</a:t>
+            <a:rPr lang="fr-FR" sz="1000" b="1" kern="1200"/>
+            <a:t>CONSEIL DE CRISE</a:t>
           </a:r>
-          <a:endParaRPr lang="en-US" sz="1000" b="1" kern="1200">
-[...6 lines deleted...]
-          </a:endParaRPr>
+          <a:endParaRPr lang="en-US" sz="1000" b="1" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2445464" y="1851986"/>
-        <a:ext cx="1003279" cy="395593"/>
+        <a:off x="2393347" y="1838301"/>
+        <a:ext cx="1080407" cy="309077"/>
       </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{0C1F1798-3416-49D7-BD3E-E84B58E13DAD}">
+    <dsp:sp modelId="{4F6C30E1-57F7-405E-894F-66EE6840C50C}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
-        <a:xfrm rot="3767720">
-[...1 lines deleted...]
-          <a:ext cx="577450" cy="18522"/>
+        <a:xfrm rot="2245280">
+          <a:off x="1529026" y="2135182"/>
+          <a:ext cx="972442" cy="19226"/>
         </a:xfrm>
         <a:custGeom>
           <a:avLst/>
           <a:gdLst/>
           <a:ahLst/>
           <a:cxnLst/>
           <a:rect l="0" t="0" r="0" b="0"/>
           <a:pathLst>
             <a:path>
               <a:moveTo>
-                <a:pt x="0" y="9261"/>
+                <a:pt x="0" y="9613"/>
               </a:moveTo>
               <a:lnTo>
-                <a:pt x="577450" y="9261"/>
+                <a:pt x="972442" y="9613"/>
               </a:lnTo>
             </a:path>
           </a:pathLst>
         </a:custGeom>
         <a:noFill/>
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:srgbClr val="4F81BD">
+            <a:schemeClr val="accent1">
               <a:shade val="80000"/>
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
-            </a:srgbClr>
+            </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
         <a:scene3d>
           <a:camera prst="orthographicFront"/>
           <a:lightRig rig="flat" dir="t"/>
         </a:scene3d>
         <a:sp3d prstMaterial="matte"/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="12700" tIns="0" rIns="12700" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="222250">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
-          <a:endParaRPr lang="en-US" sz="500" b="1" kern="1200">
-[...11 lines deleted...]
-          </a:endParaRPr>
+          <a:endParaRPr lang="en-US" sz="500" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2298306" y="2257599"/>
-        <a:ext cx="0" cy="0"/>
+        <a:off x="1990936" y="2120484"/>
+        <a:ext cx="48622" cy="48622"/>
       </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{018274AD-B94B-49BF-A286-DF427BF0D4AD}">
+    <dsp:sp modelId="{2FD4F96B-439C-4973-9D46-A7F1030FE43A}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="2424064" y="2368829"/>
-          <a:ext cx="1039116" cy="329991"/>
+          <a:off x="2401398" y="2268999"/>
+          <a:ext cx="1145037" cy="342517"/>
         </a:xfrm>
-        <a:prstGeom prst="flowChartAlternateProcess">
-          <a:avLst/>
+        <a:prstGeom prst="roundRect">
+          <a:avLst>
+            <a:gd name="adj" fmla="val 10000"/>
+          </a:avLst>
         </a:prstGeom>
         <a:gradFill rotWithShape="0">
           <a:gsLst>
             <a:gs pos="0">
-              <a:srgbClr val="4F81BD">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
-                <a:shade val="51000"/>
-[...1 lines deleted...]
-              </a:srgbClr>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
-              <a:srgbClr val="4F81BD">
+            <a:gs pos="50000">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
-                <a:shade val="93000"/>
-[...1 lines deleted...]
-              </a:srgbClr>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
-              <a:srgbClr val="4F81BD">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
-                <a:shade val="94000"/>
-[...1 lines deleted...]
-              </a:srgbClr>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
-        <a:effectLst>
-[...5 lines deleted...]
-        </a:effectLst>
+        <a:effectLst/>
         <a:scene3d>
           <a:camera prst="orthographicFront"/>
           <a:lightRig rig="flat" dir="t"/>
         </a:scene3d>
         <a:sp3d prstMaterial="plastic">
           <a:bevelT w="120900" h="88900"/>
           <a:bevelB w="88900" h="31750" prst="angle"/>
         </a:sp3d>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="6350" tIns="6350" rIns="6350" bIns="6350" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="444500">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="fr-CH" sz="1000" b="0" i="0" kern="1200">
-[...7 lines deleted...]
-            <a:t>COMITÉ DE CRISE</a:t>
+            <a:rPr lang="en-US" sz="1000" b="1" kern="1200"/>
+            <a:t>COMITÉ PSDD</a:t>
           </a:r>
-          <a:endParaRPr lang="en-US" sz="1000" b="1" kern="1200">
-[...6 lines deleted...]
-          </a:endParaRPr>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2440173" y="2384938"/>
-        <a:ext cx="1006898" cy="297773"/>
+        <a:off x="2411430" y="2279031"/>
+        <a:ext cx="1124973" cy="322453"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{C1176CAC-ADB4-44D6-B4A6-94C8A29B7D81}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
-        <a:xfrm rot="4411925">
-[...1 lines deleted...]
-          <a:ext cx="931264" cy="18522"/>
+        <a:xfrm rot="3195595">
+          <a:off x="1372754" y="2350954"/>
+          <a:ext cx="1275923" cy="19226"/>
         </a:xfrm>
         <a:custGeom>
           <a:avLst/>
           <a:gdLst/>
           <a:ahLst/>
           <a:cxnLst/>
           <a:rect l="0" t="0" r="0" b="0"/>
           <a:pathLst>
             <a:path>
               <a:moveTo>
-                <a:pt x="0" y="9261"/>
+                <a:pt x="0" y="9613"/>
               </a:moveTo>
               <a:lnTo>
-                <a:pt x="931264" y="9261"/>
+                <a:pt x="1275923" y="9613"/>
               </a:lnTo>
             </a:path>
           </a:pathLst>
         </a:custGeom>
         <a:noFill/>
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:srgbClr val="4F81BD">
+            <a:schemeClr val="accent1">
               <a:shade val="80000"/>
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
-            </a:srgbClr>
+            </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
         <a:scene3d>
           <a:camera prst="orthographicFront"/>
           <a:lightRig rig="flat" dir="t"/>
         </a:scene3d>
         <a:sp3d prstMaterial="matte"/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="12700" tIns="0" rIns="12700" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="222250">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
-          <a:endParaRPr lang="en-US" sz="500" kern="1200">
-[...11 lines deleted...]
-          </a:endParaRPr>
+          <a:endParaRPr lang="en-US" sz="500" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2307793" y="2437857"/>
-        <a:ext cx="0" cy="0"/>
+        <a:off x="1978818" y="2328669"/>
+        <a:ext cx="63796" cy="63796"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{D6DCC517-E673-45BB-8274-0D301D52BE9C}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="2424064" y="2748319"/>
-          <a:ext cx="1030721" cy="329991"/>
+          <a:off x="2392335" y="2700544"/>
+          <a:ext cx="1139563" cy="342517"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst>
             <a:gd name="adj" fmla="val 10000"/>
           </a:avLst>
         </a:prstGeom>
         <a:gradFill rotWithShape="0">
           <a:gsLst>
             <a:gs pos="0">
-              <a:srgbClr val="4F81BD">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
-                <a:shade val="51000"/>
-[...1 lines deleted...]
-              </a:srgbClr>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
-              <a:srgbClr val="4F81BD">
+            <a:gs pos="50000">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
-                <a:shade val="93000"/>
-[...1 lines deleted...]
-              </a:srgbClr>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
-              <a:srgbClr val="4F81BD">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
-                <a:shade val="94000"/>
-[...1 lines deleted...]
-              </a:srgbClr>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
-        <a:effectLst>
-[...5 lines deleted...]
-        </a:effectLst>
+        <a:effectLst/>
         <a:scene3d>
           <a:camera prst="orthographicFront"/>
           <a:lightRig rig="flat" dir="t"/>
         </a:scene3d>
         <a:sp3d prstMaterial="plastic">
           <a:bevelT w="120900" h="88900"/>
           <a:bevelB w="88900" h="31750" prst="angle"/>
         </a:sp3d>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="6350" tIns="6350" rIns="6350" bIns="6350" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="444500">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="en-US" sz="1000" b="1" kern="1200">
-[...7 lines deleted...]
-            <a:t>Bureaux/Offices</a:t>
+            <a:rPr lang="fr-FR" sz="1000" b="1" kern="1200"/>
+            <a:t>BUREAUX/OFFICES</a:t>
           </a:r>
+          <a:endParaRPr lang="en-US" sz="1000" b="1" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2433729" y="2757984"/>
-        <a:ext cx="1011391" cy="310661"/>
+        <a:off x="2402367" y="2710576"/>
+        <a:ext cx="1119499" cy="322453"/>
       </dsp:txXfrm>
     </dsp:sp>
   </dsp:spTree>
 </dsp:drawing>
 </file>
 
 <file path=word/diagrams/layout1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="hierarchy" pri="6000"/>
   </dgm:catLst>
   <dgm:sampData>
     <dgm:dataModel>
       <dgm:ptLst>
         <dgm:pt modelId="0" type="doc"/>
         <dgm:pt modelId="1">
           <dgm:prSet phldr="1"/>
         </dgm:pt>
         <dgm:pt modelId="2">
           <dgm:prSet phldr="1"/>
         </dgm:pt>
         <dgm:pt modelId="21">
           <dgm:prSet phldr="1"/>
@@ -10910,149 +32724,115 @@
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="Yu Gothic Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="DengXian Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="Yu Mincho"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="DengXian"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -11159,59 +32939,2276 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SharedWithUsers xmlns="c26dc373-2944-4fff-a656-1635ba5514b5">
+      <UserInfo>
+        <DisplayName>Nesreen Al-Hebshi</DisplayName>
+        <AccountId>51</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Clifford Ouedraogo</DisplayName>
+        <AccountId>50</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <TaxCatchAll xmlns="c26dc373-2944-4fff-a656-1635ba5514b5" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DF4E5EB98AFACA49B955F57620F5DD44" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="16e62f017f053e4187bce02c358b6be9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" xmlns:ns3="c26dc373-2944-4fff-a656-1635ba5514b5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="822fc6e30ad0aba92acdc39408158171" ns2:_="" ns3:_="">
+    <xsd:import namespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <xsd:import namespace="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f8ebb0a5-c57d-4c3a-bec7-8a38252dd05c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c26dc373-2944-4fff-a656-1635ba5514b5" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="24" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{7fb16e66-a0cf-4293-80d1-ecb3df652669}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c26dc373-2944-4fff-a656-1635ba5514b5">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{638A2CA0-7D9B-46B8-96E9-8D0E44BF4F3A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BD2F4E86-2237-4DCB-8E9B-A955A8F77685}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1266B757-337E-4D18-8C97-77419E186A2A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{35561DDB-AE9A-487F-B2B5-B22FC3510323}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1532</Words>
-  <Characters>8734</Characters>
+  <Words>1651</Words>
+  <Characters>9417</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>72</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>78</Lines>
+  <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10246</CharactersWithSpaces>
+  <CharactersWithSpaces>11046</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="612" baseType="variant">
+      <vt:variant>
+        <vt:i4>8061000</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>372</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Appendix_3:_ERM</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>8061001</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>369</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Appendix_2:_ERM</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4325405</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>366</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://undp.lightning.force.com/lightning/page/home</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4325405</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>363</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://undp.lightning.force.com/lightning/page/home</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4325405</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>360</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://undp.lightning.force.com/lightning/page/home</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4325405</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>357</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://undp.lightning.force.com/lightning/page/home</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4325405</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>354</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://undp.lightning.force.com/lightning/page/home</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4325405</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>351</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://undp.lightning.force.com/lightning/page/home</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7143525</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>348</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/node/3886</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5767255</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>345</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/node/18926</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4325405</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>342</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://undp.lightning.force.com/lightning/page/home</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4325405</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>339</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://undp.lightning.force.com/lightning/page/home</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6422637</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>336</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/node/4001</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4325405</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>333</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://undp.lightning.force.com/lightning/page/home</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4325405</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>330</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://undp.lightning.force.com/lightning/page/home</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4325405</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>327</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://undp.lightning.force.com/lightning/page/home</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4325405</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>324</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://undp.lightning.force.com/lightning/page/home</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4325405</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>318</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://undp.lightning.force.com/lightning/page/home</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6553708</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>315</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/node/1131</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4325405</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>312</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://undp.lightning.force.com/lightning/page/home</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4325405</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>309</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://undp.lightning.force.com/lightning/page/home</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6422637</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>306</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/node/4001</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4325405</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>303</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://undp.lightning.force.com/lightning/page/home</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4325405</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>300</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://undp.lightning.force.com/lightning/page/home</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4325405</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>297</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://undp.lightning.force.com/lightning/page/home</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4325405</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>294</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://undp.lightning.force.com/lightning/page/home</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>8257577</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>291</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://unsdg.un.org/2030-agenda/cooperation-framework</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4325405</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>288</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://undp.lightning.force.com/lightning/page/home</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6684773</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>285</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/node/1816</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5701663</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>282</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://unsdg.un.org/resources/united-nations-sustainable-development-cooperation-framework-guidance</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6488175</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>279</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/node/326</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6488175</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>276</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/node/326</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6422637</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>273</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/node/4001</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6488175</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>270</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/node/326</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6488175</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>267</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/node/326</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6488175</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>264</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/node/326</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6488175</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>261</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/node/326</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6488175</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>258</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/node/326</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6553708</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>255</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/node/1131</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6553709</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>252</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/node/4066</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6553709</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>249</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/node/4066</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6357079</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>246</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Appendix_4._Summary</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6684757</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>243</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Appendix_5._Risk</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6422629</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>240</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/node/3871</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>8061000</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>231</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Appendix_3:_ERM</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>8061001</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>228</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Appendix_2:_ERM</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6619241</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>225</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/node/1426</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4259849</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>222</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/policy-page/social-and-environmental-standards</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3014704</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>219</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/policy-page/quality-standards-programming</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5570652</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>216</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/node/11301</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1900557</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>213</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/policy-page/business-continuity-management</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4784150</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>210</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/policy-page/anti-money-laundering-and-countering-financing-terrorism-policy</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2228324</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>207</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://policy.un.org/policy-doc/30312</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>8060984</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>204</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://programmecriticality.org/Static/index.html</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5570655</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>201</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/node/10426</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5439583</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>198</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/node/11531</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>786443</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>195</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/document/direct-execution-modality-dex-memo-and-capacity-assessment</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4587615</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>192</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://undp.sharepoint.com/teams/OHR-Portal/SitePages/PSEA/Tools-and-Resources.aspx?CT=1695733242947&amp;OR=OWA-NT&amp;CID=7ca87a59-5280-4137-97da-aa7232556b24&amp;WSL=1&amp;xsdata=MDV8MDJ8bmVzcmVlbi5hbGhlYnNoaUB1bmRwLm9yZ3wzNDgxMTE0YmU5MmQ0NjY2ZWUxYzA4ZGNiZTNkOTBjMHxiM2U1ZGI1ZTI5NDQ0ODM3OTlmNTc0ODhhY2U1NDMxOXwwfDB8NjM4NTk0NDIwNDQ0MTM2NjI2fFVua25vd258VFdGcGJHWnNiM2Q4ZXlKV0lqb2lNQzR3TGpBd01EQWlMQ0pRSWpvaVYybHVNeklpTENKQlRpSTZJazFoYVd3aUxDSlhWQ0k2TW4wPXwwfHx8&amp;sdata=akNZVHZDMGhaSGZQcGtzSjM1YU5UWGljSXhQdk1OUkxoME5oc0N6eHVUbz0%3d&amp;clickparams=eyAiWC1BcHBOYW1lIiA6ICJNaWNyb3NvZnQgT3V0bG9vayIsICJYLUFwcFZlcnNpb24iIDogIjE2LjAuMTc4MzAuMjAxMzgiLCAiT1MiIDogIldpbmRvd3MiIH0%3D</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>sea-risk-assessment</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>327747</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>189</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/document/partner-capacity-assessment-tool-pcat</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6160468</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>186</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/node/10891</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5701663</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>183</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://unsdg.un.org/resources/united-nations-sustainable-development-cooperation-framework-guidance</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>8257577</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>180</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://unsdg.un.org/2030-agenda/cooperation-framework</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1179696</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>177</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Appendix_1._Terms</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1835058</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>170</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc155179161</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1835058</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>164</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc155179160</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031666</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>158</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc155179159</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031666</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>152</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc155179158</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031666</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>146</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc155179157</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031666</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>140</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc155179156</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031666</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>134</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc155179155</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031666</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>128</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc155179154</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031666</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>122</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc155179153</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031666</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>116</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc155179152</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031666</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>110</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc155179151</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031666</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>104</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc155179150</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966130</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>98</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc155179149</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966130</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>92</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc155179148</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966130</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>86</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc155179147</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966130</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>80</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc155179146</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966130</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>74</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc155179145</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966130</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>68</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc155179144</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966130</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>62</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc155179143</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966130</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>56</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc155179142</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966130</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>50</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc155179141</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966130</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>44</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc155179140</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638450</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>38</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc155179139</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638450</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>32</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc155179138</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638450</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>26</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc155179137</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638450</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>20</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc155179136</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638450</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>14</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc155179135</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638450</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>8</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc155179134</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638450</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc155179133</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7602230</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/document/managing-risks-across-undp-programming-and-operations-guidance-note</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6684723</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.iso.org/standard/65694.html</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2162760</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>21</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:nesreen.alhebshi@undp.org</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7340133</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>18</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/policy-page/framework-accountability-security</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7340133</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>15</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/policy-page/framework-accountability-security</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2687054</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>12</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:teuku.rahmatsyah@undp.org</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2162760</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>9</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:nesreen.alhebshi@undp.org</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2687054</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:teuku.rahmatsyah@undp.org</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2162760</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:nesreen.alhebshi@undp.org</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2162760</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:nesreen.alhebshi@undp.org</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Emiliana Zhivkova</dc:creator>
+  <dc:creator>Derek Pieper</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100DF4E5EB98AFACA49B955F57620F5DD44</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="GrammarlyDocumentId">
+    <vt:lpwstr>d3b12f0c-411b-4b3b-a013-d6a235f912f4</vt:lpwstr>
+  </property>
+</Properties>
+</file>