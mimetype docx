--- v1 (2026-01-22)
+++ v2 (2026-02-27)
@@ -11,51 +11,51 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="256F3A69" w14:textId="4AA9E1A7" w:rsidR="00961FB2" w:rsidRPr="00864298" w:rsidRDefault="00961FB2" w:rsidP="004F14BB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8190"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc210824678"/>
       <w:r w:rsidRPr="00864298">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Mandat du comité des risques</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="372081FF" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00864298" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="3"/>
@@ -367,87 +367,87 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Au fur et à </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>mesure</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> que le PNUD </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s'oriente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>que</w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> vers des </w:t>
+        <w:t>vers</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>programmes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -817,77 +817,77 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> des </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>risques</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> que nous </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>devons</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>que</w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t>gérer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>en</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
@@ -1087,51 +1087,69 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>calculés</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Il est </w:t>
+        <w:t xml:space="preserve">. Il </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>est</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>essentiel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> d'être agile, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -1385,51 +1403,69 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> des </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>risques</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> est un group </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>est</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un group </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>consultatif</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -1565,51 +1601,69 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> des </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>risques</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> est un sous-</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>est</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un sous-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>comité</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> du GE. Il </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -1928,80 +1982,102 @@
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>comité</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> des </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>risques</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> est </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>est</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>responsable</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>ce</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> qui suit :</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> qui </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>suit :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="32AAEFCE" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="121"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62BE744C" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="0042017B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="73"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:jc w:val="both"/>
@@ -2356,65 +2432,51 @@
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>comité</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>ou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> que </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>lui</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>sont</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
@@ -2679,67 +2741,69 @@
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>mécanismes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>l'entreprise</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="579A5EB7" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00091D23">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Le président et le membre du comité peuvent soumettre au comité les risques identifiés et transmis au comité par le biais des différents mécanismes de l'entreprise, par ex :</w:t>
       </w:r>
     </w:p>
@@ -2973,52 +3037,62 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> des </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>risques</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> agrégé</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>agrégé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="0E8351E1" w14:textId="75073FD6" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00091D23">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="42" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="117"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Une </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>fois</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -3116,51 +3190,65 @@
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>registres</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>risques</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> agrégés doit </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>agrégés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> doit </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>être</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>présentée</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
@@ -4916,51 +5004,65 @@
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>meilleures</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> pratiques à appliquer et/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>ou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> à diffuser dans toute </w:t>
+        <w:t xml:space="preserve"> à diffuser dans </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>toute</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>l'organisation</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5129868B" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00A57830">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="42" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="117"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
@@ -5059,65 +5161,65 @@
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>fournir</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> des contributions et des </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>commentaires</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> avant </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> les politiques </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>avant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que les politiques </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>pertinentes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> ne </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>soient</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
@@ -5359,51 +5461,51 @@
         </w:numPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B7F24">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Comité de vérification des entreprises (CVC)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3984FB64" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="007452C6">
+    <w:p w14:paraId="3DAD077E" w14:textId="5C09132E" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="0083349B">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="160"/>
         <w:ind w:left="0" w:right="119"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Le </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Comité</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
@@ -5611,137 +5713,145 @@
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>délibérations</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> du </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>comité</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Le CVC est chargé de </w:t>
+        <w:t xml:space="preserve">. Le CVC </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>est</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> chargé de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>conseiller</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> le Senior Designated Officer (SDO)</w:t>
       </w:r>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">sur les points </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>suivants</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> :</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="32053049" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00233A1A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="72"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="622"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:left="504"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">La </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>prise</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
@@ -5755,135 +5865,157 @@
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>en</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> matière de LBC/FT, y </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>compris</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> :</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="0C1A2D40" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="007452C6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="75"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1559"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Relations d'affaires avec des </w:t>
+        <w:t xml:space="preserve">Relations </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d'affaires</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> avec des </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>contreparties</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> à haut </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>risque</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="6346A3B9" w14:textId="457CCB3F" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="007452C6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="75"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1559"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:left="1080" w:right="119"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
@@ -5987,57 +6119,50 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>"</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="0034752C" w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve">HYPERLINK "https://popp.undp.org/fr/document/guide-operationnel-pour-la-mise-en-oeuvre-de-la-politique-du-pnud-en-matiere-de-lutte" \h </w:instrText>
-      </w:r>
-[...5 lines deleted...]
-        </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>liste</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -6177,151 +6302,164 @@
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>"</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="003B58B2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve">HYPERLINK "https://popp.undp.org/fr/document/guide-operationnel-pour-la-mise-en-oeuvre-de-la-politique-du-pnud-en-matiere-de-lutte" \h </w:instrText>
       </w:r>
-      <w:r w:rsidR="003B58B2" w:rsidRPr="00E44CE4">
+      <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>liste</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de dispense</w:t>
       </w:r>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="separate"/>
-      </w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>liste</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>"</w:t>
+      </w:r>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...26 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>; et</w:t>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38F16BEA" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="007452C6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="75"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1559"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:ind w:left="1080" w:right="117"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E44CE4">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Toute </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Toute</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>autre</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> question </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -6403,51 +6541,69 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> au </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>niveau</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> supérieur, </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>supérieur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>comme</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> le </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -6578,51 +6734,69 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> les </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>besoins</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">) de la politique, des processus, des </w:t>
+        <w:t xml:space="preserve">) de la politique, des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>processus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, des </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>outils</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="Arrangement_de_gestion"/>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="5D1FCF8C" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00864298" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
       <w:pPr>
         <w:tabs>
@@ -6659,51 +6833,65 @@
         <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Le </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>comité</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> est un sous-</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>est</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un sous-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>comité</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> du </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>groupe</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
@@ -6969,54 +7157,54 @@
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Composition du </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>comité</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="5750B692" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00A57830">
+    <w:p w14:paraId="3113BE3E" w14:textId="39FD4E29" w:rsidR="00915606" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="0083349B">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="161" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="116"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">La composition du </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>comité</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> des </w:t>
@@ -7319,994 +7507,1283 @@
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>permanente</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> du </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>comité</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> est la </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>est</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>suivante</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> :</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="4E78DFFF" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="007452C6">
+    <w:p w14:paraId="4E78DFFF" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="0083349B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="71"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1200"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="121"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>L'administrateur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>associé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tant que </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>président</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="0E361521" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="007452C6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="71"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1200"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="121"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...78 lines deleted...]
-        <w:t>président</w:t>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bureau </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>exécutif</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="0E361521" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="007452C6">
+    <w:p w14:paraId="4BD53E26" w14:textId="3FE32397" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="007452C6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="71"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1200"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="121"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E44CE4">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00E44CE4">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Directeurs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tous</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>bureaux</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>régionaux</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0083349B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="4BD53E26" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="007452C6">
+    <w:p w14:paraId="4EBE0342" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="007452C6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="71"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1200"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="121"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...62 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Directeur du Bureau des services de </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>gestion ;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="4EBE0342" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="007452C6">
+    <w:p w14:paraId="6A8FD171" w14:textId="31D5D107" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="007452C6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="71"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1200"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="121"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Directeur du Bureau des services de gestion ;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Directeur du </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>BERA</w:t>
+      </w:r>
+      <w:r w:rsidR="0083349B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="6A8FD171" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="007452C6">
+    <w:p w14:paraId="2A62CD6B" w14:textId="68D67B27" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="007452C6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="71"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1200"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="121"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Directeur du BERA</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Directeur du </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>BPPS</w:t>
+      </w:r>
+      <w:r w:rsidR="0083349B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="2A62CD6B" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="007452C6">
+    <w:p w14:paraId="2B6F54E5" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="007452C6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="71"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1200"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="121"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Directeur du BPPS</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Directeur du Bureau des </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>crises ;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="2B6F54E5" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="007452C6">
+    <w:p w14:paraId="6918928E" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="007452C6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="71"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1200"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="121"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Directeur du Bureau des crises ;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Directeur </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>général</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>finances ;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="6918928E" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="007452C6">
+    <w:p w14:paraId="667D771C" w14:textId="3819A571" w:rsidR="00915606" w:rsidRPr="00E44CE4" w:rsidRDefault="00915606" w:rsidP="00684EBC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="71"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1200"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:spacing w:before="2" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="121"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E44CE4">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> des finances ;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00915606">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Conseiller</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00915606">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00915606">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>juridique</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00915606">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> principal et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00915606">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>directeur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00915606">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du Bureau des services </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00915606">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>juridiques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00915606">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EBB48B8" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="007452C6">
+    <w:p w14:paraId="21E1B3B5" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00915606" w:rsidRDefault="00961FB2" w:rsidP="0083349B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1200"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="2" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="839" w:right="121"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30CF9D8E" w14:textId="45AC58B4" w:rsidR="00915606" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="0083349B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="118"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>membres</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ne </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>sont</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>substituables</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Si un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>membre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>n'est</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pas disponible pour assister à </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>une</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>réunion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>sa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> participation ne </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>peut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>être</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>déléguée</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00915606" w:rsidRPr="00A75139">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>qu’à</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00915606" w:rsidRPr="00A75139">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00915606" w:rsidRPr="00A75139">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>responsable</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00915606" w:rsidRPr="00A75139">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00915606" w:rsidRPr="00A75139">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>intérim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00915606">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00915606" w:rsidRPr="00A75139">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">avec </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00915606" w:rsidRPr="00A75139">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>l’autorisation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00915606" w:rsidRPr="00A75139">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00915606" w:rsidRPr="00A75139">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>l’Administrateur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00915606" w:rsidRPr="00A75139">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00915606" w:rsidRPr="00A75139">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>associé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00915606" w:rsidRPr="00A75139">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00915606" w:rsidRPr="00A75139">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Responsable</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00915606" w:rsidRPr="00A75139">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> principal des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00915606" w:rsidRPr="00A75139">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00915606" w:rsidRPr="00A75139">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00915606">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sur </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>une</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> base ad hoc, le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>peut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inviter </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>d'autres</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>membres</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du personnel à </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>participer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>réunion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pour </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>délibérer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sur des questions </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>spécifiques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Cela </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>peut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>inclure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="418B8958" w14:textId="2120C093" w:rsidR="00915606" w:rsidRDefault="00915606" w:rsidP="0083349B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="71"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1200"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:right="121"/>
+        <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="739" w:right="121"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E44CE4">
+      <w:r w:rsidRPr="00915606">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Directeur du bureau de la </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E44CE4">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00915606">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>sécurité</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E44CE4">
+      <w:r w:rsidRPr="00915606">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="21E1B3B5" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
-[...445 lines deleted...]
-    <w:p w14:paraId="2A2A9BE2" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00A57830">
+    <w:p w14:paraId="2A2A9BE2" w14:textId="27DC17D8" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00A57830">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="71"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1200"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="739" w:right="121"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
@@ -8348,67 +8825,69 @@
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>spécifiques</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> à </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>l'entreprise</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="0AC89530" w14:textId="77777777" w:rsidR="009F4724" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00A57830">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="71"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1200"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="739" w:right="121"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
@@ -8444,465 +8923,392 @@
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> d'un bureau/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>unité</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>spécifique</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="3FAAF8DB" w14:textId="22E6C963" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00A57830">
+    <w:p w14:paraId="7E5629A6" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00A57830">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="71"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1200"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="739" w:right="121"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Les </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>gestionnaires</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> de fonds </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>verticaux</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="7E5629A6" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00A57830">
+    <w:p w14:paraId="4A88C030" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00A57830">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="71"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1200"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="739" w:right="121"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E44CE4">
-[...42 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Directeurs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> adjoints du </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Bureau ;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="4A88C030" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00A57830">
+    <w:p w14:paraId="7B41C714" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00A57830">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="71"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1200"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="739" w:right="121"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...16 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Experts </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>personnes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ressources</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sur des questions </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>particulières</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="7B41C714" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00A57830">
+    <w:p w14:paraId="77958534" w14:textId="6FC1BCB8" w:rsidR="00F636F0" w:rsidRPr="0083349B" w:rsidRDefault="00961FB2" w:rsidP="0083349B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="71"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1200"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="739" w:right="121"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-[...19 lines deleted...]
-        <w:t>ou</w:t>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>D'autres</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>personnes</w:t>
-[...94 lines deleted...]
-        </w:rPr>
         <w:t>membres</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> du personnel, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>selon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> les </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>besoins</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...18 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="4C1EE05F" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="0042017B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="71"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
@@ -8933,51 +9339,65 @@
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>comité</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> des </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>risques</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> est un group </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>est</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un group </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>consultatif</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> et un sous-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>comité</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
@@ -9157,52 +9577,60 @@
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>décrite</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>comme</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> suit :</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>suit :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="129BA098" w14:textId="77777777" w:rsidR="009C58BC" w:rsidRPr="00E44CE4" w:rsidRDefault="009C58BC" w:rsidP="00961FB2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C094762" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E51F8CB" wp14:editId="59C2666D">
             <wp:extent cx="4273550" cy="3206750"/>
             <wp:effectExtent l="0" t="57150" r="0" b="50800"/>
@@ -9366,51 +9794,65 @@
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>différents</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>mécanismes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> et sources de données de </w:t>
+        <w:t xml:space="preserve"> et sources de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>données</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>l'entreprise</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (par </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>exemple</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
@@ -9436,191 +9878,219 @@
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>risques</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, etc.) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>ainsi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:t xml:space="preserve"> que par </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>l'analyse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>risques</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>différents</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>que</w:t>
-[...13 lines deleted...]
-        <w:t>l'analyse</w:t>
+        <w:t>bureaux</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>experts</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> techniques. Les </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>décisions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>relatives</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> au </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>traitement</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> des </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>risques</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> par </w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>bureaux</w:t>
-[...55 lines deleted...]
-        <w:t>risques</w:t>
+        <w:t>doivent</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>doivent</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> ensuite </w:t>
+        <w:t>ensuite</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>être</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>recommandées</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
@@ -10187,51 +10657,65 @@
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>délibérer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>immédiatement</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de toute question </w:t>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>toute</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> question </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>urgente</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>liée</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
@@ -10341,80 +10825,68 @@
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>sujets</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>tels</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> que des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>suivants</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> :</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="68A3DC25" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="71"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1198"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="121"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E44CE4">
@@ -10539,58 +11011,60 @@
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>autres</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>outils</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>) ;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="71415BC5" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="71"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1198"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="39" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="119"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E44CE4">
@@ -10823,58 +11297,60 @@
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>risques</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> et des KRI de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>l'entreprise</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>) ;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="736A76B8" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidDel="0014035C" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="71"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1198"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
@@ -10952,66 +11428,76 @@
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> par les </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>bureaux</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>régionaux</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ; </w:t>
+        <w:t> ;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56596F3F" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="71"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1198"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
@@ -11090,67 +11576,69 @@
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> et/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>bureaux</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="67E11DCA" w14:textId="46D7B0D0" w:rsidR="00961FB2" w:rsidRPr="00F636F0" w:rsidRDefault="00961FB2" w:rsidP="00F636F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="71"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1197"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="40"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
@@ -11290,51 +11778,69 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> des </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>risques</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> est soutenu par un </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>est</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> soutenu par un </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>secrétariat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (EXO/CPU) qui aide le </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -11437,67 +11943,69 @@
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> du </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>comité</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Cela </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>comprend</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> :</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="1C60FEBB" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="71"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1197"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="121"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
@@ -11533,67 +12041,69 @@
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> du jour pour les </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>réunions</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> du </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>comité</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="5019119E" w14:textId="704E9F50" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="71"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1197"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="121"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E44CE4">
@@ -11673,67 +12183,69 @@
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> les documents de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>référence</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>pertinents</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="6CC5B163" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="71"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1198"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="121"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
@@ -11784,106 +12296,126 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>risques</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> agrégés dans le cadre de </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>agrégés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dans le cadre de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>l'analyse</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> des </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>risques</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>l’entreprise</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="77331EBE" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="71"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1198"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="121"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
@@ -11955,67 +12487,69 @@
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pour les </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>délibérations</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> du </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>comité</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="7F2F61EB" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="71"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1198"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="121"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
@@ -12048,51 +12582,69 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>preuves</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> relatives aux </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>relatives</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aux </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>risques</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> critiques </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -12250,57 +12802,67 @@
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="73EF4E86" w14:textId="576485B7" w:rsidR="00990E16" w:rsidRPr="00E44CE4" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="71"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1198"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="121"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E44CE4">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Toute </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Toute</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E44CE4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>autre</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -12361,73 +12923,73 @@
         </w:rPr>
         <w:t>comité</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E44CE4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00990E16" w:rsidRPr="00E44CE4" w:rsidSect="007F34DB">
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="11909" w:h="16834" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="706" w:footer="706" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="31CEE9AE" w14:textId="77777777" w:rsidR="009E6421" w:rsidRDefault="009E6421" w:rsidP="00B23B3E">
+    <w:p w14:paraId="2D0CEA8C" w14:textId="77777777" w:rsidR="007B590B" w:rsidRDefault="007B590B" w:rsidP="00B23B3E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="72F1F8DE" w14:textId="77777777" w:rsidR="009E6421" w:rsidRDefault="009E6421" w:rsidP="00B23B3E">
+    <w:p w14:paraId="7845946A" w14:textId="77777777" w:rsidR="007B590B" w:rsidRDefault="007B590B" w:rsidP="00B23B3E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="435EDD6E" w14:textId="77777777" w:rsidR="009E6421" w:rsidRDefault="009E6421"/>
+    <w:p w14:paraId="75655950" w14:textId="77777777" w:rsidR="007B590B" w:rsidRDefault="007B590B"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -12459,51 +13021,51 @@
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="574CDEDB" w14:textId="0953B01F" w:rsidR="007931CC" w:rsidRPr="0092647C" w:rsidRDefault="00D9761B" w:rsidP="00D9761B">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0092647C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="0092647C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
@@ -12637,504 +13199,568 @@
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="0092647C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>en</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="0092647C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
+    <w:proofErr w:type="gramStart"/>
     <w:r w:rsidRPr="0092647C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>vigueur</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="0092647C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve"> : 29/08/2025</w:t>
+      <w:t xml:space="preserve"> :</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="0092647C">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 29/08/2025</w:t>
     </w:r>
     <w:r w:rsidRPr="0092647C">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="023C3340" w14:textId="77777777" w:rsidR="009E6421" w:rsidRDefault="009E6421" w:rsidP="00B23B3E">
+    <w:p w14:paraId="41C43672" w14:textId="77777777" w:rsidR="007B590B" w:rsidRDefault="007B590B" w:rsidP="00B23B3E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="03A6C18A" w14:textId="77777777" w:rsidR="009E6421" w:rsidRDefault="009E6421" w:rsidP="00B23B3E">
+    <w:p w14:paraId="2E939157" w14:textId="77777777" w:rsidR="007B590B" w:rsidRDefault="007B590B" w:rsidP="00B23B3E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6296A98B" w14:textId="77777777" w:rsidR="009E6421" w:rsidRDefault="009E6421"/>
+    <w:p w14:paraId="7B4CD7AC" w14:textId="77777777" w:rsidR="007B590B" w:rsidRDefault="007B590B"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="11E045FB" w14:textId="77777777" w:rsidR="00961FB2" w:rsidRPr="006B4AEE" w:rsidRDefault="00961FB2" w:rsidP="00961FB2">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Le Senior Designated Officer (SDO) est chargé de </w:t>
+        <w:t xml:space="preserve"> Le Senior Designated Officer (SDO) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>veiller</w:t>
+        <w:t>est</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> à la mise </w:t>
+        <w:t xml:space="preserve"> chargé de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>en</w:t>
+        <w:t>veiller</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> à la mise </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>œuvre</w:t>
+        <w:t>en</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> effective de la politique de </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>lutte</w:t>
+        <w:t>œuvre</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> effective de la politique de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>contre</w:t>
+        <w:t>lutte</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> le </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>blanchiment</w:t>
+        <w:t>contre</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> le </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>d'argent</w:t>
+        <w:t>blanchiment</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> et le </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>financement</w:t>
+        <w:t>d'argent</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> du </w:t>
+        <w:t xml:space="preserve"> et le </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>terrorisme</w:t>
+        <w:t>financement</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> au PNUD et de prendre des </w:t>
+        <w:t xml:space="preserve"> du </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>décisions</w:t>
+        <w:t>terrorisme</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> sur les questions </w:t>
+        <w:t xml:space="preserve"> au PNUD et de prendre des </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>présentant</w:t>
+        <w:t>décisions</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> des </w:t>
+        <w:t xml:space="preserve"> sur les questions </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>risques</w:t>
+        <w:t>présentant</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> des </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>accrus</w:t>
+        <w:t>risques</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pour </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>l'organisation</w:t>
+        <w:t>accrus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">, y </w:t>
+        <w:t xml:space="preserve"> pour </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>compris</w:t>
+        <w:t>l'organisation</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> les </w:t>
+        <w:t xml:space="preserve">, y </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>cas</w:t>
+        <w:t>compris</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> les </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>remontés</w:t>
+        <w:t>cas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Le </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>rôle</w:t>
+        <w:t>remontés</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> du SDO est </w:t>
+        <w:t xml:space="preserve">. Le </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>confié</w:t>
+        <w:t>rôle</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> à </w:t>
+        <w:t xml:space="preserve"> du SDO </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>l'Administrateur</w:t>
+        <w:t>est</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>associé</w:t>
+        <w:t>confié</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (AA). L'AA est </w:t>
+        <w:t xml:space="preserve"> à </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>l'Administrateur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>associé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (AA). L'AA </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>est</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B4AEE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>également</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> le </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -13152,51 +13778,51 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>risques</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B4AEE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> du PNUD</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0" w:tplc="00000001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
@@ -21057,318 +21683,318 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="121772670">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="58"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="2005820542">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="2041055189">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="41"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="841434330">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1228492669">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="49"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="952515411">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="67"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1205943519">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="65"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1797677928">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="43"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="51581032">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="46"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1099061114">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1421023625">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="645400287">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1478449002">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="2017532811">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1695692316">
+  <w:num w:numId="15">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="588276458">
+  <w:num w:numId="16">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1460297548">
+  <w:num w:numId="17">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1493983265">
+  <w:num w:numId="18">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="255482317">
+  <w:num w:numId="19">
     <w:abstractNumId w:val="59"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="1309940752">
+  <w:num w:numId="20">
     <w:abstractNumId w:val="61"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="2131976799">
+  <w:num w:numId="21">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="845094731">
+  <w:num w:numId="22">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="1919485813">
+  <w:num w:numId="23">
     <w:abstractNumId w:val="57"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="1209223656">
+  <w:num w:numId="24">
     <w:abstractNumId w:val="51"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="540900248">
+  <w:num w:numId="25">
     <w:abstractNumId w:val="64"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="612828893">
+  <w:num w:numId="26">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="233856845">
+  <w:num w:numId="27">
     <w:abstractNumId w:val="55"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="1378356087">
+  <w:num w:numId="28">
     <w:abstractNumId w:val="45"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="445002611">
+  <w:num w:numId="29">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="9841752">
+  <w:num w:numId="30">
     <w:abstractNumId w:val="74"/>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="442576833">
+  <w:num w:numId="31">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="654722175">
+  <w:num w:numId="32">
     <w:abstractNumId w:val="60"/>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="2135755659">
+  <w:num w:numId="33">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="34" w16cid:durableId="372077027">
+  <w:num w:numId="34">
     <w:abstractNumId w:val="69"/>
   </w:num>
-  <w:num w:numId="35" w16cid:durableId="1050805074">
+  <w:num w:numId="35">
     <w:abstractNumId w:val="70"/>
   </w:num>
-  <w:num w:numId="36" w16cid:durableId="212617796">
+  <w:num w:numId="36">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="37" w16cid:durableId="1561091188">
+  <w:num w:numId="37">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="38" w16cid:durableId="1029260056">
+  <w:num w:numId="38">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="39" w16cid:durableId="275798559">
+  <w:num w:numId="39">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="40" w16cid:durableId="1670979335">
+  <w:num w:numId="40">
     <w:abstractNumId w:val="60"/>
   </w:num>
-  <w:num w:numId="41" w16cid:durableId="1482117603">
+  <w:num w:numId="41">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="42" w16cid:durableId="941452220">
+  <w:num w:numId="42">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="43" w16cid:durableId="1551917312">
+  <w:num w:numId="43">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="44" w16cid:durableId="712726902">
+  <w:num w:numId="44">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="45" w16cid:durableId="297103763">
+  <w:num w:numId="45">
     <w:abstractNumId w:val="63"/>
   </w:num>
-  <w:num w:numId="46" w16cid:durableId="2089690598">
+  <w:num w:numId="46">
     <w:abstractNumId w:val="14"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="47" w16cid:durableId="597180292">
+  <w:num w:numId="47">
     <w:abstractNumId w:val="48"/>
   </w:num>
-  <w:num w:numId="48" w16cid:durableId="2056198907">
+  <w:num w:numId="48">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="49" w16cid:durableId="237789663">
+  <w:num w:numId="49">
     <w:abstractNumId w:val="54"/>
   </w:num>
-  <w:num w:numId="50" w16cid:durableId="514534109">
+  <w:num w:numId="50">
     <w:abstractNumId w:val="50"/>
   </w:num>
-  <w:num w:numId="51" w16cid:durableId="101809278">
+  <w:num w:numId="51">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="52" w16cid:durableId="2140687644">
+  <w:num w:numId="52">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="53" w16cid:durableId="203250946">
+  <w:num w:numId="53">
     <w:abstractNumId w:val="42"/>
   </w:num>
-  <w:num w:numId="54" w16cid:durableId="1189634736">
+  <w:num w:numId="54">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="55" w16cid:durableId="43800976">
+  <w:num w:numId="55">
     <w:abstractNumId w:val="72"/>
   </w:num>
-  <w:num w:numId="56" w16cid:durableId="1441148664">
+  <w:num w:numId="56">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="57" w16cid:durableId="1002272075">
+  <w:num w:numId="57">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="58" w16cid:durableId="435102515">
+  <w:num w:numId="58">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="59" w16cid:durableId="1187449552">
+  <w:num w:numId="59">
     <w:abstractNumId w:val="66"/>
   </w:num>
-  <w:num w:numId="60" w16cid:durableId="36510875">
+  <w:num w:numId="60">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="61" w16cid:durableId="780106016">
+  <w:num w:numId="61">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="62" w16cid:durableId="513343734">
+  <w:num w:numId="62">
     <w:abstractNumId w:val="68"/>
   </w:num>
-  <w:num w:numId="63" w16cid:durableId="713844737">
+  <w:num w:numId="63">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="64" w16cid:durableId="454717991">
+  <w:num w:numId="64">
     <w:abstractNumId w:val="62"/>
   </w:num>
-  <w:num w:numId="65" w16cid:durableId="1257862067">
+  <w:num w:numId="65">
     <w:abstractNumId w:val="56"/>
   </w:num>
-  <w:num w:numId="66" w16cid:durableId="2129007858">
+  <w:num w:numId="66">
     <w:abstractNumId w:val="44"/>
   </w:num>
-  <w:num w:numId="67" w16cid:durableId="969096944">
+  <w:num w:numId="67">
     <w:abstractNumId w:val="53"/>
   </w:num>
-  <w:num w:numId="68" w16cid:durableId="709302200">
+  <w:num w:numId="68">
     <w:abstractNumId w:val="71"/>
   </w:num>
-  <w:num w:numId="69" w16cid:durableId="337198802">
+  <w:num w:numId="69">
     <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="70" w16cid:durableId="1477337465">
+  <w:num w:numId="70">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="71" w16cid:durableId="164439285">
+  <w:num w:numId="71">
     <w:abstractNumId w:val="52"/>
   </w:num>
-  <w:num w:numId="72" w16cid:durableId="1502575939">
+  <w:num w:numId="72">
     <w:abstractNumId w:val="73"/>
   </w:num>
-  <w:num w:numId="73" w16cid:durableId="126511838">
+  <w:num w:numId="73">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="74" w16cid:durableId="1546870130">
+  <w:num w:numId="74">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="75" w16cid:durableId="1221594713">
+  <w:num w:numId="75">
     <w:abstractNumId w:val="47"/>
   </w:num>
-  <w:num w:numId="76" w16cid:durableId="910888264">
+  <w:num w:numId="76">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:numIdMacAtCleanup w:val="64"/>
+  <w:numIdMacAtCleanup w:val="76"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:removeDateAndTime/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DF1167"/>
     <w:rsid w:val="00000C84"/>
     <w:rsid w:val="000014F3"/>
     <w:rsid w:val="00001E35"/>
     <w:rsid w:val="000022DE"/>
@@ -23512,50 +24138,51 @@
     <w:rsid w:val="007A2A54"/>
     <w:rsid w:val="007A2F9D"/>
     <w:rsid w:val="007A3957"/>
     <w:rsid w:val="007A3BE1"/>
     <w:rsid w:val="007A4184"/>
     <w:rsid w:val="007A5362"/>
     <w:rsid w:val="007A597F"/>
     <w:rsid w:val="007A5B5A"/>
     <w:rsid w:val="007A617F"/>
     <w:rsid w:val="007A69C0"/>
     <w:rsid w:val="007A6A22"/>
     <w:rsid w:val="007A6BAD"/>
     <w:rsid w:val="007A763F"/>
     <w:rsid w:val="007A795B"/>
     <w:rsid w:val="007A7F3F"/>
     <w:rsid w:val="007B00D1"/>
     <w:rsid w:val="007B0661"/>
     <w:rsid w:val="007B069D"/>
     <w:rsid w:val="007B0C9C"/>
     <w:rsid w:val="007B12B0"/>
     <w:rsid w:val="007B20B3"/>
     <w:rsid w:val="007B2AC7"/>
     <w:rsid w:val="007B412A"/>
     <w:rsid w:val="007B494F"/>
     <w:rsid w:val="007B4CAA"/>
+    <w:rsid w:val="007B590B"/>
     <w:rsid w:val="007B591C"/>
     <w:rsid w:val="007B59AF"/>
     <w:rsid w:val="007B602A"/>
     <w:rsid w:val="007B7764"/>
     <w:rsid w:val="007C0D87"/>
     <w:rsid w:val="007C0E7B"/>
     <w:rsid w:val="007C0EEC"/>
     <w:rsid w:val="007C1157"/>
     <w:rsid w:val="007C1298"/>
     <w:rsid w:val="007C1A98"/>
     <w:rsid w:val="007C265C"/>
     <w:rsid w:val="007C2743"/>
     <w:rsid w:val="007C350B"/>
     <w:rsid w:val="007C424E"/>
     <w:rsid w:val="007C4306"/>
     <w:rsid w:val="007C44DD"/>
     <w:rsid w:val="007C4701"/>
     <w:rsid w:val="007C49CD"/>
     <w:rsid w:val="007C5705"/>
     <w:rsid w:val="007C6B44"/>
     <w:rsid w:val="007C794F"/>
     <w:rsid w:val="007D0ACD"/>
     <w:rsid w:val="007D1341"/>
     <w:rsid w:val="007D16D4"/>
     <w:rsid w:val="007D1B8E"/>
@@ -23634,50 +24261,51 @@
     <w:rsid w:val="0081596E"/>
     <w:rsid w:val="00815D6E"/>
     <w:rsid w:val="008173E0"/>
     <w:rsid w:val="0081777D"/>
     <w:rsid w:val="00817D44"/>
     <w:rsid w:val="0082080D"/>
     <w:rsid w:val="00821219"/>
     <w:rsid w:val="00822409"/>
     <w:rsid w:val="00822F33"/>
     <w:rsid w:val="00824163"/>
     <w:rsid w:val="008243D3"/>
     <w:rsid w:val="00824C32"/>
     <w:rsid w:val="0082500A"/>
     <w:rsid w:val="008267EB"/>
     <w:rsid w:val="008271E9"/>
     <w:rsid w:val="00827259"/>
     <w:rsid w:val="00827D3B"/>
     <w:rsid w:val="00830377"/>
     <w:rsid w:val="00830815"/>
     <w:rsid w:val="00830CA8"/>
     <w:rsid w:val="00831BD1"/>
     <w:rsid w:val="00831E91"/>
     <w:rsid w:val="00832136"/>
     <w:rsid w:val="008329EE"/>
     <w:rsid w:val="00833261"/>
+    <w:rsid w:val="0083349B"/>
     <w:rsid w:val="0083350B"/>
     <w:rsid w:val="008341BC"/>
     <w:rsid w:val="0083431E"/>
     <w:rsid w:val="00835106"/>
     <w:rsid w:val="00835300"/>
     <w:rsid w:val="0083543E"/>
     <w:rsid w:val="008354B5"/>
     <w:rsid w:val="008355B1"/>
     <w:rsid w:val="00835C27"/>
     <w:rsid w:val="00836F49"/>
     <w:rsid w:val="008370E1"/>
     <w:rsid w:val="00837509"/>
     <w:rsid w:val="0084071E"/>
     <w:rsid w:val="00840FFF"/>
     <w:rsid w:val="00841E38"/>
     <w:rsid w:val="0084244A"/>
     <w:rsid w:val="008424FA"/>
     <w:rsid w:val="00842FDC"/>
     <w:rsid w:val="00843085"/>
     <w:rsid w:val="008435C2"/>
     <w:rsid w:val="00843B29"/>
     <w:rsid w:val="00843B33"/>
     <w:rsid w:val="00843F1B"/>
     <w:rsid w:val="00845BA5"/>
     <w:rsid w:val="0084600C"/>
@@ -23918,50 +24546,51 @@
     <w:rsid w:val="00902B0F"/>
     <w:rsid w:val="00902F74"/>
     <w:rsid w:val="00903ED8"/>
     <w:rsid w:val="00903FE6"/>
     <w:rsid w:val="00904294"/>
     <w:rsid w:val="00904569"/>
     <w:rsid w:val="00904A3C"/>
     <w:rsid w:val="00904DBE"/>
     <w:rsid w:val="0090536C"/>
     <w:rsid w:val="00905CD7"/>
     <w:rsid w:val="00905DDE"/>
     <w:rsid w:val="009068D5"/>
     <w:rsid w:val="009076A5"/>
     <w:rsid w:val="00907A47"/>
     <w:rsid w:val="00907D85"/>
     <w:rsid w:val="009105AB"/>
     <w:rsid w:val="0091103C"/>
     <w:rsid w:val="00911B4C"/>
     <w:rsid w:val="00911F1D"/>
     <w:rsid w:val="00911FAA"/>
     <w:rsid w:val="00912614"/>
     <w:rsid w:val="0091280B"/>
     <w:rsid w:val="0091294C"/>
     <w:rsid w:val="00913077"/>
     <w:rsid w:val="00914AF5"/>
+    <w:rsid w:val="00915606"/>
     <w:rsid w:val="00916C22"/>
     <w:rsid w:val="00916D3D"/>
     <w:rsid w:val="00917561"/>
     <w:rsid w:val="0092023F"/>
     <w:rsid w:val="00920F43"/>
     <w:rsid w:val="00920F8A"/>
     <w:rsid w:val="00921493"/>
     <w:rsid w:val="009214EE"/>
     <w:rsid w:val="00921B7A"/>
     <w:rsid w:val="00923070"/>
     <w:rsid w:val="0092343B"/>
     <w:rsid w:val="00923AD7"/>
     <w:rsid w:val="00924315"/>
     <w:rsid w:val="009247E2"/>
     <w:rsid w:val="00925480"/>
     <w:rsid w:val="00926275"/>
     <w:rsid w:val="00926318"/>
     <w:rsid w:val="0092647C"/>
     <w:rsid w:val="0092669A"/>
     <w:rsid w:val="009266D3"/>
     <w:rsid w:val="00926ECC"/>
     <w:rsid w:val="009271A4"/>
     <w:rsid w:val="009276C4"/>
     <w:rsid w:val="00927DE7"/>
     <w:rsid w:val="0093056E"/>
@@ -26176,66 +26805,66 @@
     <w:rsid w:val="7D33DCDE"/>
     <w:rsid w:val="7E950131"/>
     <w:rsid w:val="7F623AF9"/>
     <w:rsid w:val="7F791753"/>
     <w:rsid w:val="7F9A13BB"/>
     <w:rsid w:val="7FC2C26B"/>
     <w:rsid w:val="7FD0A912"/>
     <w:rsid w:val="7FF8BF48"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1794BDE0"/>
   <w14:defaultImageDpi w14:val="32767"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{FE95505D-CC0D-49F9-BD3A-54215E41863C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -27298,51 +27927,51 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00035134"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007B12B0"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
       <w:jc w:val="left"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="61754957">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="133106867">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -32956,86 +33585,59 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...25 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DF4E5EB98AFACA49B955F57620F5DD44" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="16e62f017f053e4187bce02c358b6be9">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" xmlns:ns3="c26dc373-2944-4fff-a656-1635ba5514b5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="822fc6e30ad0aba92acdc39408158171" ns2:_="" ns3:_="">
     <xsd:import namespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
     <xsd:import namespace="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
@@ -33240,126 +33842,153 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SharedWithUsers xmlns="c26dc373-2944-4fff-a656-1635ba5514b5">
+      <UserInfo>
+        <DisplayName>Nesreen Al-Hebshi</DisplayName>
+        <AccountId>51</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Clifford Ouedraogo</DisplayName>
+        <AccountId>50</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <TaxCatchAll xmlns="c26dc373-2944-4fff-a656-1635ba5514b5" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1266B757-337E-4D18-8C97-77419E186A2A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{35561DDB-AE9A-487F-B2B5-B22FC3510323}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
     <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{638A2CA0-7D9B-46B8-96E9-8D0E44BF4F3A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BD2F4E86-2237-4DCB-8E9B-A955A8F77685}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1651</Words>
-  <Characters>9417</Characters>
+  <Words>1670</Words>
+  <Characters>9525</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>78</Lines>
+  <Lines>79</Lines>
   <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11046</CharactersWithSpaces>
+  <CharactersWithSpaces>11173</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="612" baseType="variant">
       <vt:variant>
         <vt:i4>8061000</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>372</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Appendix_3:_ERM</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8061001</vt:i4>
       </vt:variant>
       <vt:variant>