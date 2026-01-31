--- v0 (2025-10-22)
+++ v1 (2026-01-31)
@@ -1,2618 +1,2406 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1876B4E1" w14:textId="6C5375F3" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-[...50 lines deleted...]
-        <w:t xml:space="preserve">ia de Comité de Riesgos </w:t>
+    <w:p w14:paraId="3CBC432E" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="0035520B" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8190"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0035520B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Términos de Referencia de Comité de Riesgos </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D05D3B6" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-[...8 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+    <w:p w14:paraId="1D6A0272" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="0035520B" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0397BAE6" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-[...24 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+    <w:p w14:paraId="06EC94E0" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc210826066"/>
+      <w:r w:rsidRPr="00661132">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Antecedentes</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00852680">
-[...9 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+      <w:r w:rsidRPr="00661132">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...115 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E30FDE3" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-[...3 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w14:paraId="3D181776" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="001C34CF" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>La gestión del riesgo institucional (ERM), incluido el aspecto estratégico de la gestión de seguridad, gestión de crisis y gestión de la continuidad de las actividades</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F0D21" w:rsidDel="00215BCA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">son partes integrantes del riesgo y disciplinas de una gestión eficaz para obtener resultados en materia de desarrollo. A medida que el PNUD avanza hacia programas que implican un mayor nivel de asesoramiento político y un cambio transformador en todo el sistema, la consecución de resultados programáticos dependerá cada vez más de factores que escapan total o parcialmente a nuestro control. Esto incluye riesgos que debemos sortear y gestionar en cooperación con los asociados y otras partes interesadas. Aprovechar las oportunidades prometedoras exige a menudo que la organización asuma riesgos calculados. Ser ágiles, receptivos y proactivos es fundamental para lograr resultados. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FA5053A" w14:textId="77777777" w:rsidR="00BF06EC" w:rsidRPr="000F0D21" w:rsidRDefault="00BF06EC" w:rsidP="0035520B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6048EBA6" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La Política de ERM del PNUD guiará la conducta y la aplicación de la ERM y define las funciones y responsabilidades. A nivel institucional, el Comité de Riesgos es un grupo asesor presidido por el Administrador Asociado para supervisar la aplicación general y el uso del marco de gestión de riesgos en el PNUD. El Comité de Riesgos es un subcomité del Grupo de Expertos que provee asesoramiento/revisión sobre temas a requerimiento del Administrador y  reporta al GE según sea necesario. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68851AB7" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="555ECF65" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="00661132" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc124522934"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc210826067"/>
+      <w:r w:rsidRPr="00661132">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Deberes y </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00661132">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Responsabilidades</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00661132">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31474BA1" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...10 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">En consonancia con las políticas pertinentes, el Comité de Riesgos es responsable de: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0888AD4F" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-      <w:pPr>
+    <w:p w14:paraId="172D3595" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:kern w:val="0"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:kern w:val="0"/>
-[...1 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Revisar y analizar los riesgos corporativos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E6D59E1" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-[...3 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w14:paraId="3C6D63A8" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">En virtud de esta responsabilidad, el Comité examinará y deliberará sobre las estrategias de gestión de riesgos y, en caso necesario, propondrá modificaciones o revisará las estrategias. El Comité se centrará en los riesgos corporativos estratégicos que se le planteen, dejando la discusión de los riesgos operativos en otros foros respectivos. (por ejemplo, el OPG, el SMG, el ET y el Consejo de Crisis).  </w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En virtud de esta responsabilidad, el Comité identificará, examinará y deliberará sobre riesgos corporativos y sobre las estrategias de gestión de riesgos y, en caso necesario, propondrá modificaciones o revisará las estrategias. El Comité se centrará en los riesgos corporativos estratégicos que sean identificados o escalados por el Comité, dejando la discusión de los riesgos operativos en otros foros respectivos. (por ejemplo, el OPG, el SMG, el ET, el Consejo de Crisis).  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="441E170E" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-      <w:pPr>
+    <w:p w14:paraId="4B94E54B" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...12 lines deleted...]
-        <w:t>Riesgos identificados corporativamente;</w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Riesgos escalados desde otros mecanismos corporativos;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="516759EA" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-[...3 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w14:paraId="2A2D501B" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...10 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>El presidente y los miembros del Comité pueden poner sobre la mesa los riesgos identificados que deban elevarse al Comité a través de los distintos mecanismos corporativos, por ejemplo:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04F13A15" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-      <w:pPr>
+    <w:p w14:paraId="2766D7D4" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...32 lines deleted...]
-        <w:t>, para los riesgos institucionales significativos relacionados con el desempeño organizativo, incluidas las principales prioridades de los riesgos de auditoría;;</w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>El Grupo de Desempeño Organizativo (OPG por sus siglas en inglés), para los riesgos institucionales/operacionales altos relacionados con el desempeño organizativo, incluidas las principales prioridades de los riesgos de auditoría;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="354DE377" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-      <w:pPr>
+    <w:p w14:paraId="2F72A673" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">El </w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La </w:t>
       </w:r>
-      <w:r w:rsidRPr="00852680">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-          <w:kern w:val="0"/>
-[...3 lines deleted...]
-        <w:t>Equipo Ejecutivo</w:t>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Junta de Crisis</w:t>
       </w:r>
-      <w:r w:rsidRPr="00852680">
-[...6 lines deleted...]
-        <w:t>, para los riesgos relacionados con el contexto y los entornos en los que opera la oficina de un país específico;</w:t>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, para los riesgos altos relacionados con un programa nacional concreto en crisis;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="081C09AD" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-      <w:pPr>
+    <w:p w14:paraId="5C6859B9" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">La </w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">El </w:t>
       </w:r>
-      <w:r w:rsidRPr="00852680">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-          <w:kern w:val="0"/>
-[...3 lines deleted...]
-        <w:t>Junta de Crisis</w:t>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Grupo de Gestión de Seguridad</w:t>
       </w:r>
-      <w:r w:rsidRPr="00852680">
-[...6 lines deleted...]
-        <w:t>, para los riesgos relacionados con un programa nacional concreto en crisis;</w:t>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para los riesgos altos relacionados con la seguridad del personal y la continuidad de las actividades en la sede central.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36ABE33A" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-      <w:pPr>
+    <w:p w14:paraId="2A470725" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...32 lines deleted...]
-        <w:t xml:space="preserve"> para los riesgos relacionados con la seguridad del personal y la continuidad de las actividades en la sede central.</w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité de Diligencia Debida del Sector Privado, para las asociaciones de alto riesgo con el sector privado; y Otros mecanismos corporativos, según proceda.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B38F671" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-[...32 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="01E9D05D" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3DC1C89F" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-      <w:pPr>
+    <w:p w14:paraId="01EB42ED" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Análisis del Registro de Riesgos agregado; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E3A3DFF" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-[...3 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w14:paraId="397327FC" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...10 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cada  año, debe presentarse al Comité un análisis los riesgos de los buros consignados en los registros de riesgos agregados, a fin de detectar posibles riesgos emergentes y/o riesgos de importancia cada vez mayor que puedan requerir un tratamiento a nivel corporativo. Este análisis, cuando proceda, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Cada dos años, debe presentarse al Comité un análisis de todos los riesgos consignados en los registros de riesgos agregados, a fin de detectar posibles riesgos emergentes y/o riesgos de importancia cada vez mayor que puedan requerir un tratamiento a nivel corporativo. Este análisis, cuando proceda, podría incluir la comparación entre los riesgos registrados en el sistema y los riesgos materializados en el periodo de referencia. </w:t>
+        <w:t xml:space="preserve">podría incluir la comparación entre los riesgos registrados en el sistema y los riesgos materializados en el periodo de referencia. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B694F5B" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-      <w:pPr>
+    <w:p w14:paraId="11D1CDA1" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-          <w:kern w:val="0"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
-          <w14:ligatures w14:val="none"/>
-[...9 lines deleted...]
-        <w:t>Escalated risks from bureau and units</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Riesgos identificados corporativamente</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0216293C" w14:textId="2B66973B" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-[...3 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w14:paraId="38CA5894" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">En línea con los procedimientos para la escalada de riesgos, todos los riesgos que se escalen a nivel corporativo serán deliberados en la reunión del Comité para la toma de decisiones y puntos de acción. </w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Los miembros del Comité de Riesgos, junto con los expertos técnicos pertinentes, presentarán de forma proactiva pruebas sobre los riesgos corporativos al Comité de Riesgos con vistas a permitir la identificación de los riesgos críticos de importancia estratégica.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="273887BD" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-      <w:pPr>
+    <w:p w14:paraId="45B4FD5B" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Riesgos escalados desde las oficinas de país y las unidades</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B6872DC" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En línea con los criterios para la escalada de riesgos, todos los riesgos que se escalen a nivel corporativo se revisarán electrónicamente, especialmente en el caso de los riesgos más graves del proyecto, que pueden tratarse mediante revisión electrónica. Cuando sea necesario los riesgos escalados serán deliberados en la reunión del Comité para la toma de decisiones y puntos de acción.. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="010B43DB" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:kern w:val="0"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:kern w:val="0"/>
-[...3 lines deleted...]
-        <w:t>Mantenimiento del marco general de riesgos y resistencia</w:t>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Mantenimiento del marco general de riesgos y resiliencia</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EBC2632" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-[...3 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w14:paraId="2836EB8C" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk514504003"/>
-      <w:r w:rsidRPr="00852680">
-[...6 lines deleted...]
-        <w:t>Bajo esta responsabilidad, el Comité revisará las Políticas y Procedimientos relacionados con la Gestión de Riesgos Empresariales, incluyendo los aspectos estratégicos de la Gestión de Continuidad de Negocio (BCM), la Gestión de Incidentes y Crisis (ICM), y las Reservas de Riesgo.</w:t>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Bajo esta responsabilidad, el Comité revisará las Políticas y Procedimientos relacionados con la Gestión de Riesgos Empresariales, incluyendo los aspectos estratégicos de la Gestión de Continuidad de Negocio (BCM), la Gestión de Seguridad y Crisis y las Reservas de Riesgo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5312100C" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-[...3 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w14:paraId="5DF71C2C" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">As part of this function, the Committee should also </w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Como parte de esta función, el Comité también debe examinar el aspecto general de la gestión del conocimiento de los riesgos, incluyendo la captura y revisión de las lecciones aprendidas y las mejores prácticas que se deben aplicar y/o difundir en toda la organización. </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...39 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">En el desempeño de esta función, el Comité puede solicitar al Grupo de Desempeño Organizativo (OPG) que haga aportaciones y comentarios antes de proponer las políticas pertinentes al Grupo Ejecutivo (EG) para su aprobación. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E4AEEB2" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-[...3 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w14:paraId="6C009FCE" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...21 lines deleted...]
-        <w:t>La declaración debe revisarse y actualizarse según sea necesario.</w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>El Comité de Riesgos también examina y recomienda actualizaciones al Grupo Ejecutivo, para su aprobación, la Declaración sobre la propensión al riesgo del PNUD. La declaración debe revisarse y actualizarse según sea necesario.</w:t>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="_Toc114076471"/>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkEnd w:id="4"/>
-    <w:p w14:paraId="3BB3F636" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-      <w:pPr>
+    <w:p w14:paraId="6EFFA5DB" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:kern w:val="0"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:kern w:val="0"/>
-[...1 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Comité Corporativo de Validación (CVC)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01F93D67" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-[...1 lines deleted...]
-        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="608AC4DB" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...12 lines deleted...]
-        <w:t>El Comité de Riesgos del PNUD también actúa como Comité de Examen Corporativo. Se podrá invitar a expertos y otros representantes pertinentes, según sea necesario, para apoyar las deliberaciones del comité. El CVC es responsable de asesorar al Oficial Superior Designado (SDO) sobre lo siguiente:</w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>El Comité de Riesgos del PNUD también actúa como Comité de Examen Corporativo. Se podrá invitar a expertos y otros representantes pertinentes, según sea necesario, para apoyar las deliberaciones del comité. El CVC es responsable de asesorar al Oficial Superior Designado (SDO)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sobre lo siguiente:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51B54C58" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="46AF00F7" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...2 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="333EA117" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
+    <w:p w14:paraId="42C4E3CA" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...10 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Toma de decisiones con respecto a asuntos de ALD/CFT, incluyendo:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04B6C707" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
+    <w:p w14:paraId="166390FB" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="11"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...10 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Relaciones comerciales con contrapartes de alto riesgo;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72FDF895" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
+    <w:p w14:paraId="04BDA370" w14:textId="5C3D0E92" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="11"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...10 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Relaciones con contrapartes que deben abandonarse, prohibirse y/o añadirse a la “</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="00852680">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="000F0D21">
           <w:rPr>
-            <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...5 lines deleted...]
-            <w14:ligatures w14:val="none"/>
+            <w:rStyle w:val="SmartLink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:color w:val="0070C0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Lista de exclusión interna</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00852680">
-[...4 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">”; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1436704E" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
+    <w:p w14:paraId="7A33A047" w14:textId="2D64E110" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="11"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-          <w:kern w:val="0"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
-          <w14:ligatures w14:val="none"/>
-[...5 lines deleted...]
-          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Counterparties to be added to the “</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="00852680">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="000F0D21">
           <w:rPr>
-            <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="F3F2F1"/>
+            <w:rStyle w:val="SmartLink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:color w:val="0070C0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
-            <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>Lista de Dispensas</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00852680">
-[...2 lines deleted...]
-          <w:kern w:val="0"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>”; y</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="077F23B3" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
+    <w:p w14:paraId="2998C485" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="11"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...10 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Cualquier otro asunto relacionado que requiera consideración y toma de decisiones a nivel superior según lo considere oportuno la SDO.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="338948D1" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
+    <w:p w14:paraId="64B7FE8D" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...10 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Aplicación y perfeccionamiento (según proceda) de la política, los procesos, las herramientas y los programas piloto en materia de PBC/FT.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34BB5C02" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-[...9 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+    <w:p w14:paraId="209A85F4" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:ind w:left="502"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12C589A7" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-[...12 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+    <w:p w14:paraId="01AD5812" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="00661132" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc124522935"/>
-      <w:bookmarkStart w:id="6" w:name="_Toc135745187"/>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc210826068"/>
+      <w:r w:rsidRPr="00661132">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Disposiciones de gestión</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
-      <w:r w:rsidRPr="00852680">
-[...7 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+      <w:r w:rsidRPr="00661132">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F3E85BD" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-[...3 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w14:paraId="72184CC7" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">El Comité informa al Grupo Ejecutivo cada dos años. </w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">El Comité es un subcomité del Grupo Ejecutivo (GE) y sirve de plataforma principal para identificar, evaluar, desarrollar el tratamiento y supervisar los riesgos a nivel corporativo. El Comité informa al Grupo Ejecutivo cada vez que sea requerido. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C9D74BB" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-      <w:pPr>
+    <w:p w14:paraId="29466EE0" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:kern w:val="0"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:kern w:val="0"/>
-[...3 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Membresía del Comité</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F94184E" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-[...3 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w14:paraId="0E18463E" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...10 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">La composición del Comité de Riesgos incluirá una representación adecuada de la perspectiva corporativa en las cinco categorías de consecuencias de los riesgos (es decir, Financieros y de recursos; Seguridad y protección; Ejecución programática; Eficacia institucional; y Reputación). A este respecto, la composición permanente del Comité es la siguiente: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F75312B" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-[...3 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w14:paraId="544B7B35" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...10 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">El Administrador Asociado como presidente; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DEC0761" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-      <w:pPr>
+    <w:p w14:paraId="6EC2936B" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="12"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...10 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>La Oficina Ejecutiva;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02E3D608" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-      <w:pPr>
+    <w:p w14:paraId="399E50AE" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="12"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...32 lines deleted...]
-        <w:t xml:space="preserve"> de todas las Oficinas Regionales </w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Los Directores de todas las Oficinas Regionales </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79969073" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-      <w:pPr>
+    <w:p w14:paraId="0989F0C4" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="12"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...12 lines deleted...]
-        <w:t>Director de la Oficina de Servicios de Gestión</w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Director de la Oficina de Servicios de Gestión;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="203077AE" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-      <w:pPr>
+    <w:p w14:paraId="0BE6429C" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="12"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...12 lines deleted...]
-        <w:t>Director de BERA</w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Director de BERA;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E6C07FA" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-      <w:pPr>
+    <w:p w14:paraId="1B95FF04" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="12"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...12 lines deleted...]
-        <w:t>Director de BPPS</w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Director de BPPS;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="117B03C0" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-      <w:pPr>
+    <w:p w14:paraId="6464F399" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="12"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...12 lines deleted...]
-        <w:t>Director de CRU</w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Director del Buró de Crisis;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="374B8F07" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-      <w:pPr>
+    <w:p w14:paraId="0FE228CD" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="12"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...10 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Director, Finanzas;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68BAD4CF" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-      <w:pPr>
+    <w:p w14:paraId="7243E961" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="12"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...12 lines deleted...]
-        <w:t>Director de la Oficina de Seguridad;</w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Director de la Oficina de Seguridad.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6282FE29" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-[...3 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w14:paraId="325D352F" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...10 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Los miembros del Comité son insustituibles. En caso de que un miembro del Comité no esté disponible para asistir a una reunión del Comité de Riesgos, la participación no podrá ser:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="565D597D" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-      <w:pPr>
+    <w:p w14:paraId="3CCE2B29" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="13"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...10 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Propietario de riesgo de entradas de riesgo corporativas específicas;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="563EEE25" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-      <w:pPr>
+    <w:p w14:paraId="4C5A8AA0" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="13"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...10 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jefe de línea de una oficina/unidad específica; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4742E432" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-      <w:pPr>
+    <w:p w14:paraId="488507F2" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="13"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...10 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Gestores de fondos verticales;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C393B70" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-      <w:pPr>
+    <w:p w14:paraId="328EB75E" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="13"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...10 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Directores adjuntos de oficina;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AAA1964" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-      <w:pPr>
+    <w:p w14:paraId="281D4C92" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="13"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...10 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Expertos o especialistas en temas concretos;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A9D0C23" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-      <w:pPr>
+    <w:p w14:paraId="070F3218" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="13"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...10 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Otro personal, según sea necesario.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15E76964" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-[...4 lines deleted...]
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="6D0166E8" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:after="120"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69C2F086" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-      <w:pPr>
+    <w:p w14:paraId="69D5C837" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:kern w:val="0"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:kern w:val="0"/>
-[...1 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Relación con otras estructuras corporativas de toma de decisiones</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="769244A7" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-[...3 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w14:paraId="496EE296" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...12 lines deleted...]
-        <w:t>El Comité de Riesgos es un subcomité del Grupo Ejecutivo. Presenta informes al Grupo Ejecutivo semestralmente o cuando es necesario. La relación con otras estructuras decisorias de la empresa puede describirse del siguiente modo:</w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>El Comité de Riesgos es un grupo consultivo y es un subcomité del Grupo Ejecutivo. Presenta informes al Grupo Ejecutivo semestralmente o cuando es necesario. La relación con otras estructuras decisorias de la empresa puede describirse del siguiente modo:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6460C429" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="3DF770F4" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Myriad Pro" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro" w:cs="Calibri"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Myriad Pro" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6F21AA90" wp14:editId="79994128">
-[...2 lines deleted...]
-            <wp:docPr id="4" name="Diagram 4"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="58B97163" wp14:editId="5D3FBDED">
+            <wp:extent cx="4273550" cy="3206750"/>
+            <wp:effectExtent l="0" t="57150" r="0" b="50800"/>
+            <wp:docPr id="1938957116" name="Diagram 1938957116"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
-                <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId9" r:lo="rId10" r:qs="rId11" r:cs="rId12"/>
+                <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId12" r:lo="rId13" r:qs="rId14" r:cs="rId15"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F523EB8" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="58B52006" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="413D1347" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="379A68C9" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">El Comité de Riesgos revisa, analiza y toma decisiones sobre los riesgos que se identifican a través de los diferentes mecanismos corporativos y fuentes de datos (por ejemplo, OPG, ET, SMG, Junta de Crisis, Registro de Riesgos). Las decisiones sobre el tratamiento de los riesgos deben recomendarse al mecanismo existente para su aplicación. El Comité de Riesgos supervisará el estado de la aplicación de estos tratamientos durante las reuniones periódicas del Comité de Riesgos. </w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">El Comité de Riesgos revisa, analiza y aconseja sobre los riesgos corporativos que se escalan a través de los diferentes mecanismos corporativos y fuentes de datos (por ejemplo, OPG, SMG, Junta de Crisis, Registro de Riesgos, etc.), así como mediante el análisis de riesgos por parte de distintas Oficinas y/o expertos técnicos. Las decisiones sobre el tratamiento de los riesgos deben recomendarse al mecanismo existente para su aplicación. El Comité de Riesgos supervisará el estado de la aplicación de estos tratamientos durante las reuniones periódicas del Comité de Riesgos. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F195D23" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="39B2C25C" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Myriad Pro" w:eastAsia="Times New Roman" w:hAnsi="Myriad Pro" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="920000"/>
-          <w:kern w:val="0"/>
-[...1 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B16F974" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-      <w:pPr>
+    <w:p w14:paraId="19D70703" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:kern w:val="0"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:kern w:val="0"/>
-[...1 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Reuniones del Comité de Riesgos </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B6CCD00" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="6934AB6B" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...12 lines deleted...]
-        <w:t>El Comité de Riesgos se reunirá dos veces al año, preferiblemente durante la semana en que esté prevista la reunión del Grupo de Expertos, pero antes de que ésta tenga lugar. Con carácter ad hoc, el presidente del Comité de Riesgos también puede convocar una reunión del Comité para deliberar de inmediato sobre cualquier cuestión de riesgo urgente. El orden del día permanente de la reunión del Comité es el siguiente:</w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>El Comité de Riesgos se reunirá cuatro veces al año. Con carácter ad hoc, el presidente del Comité de Riesgos también puede convocar una reunión del Comité para deliberar de inmediato sobre cualquier cuestión de riesgo urgente. El orden del día de la reunión del Comité de Riesgos puede incluir temas tales como los siguientes:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48016E90" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-      <w:pPr>
+    <w:p w14:paraId="24A123F4" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="14"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...10 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Revisión de la eficacia de la aplicación de la ERM (incluidas las políticas, los procedimientos, el aprendizaje y otras herramientas);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79FB6400" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-      <w:pPr>
+    <w:p w14:paraId="54ED19B0" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="14"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...12 lines deleted...]
-        <w:t>Revisión de las decisiones y mecanismos del Equipo Ejecutivo;</w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Identificar, revisar y gestionar los riesgos corporativos, incluido el análisis de las tendencias emergentes y los riesgos que afectan a la organización (incluida la revisión del Registro de Riesgos corporativo agregado y los KRI); </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C383E19" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-      <w:pPr>
+    <w:p w14:paraId="26FF4ACF" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="14"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...39 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Revisar los riesgos de los países en crisis de nivel 3, bajo la dirección de las oficinas regionales. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77E107F4" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-      <w:pPr>
+    <w:p w14:paraId="2AE5A0D2" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="14"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...10 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Revisar riesgos escalados por otros mecanismos y Oficinas Regionales.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="465765EA" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-AR"/>
         </w:rPr>
         <w:t>Cualquier otra actividad</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EFB14CE" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="21EDA2BE" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5159CB5F" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-      <w:pPr>
+    <w:p w14:paraId="3489199B" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:kern w:val="0"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:kern w:val="0"/>
-[...3 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Secretaria del Comité de Riesgos </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CDBDF9D" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-      <w:pPr>
+    <w:p w14:paraId="0AA82D33" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:keepNext/>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...12 lines deleted...]
-        <w:t>El Comité de Riesgos cuenta con el apoyo de una secretaría (especialistas en gestión de riesgos) para asistir al presidente y a los miembros del Comité en la gestión eficaz y eficiente de sus reuniones. Esto incluye:</w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>El Comité de Riesgos cuenta con el apoyo de una secretaría (EXO/CPU) para asistir al presidente y a los miembros del Comité en la gestión eficaz y eficiente de sus reuniones. Esto incluye:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A1E7DA7" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-      <w:pPr>
+    <w:p w14:paraId="70DAA17E" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...15 lines deleted...]
-        <w:t>Preparar el orden del día y el material de referencia para las reuniones de los comités;</w:t>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Preparar el orden del día para las reuniones de los comités;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EC72DA3" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-      <w:pPr>
+    <w:p w14:paraId="0E723FCF" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...15 lines deleted...]
-        <w:t>Realizar el análisis de los registros de riesgos agregados;</w:t>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Colaborar con las Oficinas Regionales en relación con el material de referencia pertinente;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A2E8202" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-      <w:pPr>
+    <w:p w14:paraId="5006A45E" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...13 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Realizar el análisis de los registros de riesgos agregados como parte del análisis de riesgo corporativo;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29DC7E85" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Registrar y presentar los riesgos escalados para las deliberaciones del comité; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="453E5E9E" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-      <w:pPr>
+    <w:p w14:paraId="0AEE7C07" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Garantizar la documentación adecuada de las decisiones del Comité de Riesgos; y </w:t>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Facilitar la presentación de pruebas relativas a riesgos críticos de importancia estratégica.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04C0AFB7" w14:textId="77777777" w:rsidR="00852680" w:rsidRPr="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-      <w:pPr>
+    <w:p w14:paraId="7A18C57F" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...20 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Garantizar el registro de los riesgos en el Registro de Riesgos; y </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36891998" w14:textId="1651BD15" w:rsidR="00A31C56" w:rsidRPr="0035520B" w:rsidRDefault="0035520B" w:rsidP="000F0D21">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Cualquier otra tarea que le asigne el presidente del Comité.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39531A76" w14:textId="77777777" w:rsidR="00852680" w:rsidRDefault="00852680"/>
-[...4 lines deleted...]
-      <w:cols w:space="720"/>
+    <w:sectPr w:rsidR="00A31C56" w:rsidRPr="0035520B">
+      <w:footerReference w:type="default" r:id="rId17"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7C38BECC" w14:textId="77777777" w:rsidR="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="77BF44DE" w14:textId="77777777" w:rsidR="000D45D6" w:rsidRDefault="000D45D6" w:rsidP="0027450A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="366A9F17" w14:textId="77777777" w:rsidR="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="4CFF1130" w14:textId="77777777" w:rsidR="000D45D6" w:rsidRDefault="000D45D6" w:rsidP="0027450A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...14 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...43 lines deleted...]
-  <w:p w14:paraId="4E095457" w14:textId="77777777" w:rsidR="00852680" w:rsidRDefault="00852680">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5E06C29C" w14:textId="1B2DD3EC" w:rsidR="00696881" w:rsidRPr="000F0D21" w:rsidRDefault="00696881" w:rsidP="000F0D21">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
+      <w:ind w:right="360"/>
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
     </w:pPr>
+    <w:r w:rsidRPr="00661132">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Página </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00661132">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="00661132">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="00661132">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidRPr="00661132">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>28</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00661132">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidRPr="00661132">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> de </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00661132">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="00661132">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="00661132">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidRPr="00661132">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>39</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00661132">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidRPr="00661132">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve">                                 Fecha de entrada en vigor: 29/08/2025                 </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00661132">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E807F44" w14:textId="77777777" w:rsidR="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="727BF029" w14:textId="77777777" w:rsidR="000D45D6" w:rsidRDefault="000D45D6" w:rsidP="0027450A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="28AD67DF" w14:textId="77777777" w:rsidR="00852680" w:rsidRDefault="00852680" w:rsidP="00852680">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="3992ADF8" w14:textId="77777777" w:rsidR="000D45D6" w:rsidRDefault="000D45D6" w:rsidP="0027450A">
       <w:r>
         <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="1">
+    <w:p w14:paraId="71661A91" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="00983DD1" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t xml:space="preserve">El Oficial Superior Designado (SDO, por sus siglas en inglés) es responsable de garantizar la aplicación efectiva de la política ALD/CFT en el PNUD y de la toma de decisiones en asuntos que presenten riesgos elevados para la organización, incluidos los casos escalados. El papel del SDO está asignado al Administrador Asociado (AA). El AA también actúa como Jefe de </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Gestión de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t>Riesgos del PNUD.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0DCA2F5C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="45A0566A"/>
     <w:lvl w:ilvl="0" w:tplc="20000001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2683,50 +2471,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="16957CEC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="954CFAA6"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C884FD4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DEA0626E"/>
     <w:lvl w:ilvl="0" w:tplc="20000001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="760643B6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
@@ -2794,51 +2695,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E9B679F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CF904558"/>
     <w:lvl w:ilvl="0" w:tplc="744CF912">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1222" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
@@ -2883,140 +2784,479 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4822" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5542" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6262" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="346A1487"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7026D944"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1077" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1797" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2517" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3237" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3957" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4677" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5397" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6117" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6837" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37213919"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CBC61692"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="270" w:hanging="360"/>
+        <w:ind w:left="810" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="990" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="1710" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2430" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3150" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3870" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4590" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5310" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6030" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="45D67722"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5310EE6E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1077" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1797" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2517" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3237" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3957" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4677" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5397" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6117" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6837" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4E527834"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5AFAA6E4"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50E22E75"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="10A4D080"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -3085,51 +3325,164 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="50E230D9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="74822CF2"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55B828A0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C23E5206"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -3198,51 +3551,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56CF0920"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8FECB23A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3311,51 +3664,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57DE2047"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="922C3106"/>
     <w:lvl w:ilvl="0" w:tplc="0C4AC48A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -3400,51 +3753,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7233681C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9482AC50"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -3489,51 +3842,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75CF56E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="41247A8E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3602,216 +3955,253 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="124084278">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="1" w16cid:durableId="195045407">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="824778402">
+  <w:num w:numId="2" w16cid:durableId="1706175701">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="656149184">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="727996556">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1123501724">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1413895678">
+  <w:num w:numId="6" w16cid:durableId="242493840">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="961694245">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="7" w16cid:durableId="790435154">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1839421530">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="8" w16cid:durableId="554238465">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="314191450">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="2089690598">
+    <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="772240458">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="11" w16cid:durableId="430473048">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="386221383">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="12" w16cid:durableId="2053650422">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1828940345">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="13" w16cid:durableId="1721663192">
+    <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1769156901">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="14" w16cid:durableId="1546603925">
+    <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="369914317">
+  <w:num w:numId="15" w16cid:durableId="109521862">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:hideSpellingErrors/>
+  <w:hideGrammaticalErrors/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00852680"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00852680"/>
+    <w:rsidRoot w:val="0027450A"/>
+    <w:rsid w:val="00025661"/>
+    <w:rsid w:val="000C0236"/>
+    <w:rsid w:val="000D25BB"/>
+    <w:rsid w:val="000D45D6"/>
+    <w:rsid w:val="000F0D21"/>
+    <w:rsid w:val="0027450A"/>
+    <w:rsid w:val="0035520B"/>
+    <w:rsid w:val="00487C63"/>
+    <w:rsid w:val="00512DAF"/>
+    <w:rsid w:val="00564CAE"/>
+    <w:rsid w:val="005A09CC"/>
+    <w:rsid w:val="00661132"/>
+    <w:rsid w:val="00696881"/>
+    <w:rsid w:val="0078495C"/>
+    <w:rsid w:val="00A31C56"/>
+    <w:rsid w:val="00A9366F"/>
+    <w:rsid w:val="00AF22B3"/>
+    <w:rsid w:val="00BA0C25"/>
+    <w:rsid w:val="00BF06EC"/>
+    <w:rsid w:val="00CC52A1"/>
+    <w:rsid w:val="00DE102E"/>
+    <w:rsid w:val="00E77C91"/>
+    <w:rsid w:val="00F1705E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="3D9EFD6C"/>
+  <w14:docId w14:val="71BDE695"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{6C7ABE80-D52F-4C53-90EF-D33F0E73821D}"/>
+  <w15:docId w15:val="{09300D51-B098-4747-8AE6-640F8E9EB9A9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3917,51 +4307,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -4118,134 +4508,381 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="0027450A"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="0027450A"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0035520B"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:val="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0027450A"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="0027450A"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="0027450A"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="0027450A"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0027450A"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
+    <w:aliases w:val="f,fn,single space,footnote text,Footnote Text Char2 Char,Footnote Text Char1 Char Char,Footnote Text Char2 Char Char Char,Footnote Text Char1 Char Char Char Char,Footnote Text Char2 Char Char Char Char Char,ft,FOOTNOTES,LM Footnote,ADB"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0027450A"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:aliases w:val="f Char,fn Char,single space Char,footnote text Char,Footnote Text Char2 Char Char,Footnote Text Char1 Char Char Char,Footnote Text Char2 Char Char Char Char,Footnote Text Char1 Char Char Char Char Char,ft Char,FOOTNOTES Char,ADB Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0027450A"/>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FootnoteReference">
+    <w:name w:val="footnote reference"/>
+    <w:aliases w:val="Ref,de nota al pie,16 Point,Superscript 6 Point,ftref,BVI fnr,fr,Used by Word for Help footnote symbols,Знак сноски 1,Normal + Font:9 Point,Superscript 3 Point Times,Footnote,Carattere Char1,(NECG) Footnote Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0027450A"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SmartLink">
+    <w:name w:val="Smart Link"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0027450A"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="F3F2F1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="0035520B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:val="es-ES"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="0035520B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00512DAF"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00852680"/>
+    <w:rsid w:val="00696881"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00852680"/>
+    <w:rsid w:val="00696881"/>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00852680"/>
+    <w:rsid w:val="00696881"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00852680"/>
+    <w:rsid w:val="00696881"/>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/4066" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/4066" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/documento/guia-operativa-para-la-implementacion-de-la-politica-de-lucha-contra-el-lavado-de-activos" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/documento/guia-operativa-para-la-implementacion-de-la-politica-de-lucha-contra-el-lavado-de-activos" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml"/></Relationships>
 </file>
 
 <file path=word/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent1" pri="11200"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignNode1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
@@ -4967,3619 +5604,2211 @@
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
 </dgm:colorsDef>
 </file>
 
 <file path=word/diagrams/data1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dgm:ptLst>
     <dgm:pt modelId="{4FB852D8-AADA-4247-B2D8-162656071DC3}" type="doc">
       <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5" loCatId="hierarchy" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/3d1" qsCatId="3D" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2" csCatId="accent1" phldr="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{15CC8D2D-8CD4-43ED-95E4-6B5114316781}">
       <dgm:prSet phldrT="[Text]" custT="1"/>
-      <dgm:spPr>
-[...57 lines deleted...]
-      </dgm:spPr>
+      <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr algn="ctr">
-[...1 lines deleted...]
-          </a:pPr>
+          <a:pPr algn="ctr"/>
           <a:r>
-            <a:rPr lang="en-US" sz="1000" b="1">
-[...7 lines deleted...]
-            <a:t>EXECUTIVE GROUP</a:t>
+            <a:rPr lang="en-US" sz="1000" b="1"/>
+            <a:t>GRUPO EJECUTIVO (EG)</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{166E4CCC-571D-4AA2-A038-EB1CE7DF8BE6}" type="parTrans" cxnId="{C6530FB9-9786-494D-A977-3339D8729557}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:endParaRPr lang="en-US" b="1"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{1F38C8C0-4D82-4CD4-95F2-9DDB3326175A}" type="sibTrans" cxnId="{C6530FB9-9786-494D-A977-3339D8729557}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:endParaRPr lang="en-US" b="1"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{E9D91247-F118-447D-A90C-DCEAD3240729}">
       <dgm:prSet phldrT="[Text]" custT="1"/>
-      <dgm:spPr>
-[...57 lines deleted...]
-      </dgm:spPr>
+      <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr algn="ctr">
-[...1 lines deleted...]
-          </a:pPr>
+          <a:pPr algn="ctr"/>
           <a:r>
-            <a:rPr lang="en-US" sz="1000" b="1">
-[...7 lines deleted...]
-            <a:t>RISK COMMITTEE</a:t>
+            <a:rPr lang="en-US" sz="1000" b="1"/>
+            <a:t>COMITÉ DE RIESGOS</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{961A9BFF-624C-4866-947E-5BCBCA50B414}" type="parTrans" cxnId="{6B7CC9BD-B3BE-4009-968A-7597B55A7909}">
       <dgm:prSet/>
-      <dgm:spPr>
-[...41 lines deleted...]
-      </dgm:spPr>
+      <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr algn="ctr">
-[...14 lines deleted...]
-          </a:endParaRPr>
+          <a:pPr algn="ctr"/>
+          <a:endParaRPr lang="en-US" b="1"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{8D66451D-7FBC-4FCE-BC1A-B551548DAFC7}" type="sibTrans" cxnId="{6B7CC9BD-B3BE-4009-968A-7597B55A7909}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:endParaRPr lang="en-US" b="1"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{181E93A3-7F6E-424D-8689-1FBAA36D9620}">
       <dgm:prSet phldrT="[Text]" custT="1"/>
-      <dgm:spPr>
-[...57 lines deleted...]
-      </dgm:spPr>
+      <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr algn="ctr">
-[...1 lines deleted...]
-          </a:pPr>
+          <a:pPr algn="ctr"/>
           <a:r>
-            <a:rPr lang="en-US" sz="1000" b="1">
-[...7 lines deleted...]
-            <a:t>ORGANIZATIONAL PERFORMANCE GROUP (OPG)</a:t>
+            <a:rPr lang="en-US" sz="1000" b="1"/>
+            <a:t>GRUPO DE PERFORMANCE ORGANIZACIONAL (OPG)</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{B9A35410-BE1A-4856-B6A3-E5A85793D0EF}" type="parTrans" cxnId="{56F89215-B910-40F7-9EF5-1D93853D81C7}">
       <dgm:prSet/>
-      <dgm:spPr>
-[...41 lines deleted...]
-      </dgm:spPr>
+      <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr algn="ctr">
-[...14 lines deleted...]
-          </a:endParaRPr>
+          <a:pPr algn="ctr"/>
+          <a:endParaRPr lang="en-US" b="1"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{2686D9CB-D62C-431C-B75C-5D7387A4EF2C}" type="sibTrans" cxnId="{56F89215-B910-40F7-9EF5-1D93853D81C7}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:endParaRPr lang="en-US" b="1"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{88314AAB-3E43-4B8C-AD92-65186592FC8F}">
+    <dgm:pt modelId="{352EEBB9-1F1C-482E-94F9-7F5DBF045EDD}">
       <dgm:prSet phldrT="[Text]" custT="1"/>
-      <dgm:spPr>
-[...57 lines deleted...]
-      </dgm:spPr>
+      <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr algn="ctr">
-[...1 lines deleted...]
-          </a:pPr>
+          <a:pPr algn="ctr"/>
           <a:r>
-            <a:rPr lang="en-US" sz="1000" b="1">
-[...7 lines deleted...]
-            <a:t>EXECUTIVE TEAM</a:t>
+            <a:rPr lang="en-US" sz="1000" b="1"/>
+            <a:t>GRUPO DE GESTION DE LA SEGURIDAD</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{2BF857FB-0556-44D3-A666-D2D06E469232}" type="parTrans" cxnId="{2671D235-E181-4CD7-8CE6-01D2ACFE6B30}">
-[...67 lines deleted...]
-    <dgm:pt modelId="{8588BE21-8B03-4BFE-A734-6925CE72625A}" type="sibTrans" cxnId="{2671D235-E181-4CD7-8CE6-01D2ACFE6B30}">
+    <dgm:pt modelId="{ABB93559-6D21-43D3-B724-13AB214FF007}" type="parTrans" cxnId="{4B5DDC53-4B2D-4ED9-9680-F54E6741878B}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:endParaRPr lang="en-US" b="1"/>
-        </a:p>
-[...148 lines deleted...]
-          </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{5251D3D5-1B63-4967-AE07-179A067C462F}" type="sibTrans" cxnId="{4B5DDC53-4B2D-4ED9-9680-F54E6741878B}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:endParaRPr lang="en-US" b="1"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{F49014BD-D9FC-495D-870F-9E22DB3F48E1}">
       <dgm:prSet phldrT="[Text]" custT="1"/>
-      <dgm:spPr>
-[...57 lines deleted...]
-      </dgm:spPr>
+      <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr algn="ctr">
-[...1 lines deleted...]
-          </a:pPr>
+          <a:pPr algn="ctr"/>
           <a:r>
-            <a:rPr lang="en-US" sz="1000" b="1">
-[...7 lines deleted...]
-            <a:t>CRISIS BOARD</a:t>
+            <a:rPr lang="en-US" sz="1000" b="1"/>
+            <a:t>CONSEJO DE CRISIS</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{B7F79038-E349-486F-91FB-33BA8725BC2A}" type="parTrans" cxnId="{AD7E8CF0-0E16-4E92-8A8F-6FF25EA6E4A4}">
       <dgm:prSet/>
-      <dgm:spPr>
-[...41 lines deleted...]
-      </dgm:spPr>
+      <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr algn="ctr">
-[...14 lines deleted...]
-          </a:endParaRPr>
+          <a:pPr algn="ctr"/>
+          <a:endParaRPr lang="en-US" b="1"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{15A679B4-D447-406D-ACFC-642BE536E7B2}" type="sibTrans" cxnId="{AD7E8CF0-0E16-4E92-8A8F-6FF25EA6E4A4}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:endParaRPr lang="en-US" b="1"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{78669AE5-42AF-45D3-AC2A-533B13E152E9}">
       <dgm:prSet phldrT="[Text]" custT="1"/>
-      <dgm:spPr>
-[...61 lines deleted...]
-      </dgm:spPr>
+      <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr algn="ctr">
-[...1 lines deleted...]
-          </a:pPr>
+          <a:pPr algn="ctr"/>
           <a:r>
-            <a:rPr lang="en-US" sz="1000" b="1">
-[...12 lines deleted...]
-            <a:t>RISK IDENTIFICATION AND TREATMENT</a:t>
+            <a:rPr lang="en-US" sz="1000" b="1"/>
+            <a:t>IDENTIFICACIÓN Y TRATAMIENTO DE RIESGOS</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{698E581C-C5D8-479D-8E0F-A971A437C887}" type="sibTrans" cxnId="{95B1FA61-5B5F-4469-9F2C-DD4F95A3B640}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:endParaRPr lang="en-US" b="1"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{5E690B64-201F-42BB-B7AA-ABAD7CD55A56}" type="parTrans" cxnId="{95B1FA61-5B5F-4469-9F2C-DD4F95A3B640}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:endParaRPr lang="en-US" b="1"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{266C2AE2-CFFE-4182-801B-359628575A81}">
+    <dgm:pt modelId="{FB5F5B7F-484E-4EED-9615-EDB82546C1D7}">
       <dgm:prSet phldrT="[Text]" custT="1"/>
-      <dgm:spPr>
-[...89 lines deleted...]
-      <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
-          <a:endParaRPr lang="en-US" b="1"/>
-[...86 lines deleted...]
-          </a:pPr>
           <a:r>
-            <a:rPr lang="en-US" sz="900" b="1">
-[...28 lines deleted...]
-            <a:t>REPORTING AND DECISION MAKING</a:t>
+            <a:rPr lang="en-US" sz="1000" b="1"/>
+            <a:t>EG: INFORMA SOBRE RIESGOS Y TOMA DECISIONES</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{D1470D02-27ED-4CA1-B5A5-6F142567EC6B}" type="sibTrans" cxnId="{DC226670-AE66-44D1-9D1B-F72274762B1B}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:endParaRPr lang="en-US" b="1"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{EF6ECCF6-7302-4BE8-90AD-C9283006AFF8}" type="parTrans" cxnId="{DC226670-AE66-44D1-9D1B-F72274762B1B}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:endParaRPr lang="en-US" b="1"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{776708B1-A768-41BB-9E2B-932B8A418C33}">
       <dgm:prSet phldrT="[Text]" custT="1"/>
-      <dgm:spPr>
-[...59 lines deleted...]
-      </dgm:spPr>
+      <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr algn="ctr">
-[...1 lines deleted...]
-          </a:pPr>
+          <a:pPr algn="ctr"/>
           <a:r>
-            <a:rPr lang="en-US" sz="1000" b="1">
-[...7 lines deleted...]
-            <a:t>Bureaux/Offices</a:t>
+            <a:rPr lang="en-US" sz="1000" b="1"/>
+            <a:t>BUROS/OFICINAS</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{943EB31F-B2D7-49D6-8CDD-6414260B785D}" type="parTrans" cxnId="{84EB1760-2743-4609-8C6A-7645A45032FF}">
       <dgm:prSet/>
-      <dgm:spPr>
-[...41 lines deleted...]
-      </dgm:spPr>
+      <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr algn="ctr">
-[...14 lines deleted...]
-          </a:endParaRPr>
+          <a:pPr algn="ctr"/>
+          <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{1E3DD07B-78FD-40BF-9028-42C10962CFFA}" type="sibTrans" cxnId="{84EB1760-2743-4609-8C6A-7645A45032FF}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{57CAB32B-E205-4D0B-9D11-7186B0801631}">
+      <dgm:prSet phldrT="[Text]" custT="1"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="ctr"/>
+          <a:r>
+            <a:rPr lang="en-US" sz="1000" b="1"/>
+            <a:t>COMITÉ PSDD </a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{1A30AA29-8687-4387-8508-F36139D50DAF}" type="parTrans" cxnId="{8161A003-39C6-48F5-9000-2E0C2911404B}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{429E5C3D-B182-4F2F-BDB4-B9E60F52E99D}" type="sibTrans" cxnId="{8161A003-39C6-48F5-9000-2E0C2911404B}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{B1691514-1EB5-4542-A0F3-B8EE1F658E29}" type="pres">
       <dgm:prSet presAssocID="{4FB852D8-AADA-4247-B2D8-162656071DC3}" presName="mainComposite" presStyleCnt="0">
         <dgm:presLayoutVars>
           <dgm:chPref val="1"/>
           <dgm:dir/>
           <dgm:animOne val="branch"/>
           <dgm:animLvl val="lvl"/>
           <dgm:resizeHandles val="exact"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{AAB21038-82AE-4DE3-BC11-48A25577567F}" type="pres">
       <dgm:prSet presAssocID="{4FB852D8-AADA-4247-B2D8-162656071DC3}" presName="hierFlow" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{968E144C-B2CF-46FB-B4FE-970ED83F3CB2}" type="pres">
       <dgm:prSet presAssocID="{4FB852D8-AADA-4247-B2D8-162656071DC3}" presName="firstBuf" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{5EA6755E-7E67-4892-A4C1-C941E3D6EC54}" type="pres">
       <dgm:prSet presAssocID="{4FB852D8-AADA-4247-B2D8-162656071DC3}" presName="hierChild1" presStyleCnt="0">
         <dgm:presLayoutVars>
           <dgm:chPref val="1"/>
           <dgm:animOne val="branch"/>
           <dgm:animLvl val="lvl"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{2302760D-9C70-4791-853A-3C5905929D4F}" type="pres">
       <dgm:prSet presAssocID="{15CC8D2D-8CD4-43ED-95E4-6B5114316781}" presName="Name17" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{6CB256D6-FCCF-4A31-ADDF-DB035C701CA2}" type="pres">
-      <dgm:prSet presAssocID="{15CC8D2D-8CD4-43ED-95E4-6B5114316781}" presName="level1Shape" presStyleLbl="node0" presStyleIdx="0" presStyleCnt="1">
+      <dgm:prSet presAssocID="{15CC8D2D-8CD4-43ED-95E4-6B5114316781}" presName="level1Shape" presStyleLbl="node0" presStyleIdx="0" presStyleCnt="1" custScaleX="141259" custScaleY="168015" custLinFactY="-70555" custLinFactNeighborX="-5793" custLinFactNeighborY="-100000">
         <dgm:presLayoutVars>
           <dgm:chPref val="3"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr>
         <a:prstGeom prst="flowChartAlternateProcess">
           <a:avLst/>
         </a:prstGeom>
       </dgm:spPr>
     </dgm:pt>
     <dgm:pt modelId="{D2AA8BED-5161-4DE6-BFEF-251DA6B76FE2}" type="pres">
       <dgm:prSet presAssocID="{15CC8D2D-8CD4-43ED-95E4-6B5114316781}" presName="hierChild2" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{C0F6EC62-D98C-4AD4-A855-EC4D1137D1D1}" type="pres">
       <dgm:prSet presAssocID="{961A9BFF-624C-4866-947E-5BCBCA50B414}" presName="Name25" presStyleLbl="parChTrans1D2" presStyleIdx="0" presStyleCnt="1"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{016CB1DC-538E-449F-948D-4D81D5473676}" type="pres">
       <dgm:prSet presAssocID="{961A9BFF-624C-4866-947E-5BCBCA50B414}" presName="connTx" presStyleLbl="parChTrans1D2" presStyleIdx="0" presStyleCnt="1"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{E5D8C0AB-51C1-4D28-B875-BCC300F888BB}" type="pres">
       <dgm:prSet presAssocID="{E9D91247-F118-447D-A90C-DCEAD3240729}" presName="Name30" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{CCAFF023-0A9F-4BE2-B691-30F87D16E209}" type="pres">
-      <dgm:prSet presAssocID="{E9D91247-F118-447D-A90C-DCEAD3240729}" presName="level2Shape" presStyleLbl="node2" presStyleIdx="0" presStyleCnt="1"/>
+      <dgm:prSet presAssocID="{E9D91247-F118-447D-A90C-DCEAD3240729}" presName="level2Shape" presStyleLbl="node2" presStyleIdx="0" presStyleCnt="1" custScaleX="109933" custScaleY="141682" custLinFactNeighborX="-93944" custLinFactNeighborY="-49901"/>
       <dgm:spPr>
         <a:prstGeom prst="flowChartAlternateProcess">
           <a:avLst/>
         </a:prstGeom>
       </dgm:spPr>
     </dgm:pt>
     <dgm:pt modelId="{11E5E6ED-F7E0-416C-98A4-89AEF3D9E184}" type="pres">
       <dgm:prSet presAssocID="{E9D91247-F118-447D-A90C-DCEAD3240729}" presName="hierChild3" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{52400D05-091B-41BE-AA52-E97E35C4276A}" type="pres">
       <dgm:prSet presAssocID="{B9A35410-BE1A-4856-B6A3-E5A85793D0EF}" presName="Name25" presStyleLbl="parChTrans1D3" presStyleIdx="0" presStyleCnt="5"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{1770D11A-33B1-4D35-845E-E44839284051}" type="pres">
       <dgm:prSet presAssocID="{B9A35410-BE1A-4856-B6A3-E5A85793D0EF}" presName="connTx" presStyleLbl="parChTrans1D3" presStyleIdx="0" presStyleCnt="5"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{E900DA32-DF14-4760-B2AA-9ED5CE3080FE}" type="pres">
       <dgm:prSet presAssocID="{181E93A3-7F6E-424D-8689-1FBAA36D9620}" presName="Name30" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{3F796117-F3C0-458B-9E4C-84FE5105D257}" type="pres">
-      <dgm:prSet presAssocID="{181E93A3-7F6E-424D-8689-1FBAA36D9620}" presName="level2Shape" presStyleLbl="node3" presStyleIdx="0" presStyleCnt="5" custScaleX="156924" custLinFactNeighborX="694" custLinFactNeighborY="-49936"/>
+      <dgm:prSet presAssocID="{181E93A3-7F6E-424D-8689-1FBAA36D9620}" presName="level2Shape" presStyleLbl="node3" presStyleIdx="0" presStyleCnt="5" custScaleX="195140" custScaleY="128895" custLinFactNeighborX="-24127" custLinFactNeighborY="-49936"/>
       <dgm:spPr>
         <a:prstGeom prst="flowChartAlternateProcess">
           <a:avLst/>
         </a:prstGeom>
       </dgm:spPr>
     </dgm:pt>
     <dgm:pt modelId="{47A69069-0C61-4D28-A402-35F23DD32774}" type="pres">
       <dgm:prSet presAssocID="{181E93A3-7F6E-424D-8689-1FBAA36D9620}" presName="hierChild3" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
-    <dgm:pt modelId="{9DAF94B6-B328-43A9-9B02-B66C46B1A5E2}" type="pres">
-[...22 lines deleted...]
-    </dgm:pt>
     <dgm:pt modelId="{CD39D1E0-BAFA-4282-9069-E12FA2A9ED6A}" type="pres">
-      <dgm:prSet presAssocID="{ABB93559-6D21-43D3-B724-13AB214FF007}" presName="Name25" presStyleLbl="parChTrans1D3" presStyleIdx="2" presStyleCnt="5"/>
+      <dgm:prSet presAssocID="{ABB93559-6D21-43D3-B724-13AB214FF007}" presName="Name25" presStyleLbl="parChTrans1D3" presStyleIdx="1" presStyleCnt="5"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{926F47B8-4E55-484E-A1B5-C720502FA0B6}" type="pres">
-      <dgm:prSet presAssocID="{ABB93559-6D21-43D3-B724-13AB214FF007}" presName="connTx" presStyleLbl="parChTrans1D3" presStyleIdx="2" presStyleCnt="5"/>
+      <dgm:prSet presAssocID="{ABB93559-6D21-43D3-B724-13AB214FF007}" presName="connTx" presStyleLbl="parChTrans1D3" presStyleIdx="1" presStyleCnt="5"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{62A59442-C8A6-4050-A7B1-0004A64A7A29}" type="pres">
       <dgm:prSet presAssocID="{352EEBB9-1F1C-482E-94F9-7F5DBF045EDD}" presName="Name30" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{1BAAF516-C7F2-4667-8F11-154843D8E091}" type="pres">
-      <dgm:prSet presAssocID="{352EEBB9-1F1C-482E-94F9-7F5DBF045EDD}" presName="level2Shape" presStyleLbl="node3" presStyleIdx="2" presStyleCnt="5" custScaleX="158501" custLinFactNeighborY="-15258"/>
+      <dgm:prSet presAssocID="{352EEBB9-1F1C-482E-94F9-7F5DBF045EDD}" presName="level2Shape" presStyleLbl="node3" presStyleIdx="1" presStyleCnt="5" custScaleX="196631" custLinFactNeighborX="-24822" custLinFactNeighborY="-40880"/>
       <dgm:spPr>
         <a:prstGeom prst="flowChartAlternateProcess">
           <a:avLst/>
         </a:prstGeom>
       </dgm:spPr>
     </dgm:pt>
     <dgm:pt modelId="{0C285791-A17E-48C8-8A93-D09754D1D5FF}" type="pres">
       <dgm:prSet presAssocID="{352EEBB9-1F1C-482E-94F9-7F5DBF045EDD}" presName="hierChild3" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{0C1F1798-3416-49D7-BD3E-E84B58E13DAD}" type="pres">
-      <dgm:prSet presAssocID="{B7F79038-E349-486F-91FB-33BA8725BC2A}" presName="Name25" presStyleLbl="parChTrans1D3" presStyleIdx="3" presStyleCnt="5"/>
+      <dgm:prSet presAssocID="{B7F79038-E349-486F-91FB-33BA8725BC2A}" presName="Name25" presStyleLbl="parChTrans1D3" presStyleIdx="2" presStyleCnt="5"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{1417A215-951D-43B1-AE53-5DD2D9C43930}" type="pres">
-      <dgm:prSet presAssocID="{B7F79038-E349-486F-91FB-33BA8725BC2A}" presName="connTx" presStyleLbl="parChTrans1D3" presStyleIdx="3" presStyleCnt="5"/>
+      <dgm:prSet presAssocID="{B7F79038-E349-486F-91FB-33BA8725BC2A}" presName="connTx" presStyleLbl="parChTrans1D3" presStyleIdx="2" presStyleCnt="5"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{AE246AE1-04E8-4223-A2ED-854E6A545A6C}" type="pres">
       <dgm:prSet presAssocID="{F49014BD-D9FC-495D-870F-9E22DB3F48E1}" presName="Name30" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{018274AD-B94B-49BF-A286-DF427BF0D4AD}" type="pres">
-      <dgm:prSet presAssocID="{F49014BD-D9FC-495D-870F-9E22DB3F48E1}" presName="level2Shape" presStyleLbl="node3" presStyleIdx="3" presStyleCnt="5" custScaleX="157446"/>
+      <dgm:prSet presAssocID="{F49014BD-D9FC-495D-870F-9E22DB3F48E1}" presName="level2Shape" presStyleLbl="node3" presStyleIdx="2" presStyleCnt="5" custScaleX="162597" custLinFactNeighborX="-24821" custLinFactNeighborY="-36831"/>
       <dgm:spPr>
         <a:prstGeom prst="flowChartAlternateProcess">
           <a:avLst/>
         </a:prstGeom>
       </dgm:spPr>
     </dgm:pt>
     <dgm:pt modelId="{4C4CCBC1-57CC-458D-9286-BC6AEC45F1DD}" type="pres">
       <dgm:prSet presAssocID="{F49014BD-D9FC-495D-870F-9E22DB3F48E1}" presName="hierChild3" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{4F6C30E1-57F7-405E-894F-66EE6840C50C}" type="pres">
+      <dgm:prSet presAssocID="{1A30AA29-8687-4387-8508-F36139D50DAF}" presName="Name25" presStyleLbl="parChTrans1D3" presStyleIdx="3" presStyleCnt="5"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{66BD68E0-6244-452D-A3A5-838A2D04EFE1}" type="pres">
+      <dgm:prSet presAssocID="{1A30AA29-8687-4387-8508-F36139D50DAF}" presName="connTx" presStyleLbl="parChTrans1D3" presStyleIdx="3" presStyleCnt="5"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{CBFEB448-6BE9-420A-97CB-265F39451D02}" type="pres">
+      <dgm:prSet presAssocID="{57CAB32B-E205-4D0B-9D11-7186B0801631}" presName="Name30" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{2FD4F96B-439C-4973-9D46-A7F1030FE43A}" type="pres">
+      <dgm:prSet presAssocID="{57CAB32B-E205-4D0B-9D11-7186B0801631}" presName="level2Shape" presStyleLbl="node3" presStyleIdx="3" presStyleCnt="5" custScaleX="167150" custLinFactNeighborX="-21205" custLinFactNeighborY="-21205"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{98909086-7C2F-4E96-8F0B-0ADCD7042136}" type="pres">
+      <dgm:prSet presAssocID="{57CAB32B-E205-4D0B-9D11-7186B0801631}" presName="hierChild3" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{C1176CAC-ADB4-44D6-B4A6-94C8A29B7D81}" type="pres">
       <dgm:prSet presAssocID="{943EB31F-B2D7-49D6-8CDD-6414260B785D}" presName="Name25" presStyleLbl="parChTrans1D3" presStyleIdx="4" presStyleCnt="5"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{94438A8B-13E3-4374-B7FB-916D63F6C043}" type="pres">
       <dgm:prSet presAssocID="{943EB31F-B2D7-49D6-8CDD-6414260B785D}" presName="connTx" presStyleLbl="parChTrans1D3" presStyleIdx="4" presStyleCnt="5"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{544A5FE4-3126-48B9-85BE-974BFA3DA566}" type="pres">
       <dgm:prSet presAssocID="{776708B1-A768-41BB-9E2B-932B8A418C33}" presName="Name30" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{D6DCC517-E673-45BB-8274-0D301D52BE9C}" type="pres">
-      <dgm:prSet presAssocID="{776708B1-A768-41BB-9E2B-932B8A418C33}" presName="level2Shape" presStyleLbl="node3" presStyleIdx="4" presStyleCnt="5" custScaleX="156174"/>
+      <dgm:prSet presAssocID="{776708B1-A768-41BB-9E2B-932B8A418C33}" presName="level2Shape" presStyleLbl="node3" presStyleIdx="4" presStyleCnt="5" custScaleX="166351" custLinFactNeighborX="-22528" custLinFactNeighborY="-10213"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{45F7E6E5-BBB7-4B08-B01C-307FF44E6321}" type="pres">
       <dgm:prSet presAssocID="{776708B1-A768-41BB-9E2B-932B8A418C33}" presName="hierChild3" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{2B4A23D1-5817-453F-9B50-E006C9CA0F76}" type="pres">
       <dgm:prSet presAssocID="{4FB852D8-AADA-4247-B2D8-162656071DC3}" presName="bgShapesFlow" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{F134B20F-291A-47DA-8388-55D877B64473}" type="pres">
       <dgm:prSet presAssocID="{FB5F5B7F-484E-4EED-9615-EDB82546C1D7}" presName="rectComp" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{58CFBB39-9787-4E23-A4D3-E8A0819916F9}" type="pres">
-      <dgm:prSet presAssocID="{FB5F5B7F-484E-4EED-9615-EDB82546C1D7}" presName="bgRect" presStyleLbl="bgShp" presStyleIdx="0" presStyleCnt="3"/>
+      <dgm:prSet presAssocID="{FB5F5B7F-484E-4EED-9615-EDB82546C1D7}" presName="bgRect" presStyleLbl="bgShp" presStyleIdx="0" presStyleCnt="2" custScaleX="226379" custLinFactNeighborX="-2636" custLinFactNeighborY="396"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{58FD98B2-2575-49E5-B375-37949B0004DC}" type="pres">
-      <dgm:prSet presAssocID="{FB5F5B7F-484E-4EED-9615-EDB82546C1D7}" presName="bgRectTx" presStyleLbl="bgShp" presStyleIdx="0" presStyleCnt="3">
+      <dgm:prSet presAssocID="{FB5F5B7F-484E-4EED-9615-EDB82546C1D7}" presName="bgRectTx" presStyleLbl="bgShp" presStyleIdx="0" presStyleCnt="2">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{BA7C572F-1A51-4E7A-9C5A-1E5BB2483166}" type="pres">
       <dgm:prSet presAssocID="{FB5F5B7F-484E-4EED-9615-EDB82546C1D7}" presName="spComp" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{379CA4FA-8723-4088-8EFC-51DA54B5DABA}" type="pres">
       <dgm:prSet presAssocID="{FB5F5B7F-484E-4EED-9615-EDB82546C1D7}" presName="hSp" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
-    <dgm:pt modelId="{22FD639D-03E3-48BF-B27E-40369DB84945}" type="pres">
-[...22 lines deleted...]
-    </dgm:pt>
     <dgm:pt modelId="{61D182A3-8560-49CE-88EA-10CAD6B4C399}" type="pres">
       <dgm:prSet presAssocID="{78669AE5-42AF-45D3-AC2A-533B13E152E9}" presName="rectComp" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{CFF60740-F6B4-4D32-B6D6-948BB746E631}" type="pres">
-      <dgm:prSet presAssocID="{78669AE5-42AF-45D3-AC2A-533B13E152E9}" presName="bgRect" presStyleLbl="bgShp" presStyleIdx="2" presStyleCnt="3" custScaleX="145343"/>
+      <dgm:prSet presAssocID="{78669AE5-42AF-45D3-AC2A-533B13E152E9}" presName="bgRect" presStyleLbl="bgShp" presStyleIdx="1" presStyleCnt="2" custScaleX="225884" custLinFactNeighborX="-6585"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{DC2344A8-4DB1-4564-B493-27A722FF162C}" type="pres">
-      <dgm:prSet presAssocID="{78669AE5-42AF-45D3-AC2A-533B13E152E9}" presName="bgRectTx" presStyleLbl="bgShp" presStyleIdx="2" presStyleCnt="3">
+      <dgm:prSet presAssocID="{78669AE5-42AF-45D3-AC2A-533B13E152E9}" presName="bgRectTx" presStyleLbl="bgShp" presStyleIdx="1" presStyleCnt="2">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
   </dgm:ptLst>
   <dgm:cxnLst>
+    <dgm:cxn modelId="{8161A003-39C6-48F5-9000-2E0C2911404B}" srcId="{E9D91247-F118-447D-A90C-DCEAD3240729}" destId="{57CAB32B-E205-4D0B-9D11-7186B0801631}" srcOrd="3" destOrd="0" parTransId="{1A30AA29-8687-4387-8508-F36139D50DAF}" sibTransId="{429E5C3D-B182-4F2F-BDB4-B9E60F52E99D}"/>
     <dgm:cxn modelId="{D41FAA04-3333-FA4B-B0D6-32CB5C31548E}" type="presOf" srcId="{FB5F5B7F-484E-4EED-9615-EDB82546C1D7}" destId="{58CFBB39-9787-4E23-A4D3-E8A0819916F9}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{56F89215-B910-40F7-9EF5-1D93853D81C7}" srcId="{E9D91247-F118-447D-A90C-DCEAD3240729}" destId="{181E93A3-7F6E-424D-8689-1FBAA36D9620}" srcOrd="0" destOrd="0" parTransId="{B9A35410-BE1A-4856-B6A3-E5A85793D0EF}" sibTransId="{2686D9CB-D62C-431C-B75C-5D7387A4EF2C}"/>
     <dgm:cxn modelId="{0EFCB31A-E6C1-F043-9798-08F8BCF79FD6}" type="presOf" srcId="{B9A35410-BE1A-4856-B6A3-E5A85793D0EF}" destId="{1770D11A-33B1-4D35-845E-E44839284051}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{62995922-976C-9D4D-AABB-15C870EA12BC}" type="presOf" srcId="{B7F79038-E349-486F-91FB-33BA8725BC2A}" destId="{1417A215-951D-43B1-AE53-5DD2D9C43930}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{923CD932-048E-4A48-AD19-2FDC44817356}" type="presOf" srcId="{961A9BFF-624C-4866-947E-5BCBCA50B414}" destId="{016CB1DC-538E-449F-948D-4D81D5473676}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
-    <dgm:cxn modelId="{2671D235-E181-4CD7-8CE6-01D2ACFE6B30}" srcId="{E9D91247-F118-447D-A90C-DCEAD3240729}" destId="{88314AAB-3E43-4B8C-AD92-65186592FC8F}" srcOrd="1" destOrd="0" parTransId="{2BF857FB-0556-44D3-A666-D2D06E469232}" sibTransId="{8588BE21-8B03-4BFE-A734-6925CE72625A}"/>
     <dgm:cxn modelId="{5B0AF939-92DE-4744-A784-4B4C73BAA298}" type="presOf" srcId="{352EEBB9-1F1C-482E-94F9-7F5DBF045EDD}" destId="{1BAAF516-C7F2-4667-8F11-154843D8E091}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
-    <dgm:cxn modelId="{19F5895B-E88F-4FD4-9B22-CA7383FF7417}" srcId="{4FB852D8-AADA-4247-B2D8-162656071DC3}" destId="{266C2AE2-CFFE-4182-801B-359628575A81}" srcOrd="2" destOrd="0" parTransId="{ED336009-142C-4231-98A1-425E93FE1993}" sibTransId="{64EEBB87-276F-4266-BA5E-4AF0B0BE6591}"/>
     <dgm:cxn modelId="{84EB1760-2743-4609-8C6A-7645A45032FF}" srcId="{E9D91247-F118-447D-A90C-DCEAD3240729}" destId="{776708B1-A768-41BB-9E2B-932B8A418C33}" srcOrd="4" destOrd="0" parTransId="{943EB31F-B2D7-49D6-8CDD-6414260B785D}" sibTransId="{1E3DD07B-78FD-40BF-9028-42C10962CFFA}"/>
-    <dgm:cxn modelId="{95B1FA61-5B5F-4469-9F2C-DD4F95A3B640}" srcId="{4FB852D8-AADA-4247-B2D8-162656071DC3}" destId="{78669AE5-42AF-45D3-AC2A-533B13E152E9}" srcOrd="3" destOrd="0" parTransId="{5E690B64-201F-42BB-B7AA-ABAD7CD55A56}" sibTransId="{698E581C-C5D8-479D-8E0F-A971A437C887}"/>
+    <dgm:cxn modelId="{95B1FA61-5B5F-4469-9F2C-DD4F95A3B640}" srcId="{4FB852D8-AADA-4247-B2D8-162656071DC3}" destId="{78669AE5-42AF-45D3-AC2A-533B13E152E9}" srcOrd="2" destOrd="0" parTransId="{5E690B64-201F-42BB-B7AA-ABAD7CD55A56}" sibTransId="{698E581C-C5D8-479D-8E0F-A971A437C887}"/>
     <dgm:cxn modelId="{288F9D44-6850-A743-B76B-B7C120B89CD1}" type="presOf" srcId="{15CC8D2D-8CD4-43ED-95E4-6B5114316781}" destId="{6CB256D6-FCCF-4A31-ADDF-DB035C701CA2}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{8C93C665-617B-934A-AD66-514BE3F57AD2}" type="presOf" srcId="{ABB93559-6D21-43D3-B724-13AB214FF007}" destId="{CD39D1E0-BAFA-4282-9069-E12FA2A9ED6A}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{DCA1A146-096B-734B-97AB-B4A47558C870}" type="presOf" srcId="{961A9BFF-624C-4866-947E-5BCBCA50B414}" destId="{C0F6EC62-D98C-4AD4-A855-EC4D1137D1D1}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{582A3747-219B-A04B-84DA-BCB271329249}" type="presOf" srcId="{78669AE5-42AF-45D3-AC2A-533B13E152E9}" destId="{DC2344A8-4DB1-4564-B493-27A722FF162C}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{3B7EA167-DF23-EE46-81FA-B5C57D7E56B7}" type="presOf" srcId="{B9A35410-BE1A-4856-B6A3-E5A85793D0EF}" destId="{52400D05-091B-41BE-AA52-E97E35C4276A}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
-    <dgm:cxn modelId="{0A4E5469-0F93-0542-BBA5-42053EE46131}" type="presOf" srcId="{266C2AE2-CFFE-4182-801B-359628575A81}" destId="{F4DA2FB0-28CB-4E42-BCD3-F6D15E6959CB}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{FE03416C-E57D-6443-83F4-62A5898D7DE1}" type="presOf" srcId="{4FB852D8-AADA-4247-B2D8-162656071DC3}" destId="{B1691514-1EB5-4542-A0F3-B8EE1F658E29}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{DC226670-AE66-44D1-9D1B-F72274762B1B}" srcId="{4FB852D8-AADA-4247-B2D8-162656071DC3}" destId="{FB5F5B7F-484E-4EED-9615-EDB82546C1D7}" srcOrd="1" destOrd="0" parTransId="{EF6ECCF6-7302-4BE8-90AD-C9283006AFF8}" sibTransId="{D1470D02-27ED-4CA1-B5A5-6F142567EC6B}"/>
-    <dgm:cxn modelId="{4B5DDC53-4B2D-4ED9-9680-F54E6741878B}" srcId="{E9D91247-F118-447D-A90C-DCEAD3240729}" destId="{352EEBB9-1F1C-482E-94F9-7F5DBF045EDD}" srcOrd="2" destOrd="0" parTransId="{ABB93559-6D21-43D3-B724-13AB214FF007}" sibTransId="{5251D3D5-1B63-4967-AE07-179A067C462F}"/>
-[...1 lines deleted...]
-    <dgm:cxn modelId="{E96B0186-F9AF-504B-A3E0-3EB354611A75}" type="presOf" srcId="{266C2AE2-CFFE-4182-801B-359628575A81}" destId="{3E91D5F2-3604-4E77-8448-2B2F49B82FD9}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
+    <dgm:cxn modelId="{4B5DDC53-4B2D-4ED9-9680-F54E6741878B}" srcId="{E9D91247-F118-447D-A90C-DCEAD3240729}" destId="{352EEBB9-1F1C-482E-94F9-7F5DBF045EDD}" srcOrd="1" destOrd="0" parTransId="{ABB93559-6D21-43D3-B724-13AB214FF007}" sibTransId="{5251D3D5-1B63-4967-AE07-179A067C462F}"/>
     <dgm:cxn modelId="{30DAA58B-8400-4143-B966-581DC7129B61}" type="presOf" srcId="{E9D91247-F118-447D-A90C-DCEAD3240729}" destId="{CCAFF023-0A9F-4BE2-B691-30F87D16E209}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
+    <dgm:cxn modelId="{F559968E-CFBB-423A-B7D3-C2624C531B5F}" type="presOf" srcId="{57CAB32B-E205-4D0B-9D11-7186B0801631}" destId="{2FD4F96B-439C-4973-9D46-A7F1030FE43A}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{EE2FFF91-9DAB-5D41-9DC4-AEAEEB20DA66}" type="presOf" srcId="{181E93A3-7F6E-424D-8689-1FBAA36D9620}" destId="{3F796117-F3C0-458B-9E4C-84FE5105D257}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{8D2A6994-363D-5B4E-85AE-12FB07C72084}" type="presOf" srcId="{FB5F5B7F-484E-4EED-9615-EDB82546C1D7}" destId="{58FD98B2-2575-49E5-B375-37949B0004DC}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{E19AFF9A-4ED8-4A45-99A1-9C679F3C3E4A}" type="presOf" srcId="{943EB31F-B2D7-49D6-8CDD-6414260B785D}" destId="{94438A8B-13E3-4374-B7FB-916D63F6C043}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{CFAA71A8-1A60-6F4F-816F-836B91E203B4}" type="presOf" srcId="{943EB31F-B2D7-49D6-8CDD-6414260B785D}" destId="{C1176CAC-ADB4-44D6-B4A6-94C8A29B7D81}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
-    <dgm:cxn modelId="{AFBE66AE-A602-E545-986C-6EC9EFB39391}" type="presOf" srcId="{88314AAB-3E43-4B8C-AD92-65186592FC8F}" destId="{CD379ED6-D4B0-40FB-AD88-45A06AD75910}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{12385BAF-2170-B643-A04B-8F30AF492667}" type="presOf" srcId="{F49014BD-D9FC-495D-870F-9E22DB3F48E1}" destId="{018274AD-B94B-49BF-A286-DF427BF0D4AD}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
-    <dgm:cxn modelId="{126D27B0-059D-494F-B241-82769F4D7AEB}" type="presOf" srcId="{2BF857FB-0556-44D3-A666-D2D06E469232}" destId="{9DAF94B6-B328-43A9-9B02-B66C46B1A5E2}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{C6530FB9-9786-494D-A977-3339D8729557}" srcId="{4FB852D8-AADA-4247-B2D8-162656071DC3}" destId="{15CC8D2D-8CD4-43ED-95E4-6B5114316781}" srcOrd="0" destOrd="0" parTransId="{166E4CCC-571D-4AA2-A038-EB1CE7DF8BE6}" sibTransId="{1F38C8C0-4D82-4CD4-95F2-9DDB3326175A}"/>
     <dgm:cxn modelId="{6B7CC9BD-B3BE-4009-968A-7597B55A7909}" srcId="{15CC8D2D-8CD4-43ED-95E4-6B5114316781}" destId="{E9D91247-F118-447D-A90C-DCEAD3240729}" srcOrd="0" destOrd="0" parTransId="{961A9BFF-624C-4866-947E-5BCBCA50B414}" sibTransId="{8D66451D-7FBC-4FCE-BC1A-B551548DAFC7}"/>
+    <dgm:cxn modelId="{D3434FC3-CF6A-4E03-84A9-51FEF531D46A}" type="presOf" srcId="{1A30AA29-8687-4387-8508-F36139D50DAF}" destId="{4F6C30E1-57F7-405E-894F-66EE6840C50C}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{3A998ECD-CF71-6F41-8D89-4ADA82330430}" type="presOf" srcId="{776708B1-A768-41BB-9E2B-932B8A418C33}" destId="{D6DCC517-E673-45BB-8274-0D301D52BE9C}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
+    <dgm:cxn modelId="{A5CDCBD3-3ADE-47D6-8F14-ED42704E89E8}" type="presOf" srcId="{1A30AA29-8687-4387-8508-F36139D50DAF}" destId="{66BD68E0-6244-452D-A3A5-838A2D04EFE1}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{369029D8-775E-EA48-9C04-5FC113C5262F}" type="presOf" srcId="{ABB93559-6D21-43D3-B724-13AB214FF007}" destId="{926F47B8-4E55-484E-A1B5-C720502FA0B6}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{0221CBDE-53A6-7E47-AFDE-7AA900C4EA7A}" type="presOf" srcId="{78669AE5-42AF-45D3-AC2A-533B13E152E9}" destId="{CFF60740-F6B4-4D32-B6D6-948BB746E631}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{B7F7B5ED-B054-CA43-9A1A-D1BB23247EF1}" type="presOf" srcId="{B7F79038-E349-486F-91FB-33BA8725BC2A}" destId="{0C1F1798-3416-49D7-BD3E-E84B58E13DAD}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
-    <dgm:cxn modelId="{AD7E8CF0-0E16-4E92-8A8F-6FF25EA6E4A4}" srcId="{E9D91247-F118-447D-A90C-DCEAD3240729}" destId="{F49014BD-D9FC-495D-870F-9E22DB3F48E1}" srcOrd="3" destOrd="0" parTransId="{B7F79038-E349-486F-91FB-33BA8725BC2A}" sibTransId="{15A679B4-D447-406D-ACFC-642BE536E7B2}"/>
+    <dgm:cxn modelId="{AD7E8CF0-0E16-4E92-8A8F-6FF25EA6E4A4}" srcId="{E9D91247-F118-447D-A90C-DCEAD3240729}" destId="{F49014BD-D9FC-495D-870F-9E22DB3F48E1}" srcOrd="2" destOrd="0" parTransId="{B7F79038-E349-486F-91FB-33BA8725BC2A}" sibTransId="{15A679B4-D447-406D-ACFC-642BE536E7B2}"/>
     <dgm:cxn modelId="{7F727834-3387-8A4D-A8EB-E3EA373738BB}" type="presParOf" srcId="{B1691514-1EB5-4542-A0F3-B8EE1F658E29}" destId="{AAB21038-82AE-4DE3-BC11-48A25577567F}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{A353D5C5-1D38-3C42-B746-9F65DDEBF30D}" type="presParOf" srcId="{AAB21038-82AE-4DE3-BC11-48A25577567F}" destId="{968E144C-B2CF-46FB-B4FE-970ED83F3CB2}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{05735F74-80A2-1242-B405-2CDD6189C2C0}" type="presParOf" srcId="{AAB21038-82AE-4DE3-BC11-48A25577567F}" destId="{5EA6755E-7E67-4892-A4C1-C941E3D6EC54}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{ED22CE13-B7B4-DC44-9048-ACDE678E4F27}" type="presParOf" srcId="{5EA6755E-7E67-4892-A4C1-C941E3D6EC54}" destId="{2302760D-9C70-4791-853A-3C5905929D4F}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{3A092A33-C396-894B-8E16-972215FFF354}" type="presParOf" srcId="{2302760D-9C70-4791-853A-3C5905929D4F}" destId="{6CB256D6-FCCF-4A31-ADDF-DB035C701CA2}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{53744A4F-9FD5-D34F-B6DD-89478BCD3FC1}" type="presParOf" srcId="{2302760D-9C70-4791-853A-3C5905929D4F}" destId="{D2AA8BED-5161-4DE6-BFEF-251DA6B76FE2}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{2FEE170F-B836-F44E-96F9-5214AA97B2D8}" type="presParOf" srcId="{D2AA8BED-5161-4DE6-BFEF-251DA6B76FE2}" destId="{C0F6EC62-D98C-4AD4-A855-EC4D1137D1D1}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{FA2943BF-5A1C-3049-B0C8-35F7599F4751}" type="presParOf" srcId="{C0F6EC62-D98C-4AD4-A855-EC4D1137D1D1}" destId="{016CB1DC-538E-449F-948D-4D81D5473676}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{C420A263-4F03-9649-9E01-91D449DB5619}" type="presParOf" srcId="{D2AA8BED-5161-4DE6-BFEF-251DA6B76FE2}" destId="{E5D8C0AB-51C1-4D28-B875-BCC300F888BB}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{5D80F986-E522-1943-AF73-554CF25EE710}" type="presParOf" srcId="{E5D8C0AB-51C1-4D28-B875-BCC300F888BB}" destId="{CCAFF023-0A9F-4BE2-B691-30F87D16E209}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{3ABAFF42-4F87-C541-9DB2-7BA42FC91A30}" type="presParOf" srcId="{E5D8C0AB-51C1-4D28-B875-BCC300F888BB}" destId="{11E5E6ED-F7E0-416C-98A4-89AEF3D9E184}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{7DFBA25E-C3E7-0240-A84B-46E672336CDC}" type="presParOf" srcId="{11E5E6ED-F7E0-416C-98A4-89AEF3D9E184}" destId="{52400D05-091B-41BE-AA52-E97E35C4276A}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{7D535EF8-3062-554F-BBE0-5B1983F6A885}" type="presParOf" srcId="{52400D05-091B-41BE-AA52-E97E35C4276A}" destId="{1770D11A-33B1-4D35-845E-E44839284051}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{1167EB11-EE3D-EA48-9128-C21344DA51D4}" type="presParOf" srcId="{11E5E6ED-F7E0-416C-98A4-89AEF3D9E184}" destId="{E900DA32-DF14-4760-B2AA-9ED5CE3080FE}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{FA793317-2D35-BD41-9AC4-D6C6FED8F336}" type="presParOf" srcId="{E900DA32-DF14-4760-B2AA-9ED5CE3080FE}" destId="{3F796117-F3C0-458B-9E4C-84FE5105D257}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{39031328-4E36-684C-85C0-79827CB2ACD5}" type="presParOf" srcId="{E900DA32-DF14-4760-B2AA-9ED5CE3080FE}" destId="{47A69069-0C61-4D28-A402-35F23DD32774}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
-    <dgm:cxn modelId="{C5F1C247-21FC-5742-8EA2-A9BFA27BC2F0}" type="presParOf" srcId="{11E5E6ED-F7E0-416C-98A4-89AEF3D9E184}" destId="{9DAF94B6-B328-43A9-9B02-B66C46B1A5E2}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
-[...4 lines deleted...]
-    <dgm:cxn modelId="{12F6BF46-7FE4-524A-B215-E4CFFD3BF5C8}" type="presParOf" srcId="{11E5E6ED-F7E0-416C-98A4-89AEF3D9E184}" destId="{CD39D1E0-BAFA-4282-9069-E12FA2A9ED6A}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
+    <dgm:cxn modelId="{12F6BF46-7FE4-524A-B215-E4CFFD3BF5C8}" type="presParOf" srcId="{11E5E6ED-F7E0-416C-98A4-89AEF3D9E184}" destId="{CD39D1E0-BAFA-4282-9069-E12FA2A9ED6A}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{C45FA89E-A454-3A49-B53E-84BCC03B2D69}" type="presParOf" srcId="{CD39D1E0-BAFA-4282-9069-E12FA2A9ED6A}" destId="{926F47B8-4E55-484E-A1B5-C720502FA0B6}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
-    <dgm:cxn modelId="{B63F9D7F-8FDC-F046-A7F9-42145EA2AF28}" type="presParOf" srcId="{11E5E6ED-F7E0-416C-98A4-89AEF3D9E184}" destId="{62A59442-C8A6-4050-A7B1-0004A64A7A29}" srcOrd="5" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
+    <dgm:cxn modelId="{B63F9D7F-8FDC-F046-A7F9-42145EA2AF28}" type="presParOf" srcId="{11E5E6ED-F7E0-416C-98A4-89AEF3D9E184}" destId="{62A59442-C8A6-4050-A7B1-0004A64A7A29}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{2A2045AE-8CAE-684A-895A-CE25318F483F}" type="presParOf" srcId="{62A59442-C8A6-4050-A7B1-0004A64A7A29}" destId="{1BAAF516-C7F2-4667-8F11-154843D8E091}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{C7336D67-0081-5341-A847-E8E56C93DB93}" type="presParOf" srcId="{62A59442-C8A6-4050-A7B1-0004A64A7A29}" destId="{0C285791-A17E-48C8-8A93-D09754D1D5FF}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
-    <dgm:cxn modelId="{BCE8A328-E9D8-D04E-AD47-71EF1204CAFD}" type="presParOf" srcId="{11E5E6ED-F7E0-416C-98A4-89AEF3D9E184}" destId="{0C1F1798-3416-49D7-BD3E-E84B58E13DAD}" srcOrd="6" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
+    <dgm:cxn modelId="{BCE8A328-E9D8-D04E-AD47-71EF1204CAFD}" type="presParOf" srcId="{11E5E6ED-F7E0-416C-98A4-89AEF3D9E184}" destId="{0C1F1798-3416-49D7-BD3E-E84B58E13DAD}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{C6755D7D-5695-8A4D-BD1D-80BA84D2583A}" type="presParOf" srcId="{0C1F1798-3416-49D7-BD3E-E84B58E13DAD}" destId="{1417A215-951D-43B1-AE53-5DD2D9C43930}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
-    <dgm:cxn modelId="{00CF1C24-849B-1A46-9B84-06BCFB9DA6D1}" type="presParOf" srcId="{11E5E6ED-F7E0-416C-98A4-89AEF3D9E184}" destId="{AE246AE1-04E8-4223-A2ED-854E6A545A6C}" srcOrd="7" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
+    <dgm:cxn modelId="{00CF1C24-849B-1A46-9B84-06BCFB9DA6D1}" type="presParOf" srcId="{11E5E6ED-F7E0-416C-98A4-89AEF3D9E184}" destId="{AE246AE1-04E8-4223-A2ED-854E6A545A6C}" srcOrd="5" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{6B72F628-4926-1A4C-8869-FE3EAFB4931B}" type="presParOf" srcId="{AE246AE1-04E8-4223-A2ED-854E6A545A6C}" destId="{018274AD-B94B-49BF-A286-DF427BF0D4AD}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{4A3DC5B4-7BC7-C844-B7D7-DBAAA1C26084}" type="presParOf" srcId="{AE246AE1-04E8-4223-A2ED-854E6A545A6C}" destId="{4C4CCBC1-57CC-458D-9286-BC6AEC45F1DD}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
+    <dgm:cxn modelId="{FE9F4CAE-2826-4CFF-96CF-9434F834FD28}" type="presParOf" srcId="{11E5E6ED-F7E0-416C-98A4-89AEF3D9E184}" destId="{4F6C30E1-57F7-405E-894F-66EE6840C50C}" srcOrd="6" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
+    <dgm:cxn modelId="{1F04149B-5009-4E67-B63B-F0D78854241B}" type="presParOf" srcId="{4F6C30E1-57F7-405E-894F-66EE6840C50C}" destId="{66BD68E0-6244-452D-A3A5-838A2D04EFE1}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
+    <dgm:cxn modelId="{502E6170-E602-4CAB-A910-554BA0D77A89}" type="presParOf" srcId="{11E5E6ED-F7E0-416C-98A4-89AEF3D9E184}" destId="{CBFEB448-6BE9-420A-97CB-265F39451D02}" srcOrd="7" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
+    <dgm:cxn modelId="{FEF8FBFF-BABB-4257-8A54-F3D56F3651DD}" type="presParOf" srcId="{CBFEB448-6BE9-420A-97CB-265F39451D02}" destId="{2FD4F96B-439C-4973-9D46-A7F1030FE43A}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
+    <dgm:cxn modelId="{48184722-2918-4CCF-BD1D-06D4C7A351B9}" type="presParOf" srcId="{CBFEB448-6BE9-420A-97CB-265F39451D02}" destId="{98909086-7C2F-4E96-8F0B-0ADCD7042136}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{188225AC-B9D3-4C4C-9ECB-B24E7D8398ED}" type="presParOf" srcId="{11E5E6ED-F7E0-416C-98A4-89AEF3D9E184}" destId="{C1176CAC-ADB4-44D6-B4A6-94C8A29B7D81}" srcOrd="8" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{0293B9D2-6DD6-B548-A449-E2C907204EB0}" type="presParOf" srcId="{C1176CAC-ADB4-44D6-B4A6-94C8A29B7D81}" destId="{94438A8B-13E3-4374-B7FB-916D63F6C043}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{43A0BF01-8D1C-6B4F-8484-BA364D89CD22}" type="presParOf" srcId="{11E5E6ED-F7E0-416C-98A4-89AEF3D9E184}" destId="{544A5FE4-3126-48B9-85BE-974BFA3DA566}" srcOrd="9" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{1AFEA8B4-BFB4-EA4A-B0A1-0724976418D0}" type="presParOf" srcId="{544A5FE4-3126-48B9-85BE-974BFA3DA566}" destId="{D6DCC517-E673-45BB-8274-0D301D52BE9C}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{35AB2124-1C69-2C4D-BBA1-0E5659A5FF61}" type="presParOf" srcId="{544A5FE4-3126-48B9-85BE-974BFA3DA566}" destId="{45F7E6E5-BBB7-4B08-B01C-307FF44E6321}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{CA47E64C-8B6C-8646-9405-51507A8AAF8D}" type="presParOf" srcId="{B1691514-1EB5-4542-A0F3-B8EE1F658E29}" destId="{2B4A23D1-5817-453F-9B50-E006C9CA0F76}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{1E45ECD6-35D1-4A40-89DF-0319CED975D5}" type="presParOf" srcId="{2B4A23D1-5817-453F-9B50-E006C9CA0F76}" destId="{F134B20F-291A-47DA-8388-55D877B64473}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{D29814FF-FDA1-5744-A93C-EF5979AEA232}" type="presParOf" srcId="{F134B20F-291A-47DA-8388-55D877B64473}" destId="{58CFBB39-9787-4E23-A4D3-E8A0819916F9}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{149C8275-6B19-7E49-A656-1DC0BF1375A7}" type="presParOf" srcId="{F134B20F-291A-47DA-8388-55D877B64473}" destId="{58FD98B2-2575-49E5-B375-37949B0004DC}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{C84BB01A-12A9-A048-9A74-C1C87F865130}" type="presParOf" srcId="{2B4A23D1-5817-453F-9B50-E006C9CA0F76}" destId="{BA7C572F-1A51-4E7A-9C5A-1E5BB2483166}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{C1BCEF38-93B0-EB48-B4EE-18E12A8C3DB3}" type="presParOf" srcId="{BA7C572F-1A51-4E7A-9C5A-1E5BB2483166}" destId="{379CA4FA-8723-4088-8EFC-51DA54B5DABA}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
-    <dgm:cxn modelId="{F27B1852-7547-FD4D-AB48-88E59B4CD550}" type="presParOf" srcId="{2B4A23D1-5817-453F-9B50-E006C9CA0F76}" destId="{22FD639D-03E3-48BF-B27E-40369DB84945}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
-[...4 lines deleted...]
-    <dgm:cxn modelId="{533B22B4-8FCC-1244-BA24-A7C1CC62255D}" type="presParOf" srcId="{2B4A23D1-5817-453F-9B50-E006C9CA0F76}" destId="{61D182A3-8560-49CE-88EA-10CAD6B4C399}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
+    <dgm:cxn modelId="{533B22B4-8FCC-1244-BA24-A7C1CC62255D}" type="presParOf" srcId="{2B4A23D1-5817-453F-9B50-E006C9CA0F76}" destId="{61D182A3-8560-49CE-88EA-10CAD6B4C399}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{DB4ACADC-488B-2948-8804-89B10A205273}" type="presParOf" srcId="{61D182A3-8560-49CE-88EA-10CAD6B4C399}" destId="{CFF60740-F6B4-4D32-B6D6-948BB746E631}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
     <dgm:cxn modelId="{1C0CD637-A6A6-8449-8F22-2D4353ABAE82}" type="presParOf" srcId="{61D182A3-8560-49CE-88EA-10CAD6B4C399}" destId="{DC2344A8-4DB1-4564-B493-27A722FF162C}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5"/>
   </dgm:cxnLst>
   <dgm:bg/>
   <dgm:whole/>
   <dgm:extLst>
     <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
-      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId13" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId16" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
     </a:ext>
   </dgm:extLst>
 </dgm:dataModel>
 </file>
 
 <file path=word/diagrams/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dsp:spTree>
     <dsp:nvGrpSpPr>
       <dsp:cNvPr id="0" name=""/>
       <dsp:cNvGrpSpPr/>
     </dsp:nvGrpSpPr>
     <dsp:grpSpPr/>
     <dsp:sp modelId="{CFF60740-F6B4-4D32-B6D6-948BB746E631}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="2408491" y="0"/>
-          <a:ext cx="1317673" cy="3206750"/>
+          <a:off x="2153987" y="0"/>
+          <a:ext cx="1948114" cy="3206750"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst>
             <a:gd name="adj" fmla="val 10000"/>
           </a:avLst>
         </a:prstGeom>
         <a:gradFill rotWithShape="0">
           <a:gsLst>
             <a:gs pos="0">
-              <a:srgbClr val="4472C4">
+              <a:schemeClr val="accent1">
                 <a:tint val="40000"/>
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
-              </a:srgbClr>
+              </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
-              <a:srgbClr val="4472C4">
+              <a:schemeClr val="accent1">
                 <a:tint val="40000"/>
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
-              </a:srgbClr>
+              </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
-              <a:srgbClr val="4472C4">
+              <a:schemeClr val="accent1">
                 <a:tint val="40000"/>
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
-              </a:srgbClr>
+              </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
         <a:scene3d>
           <a:camera prst="orthographicFront"/>
           <a:lightRig rig="flat" dir="t"/>
         </a:scene3d>
         <a:sp3d z="-190500" extrusionH="12700" prstMaterial="plastic">
           <a:bevelT w="50800" h="50800"/>
         </a:sp3d>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="71120" tIns="71120" rIns="71120" bIns="71120" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="444500">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="en-US" sz="1000" b="1" kern="1200">
-[...12 lines deleted...]
-            <a:t>RISK IDENTIFICATION AND TREATMENT</a:t>
+            <a:rPr lang="en-US" sz="1000" b="1" kern="1200"/>
+            <a:t>IDENTIFICACIÓN Y TRATAMIENTO DE RIESGOS</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2436668" y="28177"/>
-        <a:ext cx="1261319" cy="905671"/>
+        <a:off x="2153987" y="0"/>
+        <a:ext cx="1948114" cy="962025"/>
       </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{F4DA2FB0-28CB-4E42-BCD3-F6D15E6959CB}">
+    <dsp:sp modelId="{58CFBB39-9787-4E23-A4D3-E8A0819916F9}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="1350796" y="0"/>
-          <a:ext cx="906595" cy="3206750"/>
+          <a:off x="91921" y="0"/>
+          <a:ext cx="1952383" cy="3206750"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst>
             <a:gd name="adj" fmla="val 10000"/>
           </a:avLst>
         </a:prstGeom>
         <a:gradFill rotWithShape="0">
           <a:gsLst>
             <a:gs pos="0">
-              <a:srgbClr val="4472C4">
+              <a:schemeClr val="accent1">
                 <a:tint val="40000"/>
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
-              </a:srgbClr>
+              </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
-              <a:srgbClr val="4472C4">
+              <a:schemeClr val="accent1">
                 <a:tint val="40000"/>
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
-              </a:srgbClr>
+              </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
-              <a:srgbClr val="4472C4">
+              <a:schemeClr val="accent1">
                 <a:tint val="40000"/>
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
-              </a:srgbClr>
+              </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
         <a:scene3d>
           <a:camera prst="orthographicFront"/>
           <a:lightRig rig="flat" dir="t"/>
         </a:scene3d>
         <a:sp3d z="-190500" extrusionH="12700" prstMaterial="plastic">
           <a:bevelT w="50800" h="50800"/>
         </a:sp3d>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="71120" tIns="71120" rIns="71120" bIns="71120" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="444500">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="en-US" sz="1000" b="1" kern="1200">
-[...12 lines deleted...]
-            <a:t>RISK ANALYSIS, EVALUATION. RECOMMENDATION  AND MONITORING </a:t>
+            <a:rPr lang="en-US" sz="1000" b="1" kern="1200"/>
+            <a:t>EG: INFORMA SOBRE RIESGOS Y TOMA DECISIONES</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="1377349" y="26553"/>
-[...137 lines deleted...]
-        <a:ext cx="853489" cy="908919"/>
+        <a:off x="91921" y="0"/>
+        <a:ext cx="1952383" cy="962025"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{6CB256D6-FCCF-4A31-ADDF-DB035C701CA2}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="368650" y="1831378"/>
-          <a:ext cx="755496" cy="377748"/>
+          <a:off x="144891" y="1105481"/>
+          <a:ext cx="1015228" cy="603762"/>
         </a:xfrm>
         <a:prstGeom prst="flowChartAlternateProcess">
           <a:avLst/>
         </a:prstGeom>
         <a:gradFill rotWithShape="0">
           <a:gsLst>
             <a:gs pos="0">
-              <a:srgbClr val="4472C4">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
-              </a:srgbClr>
+              </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
-              <a:srgbClr val="4472C4">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
-              </a:srgbClr>
+              </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
-              <a:srgbClr val="4472C4">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
-              </a:srgbClr>
+              </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
         <a:scene3d>
           <a:camera prst="orthographicFront"/>
           <a:lightRig rig="flat" dir="t"/>
         </a:scene3d>
         <a:sp3d prstMaterial="plastic">
           <a:bevelT w="120900" h="88900"/>
           <a:bevelB w="88900" h="31750" prst="angle"/>
         </a:sp3d>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="6350" tIns="6350" rIns="6350" bIns="6350" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="444500">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="en-US" sz="1000" b="1" kern="1200">
-[...7 lines deleted...]
-            <a:t>EXECUTIVE GROUP</a:t>
+            <a:rPr lang="en-US" sz="1000" b="1" kern="1200"/>
+            <a:t>GRUPO EJECUTIVO (EG)</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="387090" y="1849818"/>
-        <a:ext cx="718616" cy="340868"/>
+        <a:off x="174364" y="1134954"/>
+        <a:ext cx="956282" cy="544816"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{C0F6EC62-D98C-4AD4-A855-EC4D1137D1D1}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
-        <a:xfrm>
-[...1 lines deleted...]
-          <a:ext cx="302198" cy="21203"/>
+        <a:xfrm rot="7715742">
+          <a:off x="709717" y="1614062"/>
+          <a:ext cx="554744" cy="20170"/>
         </a:xfrm>
         <a:custGeom>
           <a:avLst/>
           <a:gdLst/>
           <a:ahLst/>
           <a:cxnLst/>
           <a:rect l="0" t="0" r="0" b="0"/>
           <a:pathLst>
             <a:path>
               <a:moveTo>
-                <a:pt x="0" y="10601"/>
+                <a:pt x="0" y="10085"/>
               </a:moveTo>
               <a:lnTo>
-                <a:pt x="302198" y="10601"/>
+                <a:pt x="554744" y="10085"/>
               </a:lnTo>
             </a:path>
           </a:pathLst>
         </a:custGeom>
         <a:noFill/>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:srgbClr val="4472C4">
+            <a:schemeClr val="accent1">
               <a:shade val="60000"/>
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
-            </a:srgbClr>
+            </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
         <a:scene3d>
           <a:camera prst="orthographicFront"/>
           <a:lightRig rig="flat" dir="t"/>
         </a:scene3d>
         <a:sp3d prstMaterial="matte"/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="12700" tIns="0" rIns="12700" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="222250">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
-          <a:endParaRPr lang="en-US" sz="500" b="1" kern="1200">
-[...11 lines deleted...]
-          </a:endParaRPr>
+          <a:endParaRPr lang="en-US" sz="500" b="1" kern="1200"/>
         </a:p>
       </dsp:txBody>
-      <dsp:txXfrm>
-[...1 lines deleted...]
-        <a:ext cx="0" cy="0"/>
+      <dsp:txXfrm rot="10800000">
+        <a:off x="973220" y="1610279"/>
+        <a:ext cx="27737" cy="27737"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{CCAFF023-0A9F-4BE2-B691-30F87D16E209}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="1426345" y="1831378"/>
-          <a:ext cx="755496" cy="377748"/>
+          <a:off x="814058" y="1586365"/>
+          <a:ext cx="790088" cy="509134"/>
         </a:xfrm>
         <a:prstGeom prst="flowChartAlternateProcess">
           <a:avLst/>
         </a:prstGeom>
         <a:gradFill rotWithShape="0">
           <a:gsLst>
             <a:gs pos="0">
-              <a:srgbClr val="4472C4">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
-              </a:srgbClr>
+              </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
-              <a:srgbClr val="4472C4">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
-              </a:srgbClr>
+              </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
-              <a:srgbClr val="4472C4">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
-              </a:srgbClr>
+              </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
         <a:scene3d>
           <a:camera prst="orthographicFront"/>
           <a:lightRig rig="flat" dir="t"/>
         </a:scene3d>
         <a:sp3d prstMaterial="plastic">
           <a:bevelT w="120900" h="88900"/>
           <a:bevelB w="88900" h="31750" prst="angle"/>
         </a:sp3d>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="6350" tIns="6350" rIns="6350" bIns="6350" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="444500">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="en-US" sz="1000" b="1" kern="1200">
-[...7 lines deleted...]
-            <a:t>RISK COMMITTEE</a:t>
+            <a:rPr lang="en-US" sz="1000" b="1" kern="1200"/>
+            <a:t>COMITÉ DE RIESGOS</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="1444785" y="1849818"/>
-        <a:ext cx="718616" cy="340868"/>
+        <a:off x="838911" y="1611218"/>
+        <a:ext cx="740382" cy="459428"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{52400D05-091B-41BE-AA52-E97E35C4276A}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
-        <a:xfrm rot="17172669">
-[...1 lines deleted...]
-          <a:ext cx="1101239" cy="21203"/>
+        <a:xfrm rot="18820498">
+          <a:off x="1427320" y="1417532"/>
+          <a:ext cx="1142909" cy="20170"/>
         </a:xfrm>
         <a:custGeom>
           <a:avLst/>
           <a:gdLst/>
           <a:ahLst/>
           <a:cxnLst/>
           <a:rect l="0" t="0" r="0" b="0"/>
           <a:pathLst>
             <a:path>
               <a:moveTo>
-                <a:pt x="0" y="10601"/>
+                <a:pt x="0" y="10085"/>
               </a:moveTo>
               <a:lnTo>
-                <a:pt x="1101239" y="10601"/>
+                <a:pt x="1142909" y="10085"/>
               </a:lnTo>
             </a:path>
           </a:pathLst>
         </a:custGeom>
         <a:noFill/>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:srgbClr val="4472C4">
+            <a:schemeClr val="accent1">
               <a:shade val="80000"/>
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
-            </a:srgbClr>
+            </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
         <a:scene3d>
           <a:camera prst="orthographicFront"/>
           <a:lightRig rig="flat" dir="t"/>
         </a:scene3d>
         <a:sp3d prstMaterial="matte"/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="12700" tIns="0" rIns="12700" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="222250">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
-          <a:endParaRPr lang="en-US" sz="500" b="1" kern="1200">
-[...11 lines deleted...]
-          </a:endParaRPr>
+          <a:endParaRPr lang="en-US" sz="500" b="1" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2301441" y="1510274"/>
-        <a:ext cx="0" cy="0"/>
+        <a:off x="1970202" y="1399044"/>
+        <a:ext cx="57145" cy="57145"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{3F796117-F3C0-458B-9E4C-84FE5105D257}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="2489284" y="773924"/>
-          <a:ext cx="1185555" cy="377748"/>
+          <a:off x="2393402" y="782709"/>
+          <a:ext cx="1402471" cy="463184"/>
         </a:xfrm>
         <a:prstGeom prst="flowChartAlternateProcess">
           <a:avLst/>
         </a:prstGeom>
         <a:gradFill rotWithShape="0">
           <a:gsLst>
             <a:gs pos="0">
-              <a:srgbClr val="4472C4">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
-              </a:srgbClr>
+              </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
-              <a:srgbClr val="4472C4">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
-              </a:srgbClr>
+              </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
-              <a:srgbClr val="4472C4">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
-              </a:srgbClr>
+              </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
         <a:scene3d>
           <a:camera prst="orthographicFront"/>
           <a:lightRig rig="flat" dir="t"/>
         </a:scene3d>
         <a:sp3d prstMaterial="plastic">
           <a:bevelT w="120900" h="88900"/>
           <a:bevelB w="88900" h="31750" prst="angle"/>
         </a:sp3d>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="6350" tIns="6350" rIns="6350" bIns="6350" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="444500">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="en-US" sz="1000" b="1" kern="1200">
-[...7 lines deleted...]
-            <a:t>ORGANIZATIONAL PERFORMANCE GROUP (OPG)</a:t>
+            <a:rPr lang="en-US" sz="1000" b="1" kern="1200"/>
+            <a:t>GRUPO DE PERFORMANCE ORGANIZACIONAL (OPG)</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2507724" y="792364"/>
-        <a:ext cx="1148675" cy="340868"/>
+        <a:off x="2416012" y="805319"/>
+        <a:ext cx="1357251" cy="417964"/>
       </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{9DAF94B6-B328-43A9-9B02-B66C46B1A5E2}">
+    <dsp:sp modelId="{CD39D1E0-BAFA-4282-9069-E12FA2A9ED6A}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
-        <a:xfrm rot="17887419">
-[...1 lines deleted...]
-          <a:ext cx="641099" cy="21203"/>
+        <a:xfrm rot="20234810">
+          <a:off x="1571056" y="1666388"/>
+          <a:ext cx="850441" cy="20170"/>
         </a:xfrm>
         <a:custGeom>
           <a:avLst/>
           <a:gdLst/>
           <a:ahLst/>
           <a:cxnLst/>
           <a:rect l="0" t="0" r="0" b="0"/>
           <a:pathLst>
             <a:path>
               <a:moveTo>
-                <a:pt x="0" y="10601"/>
+                <a:pt x="0" y="10085"/>
               </a:moveTo>
               <a:lnTo>
-                <a:pt x="641099" y="10601"/>
+                <a:pt x="850441" y="10085"/>
               </a:lnTo>
             </a:path>
           </a:pathLst>
         </a:custGeom>
         <a:noFill/>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:srgbClr val="4472C4">
+            <a:schemeClr val="accent1">
               <a:shade val="80000"/>
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
-            </a:srgbClr>
+            </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
         <a:scene3d>
           <a:camera prst="orthographicFront"/>
           <a:lightRig rig="flat" dir="t"/>
         </a:scene3d>
         <a:sp3d prstMaterial="matte"/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="12700" tIns="0" rIns="12700" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="222250">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
-          <a:endParaRPr lang="en-US" sz="500" b="1" kern="1200">
-[...11 lines deleted...]
-          </a:endParaRPr>
+          <a:endParaRPr lang="en-US" sz="500" b="1" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2311252" y="1744129"/>
-        <a:ext cx="0" cy="0"/>
+        <a:off x="1975016" y="1655212"/>
+        <a:ext cx="42522" cy="42522"/>
       </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{CD379ED6-D4B0-40FB-AD88-45A06AD75910}">
+    <dsp:sp modelId="{1BAAF516-C7F2-4667-8F11-154843D8E091}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="2484040" y="1265972"/>
-          <a:ext cx="1208280" cy="377748"/>
+          <a:off x="2388407" y="1332339"/>
+          <a:ext cx="1413187" cy="359350"/>
         </a:xfrm>
         <a:prstGeom prst="flowChartAlternateProcess">
           <a:avLst/>
         </a:prstGeom>
         <a:gradFill rotWithShape="0">
           <a:gsLst>
             <a:gs pos="0">
-              <a:srgbClr val="4472C4">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
-              </a:srgbClr>
+              </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
-              <a:srgbClr val="4472C4">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
-              </a:srgbClr>
+              </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
-              <a:srgbClr val="4472C4">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
-              </a:srgbClr>
+              </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
         <a:scene3d>
           <a:camera prst="orthographicFront"/>
           <a:lightRig rig="flat" dir="t"/>
         </a:scene3d>
         <a:sp3d prstMaterial="plastic">
           <a:bevelT w="120900" h="88900"/>
           <a:bevelB w="88900" h="31750" prst="angle"/>
         </a:sp3d>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="6350" tIns="6350" rIns="6350" bIns="6350" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="444500">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="en-US" sz="1000" b="1" kern="1200">
-[...7 lines deleted...]
-            <a:t>EXECUTIVE TEAM</a:t>
+            <a:rPr lang="en-US" sz="1000" b="1" kern="1200"/>
+            <a:t>GRUPO DE GESTION DE LA SEGURIDAD</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2502480" y="1284412"/>
-        <a:ext cx="1171400" cy="340868"/>
+        <a:off x="2405949" y="1349881"/>
+        <a:ext cx="1378103" cy="324266"/>
       </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{CD39D1E0-BAFA-4282-9069-E12FA2A9ED6A}">
+    <dsp:sp modelId="{0C1F1798-3416-49D7-BD3E-E84B58E13DAD}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
-        <a:xfrm rot="20952117">
-[...1 lines deleted...]
-          <a:ext cx="307645" cy="21203"/>
+        <a:xfrm rot="431172">
+          <a:off x="1601042" y="1880289"/>
+          <a:ext cx="790476" cy="20170"/>
         </a:xfrm>
         <a:custGeom>
           <a:avLst/>
           <a:gdLst/>
           <a:ahLst/>
           <a:cxnLst/>
           <a:rect l="0" t="0" r="0" b="0"/>
           <a:pathLst>
             <a:path>
               <a:moveTo>
-                <a:pt x="0" y="10601"/>
+                <a:pt x="0" y="10085"/>
               </a:moveTo>
               <a:lnTo>
-                <a:pt x="307645" y="10601"/>
+                <a:pt x="790476" y="10085"/>
               </a:lnTo>
             </a:path>
           </a:pathLst>
         </a:custGeom>
         <a:noFill/>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:srgbClr val="4472C4">
+            <a:schemeClr val="accent1">
               <a:shade val="80000"/>
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
-            </a:srgbClr>
+            </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
         <a:scene3d>
           <a:camera prst="orthographicFront"/>
           <a:lightRig rig="flat" dir="t"/>
         </a:scene3d>
         <a:sp3d prstMaterial="matte"/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="12700" tIns="0" rIns="12700" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="222250">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
-          <a:endParaRPr lang="en-US" sz="500" b="1" kern="1200">
-[...11 lines deleted...]
-          </a:endParaRPr>
+          <a:endParaRPr lang="en-US" sz="500" b="1" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2323945" y="1985319"/>
-        <a:ext cx="0" cy="0"/>
+        <a:off x="1976519" y="1870613"/>
+        <a:ext cx="39523" cy="39523"/>
       </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{1BAAF516-C7F2-4667-8F11-154843D8E091}">
+    <dsp:sp modelId="{018274AD-B94B-49BF-A286-DF427BF0D4AD}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="2484040" y="1773741"/>
-          <a:ext cx="1197469" cy="377748"/>
+          <a:off x="2388414" y="1760142"/>
+          <a:ext cx="1168585" cy="359350"/>
         </a:xfrm>
         <a:prstGeom prst="flowChartAlternateProcess">
           <a:avLst/>
         </a:prstGeom>
         <a:gradFill rotWithShape="0">
           <a:gsLst>
             <a:gs pos="0">
-              <a:srgbClr val="4472C4">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
-              </a:srgbClr>
+              </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
-              <a:srgbClr val="4472C4">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
-              </a:srgbClr>
+              </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
-              <a:srgbClr val="4472C4">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
-              </a:srgbClr>
+              </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
         <a:scene3d>
           <a:camera prst="orthographicFront"/>
           <a:lightRig rig="flat" dir="t"/>
         </a:scene3d>
         <a:sp3d prstMaterial="plastic">
           <a:bevelT w="120900" h="88900"/>
           <a:bevelB w="88900" h="31750" prst="angle"/>
         </a:sp3d>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="6350" tIns="6350" rIns="6350" bIns="6350" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="444500">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="en-US" sz="1000" b="1" kern="1200">
-[...7 lines deleted...]
-            <a:t>SECURITY MANAGEMENT GROUP</a:t>
+            <a:rPr lang="en-US" sz="1000" b="1" kern="1200"/>
+            <a:t>CONSEJO DE CRISIS</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2502480" y="1792181"/>
-        <a:ext cx="1160589" cy="340868"/>
+        <a:off x="2405956" y="1777684"/>
+        <a:ext cx="1133501" cy="324266"/>
       </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{0C1F1798-3416-49D7-BD3E-E84B58E13DAD}">
+    <dsp:sp modelId="{4F6C30E1-57F7-405E-894F-66EE6840C50C}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
-        <a:xfrm rot="3310531">
-[...1 lines deleted...]
-          <a:ext cx="529184" cy="21203"/>
+        <a:xfrm rot="2102680">
+          <a:off x="1514435" y="2114992"/>
+          <a:ext cx="989679" cy="20170"/>
         </a:xfrm>
         <a:custGeom>
           <a:avLst/>
           <a:gdLst/>
           <a:ahLst/>
           <a:cxnLst/>
           <a:rect l="0" t="0" r="0" b="0"/>
           <a:pathLst>
             <a:path>
               <a:moveTo>
-                <a:pt x="0" y="10601"/>
+                <a:pt x="0" y="10085"/>
               </a:moveTo>
               <a:lnTo>
-                <a:pt x="529184" y="10601"/>
+                <a:pt x="989679" y="10085"/>
               </a:lnTo>
             </a:path>
           </a:pathLst>
         </a:custGeom>
         <a:noFill/>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:srgbClr val="4472C4">
+            <a:schemeClr val="accent1">
               <a:shade val="80000"/>
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
-            </a:srgbClr>
+            </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
         <a:scene3d>
           <a:camera prst="orthographicFront"/>
           <a:lightRig rig="flat" dir="t"/>
         </a:scene3d>
         <a:sp3d prstMaterial="matte"/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="12700" tIns="0" rIns="12700" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="222250">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
-          <a:endParaRPr lang="en-US" sz="500" b="1" kern="1200">
-[...11 lines deleted...]
-          </a:endParaRPr>
+          <a:endParaRPr lang="en-US" sz="500" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2336247" y="2219042"/>
-        <a:ext cx="0" cy="0"/>
+        <a:off x="1984533" y="2100335"/>
+        <a:ext cx="49483" cy="49483"/>
       </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{018274AD-B94B-49BF-A286-DF427BF0D4AD}">
+    <dsp:sp modelId="{2FD4F96B-439C-4973-9D46-A7F1030FE43A}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="2484040" y="2265788"/>
-          <a:ext cx="1189499" cy="377748"/>
+          <a:off x="2414403" y="2229547"/>
+          <a:ext cx="1201307" cy="359350"/>
         </a:xfrm>
-        <a:prstGeom prst="flowChartAlternateProcess">
-          <a:avLst/>
+        <a:prstGeom prst="roundRect">
+          <a:avLst>
+            <a:gd name="adj" fmla="val 10000"/>
+          </a:avLst>
         </a:prstGeom>
         <a:gradFill rotWithShape="0">
           <a:gsLst>
             <a:gs pos="0">
-              <a:srgbClr val="4472C4">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
-              </a:srgbClr>
+              </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
-              <a:srgbClr val="4472C4">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
-              </a:srgbClr>
+              </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
-              <a:srgbClr val="4472C4">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
-              </a:srgbClr>
+              </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
         <a:scene3d>
           <a:camera prst="orthographicFront"/>
           <a:lightRig rig="flat" dir="t"/>
         </a:scene3d>
         <a:sp3d prstMaterial="plastic">
           <a:bevelT w="120900" h="88900"/>
           <a:bevelB w="88900" h="31750" prst="angle"/>
         </a:sp3d>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="6350" tIns="6350" rIns="6350" bIns="6350" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="444500">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="en-US" sz="1000" b="1" kern="1200">
-[...7 lines deleted...]
-            <a:t>CRISIS BOARD</a:t>
+            <a:rPr lang="en-US" sz="1000" b="1" kern="1200"/>
+            <a:t>COMITÉ PSDD </a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2502480" y="2284228"/>
-        <a:ext cx="1152619" cy="340868"/>
+        <a:off x="2424928" y="2240072"/>
+        <a:ext cx="1180257" cy="338300"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{C1176CAC-ADB4-44D6-B4A6-94C8A29B7D81}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
-        <a:xfrm rot="4249260">
-[...1 lines deleted...]
-          <a:ext cx="919877" cy="21203"/>
+        <a:xfrm rot="3113691">
+          <a:off x="1355729" y="2341368"/>
+          <a:ext cx="1297582" cy="20170"/>
         </a:xfrm>
         <a:custGeom>
           <a:avLst/>
           <a:gdLst/>
           <a:ahLst/>
           <a:cxnLst/>
           <a:rect l="0" t="0" r="0" b="0"/>
           <a:pathLst>
             <a:path>
               <a:moveTo>
-                <a:pt x="0" y="10601"/>
+                <a:pt x="0" y="10085"/>
               </a:moveTo>
               <a:lnTo>
-                <a:pt x="919877" y="10601"/>
+                <a:pt x="1297582" y="10085"/>
               </a:lnTo>
             </a:path>
           </a:pathLst>
         </a:custGeom>
         <a:noFill/>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:srgbClr val="4472C4">
+            <a:schemeClr val="accent1">
               <a:shade val="80000"/>
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
-            </a:srgbClr>
+            </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
         <a:scene3d>
           <a:camera prst="orthographicFront"/>
           <a:lightRig rig="flat" dir="t"/>
         </a:scene3d>
         <a:sp3d prstMaterial="matte"/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="12700" tIns="0" rIns="12700" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="222250">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
-          <a:endParaRPr lang="en-US" sz="500" kern="1200">
-[...11 lines deleted...]
-          </a:endParaRPr>
+          <a:endParaRPr lang="en-US" sz="500" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2347106" y="2425388"/>
-        <a:ext cx="0" cy="0"/>
+        <a:off x="1972081" y="2319014"/>
+        <a:ext cx="64879" cy="64879"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{D6DCC517-E673-45BB-8274-0D301D52BE9C}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="2484040" y="2700199"/>
-          <a:ext cx="1179889" cy="377748"/>
+          <a:off x="2404894" y="2682299"/>
+          <a:ext cx="1195565" cy="359350"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst>
             <a:gd name="adj" fmla="val 10000"/>
           </a:avLst>
         </a:prstGeom>
         <a:gradFill rotWithShape="0">
           <a:gsLst>
             <a:gs pos="0">
-              <a:srgbClr val="4472C4">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
-              </a:srgbClr>
+              </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
-              <a:srgbClr val="4472C4">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
-              </a:srgbClr>
+              </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
-              <a:srgbClr val="4472C4">
+              <a:schemeClr val="accent1">
                 <a:hueOff val="0"/>
                 <a:satOff val="0"/>
                 <a:lumOff val="0"/>
                 <a:alphaOff val="0"/>
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
-              </a:srgbClr>
+              </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
         <a:scene3d>
           <a:camera prst="orthographicFront"/>
           <a:lightRig rig="flat" dir="t"/>
         </a:scene3d>
         <a:sp3d prstMaterial="plastic">
           <a:bevelT w="120900" h="88900"/>
           <a:bevelB w="88900" h="31750" prst="angle"/>
         </a:sp3d>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="3">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="6350" tIns="6350" rIns="6350" bIns="6350" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="444500">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="en-US" sz="1000" b="1" kern="1200">
-[...7 lines deleted...]
-            <a:t>Bureaux/Offices</a:t>
+            <a:rPr lang="en-US" sz="1000" b="1" kern="1200"/>
+            <a:t>BUROS/OFICINAS</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2495104" y="2711263"/>
-        <a:ext cx="1157761" cy="355620"/>
+        <a:off x="2415419" y="2692824"/>
+        <a:ext cx="1174515" cy="338300"/>
       </dsp:txXfrm>
     </dsp:sp>
   </dsp:spTree>
 </dsp:drawing>
 </file>
 
 <file path=word/diagrams/layout1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/layout/hierarchy5">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="hierarchy" pri="6000"/>
   </dgm:catLst>
   <dgm:sampData>
     <dgm:dataModel>
       <dgm:ptLst>
         <dgm:pt modelId="0" type="doc"/>
         <dgm:pt modelId="1">
           <dgm:prSet phldr="1"/>
         </dgm:pt>
         <dgm:pt modelId="2">
           <dgm:prSet phldr="1"/>
         </dgm:pt>
         <dgm:pt modelId="21">
           <dgm:prSet phldr="1"/>
@@ -10528,59 +9757,401 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DF4E5EB98AFACA49B955F57620F5DD44" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="16e62f017f053e4187bce02c358b6be9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" xmlns:ns3="c26dc373-2944-4fff-a656-1635ba5514b5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="822fc6e30ad0aba92acdc39408158171" ns2:_="" ns3:_="">
+    <xsd:import namespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <xsd:import namespace="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f8ebb0a5-c57d-4c3a-bec7-8a38252dd05c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c26dc373-2944-4fff-a656-1635ba5514b5" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="24" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{7fb16e66-a0cf-4293-80d1-ecb3df652669}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c26dc373-2944-4fff-a656-1635ba5514b5">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="c26dc373-2944-4fff-a656-1635ba5514b5" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3321C239-6B9B-4434-9843-343C895B2290}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FEF1655C-9634-4F9E-8B10-9CE0120BF4EA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2A5ED65C-D6F1-4428-897B-A598A0E48A03}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1370</Words>
-  <Characters>7811</Characters>
+  <Words>1552</Words>
+  <Characters>8852</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>65</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>73</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9163</CharactersWithSpaces>
+  <CharactersWithSpaces>10384</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Emiliana Zhivkova</dc:creator>
+  <dc:creator>Pablo Morete</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100DF4E5EB98AFACA49B955F57620F5DD44</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
+    <vt:lpwstr>342a3d7e-6eef-41c7-8a8e-b25ceb009456</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="POPPBusinessProcess">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="UNDP_POPP_BUSINESSUNIT">
+    <vt:lpwstr>356;#Accountability|5b42d95a-f181-4192-a566-012e3d461a46</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="GrammarlyDocumentId">
+    <vt:lpwstr>8791765f-a26d-469f-865f-c531eeaf5a35</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>