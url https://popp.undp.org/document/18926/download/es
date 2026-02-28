--- v1 (2026-01-31)
+++ v2 (2026-02-28)
@@ -10,1237 +10,12194 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="3CBC432E" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="0035520B" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8190"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0035520B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Términos de Referencia de Comité de Riesgos </w:t>
+        <w:t>Términos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0035520B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0035520B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Referencia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0035520B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0035520B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0035520B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0035520B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0035520B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D6A0272" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="0035520B" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06EC94E0" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc210826066"/>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00661132">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Antecedentes</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00661132">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D181776" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="001C34CF" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>La gestión del riesgo institucional (ERM), incluido el aspecto estratégico de la gestión de seguridad, gestión de crisis y gestión de la continuidad de las actividades</w:t>
-      </w:r>
+        <w:t xml:space="preserve">La </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>gestión</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>institucional</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ERM), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>incluido</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>aspecto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>estratégico</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>gestión</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>seguridad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>gestión</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de crisis y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>gestión</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>continuidad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de las </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>actividades</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000F0D21" w:rsidDel="00215BCA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">son partes integrantes del riesgo y disciplinas de una gestión eficaz para obtener resultados en materia de desarrollo. A medida que el PNUD avanza hacia programas que implican un mayor nivel de asesoramiento político y un cambio transformador en todo el sistema, la consecución de resultados programáticos dependerá cada vez más de factores que escapan total o parcialmente a nuestro control. Esto incluye riesgos que debemos sortear y gestionar en cooperación con los asociados y otras partes interesadas. Aprovechar las oportunidades prometedoras exige a menudo que la organización asuma riesgos calculados. Ser ágiles, receptivos y proactivos es fundamental para lograr resultados. </w:t>
+        <w:t xml:space="preserve">son </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>partes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>integrantes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>disciplinas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de una </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>gestión</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>eficaz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>obtener</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>resultados</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>materia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>desarrollo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. A </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>medida</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PNUD </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>avanza</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>hacia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>programas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>implican</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un mayor </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nivel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>asesoramiento</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>político</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>cambio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>transformador</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>todo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sistema</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>consecución</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>resultados</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>programáticos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>dependerá</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>cada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>vez</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>más</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>factores</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>escapan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> total o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>parcialmente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nuestro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> control. Esto </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>incluye</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>debemos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sortear</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>gestionar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>cooperación</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> con los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>asociados</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>otras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>partes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>interesadas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Aprovechar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> las </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>oportunidades</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>prometedoras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>exige</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a menudo que la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>organización</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>asuma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>calculados</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Ser </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ágiles</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>receptivos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>proactivos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> es fundamental para </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lograr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>resultados</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FA5053A" w14:textId="77777777" w:rsidR="00BF06EC" w:rsidRPr="000F0D21" w:rsidRDefault="00BF06EC" w:rsidP="0035520B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6048EBA6" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">La Política de ERM del PNUD guiará la conducta y la aplicación de la ERM y define las funciones y responsabilidades. A nivel institucional, el Comité de Riesgos es un grupo asesor presidido por el Administrador Asociado para supervisar la aplicación general y el uso del marco de gestión de riesgos en el PNUD. El Comité de Riesgos es un subcomité del Grupo de Expertos que provee asesoramiento/revisión sobre temas a requerimiento del Administrador y  reporta al GE según sea necesario. </w:t>
+        <w:t xml:space="preserve">La Política de ERM del PNUD </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>guiará</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>conducta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>aplicación</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la ERM y define las </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>funciones</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>responsabilidades</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. A </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nivel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>institucional</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> es un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>grupo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>asesor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>presidido</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> por </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Administrador</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Asociado</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>supervisar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>aplicación</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> general y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>uso</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>marco</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>gestión</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PNUD. El </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> es un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>subcomité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del Grupo de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Expertos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>provee</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>asesoramiento</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>revisión</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sobre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>temas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>requerimiento</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Administrador</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">y  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>reporta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> al GE </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>según</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sea </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>necesario</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68851AB7" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="555ECF65" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="00661132" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc124522934"/>
       <w:bookmarkStart w:id="2" w:name="_Toc210826067"/>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00661132">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Deberes y </w:t>
+        <w:t>Deberes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00661132">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00661132">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Responsabilidades</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00661132">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31474BA1" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F0D21">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">En consonancia con las políticas pertinentes, el Comité de Riesgos es responsable de: </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>En</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>consonancia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> con las </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>políticas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>pertinentes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> es </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>responsable</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="172D3595" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Revisar y analizar los riesgos corporativos</w:t>
-      </w:r>
+        <w:t>Revisar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>analizar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>corporativos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="3C6D63A8" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F0D21">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">En virtud de esta responsabilidad, el Comité identificará, examinará y deliberará sobre riesgos corporativos y sobre las estrategias de gestión de riesgos y, en caso necesario, propondrá modificaciones o revisará las estrategias. El Comité se centrará en los riesgos corporativos estratégicos que sean identificados o escalados por el Comité, dejando la discusión de los riesgos operativos en otros foros respectivos. (por ejemplo, el OPG, el SMG, el ET, el Consejo de Crisis).  </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>En</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>virtud</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>esta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>responsabilidad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>identificará</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>examinará</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>deliberará</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sobre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>corporativos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sobre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> las </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>estrategias</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>gestión</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>caso</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>necesario</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>propondrá</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>modificaciones</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>revisará</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> las </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>estrategias</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. El </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>centrará</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>corporativos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>estratégicos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sean</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>identificados</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>escalados</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> por </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>dejando</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>discusión</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>operativos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>otros</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>foros</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>respectivos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>por</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ejemplo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> OPG, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SMG, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ET, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Consejo de Crisis).  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B94E54B" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F0D21">
-[...6 lines deleted...]
-        <w:t>Riesgos escalados desde otros mecanismos corporativos;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>escalados</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>desde</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>otros</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mecanismos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>corporativos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A2D501B" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>El presidente y los miembros del Comité pueden poner sobre la mesa los riesgos identificados que deban elevarse al Comité a través de los distintos mecanismos corporativos, por ejemplo:</w:t>
+        <w:t xml:space="preserve">El </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>presidente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>miembros</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>pueden</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>poner</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sobre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la mesa los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>identificados</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>deban</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>elevarse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> al </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>través</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>distintos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mecanismos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>corporativos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, por </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ejemplo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2766D7D4" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>El Grupo de Desempeño Organizativo (OPG por sus siglas en inglés), para los riesgos institucionales/operacionales altos relacionados con el desempeño organizativo, incluidas las principales prioridades de los riesgos de auditoría;</w:t>
+        <w:t xml:space="preserve">El Grupo de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Desempeño</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Organizativo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (OPG por sus </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>siglas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>inglés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), para los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>institucionales</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>operacionales</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> altos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>relacionados</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> con </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>desempeño</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>organizativo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>incluidas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> las </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>principales</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>prioridades</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>auditoría</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F72A673" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">La </w:t>
       </w:r>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Junta de Crisis</w:t>
       </w:r>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, para los riesgos altos relacionados con un programa nacional concreto en crisis;</w:t>
+        <w:t xml:space="preserve">, para los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> altos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>relacionados</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> con un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>programa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nacional</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>concreto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> crisis;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C6859B9" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">El </w:t>
       </w:r>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Grupo de Gestión de Seguridad</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> para los riesgos altos relacionados con la seguridad del personal y la continuidad de las actividades en la sede central.</w:t>
+        <w:t xml:space="preserve">Grupo de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Gestión</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Seguridad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> altos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>relacionados</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> con la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>seguridad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del personal y la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>continuidad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de las </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>actividades</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sede</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> central.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A470725" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F0D21">
-[...6 lines deleted...]
-        <w:t>Comité de Diligencia Debida del Sector Privado, para las asociaciones de alto riesgo con el sector privado; y Otros mecanismos corporativos, según proceda.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de Diligencia </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Debida</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del Sector Privado, para las </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>asociaciones</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de alto </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> con </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sector privado; y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Otros</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mecanismos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>corporativos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>según</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>proceda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01E9D05D" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01EB42ED" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F0D21">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Análisis del Registro de Riesgos agregado; </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Análisis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Registro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>agregado</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="397327FC" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F0D21">
-[...7 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Cada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>año</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, debe </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>presentarse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> al </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>análisis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>buros</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>consignados</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>registros</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>agregados</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, a fin de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>detectar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>posibles</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>emergentes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y/o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>importancia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>cada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>vez</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mayor que </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>puedan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>requerir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tratamiento</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nivel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>corporativo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Este </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>análisis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>cuando</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>proceda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">podría incluir la comparación entre los riesgos registrados en el sistema y los riesgos materializados en el periodo de referencia. </w:t>
+        <w:t>podría</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>incluir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>comparación</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> entre los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>registrados</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sistema</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>materializados</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>periodo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>referencia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11D1CDA1" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F0D21">
-[...7 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>identificados</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>corporativamente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="38CA5894" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Los miembros del Comité de Riesgos, junto con los expertos técnicos pertinentes, presentarán de forma proactiva pruebas sobre los riesgos corporativos al Comité de Riesgos con vistas a permitir la identificación de los riesgos críticos de importancia estratégica.</w:t>
+        <w:t xml:space="preserve">Los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>miembros</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, junto con los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>expertos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>técnicos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>pertinentes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>presentarán</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de forma </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>proactiva</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>pruebas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sobre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>corporativos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> al </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> con vistas a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>permitir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>identificación</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>críticos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>importancia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>estratégica</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45B4FD5B" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Riesgos escalados desde las oficinas de país y las unidades</w:t>
-      </w:r>
+        <w:t>Riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>escalados</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>desde</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> las </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>oficinas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>país</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y las </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>unidades</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="4B6872DC" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F0D21">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">En línea con los criterios para la escalada de riesgos, todos los riesgos que se escalen a nivel corporativo se revisarán electrónicamente, especialmente en el caso de los riesgos más graves del proyecto, que pueden tratarse mediante revisión electrónica. Cuando sea necesario los riesgos escalados serán deliberados en la reunión del Comité para la toma de decisiones y puntos de acción.. </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>En</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>línea</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> con los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>criterios</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>escalada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>todos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que se </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>escalen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nivel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>corporativo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>revisarán</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>electrónicamente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>especialmente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>caso</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>más</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> graves del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>proyecto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, que </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>pueden</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tratarse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mediante</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>revisión</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>electrónica</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Cuando</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sea </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>necesario</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>escalados</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>serán</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>deliberados</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>reunión</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>toma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>decisiones</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y puntos de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>acción</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="010B43DB" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Mantenimiento del marco general de riesgos y resiliencia</w:t>
-      </w:r>
+        <w:t>Mantenimiento</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>marco</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> general de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>resiliencia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="2836EB8C" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk514504003"/>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Bajo esta responsabilidad, el Comité revisará las Políticas y Procedimientos relacionados con la Gestión de Riesgos Empresariales, incluyendo los aspectos estratégicos de la Gestión de Continuidad de Negocio (BCM), la Gestión de Seguridad y Crisis y las Reservas de Riesgo.</w:t>
+        <w:t xml:space="preserve">Bajo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>esta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>responsabilidad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>revisará</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> las </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Políticas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Procedimientos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>relacionados</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> con la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Gestión</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Empresariales</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>incluyendo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>aspectos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>estratégicos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Gestión</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Continuidad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Negocio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (BCM), la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Gestión</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Seguridad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y Crisis y las </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Reservas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de Riesgo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DF71C2C" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Como parte de esta función, el Comité también debe examinar el aspecto general de la gestión del conocimiento de los riesgos, incluyendo la captura y revisión de las lecciones aprendidas y las mejores prácticas que se deben aplicar y/o difundir en toda la organización. </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">En el desempeño de esta función, el Comité puede solicitar al Grupo de Desempeño Organizativo (OPG) que haga aportaciones y comentarios antes de proponer las políticas pertinentes al Grupo Ejecutivo (EG) para su aprobación. </w:t>
+        <w:t xml:space="preserve">Como </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>parte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>esta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>función</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>también</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> debe </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>examinar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>aspecto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> general de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>gestión</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>conocimiento</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>incluyendo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>captura</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>revisión</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de las </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lecciones</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>aprendidas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y las </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mejores</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>prácticas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que se </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>deben</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>aplicar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y/o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>difundir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>toda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>organización</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>En</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>desempeño</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>esta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>función</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>puede</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>solicitar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> al Grupo de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Desempeño</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Organizativo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (OPG) que </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>haga</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>aportaciones</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>comentarios</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> antes de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>proponer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> las </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>políticas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>pertinentes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> al Grupo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ejecutivo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (EG) para </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>su</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>aprobación</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C009FCE" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>El Comité de Riesgos también examina y recomienda actualizaciones al Grupo Ejecutivo, para su aprobación, la Declaración sobre la propensión al riesgo del PNUD. La declaración debe revisarse y actualizarse según sea necesario.</w:t>
+        <w:t xml:space="preserve">El </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>también</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>examina</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>recomienda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>actualizaciones</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> al Grupo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ejecutivo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, para </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>su</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>aprobación</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Declaración</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sobre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>propensión</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> al </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del PNUD. La </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>declaración</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> debe </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>revisarse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>actualizarse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>según</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sea </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>necesario</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="_Toc114076471"/>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkEnd w:id="4"/>
     <w:p w14:paraId="6EFFA5DB" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Comité Corporativo de Validación (CVC)</w:t>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Corporativo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Validación</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (CVC)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="608AC4DB" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>El Comité de Riesgos del PNUD también actúa como Comité de Examen Corporativo. Se podrá invitar a expertos y otros representantes pertinentes, según sea necesario, para apoyar las deliberaciones del comité. El CVC es responsable de asesorar al Oficial Superior Designado (SDO)</w:t>
+        <w:t xml:space="preserve">El </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del PNUD </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>también</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>actúa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>como</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de Examen </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Corporativo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Se </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>podrá</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>invitar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>expertos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>otros</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>representantes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>pertinentes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>según</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sea </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>necesario</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, para </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>apoyar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> las </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>deliberaciones</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. El CVC es </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>responsable</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>asesorar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> al </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Oficial</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Superior </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Designado</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (SDO)</w:t>
       </w:r>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> sobre lo siguiente:</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sobre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>siguiente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46AF00F7" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42C4E3CA" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Toma de decisiones con respecto a asuntos de ALD/CFT, incluyendo:</w:t>
+        <w:t xml:space="preserve">Toma de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>decisiones</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> con </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>respecto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>asuntos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de ALD/CFT, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>incluyendo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="166390FB" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Relaciones comerciales con contrapartes de alto riesgo;</w:t>
+        <w:t>Relaciones</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>comerciales</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> con </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>contrapartes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de alto </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04BDA370" w14:textId="5C3D0E92" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Relaciones con contrapartes que deben abandonarse, prohibirse y/o añadirse a la “</w:t>
+        <w:t>Relaciones</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> con </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>contrapartes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>deben</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>abandonarse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>prohibirse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y/o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>añadirse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a la “</w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="000F0D21">
           <w:rPr>
             <w:rStyle w:val="SmartLink"/>
             <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>Lista de exclusión interna</w:t>
+          <w:t xml:space="preserve">Lista de </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="000F0D21">
+          <w:rPr>
+            <w:rStyle w:val="SmartLink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:color w:val="0070C0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>exclusión</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="000F0D21">
+          <w:rPr>
+            <w:rStyle w:val="SmartLink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:color w:val="0070C0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> interna</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">”; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A33A047" w14:textId="2D64E110" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Counterparties to be added to the “</w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="000F0D21">
           <w:rPr>
             <w:rStyle w:val="SmartLink"/>
             <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>Lista de Dispensas</w:t>
+          <w:t xml:space="preserve">Lista de </w:t>
         </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="000F0D21">
+          <w:rPr>
+            <w:rStyle w:val="SmartLink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:color w:val="0070C0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>Dispensas</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>”; y</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2998C485" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Cualquier otro asunto relacionado que requiera consideración y toma de decisiones a nivel superior según lo considere oportuno la SDO.</w:t>
+        <w:t>Cualquier</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>otro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>asunto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>relacionado</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>requiera</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>consideración</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>toma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>decisiones</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nivel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> superior </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>según</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>considere</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>oportuno</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la SDO.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64B7FE8D" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Aplicación y perfeccionamiento (según proceda) de la política, los procesos, las herramientas y los programas piloto en materia de PBC/FT.</w:t>
+        <w:t>Aplicación</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>perfeccionamiento</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>según</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>proceda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>política</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>procesos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, las </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>herramientas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>programas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>piloto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>materia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de PBC/FT.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="209A85F4" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:ind w:left="502"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01AD5812" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="00661132" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc124522935"/>
       <w:bookmarkStart w:id="6" w:name="_Toc210826068"/>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00661132">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Disposiciones de gestión</w:t>
+        <w:t>Disposiciones</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00661132">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00661132">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>gestión</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00661132">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72184CC7" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">El Comité es un subcomité del Grupo Ejecutivo (GE) y sirve de plataforma principal para identificar, evaluar, desarrollar el tratamiento y supervisar los riesgos a nivel corporativo. El Comité informa al Grupo Ejecutivo cada vez que sea requerido. </w:t>
+        <w:t xml:space="preserve">El </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> es un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>subcomité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del Grupo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ejecutivo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (GE) y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sirve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>plataforma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> principal para </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>identificar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>evaluar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>desarrollar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tratamiento</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>supervisar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nivel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>corporativo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. El </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>informa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> al Grupo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ejecutivo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>cada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>vez</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sea</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>requerido</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29466EE0" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Membresía del Comité</w:t>
-      </w:r>
+        <w:t>Membresía</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="0E18463E" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">La composición del Comité de Riesgos incluirá una representación adecuada de la perspectiva corporativa en las cinco categorías de consecuencias de los riesgos (es decir, Financieros y de recursos; Seguridad y protección; Ejecución programática; Eficacia institucional; y Reputación). A este respecto, la composición permanente del Comité es la siguiente: </w:t>
+        <w:t xml:space="preserve">La </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>composición</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>incluirá</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> una </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>representación</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>adecuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>perspectiva</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>corporativa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> las </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>cinco</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>categorías</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>consecuencias</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (es </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>decir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Financieros</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>recursos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Seguridad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>protección</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ejecución</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>programática</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Eficacia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>institucional</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Reputación</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>este</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>respecto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>composición</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>permanente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> es la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>siguiente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="544B7B35" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+    <w:p w14:paraId="4B01AFC8" w14:textId="6EFBBE0A" w:rsidR="00E10345" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="00625DAB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">El Administrador Asociado como presidente; </w:t>
+        <w:t xml:space="preserve">El </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Administrador</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Asociado</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>como</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>presidente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EC2936B" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+    <w:p w14:paraId="6EC2936B" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="00E10345" w:rsidRDefault="0035520B" w:rsidP="00625DAB">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10345">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E10345">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Oficina</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E10345">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E10345">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ejecutiva</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E10345">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="399E50AE" w14:textId="57B8FE2C" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>La Oficina Ejecutiva;</w:t>
-[...25 lines deleted...]
-        <w:t xml:space="preserve">Los Directores de todas las Oficinas Regionales </w:t>
+        <w:t xml:space="preserve">Los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Directores</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>todas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> las </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Oficinas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Regionales</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00625DAB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0989F0C4" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Director de la Oficina de Servicios de Gestión;</w:t>
+        <w:t xml:space="preserve">Director de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Oficina</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Servicios</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Gestión</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BE6429C" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -1274,350 +12231,2326 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="6464F399" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Director del Buró de Crisis;</w:t>
+        <w:t xml:space="preserve">Director del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Buró</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de Crisis;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FE228CD" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Director, Finanzas;</w:t>
+        <w:t xml:space="preserve">Director, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Finanzas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7243E961" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+    <w:p w14:paraId="4A4AF3A3" w14:textId="3EF3F776" w:rsidR="00E10345" w:rsidRDefault="00E10345" w:rsidP="00E10345">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F0D21">
-[...6 lines deleted...]
-        <w:t>Director de la Oficina de Seguridad.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011715C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Asesor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011715C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011715C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Jurídico</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011715C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Principal </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0011715C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0011715C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Director de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011715C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Oficina</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011715C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011715C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Servicios</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0011715C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0011715C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Jurídicos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="325D352F" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+    <w:p w14:paraId="30695145" w14:textId="77777777" w:rsidR="00E10345" w:rsidRPr="00E10345" w:rsidRDefault="00E10345" w:rsidP="00625DAB">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="325D352F" w14:textId="566FFD8A" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Los miembros del Comité son insustituibles. En caso de que un miembro del Comité no esté disponible para asistir a una reunión del Comité de Riesgos, la participación no podrá ser:</w:t>
+        <w:t xml:space="preserve">Los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>miembros</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> son </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>insustituibles</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>En</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>caso</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de que un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>miembro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>esté</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> disponible para </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>asistir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a una </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>reunión</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>participación</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">solo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>podrá</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>delegarse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>responsable</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>interino</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, con la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>autorización</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Administrador</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Asociado</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00D94642">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Oficial Principal de Riesgos</w:t>
+      </w:r>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E10345">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Con </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>carácter</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ad hoc, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>podrá</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>invitar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>otros</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>miembros</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del personal a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>participar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>reunión</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>deliberar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sobre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>cuestiones</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>específicas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Esto </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>puede</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>incluir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E10345" w:rsidRPr="00FA0F4F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CCE2B29" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
+    <w:p w14:paraId="4D2AC0C8" w14:textId="77777777" w:rsidR="00E10345" w:rsidRPr="00AC6205" w:rsidRDefault="00E10345" w:rsidP="00E10345">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00805A7C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Director de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00805A7C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Oficina</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00805A7C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00805A7C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Seguridad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CCE2B29" w14:textId="1EC8C6BD" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F0D21">
-[...6 lines deleted...]
-        <w:t>Propietario de riesgo de entradas de riesgo corporativas específicas;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Propietario</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de entradas de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>corporativas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>específicas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C5A8AA0" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Jefe de línea de una oficina/unidad específica; </w:t>
+        <w:t xml:space="preserve">Jefe de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>línea</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de una </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>oficina</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>unidad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>específica</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="488507F2" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F0D21">
-[...6 lines deleted...]
-        <w:t>Gestores de fondos verticales;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Gestores</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>fondos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>verticales</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="328EB75E" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F0D21">
-[...6 lines deleted...]
-        <w:t>Directores adjuntos de oficina;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Directores</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>adjuntos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>oficina</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="281D4C92" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F0D21">
-[...6 lines deleted...]
-        <w:t>Expertos o especialistas en temas concretos;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Expertos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>especialistas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>temas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>concretos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="070F3218" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F0D21">
-[...6 lines deleted...]
-        <w:t>Otro personal, según sea necesario.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Otro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> personal, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>según</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sea </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>necesario</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D0166E8" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69D5C837" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Relación con otras estructuras corporativas de toma de decisiones</w:t>
-      </w:r>
+        <w:t>Relación</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> con </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>otras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>estructuras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>corporativas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>toma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>decisiones</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="496EE296" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>El Comité de Riesgos es un grupo consultivo y es un subcomité del Grupo Ejecutivo. Presenta informes al Grupo Ejecutivo semestralmente o cuando es necesario. La relación con otras estructuras decisorias de la empresa puede describirse del siguiente modo:</w:t>
+        <w:t xml:space="preserve">El </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> es un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>grupo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>consultivo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y es un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>subcomité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del Grupo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ejecutivo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Presenta </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>informes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> al Grupo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ejecutivo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>semestralmente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>cuando</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> es </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>necesario</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. La </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>relación</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> con </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>otras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>estructuras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>decisorias</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>empresa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>puede</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>describirse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>siguiente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> modo:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DF770F4" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="58B97163" wp14:editId="5D3FBDED">
             <wp:extent cx="4273550" cy="3206750"/>
@@ -1645,230 +14578,2845 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="379A68C9" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">El Comité de Riesgos revisa, analiza y aconseja sobre los riesgos corporativos que se escalan a través de los diferentes mecanismos corporativos y fuentes de datos (por ejemplo, OPG, SMG, Junta de Crisis, Registro de Riesgos, etc.), así como mediante el análisis de riesgos por parte de distintas Oficinas y/o expertos técnicos. Las decisiones sobre el tratamiento de los riesgos deben recomendarse al mecanismo existente para su aplicación. El Comité de Riesgos supervisará el estado de la aplicación de estos tratamientos durante las reuniones periódicas del Comité de Riesgos. </w:t>
+        <w:t xml:space="preserve">El </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>revisa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>analiza</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>aconseja</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sobre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>corporativos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que se </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>escalan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>través</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>diferentes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mecanismos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>corporativos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>fuentes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>datos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (por </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ejemplo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, OPG, SMG, Junta de Crisis, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Registro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, etc.), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>así</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>como</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mediante</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>análisis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> por </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>parte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>distintas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Oficinas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y/o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>expertos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>técnicos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Las </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>decisiones</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sobre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tratamiento</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>deben</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>recomendarse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> al </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mecanismo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>existente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>su</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>aplicación</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. El </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>supervisará</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>estado</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>aplicación</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>estos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tratamientos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>durante</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> las </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>reuniones</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>periódicas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39B2C25C" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="920000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19D70703" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Reuniones del Comité de Riesgos </w:t>
+        <w:t>Reuniones</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6934AB6B" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>El Comité de Riesgos se reunirá cuatro veces al año. Con carácter ad hoc, el presidente del Comité de Riesgos también puede convocar una reunión del Comité para deliberar de inmediato sobre cualquier cuestión de riesgo urgente. El orden del día de la reunión del Comité de Riesgos puede incluir temas tales como los siguientes:</w:t>
+        <w:t xml:space="preserve">El </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>reunirá</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>cuatro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>veces</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> al </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>año</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Con </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>carácter</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ad hoc, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>presidente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>también</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>puede</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>convocar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> una </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>reunión</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>deliberar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>inmediato</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sobre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>cualquier</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>cuestión</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>urgente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. El </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>orden</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del día de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>reunión</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>puede</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>incluir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>temas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tales </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>como</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>siguientes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24A123F4" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F0D21">
-[...6 lines deleted...]
-        <w:t>Revisión de la eficacia de la aplicación de la ERM (incluidas las políticas, los procedimientos, el aprendizaje y otras herramientas);</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Revisión</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>eficacia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>aplicación</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la ERM (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>incluidas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> las </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>políticas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>procedimientos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>aprendizaje</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>otras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>herramientas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54ED19B0" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F0D21">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Identificar, revisar y gestionar los riesgos corporativos, incluido el análisis de las tendencias emergentes y los riesgos que afectan a la organización (incluida la revisión del Registro de Riesgos corporativo agregado y los KRI); </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Identificar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>revisar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>gestionar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>corporativos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>incluido</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>análisis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de las </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tendencias</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>emergentes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>afectan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>organización</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>incluida</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>revisión</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Registro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>corporativo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>agregado</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y los KRI); </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26FF4ACF" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F0D21">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Revisar los riesgos de los países en crisis de nivel 3, bajo la dirección de las oficinas regionales. </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Revisar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>países</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> crisis de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nivel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3, bajo la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>dirección</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de las </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>oficinas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>regionales</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AE5A0D2" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F0D21">
-[...6 lines deleted...]
-        <w:t>Revisar riesgos escalados por otros mecanismos y Oficinas Regionales.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Revisar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>escalados</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> por </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>otros</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mecanismos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Oficinas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Regionales</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="465765EA" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-AR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
@@ -1891,86 +17439,477 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3489199B" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Secretaria del Comité de Riesgos </w:t>
+        <w:t>Secretaria</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AA82D33" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:keepNext/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>El Comité de Riesgos cuenta con el apoyo de una secretaría (EXO/CPU) para asistir al presidente y a los miembros del Comité en la gestión eficaz y eficiente de sus reuniones. Esto incluye:</w:t>
+        <w:t xml:space="preserve">El </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>cuenta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> con </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>apoyo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de una </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>secretaría</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (EXO/CPU) para </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>asistir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> al </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>presidente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y a los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>miembros</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>gestión</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>eficaz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>eficiente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de sus </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>reuniones</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Esto </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>incluye</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F0D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70DAA17E" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="000F0D21" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Preparar el orden del día para las reuniones de los comités;</w:t>
       </w:r>
     </w:p>
@@ -2098,134 +18037,144 @@
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:pPr>
       <w:r w:rsidRPr="000F0D21">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Cualquier otra tarea que le asigne el presidente del Comité.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00A31C56" w:rsidRPr="0035520B">
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="77BF44DE" w14:textId="77777777" w:rsidR="000D45D6" w:rsidRDefault="000D45D6" w:rsidP="0027450A">
+    <w:p w14:paraId="3EE93162" w14:textId="77777777" w:rsidR="004A7403" w:rsidRDefault="004A7403" w:rsidP="0027450A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4CFF1130" w14:textId="77777777" w:rsidR="000D45D6" w:rsidRDefault="000D45D6" w:rsidP="0027450A">
+    <w:p w14:paraId="258877F1" w14:textId="77777777" w:rsidR="004A7403" w:rsidRDefault="004A7403" w:rsidP="0027450A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="5E06C29C" w14:textId="1B2DD3EC" w:rsidR="00696881" w:rsidRPr="000F0D21" w:rsidRDefault="00696881" w:rsidP="000F0D21">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00661132">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">Página </w:t>
+      <w:t>Página</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00661132">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00661132">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00661132">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00661132">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
@@ -2297,110 +18246,404 @@
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>39</w:t>
     </w:r>
     <w:r w:rsidRPr="00661132">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00661132">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">                                 Fecha de entrada en vigor: 29/08/2025                 </w:t>
+      <w:t xml:space="preserve">                                 </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00661132">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>Fecha</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00661132">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> de entrada </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00661132">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>en</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00661132">
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> vigor: 29/08/2025                 </w:t>
     </w:r>
     <w:r w:rsidRPr="00661132">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="727BF029" w14:textId="77777777" w:rsidR="000D45D6" w:rsidRDefault="000D45D6" w:rsidP="0027450A">
+    <w:p w14:paraId="6D16C0F9" w14:textId="77777777" w:rsidR="004A7403" w:rsidRDefault="004A7403" w:rsidP="0027450A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3992ADF8" w14:textId="77777777" w:rsidR="000D45D6" w:rsidRDefault="000D45D6" w:rsidP="0027450A">
+    <w:p w14:paraId="260F7EF9" w14:textId="77777777" w:rsidR="004A7403" w:rsidRDefault="004A7403" w:rsidP="0027450A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="71661A91" w14:textId="77777777" w:rsidR="0035520B" w:rsidRPr="00983DD1" w:rsidRDefault="0035520B" w:rsidP="0035520B">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00983DD1">
-        <w:t xml:space="preserve">El Oficial Superior Designado (SDO, por sus siglas en inglés) es responsable de garantizar la aplicación efectiva de la política ALD/CFT en el PNUD y de la toma de decisiones en asuntos que presenten riesgos elevados para la organización, incluidos los casos escalados. El papel del SDO está asignado al Administrador Asociado (AA). El AA también actúa como Jefe de </w:t>
-      </w:r>
+        <w:t xml:space="preserve">El </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t>Oficial</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t xml:space="preserve"> Superior </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t>Designado</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t xml:space="preserve"> (SDO, por sus </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t>siglas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t>inglés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t xml:space="preserve">) es </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t>responsable</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t>garantizar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t xml:space="preserve"> la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t>aplicación</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t>efectiva</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t xml:space="preserve"> de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t>política</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t xml:space="preserve"> ALD/CFT </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t xml:space="preserve"> PNUD y de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t>toma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t>decisiones</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t>asuntos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t xml:space="preserve"> que </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t>presenten</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t>riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t>elevados</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t xml:space="preserve"> para la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t>organización</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t>incluidos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t xml:space="preserve"> los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t>casos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t>escalados</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t xml:space="preserve">. El </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t>papel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t xml:space="preserve"> del SDO </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t>está</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t>asignado</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t xml:space="preserve"> al </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t>Administrador</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t>Asociado</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t xml:space="preserve"> (AA). El AA </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t>también</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t>actúa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t>como</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t xml:space="preserve"> Jefe de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t xml:space="preserve">Gestión de </w:t>
-      </w:r>
+        <w:t>Gestión</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00983DD1">
-        <w:t>Riesgos del PNUD.</w:t>
+        <w:t>Riesgos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00983DD1">
+        <w:t xml:space="preserve"> del PNUD.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0DCA2F5C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="45A0566A"/>
     <w:lvl w:ilvl="0" w:tplc="20000001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2584,50 +18827,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="18077815"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FC8E9BF2"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C884FD4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DEA0626E"/>
     <w:lvl w:ilvl="0" w:tplc="20000001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="760643B6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
@@ -2695,51 +19051,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E9B679F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CF904558"/>
     <w:lvl w:ilvl="0" w:tplc="744CF912">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1222" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
@@ -2784,51 +19140,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4822" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5542" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6262" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="346A1487"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7026D944"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2897,51 +19253,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37213919"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CBC61692"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="810" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -2986,51 +19342,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45D67722"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5310EE6E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3099,51 +19455,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E527834"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5AFAA6E4"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3212,51 +19568,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50E22E75"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="10A4D080"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -3325,51 +19681,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50E230D9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="74822CF2"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3438,51 +19794,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55B828A0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C23E5206"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -3551,51 +19907,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56CF0920"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8FECB23A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3664,51 +20020,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57DE2047"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="922C3106"/>
     <w:lvl w:ilvl="0" w:tplc="0C4AC48A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -3753,51 +20109,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7233681C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9482AC50"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -3842,51 +20198,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75CF56E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="41247A8E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3955,205 +20311,216 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="195045407">
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="8">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1706175701">
-[...20 lines deleted...]
-  <w:num w:numId="9" w16cid:durableId="314191450">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="2089690598">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="4"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="430473048">
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="13">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="2053650422">
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="17">
     <w:abstractNumId w:val="2"/>
-  </w:num>
-[...7 lines deleted...]
-    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0027450A"/>
     <w:rsid w:val="00025661"/>
     <w:rsid w:val="000C0236"/>
     <w:rsid w:val="000D25BB"/>
     <w:rsid w:val="000D45D6"/>
     <w:rsid w:val="000F0D21"/>
     <w:rsid w:val="0027450A"/>
     <w:rsid w:val="0035520B"/>
     <w:rsid w:val="00487C63"/>
+    <w:rsid w:val="004A7403"/>
     <w:rsid w:val="00512DAF"/>
     <w:rsid w:val="00564CAE"/>
     <w:rsid w:val="005A09CC"/>
+    <w:rsid w:val="00625DAB"/>
     <w:rsid w:val="00661132"/>
     <w:rsid w:val="00696881"/>
     <w:rsid w:val="0078495C"/>
     <w:rsid w:val="00A31C56"/>
     <w:rsid w:val="00A9366F"/>
     <w:rsid w:val="00AF22B3"/>
     <w:rsid w:val="00BA0C25"/>
+    <w:rsid w:val="00BC1F69"/>
     <w:rsid w:val="00BF06EC"/>
     <w:rsid w:val="00CC52A1"/>
     <w:rsid w:val="00DE102E"/>
+    <w:rsid w:val="00E10345"/>
     <w:rsid w:val="00E77C91"/>
     <w:rsid w:val="00F1705E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="71BDE695"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{09300D51-B098-4747-8AE6-640F8E9EB9A9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4831,51 +21198,51 @@
     <w:rsid w:val="00696881"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00696881"/>
     <w:rPr>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/documento/guia-operativa-para-la-implementacion-de-la-politica-de-lucha-contra-el-lavado-de-activos" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/documento/guia-operativa-para-la-implementacion-de-la-politica-de-lucha-contra-el-lavado-de-activos" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml"/></Relationships>
 </file>
 
 <file path=word/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent1" pri="11200"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
@@ -10081,60 +26448,60 @@
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FEF1655C-9634-4F9E-8B10-9CE0120BF4EA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2A5ED65C-D6F1-4428-897B-A598A0E48A03}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1552</Words>
-  <Characters>8852</Characters>
+  <Words>1609</Words>
+  <Characters>9177</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>73</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>76</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10384</CharactersWithSpaces>
+  <CharactersWithSpaces>10765</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Pablo Morete</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100DF4E5EB98AFACA49B955F57620F5DD44</vt:lpwstr>
   </property>