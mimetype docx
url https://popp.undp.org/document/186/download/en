--- v1 (2026-01-21)
+++ v2 (2026-02-28)
@@ -10,51 +10,51 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7ADE00EE" w14:textId="328761A1" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="TOCHeading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>International Personnel Services Agreement (IPSA)</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
@@ -178,4051 +178,4051 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4CEBF4A5" w14:textId="579A40E2" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+        <w:p w14:paraId="4CEBF4A5" w14:textId="579A40E2" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="006E51B1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="480"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406922" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>II.</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="ja-JP"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Use of IPSA</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406922 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="13153A8E" w14:textId="208B7E7B" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9" w:rsidP="00F07BDD">
+        <w:p w14:paraId="13153A8E" w14:textId="208B7E7B" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="006E51B1" w:rsidP="00F07BDD">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="720"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406923" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>III.</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="ja-JP"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Legal Status of the IPSA holder</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406923 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3074208B" w14:textId="45D7EEE9" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+        <w:p w14:paraId="3074208B" w14:textId="45D7EEE9" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="006E51B1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="720"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406924" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>IV.</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="ja-JP"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>General Rights and Obligations of the IPSA holders</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406924 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="72114EDB" w14:textId="3E1BEF52" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+        <w:p w14:paraId="72114EDB" w14:textId="3E1BEF52" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="006E51B1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="480"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406925" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>V.</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="ja-JP"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Standards of Conduct</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406925 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1D0B2A03" w14:textId="077E18B7" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+        <w:p w14:paraId="1D0B2A03" w14:textId="077E18B7" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="006E51B1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="720"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406926" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>VI.</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="ja-JP"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Title Rights</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406926 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="505771B5" w14:textId="0FA54C50" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+        <w:p w14:paraId="505771B5" w14:textId="0FA54C50" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="006E51B1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="720"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406927" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>VII.</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="ja-JP"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Nature of relationship between UNDP and the IPSA holder</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406927 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="45B20492" w14:textId="0863657E" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+        <w:p w14:paraId="45B20492" w14:textId="0863657E" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="006E51B1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="720"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406928" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>VIII.</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="ja-JP"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Duration of an IPSA</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406928 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="59662A62" w14:textId="65F8F769" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+        <w:p w14:paraId="59662A62" w14:textId="65F8F769" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="006E51B1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="720"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406930" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>IX.</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="ja-JP"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Types of IPSAs: Regular and Short-term Agreements; Office- and Home-based</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406930 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3F74C72C" w14:textId="2875BEFE" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+        <w:p w14:paraId="3F74C72C" w14:textId="2875BEFE" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="006E51B1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="480"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406931" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>X.</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="ja-JP"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Engagement of Former and Retired UN Staff Members, and other Non-Staff Personnel</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406931 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7E09A717" w14:textId="2CC5A0D5" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+        <w:p w14:paraId="7E09A717" w14:textId="2CC5A0D5" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="006E51B1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="720"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406932" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>XI.</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="ja-JP"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Engaging Close Relatives of UNDP Personnel</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406932 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="535C21D4" w14:textId="4D346994" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+        <w:p w14:paraId="535C21D4" w14:textId="4D346994" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="006E51B1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="720"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406933" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>XII.</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="ja-JP"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Authority for the Issuance of IPSA </w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406933 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="108AA141" w14:textId="1C37BF59" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+        <w:p w14:paraId="108AA141" w14:textId="1C37BF59" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="006E51B1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="720"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406934" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>XIII.</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="ja-JP"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Responsibility and Accountability</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406934 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3158E8EC" w14:textId="29B66DB7" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+        <w:p w14:paraId="3158E8EC" w14:textId="29B66DB7" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="006E51B1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="720"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406935" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>XIV.</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="ja-JP"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Classification &amp; Established Scales</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406935 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3AEC62F4" w14:textId="57904DB1" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+        <w:p w14:paraId="3AEC62F4" w14:textId="57904DB1" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="006E51B1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="720"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406936" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>XV.</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="ja-JP"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Selection of IPSAs</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406936 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="199CED7B" w14:textId="643C2647" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+        <w:p w14:paraId="199CED7B" w14:textId="643C2647" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="006E51B1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="720"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406937" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>XVI.</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="ja-JP"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Medical Clearance</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406937 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="344F3C0F" w14:textId="03545CBF" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+        <w:p w14:paraId="344F3C0F" w14:textId="03545CBF" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="006E51B1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="720"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406938" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>XVII.</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="ja-JP"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Part-time work</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406938 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5EBFE403" w14:textId="1FC98DA2" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+        <w:p w14:paraId="5EBFE403" w14:textId="1FC98DA2" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="006E51B1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="720"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406939" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>XIX.</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="ja-JP"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>IPSA Extension, Expiration and Termination:</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406939 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="029B3BC2" w14:textId="63FAF632" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+        <w:p w14:paraId="029B3BC2" w14:textId="63FAF632" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="006E51B1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="720"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406940" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>XX.</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="ja-JP"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Remuneration Scales, Bands, and Remuneration setting for IPSAs</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406940 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="18502DD6" w14:textId="6204FD6A" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+        <w:p w14:paraId="18502DD6" w14:textId="6204FD6A" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="006E51B1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="720"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406941" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>XXI.</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="ja-JP"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Recourse/Settlement of disputes</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406941 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="56FB329A" w14:textId="31302F8A" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+        <w:p w14:paraId="56FB329A" w14:textId="31302F8A" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="006E51B1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="720"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406942" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>XXII.</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="ja-JP"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Overtime</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406942 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7DD10FD7" w14:textId="00345FAE" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+        <w:p w14:paraId="7DD10FD7" w14:textId="00345FAE" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="006E51B1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406943" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>XXIII.</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="ja-JP"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Hardship and Danger Allowance</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406943 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="58599966" w14:textId="2E00DAE0" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+        <w:p w14:paraId="58599966" w14:textId="2E00DAE0" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="006E51B1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406944" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>XXIV.</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="ja-JP"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>IPSA Remuneration Advances</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406944 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="005EC649" w14:textId="02BF0A18" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+        <w:p w14:paraId="005EC649" w14:textId="02BF0A18" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="006E51B1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="720"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406945" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>XXV.</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="ja-JP"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Mandatory subsidized coverage not commutable to cash</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406945 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4EE98508" w14:textId="7CD9B03D" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+        <w:p w14:paraId="4EE98508" w14:textId="7CD9B03D" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="006E51B1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406949" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>XXVI.</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="ja-JP"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Mandatory partially subsidized (lump sum) coverage not commutable to cash (applicable to regular IPSAs only)</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406949 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6FA16BAE" w14:textId="242DBACB" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+        <w:p w14:paraId="6FA16BAE" w14:textId="242DBACB" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="006E51B1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406950" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>XXVII.</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="ja-JP"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Mandatory subsidized coverage that is commutable to cash in lieu of coverage (applicable to Regular IPSAs only)</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406950 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1EACF064" w14:textId="55FDF614" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+        <w:p w14:paraId="1EACF064" w14:textId="55FDF614" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="006E51B1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406951" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>XXVIII.</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="ja-JP"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Non subsidized coverages</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406951 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6B8F01AB" w14:textId="2A563339" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+        <w:p w14:paraId="6B8F01AB" w14:textId="2A563339" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="006E51B1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406952" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>XXIX.</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="ja-JP"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Working Hours</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406952 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="683FF90D" w14:textId="20FB6C73" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+        <w:p w14:paraId="683FF90D" w14:textId="20FB6C73" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="006E51B1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="720"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406953" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>XXX.</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="ja-JP"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Leave</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406953 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="79425258" w14:textId="4E7CD027" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+        <w:p w14:paraId="79425258" w14:textId="4E7CD027" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="006E51B1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406954" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>XXXI.</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="ja-JP"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Security Arrangements</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406954 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="005DE605" w14:textId="78778AC6" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+        <w:p w14:paraId="005DE605" w14:textId="78778AC6" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="006E51B1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406955" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>XXXII.</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="ja-JP"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Travel for Work</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406955 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2D4DFE99" w14:textId="37940966" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+        <w:p w14:paraId="2D4DFE99" w14:textId="37940966" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="006E51B1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406956" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>XXXIII.</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="ja-JP"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Performance Evaluation</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406956 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="242CF094" w14:textId="1A5BFD7D" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+        <w:p w14:paraId="242CF094" w14:textId="1A5BFD7D" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="006E51B1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406957" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>XXXIV.</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="ja-JP"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Learning Opportunities</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406957 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6B161A15" w14:textId="6CDFD01F" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+        <w:p w14:paraId="6B161A15" w14:textId="6CDFD01F" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="006E51B1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406958" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>XXXV.</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="ja-JP"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Career Paths</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406958 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="49F379EF" w14:textId="1231604C" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+        <w:p w14:paraId="49F379EF" w14:textId="1231604C" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="006E51B1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406959" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>XXXVI.</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="ja-JP"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Roles and Responsibilities</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406959 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1C99ABA7" w14:textId="1212C678" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+        <w:p w14:paraId="1C99ABA7" w14:textId="1212C678" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="006E51B1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406960" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Annex 1: Recruitment standards and procedures for IPSAs</w:t>
             </w:r>
             <w:r w:rsidR="006B1C3E" w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>sa</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406960 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>32</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4E5AF9BD" w14:textId="7DBA2D97" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+        <w:p w14:paraId="4E5AF9BD" w14:textId="7DBA2D97" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="006E51B1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406961" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Annex 2: Overview of IPSA benefits</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406961 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="132B99DC" w14:textId="5CD7E9C0" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+        <w:p w14:paraId="132B99DC" w14:textId="5CD7E9C0" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="006E51B1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406962" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Annex 3: Definition of functions of inherent  nature </w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406962 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0ABA4A5E" w14:textId="035BE703" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+        <w:p w14:paraId="0ABA4A5E" w14:textId="035BE703" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="006E51B1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406963" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Annex 4: IPSA pay ranges and identifying the right level</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406963 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>37</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="27C3A987" w14:textId="108C0690" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+        <w:p w14:paraId="27C3A987" w14:textId="108C0690" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="006E51B1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406964" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Annex 5: Performance Evaluation</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406964 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>39</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="184B6E6C" w14:textId="0A027618" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="00DF01B9">
+        <w:p w14:paraId="184B6E6C" w14:textId="0A027618" w:rsidR="006E51B1" w:rsidRPr="00DF01B9" w:rsidRDefault="006E51B1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406965" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Annex 6: To be included in IPSA file, where applicable – Checklist</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406965 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="20D7D890" w14:textId="1C9C2D20" w:rsidR="006E51B1" w:rsidRPr="00C75F9E" w:rsidRDefault="00DF01B9">
+        <w:p w14:paraId="20D7D890" w14:textId="1C9C2D20" w:rsidR="006E51B1" w:rsidRPr="00C75F9E" w:rsidRDefault="006E51B1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="ja-JP"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc199406966" w:history="1">
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Annex 7: Equipment &amp; Supplies</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="00DF01B9">
+            <w:r w:rsidRPr="00DF01B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc199406966 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008E2E45">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>41</w:t>
             </w:r>
-            <w:r w:rsidR="006E51B1" w:rsidRPr="0007293A">
+            <w:r w:rsidRPr="0007293A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="0E63DF80" w14:textId="139BD00D" w:rsidR="001607FA" w:rsidRDefault="001607FA" w:rsidP="001607FA">
           <w:r w:rsidRPr="00C75F9E">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="31D69C94" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0"/>
     <w:p w14:paraId="2CB5A1DF" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRPr="00D46637" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:ind w:left="345"/>
         <w:jc w:val="both"/>
@@ -7546,71 +7546,51 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="72E070DA" w14:textId="0E0C9E42" w:rsidR="00804AF0" w:rsidRPr="0007293A" w:rsidRDefault="009A47D6" w:rsidP="0007293A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="22" w:name="OLE_LINK15"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>An individual on IPSA may not engage in an outside professional activity (</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> not for UNDP) whether remunerated or not, unless and only if the individual has received prior approval of UNDP to do so from the Head of the Business Unit.  </w:t>
+        <w:t>An individual on IPSA may not engage in an outside professional activity (i.e. not for UNDP) whether remunerated or not, unless and only if the individual has received prior approval of UNDP to do so from the Head of the Business Unit.  </w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
     </w:p>
     <w:p w14:paraId="27565209" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="23" w:name="_Toc163827501"/>
       <w:bookmarkStart w:id="24" w:name="_Toc199406926"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
@@ -9352,73 +9332,118 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>In the selection and engagement of IPSA holders, it is important to note that the engagement of candidates that currently work or have previously worked as UN staff members, or are retired UN staff members, is subject to special rules.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54A63951" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="07F1BF62" w14:textId="3595C3C8" w:rsidR="00804AF0" w:rsidRPr="00253843" w:rsidRDefault="00384669" w:rsidP="00253843">
+    <w:p w14:paraId="07F1BF62" w14:textId="0CAAE695" w:rsidR="00804AF0" w:rsidRPr="00253843" w:rsidRDefault="00384669" w:rsidP="00253843">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="36" w:name="_Hlk56981153"/>
       <w:r w:rsidRPr="00384669">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>When a staff member on a permanent or fixed-term appointment is selected for an NPSA position, a two-week break in service must occur between separation from the existing staff appointment and the commencement of the NPSA</w:t>
+        <w:t xml:space="preserve">When a staff member on a permanent or fixed-term appointment is selected for an </w:t>
+      </w:r>
+      <w:r w:rsidR="00F843DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00F843DB" w:rsidRPr="00384669">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PSA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00384669">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">position, a two-week break in service must occur between separation from the existing staff appointment and the commencement of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F843DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00384669">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>PSA</w:t>
       </w:r>
       <w:r w:rsidR="009A47D6" w:rsidRPr="00253843">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:p w14:paraId="6047CCBF" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D86936E" w14:textId="35DEFF94" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
@@ -14322,52 +14347,64 @@
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">at a duty station </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>classified as D or E. Danger Allowance is applicable in duty stations where Danger Pay is receivable by staff.</w:t>
       </w:r>
       <w:r w:rsidR="003344AD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> The hardship element is only payable to IPSA holders who are office-based, or</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> The hardship element is only payable to IPSA holders who are office-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003344AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>based, or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00F3192F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00763915">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">required to work </w:t>
       </w:r>
       <w:r w:rsidR="00F3192F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
@@ -32027,65 +32064,59 @@
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">For short-term IPSAs, only section I </w:t>
       </w:r>
       <w:bookmarkStart w:id="163" w:name="_Hlk134625183"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">of the </w:t>
       </w:r>
       <w:bookmarkStart w:id="164" w:name="_Hlk134629149"/>
       <w:r w:rsidRPr="0007293A">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="0007293A">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin"/>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://popp.undp.org/node/726" </w:instrText>
       </w:r>
       <w:r w:rsidRPr="0007293A">
-        <w:rPr>
-[...7 lines deleted...]
-        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="0007293A">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>IPSA Annual Performance Review template</w:t>
       </w:r>
       <w:r w:rsidRPr="0007293A">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
@@ -32610,376 +32641,352 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Evidence of approved budget  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="039F37A1" w14:textId="20A8E6EC" w:rsidR="00804AF0" w:rsidRPr="0007293A" w:rsidRDefault="00DF01B9">
+    <w:p w14:paraId="039F37A1" w14:textId="20A8E6EC" w:rsidR="00804AF0" w:rsidRPr="0007293A" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId24" w:history="1">
-        <w:r w:rsidR="009A47D6" w:rsidRPr="0007293A">
+        <w:r w:rsidRPr="0007293A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Terms of Reference</w:t>
         </w:r>
-        <w:r w:rsidR="009A47D6" w:rsidRPr="00DF01B9">
+        <w:r w:rsidRPr="00DF01B9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>  </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0E25D902" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Certification of appropriateness of functions for use of an IPSA  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D02DA12" w14:textId="12332FDF" w:rsidR="00804AF0" w:rsidRPr="0007293A" w:rsidRDefault="00DF01B9">
+    <w:p w14:paraId="5D02DA12" w14:textId="12332FDF" w:rsidR="00804AF0" w:rsidRPr="0007293A" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId25" w:history="1">
-        <w:r w:rsidR="009A47D6" w:rsidRPr="0007293A">
+        <w:r w:rsidRPr="0007293A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
-          <w:t>Confirmation of remuneration level (</w:t>
-[...23 lines deleted...]
-          <w:t xml:space="preserve"> costing sheet)</w:t>
+          <w:t>Confirmation of remuneration level (e.g. costing sheet)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="009A47D6" w:rsidRPr="00DF01B9">
+      <w:r w:rsidRPr="00DF01B9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5174D528" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Minutes of the Ad-hoc panel with relevant supporting engagement documents  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A223999" w14:textId="79FAA5C6" w:rsidR="00804AF0" w:rsidRPr="0007293A" w:rsidRDefault="00DF01B9">
+    <w:p w14:paraId="0A223999" w14:textId="79FAA5C6" w:rsidR="00804AF0" w:rsidRPr="0007293A" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId26" w:history="1">
-        <w:r w:rsidR="009A47D6" w:rsidRPr="0007293A">
+        <w:r w:rsidRPr="0007293A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Reference check report</w:t>
         </w:r>
-        <w:r w:rsidR="009A47D6" w:rsidRPr="00DF01B9">
+        <w:r w:rsidRPr="00DF01B9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>  </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5E0862CB" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Letter of IPSA offer – signed by the individual  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02C2F924" w14:textId="3C6C0B07" w:rsidR="00804AF0" w:rsidRPr="0007293A" w:rsidRDefault="00DF01B9">
+    <w:p w14:paraId="02C2F924" w14:textId="3C6C0B07" w:rsidR="00804AF0" w:rsidRPr="0007293A" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId27" w:history="1">
-        <w:r w:rsidR="009A47D6" w:rsidRPr="0007293A">
+        <w:r w:rsidRPr="0007293A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Medical certification from recognized Physician</w:t>
         </w:r>
-        <w:r w:rsidR="009A47D6" w:rsidRPr="00DF01B9">
+        <w:r w:rsidRPr="00DF01B9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>  </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0CDC8311" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Copies of professional qualifications in line with IPSA level  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="029CE45F" w14:textId="66DB6DD1" w:rsidR="00804AF0" w:rsidRPr="0007293A" w:rsidRDefault="00DF01B9">
+    <w:p w14:paraId="029CE45F" w14:textId="66DB6DD1" w:rsidR="00804AF0" w:rsidRPr="0007293A" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId28" w:history="1">
-        <w:r w:rsidR="009A47D6" w:rsidRPr="0007293A">
+        <w:r w:rsidRPr="0007293A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Signed IPSA form with acknowledgement of conditions of service</w:t>
         </w:r>
-        <w:r w:rsidR="009A47D6" w:rsidRPr="00DF01B9">
+        <w:r w:rsidRPr="00DF01B9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>  </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="57F1B5AA" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
@@ -33109,121 +33116,121 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Birth Certificate of IPSA holder and designated beneficiary  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FF627A2" w14:textId="22588B54" w:rsidR="00804AF0" w:rsidRPr="0007293A" w:rsidRDefault="00DF01B9">
+    <w:p w14:paraId="4FF627A2" w14:textId="22588B54" w:rsidR="00804AF0" w:rsidRPr="0007293A" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId29" w:history="1">
-        <w:r w:rsidR="009A47D6" w:rsidRPr="0007293A">
+        <w:r w:rsidRPr="0007293A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Bank details authorization for direct deposit of remuneration (or vendor form)</w:t>
         </w:r>
-        <w:r w:rsidR="009A47D6" w:rsidRPr="00DF01B9">
+        <w:r w:rsidRPr="00DF01B9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="315B5EE0" w14:textId="406D9DA9" w:rsidR="00804AF0" w:rsidRDefault="00DF01B9">
+    <w:p w14:paraId="315B5EE0" w14:textId="406D9DA9" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId30" w:history="1">
-        <w:r w:rsidR="009A47D6" w:rsidRPr="0007293A">
+        <w:r w:rsidRPr="0007293A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Service Evaluation</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="009A47D6">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>/IPSA Extension Form  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="195375DE" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
@@ -33449,155 +33456,155 @@
     <w:p w14:paraId="19775584" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="121879BB" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0"/>
     <w:sectPr w:rsidR="00804AF0" w:rsidSect="00DF01B9">
       <w:headerReference w:type="default" r:id="rId31"/>
       <w:footerReference w:type="default" r:id="rId32"/>
       <w:headerReference w:type="first" r:id="rId33"/>
       <w:footerReference w:type="first" r:id="rId34"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1080" w:right="1800" w:bottom="1170" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5870FB16" w14:textId="77777777" w:rsidR="0023648D" w:rsidRDefault="0023648D">
+    <w:p w14:paraId="68A26EC5" w14:textId="77777777" w:rsidR="006C636B" w:rsidRDefault="006C636B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="77055C8C" w14:textId="77777777" w:rsidR="0023648D" w:rsidRDefault="0023648D">
+    <w:p w14:paraId="6A0E34CB" w14:textId="77777777" w:rsidR="006C636B" w:rsidRDefault="006C636B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="MS Mincho"/>
+    <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="49CCCE4B" w14:textId="79925C58" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
@@ -33724,51 +33731,51 @@
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">Version #: </w:t>
     </w:r>
     <w:r w:rsidR="002F06FD">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3F5D725D" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="7EF93A84" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
@@ -33873,99 +33880,99 @@
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:tab/>
       <w:t>Effective Date: 15/01/2023</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:tab/>
       <w:t>Version #: 3</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3C2243D0" w14:textId="77777777" w:rsidR="0023648D" w:rsidRDefault="0023648D">
+    <w:p w14:paraId="567A8462" w14:textId="77777777" w:rsidR="006C636B" w:rsidRDefault="006C636B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="001385AA" w14:textId="77777777" w:rsidR="0023648D" w:rsidRDefault="0023648D">
+    <w:p w14:paraId="63338607" w14:textId="77777777" w:rsidR="006C636B" w:rsidRDefault="006C636B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="182C6467" w14:textId="3F96C76E" w:rsidR="00FD2F4F" w:rsidRPr="00253843" w:rsidRDefault="00FD2F4F">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253843">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00253843">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00487E87" w:rsidRPr="00253843">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>For the purposes of this policy, these are support-type activities and services, such as — but not limited to —archives; book shop/gift shop; building maintenance; cleaning services; food services/catering; ground/garden maintenance; interpretation; information systems/information technology; mail/pouch; medical services; printing/publishing; recruitment; security; staff counselling/outplacement; training; translation; travel service; transportation; warehousing; and other, similar tasks, as defined in the Report of the Secretary-General on Outsourcing Practices (A/53/818).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2619A270" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="3420"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="114300" distR="114300" wp14:anchorId="3DB2D01F" wp14:editId="0FE70E0E">
           <wp:extent cx="304800" cy="594360"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -33997,51 +34004,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="40795BB5" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5D801DC7" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="009A47D6">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="114300" distR="114300" wp14:anchorId="2E12EBEE" wp14:editId="26F1CFD2">
           <wp:extent cx="304800" cy="702945"/>
           <wp:effectExtent l="0" t="0" r="0" b="13335"/>
           <wp:docPr id="1661619543" name="Picture 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2" name="Picture 3"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1"/>
                   </pic:cNvPicPr>
@@ -34060,51 +34067,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="1703312A" w14:textId="77777777" w:rsidR="00804AF0" w:rsidRDefault="00804AF0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="89766EC2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="89766EC2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -39880,244 +39887,244 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="295069565">
     <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1965690313">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1021127511">
     <w:abstractNumId w:val="51"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="747070638">
     <w:abstractNumId w:val="48"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="770276683">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1193609946">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1024284679">
     <w:abstractNumId w:val="52"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="632760330">
     <w:abstractNumId w:val="42"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1831630914">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1206521858">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="662971062">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1968849393">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1292204970">
     <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="749816524">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1434086883">
     <w:abstractNumId w:val="53"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="555118838">
     <w:abstractNumId w:val="46"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="949317679">
     <w:abstractNumId w:val="55"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1802575776">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1626808825">
     <w:abstractNumId w:val="59"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="301351121">
     <w:abstractNumId w:val="44"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1771854691">
     <w:abstractNumId w:val="56"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="973099404">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="2094663268">
     <w:abstractNumId w:val="57"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="1864325701">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="1219124385">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="79066358">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="1934315566">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="1032262778">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="340206258">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="1399550893">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="451945715">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="434984231">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="929892650">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="329527703">
     <w:abstractNumId w:val="49"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="63181503">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="506677355">
     <w:abstractNumId w:val="58"/>
   </w:num>
-  <w:num w:numId="37">
+  <w:num w:numId="37" w16cid:durableId="851992021">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="38">
+  <w:num w:numId="38" w16cid:durableId="795291486">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="39">
+  <w:num w:numId="39" w16cid:durableId="1300184778">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="40">
+  <w:num w:numId="40" w16cid:durableId="1445534325">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="41">
+  <w:num w:numId="41" w16cid:durableId="1408570233">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="42">
+  <w:num w:numId="42" w16cid:durableId="181288885">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="43">
+  <w:num w:numId="43" w16cid:durableId="856042260">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="44">
+  <w:num w:numId="44" w16cid:durableId="2073693469">
     <w:abstractNumId w:val="54"/>
   </w:num>
-  <w:num w:numId="45">
+  <w:num w:numId="45" w16cid:durableId="1871409093">
     <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="46">
+  <w:num w:numId="46" w16cid:durableId="1638339381">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="47">
+  <w:num w:numId="47" w16cid:durableId="723333969">
     <w:abstractNumId w:val="41"/>
   </w:num>
-  <w:num w:numId="48">
+  <w:num w:numId="48" w16cid:durableId="1741513639">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="49">
+  <w:num w:numId="49" w16cid:durableId="261374743">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="50">
+  <w:num w:numId="50" w16cid:durableId="1252353945">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="51">
+  <w:num w:numId="51" w16cid:durableId="312027767">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="52">
+  <w:num w:numId="52" w16cid:durableId="554663524">
     <w:abstractNumId w:val="50"/>
   </w:num>
-  <w:num w:numId="53">
+  <w:num w:numId="53" w16cid:durableId="1691252615">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="54">
+  <w:num w:numId="54" w16cid:durableId="1996105198">
     <w:abstractNumId w:val="45"/>
   </w:num>
-  <w:num w:numId="55">
+  <w:num w:numId="55" w16cid:durableId="1956281162">
     <w:abstractNumId w:val="47"/>
   </w:num>
-  <w:num w:numId="56">
+  <w:num w:numId="56" w16cid:durableId="992216620">
     <w:abstractNumId w:val="43"/>
   </w:num>
-  <w:num w:numId="57">
+  <w:num w:numId="57" w16cid:durableId="531723832">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="58">
+  <w:num w:numId="58" w16cid:durableId="723988957">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="59">
+  <w:num w:numId="59" w16cid:durableId="2126384026">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="60">
+  <w:num w:numId="60" w16cid:durableId="1485854690">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="51"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="92"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotLeaveBackslashAlone/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDayNDW2MDI2tDQ0NrAwMrVQ0lEKTi0uzszPAykwrAUAyNC9RywAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="006A295A"/>
@@ -40307,50 +40314,51 @@
     <w:rsid w:val="00237751"/>
     <w:rsid w:val="00237871"/>
     <w:rsid w:val="00237E9F"/>
     <w:rsid w:val="002410BE"/>
     <w:rsid w:val="00242A16"/>
     <w:rsid w:val="00242E2D"/>
     <w:rsid w:val="002434F9"/>
     <w:rsid w:val="00250388"/>
     <w:rsid w:val="00253843"/>
     <w:rsid w:val="00255BF0"/>
     <w:rsid w:val="0025682D"/>
     <w:rsid w:val="002606C8"/>
     <w:rsid w:val="00260713"/>
     <w:rsid w:val="002617A4"/>
     <w:rsid w:val="00262C6D"/>
     <w:rsid w:val="00264C4C"/>
     <w:rsid w:val="002652CD"/>
     <w:rsid w:val="00265624"/>
     <w:rsid w:val="00265B94"/>
     <w:rsid w:val="00267591"/>
     <w:rsid w:val="002701FD"/>
     <w:rsid w:val="00270498"/>
     <w:rsid w:val="00274531"/>
     <w:rsid w:val="0027527F"/>
     <w:rsid w:val="002754E9"/>
+    <w:rsid w:val="00280182"/>
     <w:rsid w:val="0028237E"/>
     <w:rsid w:val="00283F94"/>
     <w:rsid w:val="002842D3"/>
     <w:rsid w:val="00285D35"/>
     <w:rsid w:val="00290CC6"/>
     <w:rsid w:val="00291380"/>
     <w:rsid w:val="00291EDB"/>
     <w:rsid w:val="00292140"/>
     <w:rsid w:val="00293040"/>
     <w:rsid w:val="002947AB"/>
     <w:rsid w:val="002949FE"/>
     <w:rsid w:val="002A14B0"/>
     <w:rsid w:val="002A15C7"/>
     <w:rsid w:val="002A79F8"/>
     <w:rsid w:val="002B11EC"/>
     <w:rsid w:val="002B1970"/>
     <w:rsid w:val="002B1FB6"/>
     <w:rsid w:val="002B2D82"/>
     <w:rsid w:val="002B4514"/>
     <w:rsid w:val="002B5C83"/>
     <w:rsid w:val="002B5F5E"/>
     <w:rsid w:val="002C2EF8"/>
     <w:rsid w:val="002D303E"/>
     <w:rsid w:val="002D3118"/>
     <w:rsid w:val="002D7EAF"/>
@@ -40655,100 +40663,102 @@
     <w:rsid w:val="00687BD2"/>
     <w:rsid w:val="00694A2E"/>
     <w:rsid w:val="0069724A"/>
     <w:rsid w:val="006976E9"/>
     <w:rsid w:val="006978A6"/>
     <w:rsid w:val="006A0A39"/>
     <w:rsid w:val="006A295A"/>
     <w:rsid w:val="006A33C0"/>
     <w:rsid w:val="006A3A2B"/>
     <w:rsid w:val="006A6364"/>
     <w:rsid w:val="006A65FC"/>
     <w:rsid w:val="006A6D67"/>
     <w:rsid w:val="006A7479"/>
     <w:rsid w:val="006B0893"/>
     <w:rsid w:val="006B124D"/>
     <w:rsid w:val="006B1C3E"/>
     <w:rsid w:val="006B2D41"/>
     <w:rsid w:val="006B30B8"/>
     <w:rsid w:val="006B6625"/>
     <w:rsid w:val="006C0617"/>
     <w:rsid w:val="006C08CD"/>
     <w:rsid w:val="006C2D5C"/>
     <w:rsid w:val="006C3A74"/>
     <w:rsid w:val="006C5464"/>
     <w:rsid w:val="006C5F79"/>
+    <w:rsid w:val="006C636B"/>
     <w:rsid w:val="006C693C"/>
     <w:rsid w:val="006C6D74"/>
     <w:rsid w:val="006C76C8"/>
     <w:rsid w:val="006D04F3"/>
     <w:rsid w:val="006D12FF"/>
     <w:rsid w:val="006D1622"/>
     <w:rsid w:val="006D5AFB"/>
     <w:rsid w:val="006E0A9D"/>
     <w:rsid w:val="006E273D"/>
     <w:rsid w:val="006E30F5"/>
     <w:rsid w:val="006E4674"/>
     <w:rsid w:val="006E51B1"/>
     <w:rsid w:val="006E59C6"/>
     <w:rsid w:val="006E7E06"/>
     <w:rsid w:val="006F0BD3"/>
     <w:rsid w:val="006F15C3"/>
     <w:rsid w:val="006F225D"/>
     <w:rsid w:val="006F6754"/>
     <w:rsid w:val="00701117"/>
     <w:rsid w:val="00701D97"/>
     <w:rsid w:val="0070217D"/>
     <w:rsid w:val="00702245"/>
     <w:rsid w:val="0070381F"/>
     <w:rsid w:val="00703AE6"/>
     <w:rsid w:val="007057B1"/>
     <w:rsid w:val="00705B06"/>
     <w:rsid w:val="007071EC"/>
     <w:rsid w:val="00707C46"/>
     <w:rsid w:val="00707EC7"/>
     <w:rsid w:val="00712703"/>
     <w:rsid w:val="00712A5B"/>
     <w:rsid w:val="00713472"/>
     <w:rsid w:val="00714CAC"/>
     <w:rsid w:val="0072084F"/>
     <w:rsid w:val="00721A06"/>
     <w:rsid w:val="007315BB"/>
     <w:rsid w:val="007329C8"/>
     <w:rsid w:val="00732F98"/>
     <w:rsid w:val="00733BE0"/>
     <w:rsid w:val="007347A4"/>
     <w:rsid w:val="00740074"/>
     <w:rsid w:val="00745235"/>
     <w:rsid w:val="007467A3"/>
     <w:rsid w:val="00747549"/>
     <w:rsid w:val="0075217F"/>
     <w:rsid w:val="00752BF0"/>
     <w:rsid w:val="007559DD"/>
     <w:rsid w:val="00756ABC"/>
     <w:rsid w:val="0075799A"/>
     <w:rsid w:val="00760D3F"/>
+    <w:rsid w:val="00761301"/>
     <w:rsid w:val="00761AC6"/>
     <w:rsid w:val="00761E8B"/>
     <w:rsid w:val="00761F71"/>
     <w:rsid w:val="00763915"/>
     <w:rsid w:val="007647E8"/>
     <w:rsid w:val="00772840"/>
     <w:rsid w:val="007731F3"/>
     <w:rsid w:val="007738D3"/>
     <w:rsid w:val="00775BBE"/>
     <w:rsid w:val="00776641"/>
     <w:rsid w:val="007771E2"/>
     <w:rsid w:val="00777BC1"/>
     <w:rsid w:val="00780AD9"/>
     <w:rsid w:val="00781D05"/>
     <w:rsid w:val="0078327E"/>
     <w:rsid w:val="007834D3"/>
     <w:rsid w:val="00783B5E"/>
     <w:rsid w:val="00783C0F"/>
     <w:rsid w:val="00783D8D"/>
     <w:rsid w:val="00784806"/>
     <w:rsid w:val="0078627A"/>
     <w:rsid w:val="00786A10"/>
     <w:rsid w:val="0078702B"/>
     <w:rsid w:val="00787265"/>
     <w:rsid w:val="007902B2"/>
@@ -41332,50 +41342,51 @@
     <w:rsid w:val="00F46D01"/>
     <w:rsid w:val="00F472AC"/>
     <w:rsid w:val="00F47310"/>
     <w:rsid w:val="00F47388"/>
     <w:rsid w:val="00F51291"/>
     <w:rsid w:val="00F52937"/>
     <w:rsid w:val="00F53519"/>
     <w:rsid w:val="00F53F37"/>
     <w:rsid w:val="00F54AD1"/>
     <w:rsid w:val="00F56943"/>
     <w:rsid w:val="00F570C8"/>
     <w:rsid w:val="00F571FA"/>
     <w:rsid w:val="00F61891"/>
     <w:rsid w:val="00F65E65"/>
     <w:rsid w:val="00F6715B"/>
     <w:rsid w:val="00F67B5A"/>
     <w:rsid w:val="00F732E2"/>
     <w:rsid w:val="00F73C96"/>
     <w:rsid w:val="00F740D9"/>
     <w:rsid w:val="00F76F74"/>
     <w:rsid w:val="00F80B8E"/>
     <w:rsid w:val="00F8189B"/>
     <w:rsid w:val="00F820D3"/>
     <w:rsid w:val="00F82AF9"/>
     <w:rsid w:val="00F8340A"/>
+    <w:rsid w:val="00F843DB"/>
     <w:rsid w:val="00F84FF0"/>
     <w:rsid w:val="00F87052"/>
     <w:rsid w:val="00F87C63"/>
     <w:rsid w:val="00F911D7"/>
     <w:rsid w:val="00F948AE"/>
     <w:rsid w:val="00F95E70"/>
     <w:rsid w:val="00F97E3B"/>
     <w:rsid w:val="00FA14DD"/>
     <w:rsid w:val="00FA3060"/>
     <w:rsid w:val="00FA4B11"/>
     <w:rsid w:val="00FA5690"/>
     <w:rsid w:val="00FB39F8"/>
     <w:rsid w:val="00FC0AB7"/>
     <w:rsid w:val="00FC1BB0"/>
     <w:rsid w:val="00FC412F"/>
     <w:rsid w:val="00FC5D47"/>
     <w:rsid w:val="00FC6492"/>
     <w:rsid w:val="00FC7CF7"/>
     <w:rsid w:val="00FD0A2F"/>
     <w:rsid w:val="00FD279C"/>
     <w:rsid w:val="00FD2F4F"/>
     <w:rsid w:val="00FD3B73"/>
     <w:rsid w:val="00FD3BA1"/>
     <w:rsid w:val="00FE0939"/>
     <w:rsid w:val="00FE1A0A"/>
@@ -41453,67 +41464,67 @@
     <w:rsid w:val="74C83AD0"/>
     <w:rsid w:val="75AC5DCB"/>
     <w:rsid w:val="76D32109"/>
     <w:rsid w:val="78CB0669"/>
     <w:rsid w:val="79F37723"/>
     <w:rsid w:val="7DCC3271"/>
     <w:rsid w:val="7E6D2B56"/>
     <w:rsid w:val="7EB64B61"/>
     <w:rsid w:val="7EBA645D"/>
     <w:rsid w:val="7EE9378C"/>
     <w:rsid w:val="7EED1876"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="167F51C3"/>
   <w15:docId w15:val="{62FF3620-1A04-404A-B045-1AA366198DA2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:eastAsia="MS Mincho" w:hAnsi="Cambria" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -42495,51 +42506,51 @@
       <w:jc w:val="left"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00337693"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="483279423">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="311954014">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -44996,59 +45007,50 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DF4E5EB98AFACA49B955F57620F5DD44" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="54d56521cb8b950110d779ecec233d4f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" xmlns:ns3="c26dc373-2944-4fff-a656-1635ba5514b5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="030e562aea712385259f3e9724b3d80f" ns2:_="" ns3:_="">
     <xsd:import namespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
     <xsd:import namespace="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
@@ -45253,141 +45255,150 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="c26dc373-2944-4fff-a656-1635ba5514b5" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60709899-F1F2-4438-8992-4D90DF539568}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
     <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{79A585F0-F52B-42DB-882B-BEB73A4871BD}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1275F13E-DB06-4C00-8679-E1461E85EB57}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{678DCCC4-AC69-4A02-BA62-7F34B96B9911}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{79A585F0-F52B-42DB-882B-BEB73A4871BD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>41</Pages>
-  <Words>14183</Words>
-  <Characters>80844</Characters>
+  <Words>14167</Words>
+  <Characters>80755</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>673</Lines>
+  <Lines>672</Lines>
   <Paragraphs>189</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>94838</CharactersWithSpaces>
+  <CharactersWithSpaces>94733</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Esperanza M Garcia</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>dd5f9cb9-cd31-4941-bc4e-d4e975f1e23c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="BusinessUnit">
     <vt:lpwstr>349;#Human Resources Management|1f57ad6b-760b-4b5a-be19-36e6fe76fd85</vt:lpwstr>